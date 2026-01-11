--- v0 (2025-11-25)
+++ v1 (2026-01-11)
@@ -1,222 +1,2646 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\WEPAL\Determinant\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{00296195-66AA-4822-B848-3921DB958A9A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="90" windowWidth="23895" windowHeight="14535"/>
+    <workbookView xWindow="2730" yWindow="2730" windowWidth="28800" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet sheetId="1" r:id="rId1" name="Determinands"/>
-    <sheet r:id="rId4" name="Determinands_Rangenames" sheetId="2"/>
+    <sheet name="Measurands" sheetId="1" r:id="rId1"/>
+    <sheet name="Measurands_Rangenames" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="Determinands">'Determinands'!$A$1:$L$710</definedName>
-    <definedName name="Determinands_Rangenames">'Determinands_Rangenames'!$A$1:$C$8</definedName>
+    <definedName name="Determinands">Measurands!$A$1:$L$710</definedName>
+    <definedName name="Determinands_Rangenames">Measurands_Rangenames!$A$1:$C$8</definedName>
   </definedNames>
-  <calcPr calcId="125725" fullCalcOnLoad="true"/>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4721" uniqueCount="801">
+  <si>
+    <t>Program</t>
+  </si>
+  <si>
+    <t>MeasurandName</t>
+  </si>
+  <si>
+    <t>MeasurandFullName</t>
+  </si>
+  <si>
+    <t>MeasurandNumber</t>
+  </si>
+  <si>
+    <t>Unit</t>
+  </si>
+  <si>
+    <t>MethodGroupCode</t>
+  </si>
+  <si>
+    <t>MethodGroepName</t>
+  </si>
+  <si>
+    <t>Range1</t>
+  </si>
+  <si>
+    <t>Range2</t>
+  </si>
+  <si>
+    <t>Range3</t>
+  </si>
+  <si>
+    <t>ConstError</t>
+  </si>
+  <si>
+    <t>PropError</t>
+  </si>
+  <si>
+    <t>BIMEP</t>
+  </si>
+  <si>
+    <t>Ash</t>
+  </si>
+  <si>
+    <t>% (m/m)</t>
+  </si>
+  <si>
+    <t>GEN</t>
+  </si>
+  <si>
+    <t>General Analysis</t>
+  </si>
+  <si>
+    <t>0.2 - 95</t>
+  </si>
+  <si>
+    <t>Moisture</t>
+  </si>
+  <si>
+    <t>2 - 16</t>
+  </si>
+  <si>
+    <t>Calorific Value (gross)</t>
+  </si>
+  <si>
+    <t>MJ/kg</t>
+  </si>
+  <si>
+    <t>3 - 25</t>
+  </si>
+  <si>
+    <t>Volatile Matter</t>
+  </si>
+  <si>
+    <t>20 - 90</t>
+  </si>
+  <si>
+    <t>Carbon (C)</t>
+  </si>
+  <si>
+    <t>ELEM</t>
+  </si>
+  <si>
+    <t>Elementary Analysis</t>
+  </si>
+  <si>
+    <t>10 - 55</t>
+  </si>
+  <si>
+    <t>Hydrogen (H)</t>
+  </si>
+  <si>
+    <t>1 - 7</t>
+  </si>
+  <si>
+    <t>Nitrogen (N)</t>
+  </si>
+  <si>
+    <t>0.1 - 12</t>
+  </si>
+  <si>
+    <t>Oxygen (O)</t>
+  </si>
+  <si>
+    <t>5 - 50</t>
+  </si>
+  <si>
+    <t>Cl</t>
+  </si>
+  <si>
+    <t>Chloride</t>
+  </si>
+  <si>
+    <t>g/kg</t>
+  </si>
+  <si>
+    <t>0.05 - 8</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>Sulpher</t>
+  </si>
+  <si>
+    <t>0.1 - 20</t>
+  </si>
+  <si>
+    <t>WS</t>
+  </si>
+  <si>
+    <t>Water Soluble Elements</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>Potassium</t>
+  </si>
+  <si>
+    <t>Na</t>
+  </si>
+  <si>
+    <t>Sodium</t>
+  </si>
+  <si>
+    <t>Al</t>
+  </si>
+  <si>
+    <t>Aluminum</t>
+  </si>
+  <si>
+    <t>MAJOR</t>
+  </si>
+  <si>
+    <t>Major Elements</t>
+  </si>
+  <si>
+    <t>0 - 50</t>
+  </si>
+  <si>
+    <t>Ca</t>
+  </si>
+  <si>
+    <t>Calcium</t>
+  </si>
+  <si>
+    <t>0 - 100</t>
+  </si>
+  <si>
+    <t>Fe</t>
+  </si>
+  <si>
+    <t>Iron</t>
+  </si>
+  <si>
+    <t>Mg</t>
+  </si>
+  <si>
+    <t>Magnesium</t>
+  </si>
+  <si>
+    <t>0 - 15</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>Phosphorus</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Silicon</t>
+  </si>
+  <si>
+    <t>0 - 250</t>
+  </si>
+  <si>
+    <t>As</t>
+  </si>
+  <si>
+    <t>Arsenic</t>
+  </si>
+  <si>
+    <t>mg/kg</t>
+  </si>
+  <si>
+    <t>MINOR</t>
+  </si>
+  <si>
+    <t>Minor Elements</t>
+  </si>
+  <si>
+    <t>Ba</t>
+  </si>
+  <si>
+    <t>Barium</t>
+  </si>
+  <si>
+    <t>0 - 750</t>
+  </si>
+  <si>
+    <t>Be</t>
+  </si>
+  <si>
+    <t>Beryllium</t>
+  </si>
+  <si>
+    <t>Cd</t>
+  </si>
+  <si>
+    <t>Cadmium</t>
+  </si>
+  <si>
+    <t>0 - 2.5</t>
+  </si>
+  <si>
+    <t>Co</t>
+  </si>
+  <si>
+    <t>Cobalt</t>
+  </si>
+  <si>
+    <t>0 - 10</t>
+  </si>
+  <si>
+    <t>Cr</t>
+  </si>
+  <si>
+    <t>Chromium</t>
+  </si>
+  <si>
+    <t>0 - 150</t>
+  </si>
+  <si>
+    <t>Cu</t>
+  </si>
+  <si>
+    <t>Copper</t>
+  </si>
+  <si>
+    <t>0 - 500</t>
+  </si>
+  <si>
+    <t>Hg</t>
+  </si>
+  <si>
+    <t>Mercury</t>
+  </si>
+  <si>
+    <t>0 - 5</t>
+  </si>
+  <si>
+    <t>Mn</t>
+  </si>
+  <si>
+    <t>Manganese</t>
+  </si>
+  <si>
+    <t>0 - 1000</t>
+  </si>
+  <si>
+    <t>Mo</t>
+  </si>
+  <si>
+    <t>Molybdenum</t>
+  </si>
+  <si>
+    <t>Ni</t>
+  </si>
+  <si>
+    <t>Nickel</t>
+  </si>
+  <si>
+    <t>0 - 75</t>
+  </si>
+  <si>
+    <t>Pb</t>
+  </si>
+  <si>
+    <t>Lead</t>
+  </si>
+  <si>
+    <t>Se</t>
+  </si>
+  <si>
+    <t>Selenium</t>
+  </si>
+  <si>
+    <t>Sn</t>
+  </si>
+  <si>
+    <t>Tin</t>
+  </si>
+  <si>
+    <t>Te</t>
+  </si>
+  <si>
+    <t>Tellurium</t>
+  </si>
+  <si>
+    <t>Ti</t>
+  </si>
+  <si>
+    <t>Titanium</t>
+  </si>
+  <si>
+    <t>0 - 3000</t>
+  </si>
+  <si>
+    <t>Tl</t>
+  </si>
+  <si>
+    <t>Thallium</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>Vanadium</t>
+  </si>
+  <si>
+    <t>Zn</t>
+  </si>
+  <si>
+    <t>Zinc</t>
+  </si>
+  <si>
+    <t>0 - 2000</t>
+  </si>
+  <si>
+    <t>IPE</t>
+  </si>
+  <si>
+    <t>Ag</t>
+  </si>
+  <si>
+    <t>Silver</t>
+  </si>
+  <si>
+    <t>µg/kg</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>Inorganic Chemical Composition</t>
+  </si>
+  <si>
+    <t>0 - 2500</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>Boron</t>
+  </si>
+  <si>
+    <t>Bi</t>
+  </si>
+  <si>
+    <t>Bismuth</t>
+  </si>
+  <si>
+    <t>Br</t>
+  </si>
+  <si>
+    <t>Bromine</t>
+  </si>
+  <si>
+    <t>0 - 40</t>
+  </si>
+  <si>
+    <t>0 - 4000</t>
+  </si>
+  <si>
+    <t>Cl (as Cl)</t>
+  </si>
+  <si>
+    <t>0 - 20</t>
+  </si>
+  <si>
+    <t>0 - 8000</t>
+  </si>
+  <si>
+    <t>0 - 16000</t>
+  </si>
+  <si>
+    <t>Cs</t>
+  </si>
+  <si>
+    <t>Cesium</t>
+  </si>
+  <si>
+    <t>0 - 25</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>Fluorine</t>
+  </si>
+  <si>
+    <t>0 - 1100</t>
+  </si>
+  <si>
+    <t>Ga</t>
+  </si>
+  <si>
+    <t>Gallium</t>
+  </si>
+  <si>
+    <t>0 - 700</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>Iodine</t>
+  </si>
+  <si>
+    <t>0 - 70</t>
+  </si>
+  <si>
+    <t>Li</t>
+  </si>
+  <si>
+    <t>Lithium</t>
+  </si>
+  <si>
+    <t>0 - 18000</t>
+  </si>
+  <si>
+    <t>0 - 30</t>
+  </si>
+  <si>
+    <t>0 - 15000</t>
+  </si>
+  <si>
+    <t>N - Kjeldahl (as N)</t>
+  </si>
+  <si>
+    <t>Nitrogen acc. to Kjeldahl (expressed in N)</t>
+  </si>
+  <si>
+    <t>N - NH4 (as N)</t>
+  </si>
+  <si>
+    <t>Ammonium (expressed in N)</t>
+  </si>
+  <si>
+    <t>N - NO3 (as N)</t>
+  </si>
+  <si>
+    <t>Nitrate (expressed in N)</t>
+  </si>
+  <si>
+    <t>0 - 12000</t>
+  </si>
+  <si>
+    <t>P (as P)</t>
+  </si>
+  <si>
+    <t>Phosphorus (expressed as P)</t>
+  </si>
+  <si>
+    <t>0 - 6000</t>
+  </si>
+  <si>
+    <t>Pd</t>
+  </si>
+  <si>
+    <t>Palladium</t>
+  </si>
+  <si>
+    <t>Pt</t>
+  </si>
+  <si>
+    <t>Platinum</t>
+  </si>
+  <si>
+    <t>Rb</t>
+  </si>
+  <si>
+    <t>Rhubidium</t>
+  </si>
+  <si>
+    <t>0 - 4</t>
+  </si>
+  <si>
+    <t>Rh</t>
+  </si>
+  <si>
+    <t>S (as S)</t>
+  </si>
+  <si>
+    <t>Sulphur (expressed in Sulpher)</t>
+  </si>
+  <si>
+    <t>0 - 60</t>
+  </si>
+  <si>
+    <t>Sb</t>
+  </si>
+  <si>
+    <t>Antimony</t>
+  </si>
+  <si>
+    <t>0 - 300</t>
+  </si>
+  <si>
+    <t>0 - 600</t>
+  </si>
+  <si>
+    <t>SO4 (as SO4)</t>
+  </si>
+  <si>
+    <t>Sulfate</t>
+  </si>
+  <si>
+    <t>Sr</t>
+  </si>
+  <si>
+    <t>Strontium</t>
+  </si>
+  <si>
+    <t>0 - 200</t>
+  </si>
+  <si>
+    <t>RT</t>
+  </si>
+  <si>
+    <t>Real totals</t>
+  </si>
+  <si>
+    <t>C - elementary</t>
+  </si>
+  <si>
+    <t>Carbon- elementary</t>
+  </si>
+  <si>
+    <t>300 - 650</t>
+  </si>
+  <si>
+    <t>N - elementary</t>
+  </si>
+  <si>
+    <t>Nitrogen - elementary</t>
+  </si>
+  <si>
+    <t>S - elementary</t>
+  </si>
+  <si>
+    <t>Sulphur - elementary</t>
+  </si>
+  <si>
+    <t>AE</t>
+  </si>
+  <si>
+    <t>Acid extractable (So-called totals)</t>
+  </si>
+  <si>
+    <t>0 - 1200</t>
+  </si>
+  <si>
+    <t>delta 13C</t>
+  </si>
+  <si>
+    <t>V-PDB: Vienna-Pee-Dee Belemnite (RPDB = 0.0112372).</t>
+  </si>
+  <si>
+    <t>‰ V-PDB</t>
+  </si>
+  <si>
+    <t>OD</t>
+  </si>
+  <si>
+    <t>Other determinations</t>
+  </si>
+  <si>
+    <t>delta 15N</t>
+  </si>
+  <si>
+    <t>‰ Air</t>
+  </si>
+  <si>
+    <t>ADF-ash-free</t>
+  </si>
+  <si>
+    <t>Acid Detergent Fiber - ash free</t>
+  </si>
+  <si>
+    <t>NUT</t>
+  </si>
+  <si>
+    <t>Nutritional values</t>
+  </si>
+  <si>
+    <t>Crude fibre</t>
+  </si>
+  <si>
+    <t>0 - 800</t>
+  </si>
+  <si>
+    <t>NDF-ash-containing</t>
+  </si>
+  <si>
+    <t>neutral detergent fiber ash-containing</t>
+  </si>
+  <si>
+    <t>NDF-ash-free</t>
+  </si>
+  <si>
+    <t>neutral detergent fiber ash-free</t>
+  </si>
+  <si>
+    <t>0 - 550</t>
+  </si>
+  <si>
+    <t>Polysaccharides (starch)</t>
+  </si>
+  <si>
+    <t>Total ash</t>
+  </si>
+  <si>
+    <t>0 - 220</t>
+  </si>
+  <si>
+    <t>Total Disaccharides</t>
+  </si>
+  <si>
+    <t>Total fat</t>
+  </si>
+  <si>
+    <t>Total monosaccharides</t>
+  </si>
+  <si>
+    <t>ISE</t>
+  </si>
+  <si>
+    <t>0 - 120</t>
+  </si>
+  <si>
+    <t>0 - 1400</t>
+  </si>
+  <si>
+    <t>0 - 3</t>
+  </si>
+  <si>
+    <t>0 - 35</t>
+  </si>
+  <si>
+    <t>C-elementary</t>
+  </si>
+  <si>
+    <t>0 - 175</t>
+  </si>
+  <si>
+    <t>0 - 350</t>
+  </si>
+  <si>
+    <t>Ce</t>
+  </si>
+  <si>
+    <t>Cerium</t>
+  </si>
+  <si>
+    <t>0 - 450</t>
+  </si>
+  <si>
+    <t>Dy</t>
+  </si>
+  <si>
+    <t>Dysprosium</t>
+  </si>
+  <si>
+    <t>Gd</t>
+  </si>
+  <si>
+    <t>Gadolinium</t>
+  </si>
+  <si>
+    <t>Ge</t>
+  </si>
+  <si>
+    <t>Germanium</t>
+  </si>
+  <si>
+    <t>0 - 7000</t>
+  </si>
+  <si>
+    <t>0 - 25000</t>
+  </si>
+  <si>
+    <t>La</t>
+  </si>
+  <si>
+    <t>Lanthanum</t>
+  </si>
+  <si>
+    <t>0 - 1800</t>
+  </si>
+  <si>
+    <t>0 - 12</t>
+  </si>
+  <si>
+    <t>Nb</t>
+  </si>
+  <si>
+    <t>Niobium</t>
+  </si>
+  <si>
+    <t>Nd</t>
+  </si>
+  <si>
+    <t>Neodymium</t>
+  </si>
+  <si>
+    <t>0 - 4500</t>
+  </si>
+  <si>
+    <t>Pr</t>
+  </si>
+  <si>
+    <t>Praseodymium</t>
+  </si>
+  <si>
+    <t>0 - 140</t>
+  </si>
+  <si>
+    <t>Rhodium</t>
+  </si>
+  <si>
+    <t>Sulphur</t>
+  </si>
+  <si>
+    <t>0 - 8</t>
+  </si>
+  <si>
+    <t>Sc</t>
+  </si>
+  <si>
+    <t>Scandium</t>
+  </si>
+  <si>
+    <t>0 -</t>
+  </si>
+  <si>
+    <t>Sm</t>
+  </si>
+  <si>
+    <t>Samarium</t>
+  </si>
+  <si>
+    <t>Th</t>
+  </si>
+  <si>
+    <t>Thorium</t>
+  </si>
+  <si>
+    <t>0 - 2</t>
+  </si>
+  <si>
+    <t>U</t>
+  </si>
+  <si>
+    <t>Uranium</t>
+  </si>
+  <si>
+    <t>0 - 7</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>Tungstan / Wolfram</t>
+  </si>
+  <si>
+    <t>Y</t>
+  </si>
+  <si>
+    <t>Yttrium</t>
+  </si>
+  <si>
+    <t>Yb</t>
+  </si>
+  <si>
+    <t>Ytterbium</t>
+  </si>
+  <si>
+    <t>0 - 1500</t>
+  </si>
+  <si>
+    <t>Zr</t>
+  </si>
+  <si>
+    <t>Zirconium</t>
+  </si>
+  <si>
+    <t>0 - 45</t>
+  </si>
+  <si>
+    <t>0 - 10000</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>Nitrogen</t>
+  </si>
+  <si>
+    <t>0 - 180</t>
+  </si>
+  <si>
+    <t>0 - 1.2</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Aqua Regia (ISO 11466)</t>
+  </si>
+  <si>
+    <t>0 - 5000</t>
+  </si>
+  <si>
+    <t>0 - 55</t>
+  </si>
+  <si>
+    <t>0 - 6200</t>
+  </si>
+  <si>
+    <t>0 - 400</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>Extraction with boiling 2M HNO3</t>
+  </si>
+  <si>
+    <t>0 - 80</t>
+  </si>
+  <si>
+    <t>0 - 1</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>Extraction with 0.1M NaNO3</t>
+  </si>
+  <si>
+    <t>0 - 1700</t>
+  </si>
+  <si>
+    <t>0 - 90</t>
+  </si>
+  <si>
+    <t>CC</t>
+  </si>
+  <si>
+    <t>Extraction with 0.01M CaCl2 1:10</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>Cyanide</t>
+  </si>
+  <si>
+    <t>1 - 100</t>
+  </si>
+  <si>
+    <t>N total soluble</t>
+  </si>
+  <si>
+    <t>Total soluble nitrogen</t>
+  </si>
+  <si>
+    <t>SO4</t>
+  </si>
+  <si>
+    <t>Sulphate</t>
+  </si>
+  <si>
+    <t>C - org others (W&amp;B a.o.)</t>
+  </si>
+  <si>
+    <t>Carbon organic others (e.g. Walkley and Black)</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>Soil characteristics</t>
+  </si>
+  <si>
+    <t>TIC=Tot.Inorg C(as CaCO3)</t>
+  </si>
+  <si>
+    <t>Total Inorganic Carbon</t>
+  </si>
+  <si>
+    <t>%</t>
+  </si>
+  <si>
+    <t>TOC=Total Org. C</t>
+  </si>
+  <si>
+    <t>Total Organic Carbon</t>
+  </si>
+  <si>
+    <t>0 - 160</t>
+  </si>
+  <si>
+    <t>TC=Total C (org.+inorg.)</t>
+  </si>
+  <si>
+    <t>Total Carbon</t>
+  </si>
+  <si>
+    <t>Org.matter (L.O.I.)</t>
+  </si>
+  <si>
+    <t>Loss On Ignition</t>
+  </si>
+  <si>
+    <t>Active Lime (as CaCO3)</t>
+  </si>
+  <si>
+    <t>EC-SC (ISO 11265)</t>
+  </si>
+  <si>
+    <t>Electrical Conductivity</t>
+  </si>
+  <si>
+    <t>mS/m</t>
+  </si>
+  <si>
+    <t>EC - saturated paste</t>
+  </si>
+  <si>
+    <t>Electrical Conductivity in Saturated Paste</t>
+  </si>
+  <si>
+    <t>pH - CaCl2</t>
+  </si>
+  <si>
+    <t>pH in Calcium chloride</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
+  <si>
+    <t>3.5 - 8.5</t>
+  </si>
+  <si>
+    <t>pH - H2O</t>
+  </si>
+  <si>
+    <t>pH in water</t>
+  </si>
+  <si>
+    <t>3.5 - 9</t>
+  </si>
+  <si>
+    <t>pH - KCl</t>
+  </si>
+  <si>
+    <t>pH- in potassium chloride</t>
+  </si>
+  <si>
+    <t>Fraction &lt; 2 µm</t>
+  </si>
+  <si>
+    <t>particle size 0 to 2 µm</t>
+  </si>
+  <si>
+    <t>0 - 65</t>
+  </si>
+  <si>
+    <t>Fraction &lt; 16 µm</t>
+  </si>
+  <si>
+    <t>particle size 0 to 16 µm</t>
+  </si>
+  <si>
+    <t>2 - 90</t>
+  </si>
+  <si>
+    <t>Fraction &lt; 63 µm</t>
+  </si>
+  <si>
+    <t>particle size 0 to 63 µm</t>
+  </si>
+  <si>
+    <t>5 - 100</t>
+  </si>
+  <si>
+    <t>Fraction &gt; 63 µm</t>
+  </si>
+  <si>
+    <t>particle size greater than 63 µm</t>
+  </si>
+  <si>
+    <t>Fraction 2 - 50 µm (USDA)</t>
+  </si>
+  <si>
+    <t>particle size 2 to 50 µm (USDA classification)</t>
+  </si>
+  <si>
+    <t>Fraction &gt; 50 µm (USDA)</t>
+  </si>
+  <si>
+    <t>particle size greater than 50 µm (USDA classification)</t>
+  </si>
+  <si>
+    <t>B - Hot water</t>
+  </si>
+  <si>
+    <t>Boron Hot water extraction</t>
+  </si>
+  <si>
+    <t>CN - Free</t>
+  </si>
+  <si>
+    <t>Free Cyanide</t>
+  </si>
+  <si>
+    <t>CN - Total</t>
+  </si>
+  <si>
+    <t>Total Cyanide</t>
+  </si>
+  <si>
+    <t>K - HCl (as K)</t>
+  </si>
+  <si>
+    <t>Potassium after Hydrochloric acid extraction</t>
+  </si>
+  <si>
+    <t>Mg - NaCl (as Mg)</t>
+  </si>
+  <si>
+    <t>Magnesium (in Sodium Chloride as Mg)</t>
+  </si>
+  <si>
+    <t>Moisture-content</t>
+  </si>
+  <si>
+    <t>F - Total</t>
+  </si>
+  <si>
+    <t>Total Fluorine</t>
+  </si>
+  <si>
+    <t>Fluoride (Swiss standard procedure)</t>
+  </si>
+  <si>
+    <t>CEC</t>
+  </si>
+  <si>
+    <t>Cation Exchange Capacity</t>
+  </si>
+  <si>
+    <t>cmol+/kg</t>
+  </si>
+  <si>
+    <t>AA</t>
+  </si>
+  <si>
+    <t>Pot. CEC using 1M NH4-acetate at pH=7</t>
+  </si>
+  <si>
+    <t>0 - 1.8</t>
+  </si>
+  <si>
+    <t>BC</t>
+  </si>
+  <si>
+    <t>Pot. CEC using 1M or 0.1M BaCl2-TEA at pH=8.1 (ISO 13536 OR BZE)</t>
+  </si>
+  <si>
+    <t>AC</t>
+  </si>
+  <si>
+    <t>Pot. CEC using 1M NH4Cl (BZE)</t>
+  </si>
+  <si>
+    <t>0 - 3.5</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>0 - 1.4</t>
+  </si>
+  <si>
+    <t>0 - 0.35</t>
+  </si>
+  <si>
+    <t>BA</t>
+  </si>
+  <si>
+    <t>Act. CEC using 0.01M BaCl2 (ISO 11260)</t>
+  </si>
+  <si>
+    <t>BB</t>
+  </si>
+  <si>
+    <t>Act. CEC using 0.1M BaCl2 (UNEP-UN/EC 91065A)</t>
+  </si>
+  <si>
+    <t>0 - 1.5</t>
+  </si>
+  <si>
+    <t>0 - 4.5</t>
+  </si>
+  <si>
+    <t>0 - 0.7</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Act. CEC using cobaltihexamine (AFNOR NFX 31 130)</t>
+  </si>
+  <si>
+    <t>M3</t>
+  </si>
+  <si>
+    <t>Mehlich-3</t>
+  </si>
+  <si>
+    <t>0 - 900</t>
+  </si>
+  <si>
+    <t>CAL</t>
+  </si>
+  <si>
+    <t>Extraction with Ca-lactate (VDLUFA, Germany)</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>Extraction with double lactate (VDLUFA, Germany)</t>
+  </si>
+  <si>
+    <t>Water soluble 1:10 (w/v)  (EN-12457-4)</t>
+  </si>
+  <si>
+    <t>CAT</t>
+  </si>
+  <si>
+    <t>Extraction with 0.01M CaCl2 - 0.005M DTPA  1:10 (w/v)</t>
+  </si>
+  <si>
+    <t>KCL</t>
+  </si>
+  <si>
+    <t>Extraction with 1M KCl  1:10 (w/v)</t>
+  </si>
+  <si>
+    <t>Exchangeable Acidity</t>
+  </si>
+  <si>
+    <t>P  - Ox</t>
+  </si>
+  <si>
+    <t>Phosphorus oxalate extraction</t>
+  </si>
+  <si>
+    <t>PHOS</t>
+  </si>
+  <si>
+    <t>Phosphorus and related analysis</t>
+  </si>
+  <si>
+    <t>0 - 2200</t>
+  </si>
+  <si>
+    <t>Al  - Ox</t>
+  </si>
+  <si>
+    <t>Aluminum - oxalate extraction</t>
+  </si>
+  <si>
+    <t>Fe  - Ox</t>
+  </si>
+  <si>
+    <t>Iron after oxalate extraction</t>
+  </si>
+  <si>
+    <t>0 - 11000</t>
+  </si>
+  <si>
+    <t>P - AL (as P)</t>
+  </si>
+  <si>
+    <t>Phosphorus Ammonium lactate extraction</t>
+  </si>
+  <si>
+    <t>K - AL (as K)</t>
+  </si>
+  <si>
+    <t>Potassium Ammonium lactate extraction</t>
+  </si>
+  <si>
+    <t>P - w (as P)</t>
+  </si>
+  <si>
+    <t>Phosphorus - Water (expressed in P)</t>
+  </si>
+  <si>
+    <t>mg/l soil</t>
+  </si>
+  <si>
+    <t>P - Bray (as P)</t>
+  </si>
+  <si>
+    <t>Phosphorus acc to Bray (expressed in P)</t>
+  </si>
+  <si>
+    <t>P - Olsen (as P)</t>
+  </si>
+  <si>
+    <t>Phosphorus acc to Olsen (expressed in P)</t>
+  </si>
+  <si>
+    <t>HCLPN</t>
+  </si>
+  <si>
+    <t>Extraction with 1M HCl (Polish standard)</t>
+  </si>
+  <si>
+    <t>WSVPR</t>
+  </si>
+  <si>
+    <t>Water soluble 1:10 (w/v)  (Neth standard VPR C85-06)</t>
+  </si>
+  <si>
+    <t>K - NH4NO3  (1/5)</t>
+  </si>
+  <si>
+    <t>Potassium after Ammonium Nitrate  acid extraction</t>
+  </si>
+  <si>
+    <t>mg/l</t>
+  </si>
+  <si>
+    <t>UK</t>
+  </si>
+  <si>
+    <t>UK Soil Methods</t>
+  </si>
+  <si>
+    <t>Mg - NH4NO3  (1/5)</t>
+  </si>
+  <si>
+    <t>Magnesium (in ammonium nitrate ratio 1:5)</t>
+  </si>
+  <si>
+    <t>P – NaHCO3  (1/20)</t>
+  </si>
+  <si>
+    <t>Phosphorus Sodium bicarbonate (ratio 1:20)</t>
+  </si>
+  <si>
+    <t>pH - H2O (2/5)</t>
+  </si>
+  <si>
+    <t>pH in water (ratio 2:5)</t>
+  </si>
+  <si>
+    <t>…</t>
+  </si>
+  <si>
+    <t>EDNA</t>
+  </si>
+  <si>
+    <t>Extraction with dilute nitric acid (0.43 Mol/l) ISO 17586</t>
+  </si>
+  <si>
+    <t>0 - 0.15</t>
+  </si>
+  <si>
+    <t>AAE10-P</t>
+  </si>
+  <si>
+    <t>PEP-AAE10</t>
+  </si>
+  <si>
+    <t>PEP-Ammoniumacetate-EDTA extraction</t>
+  </si>
+  <si>
+    <t>AAE10-K</t>
+  </si>
+  <si>
+    <t>AAE10-Mg</t>
+  </si>
+  <si>
+    <t>AAE10-Ca</t>
+  </si>
+  <si>
+    <t>H2O10-P</t>
+  </si>
+  <si>
+    <t>Phosphorus - water extraction</t>
+  </si>
+  <si>
+    <t>PEP-H2O10</t>
+  </si>
+  <si>
+    <t>PEP-Water extraction</t>
+  </si>
+  <si>
+    <t>H2O10-K</t>
+  </si>
+  <si>
+    <t>Potassium - water extraction</t>
+  </si>
+  <si>
+    <t>H2O10-Mg</t>
+  </si>
+  <si>
+    <t>Magnesium - water extraction</t>
+  </si>
+  <si>
+    <t>CO2-P</t>
+  </si>
+  <si>
+    <t>Phophorus after extraction with bubbling water</t>
+  </si>
+  <si>
+    <t>P-test</t>
+  </si>
+  <si>
+    <t>PEP-TM</t>
+  </si>
+  <si>
+    <t>PEP-Test measurements</t>
+  </si>
+  <si>
+    <t>CO2-K</t>
+  </si>
+  <si>
+    <t>Potassium after extraction with bubbling water</t>
+  </si>
+  <si>
+    <t>K-test</t>
+  </si>
+  <si>
+    <t>CC-Mg</t>
+  </si>
+  <si>
+    <t>Mg-test</t>
+  </si>
+  <si>
+    <t>pH-H2O</t>
+  </si>
+  <si>
+    <t>pH-CC</t>
+  </si>
+  <si>
+    <t>pH in 0.01M CaCl2</t>
+  </si>
+  <si>
+    <t>CaCO3</t>
+  </si>
+  <si>
+    <t>Calcium Carbonate</t>
+  </si>
+  <si>
+    <t>Ton (clay)</t>
+  </si>
+  <si>
+    <t>PEP-PP</t>
+  </si>
+  <si>
+    <t>PEP-Physical parameters</t>
+  </si>
+  <si>
+    <t>Schluff (silt)</t>
+  </si>
+  <si>
+    <t>Sand</t>
+  </si>
+  <si>
+    <t>C-org</t>
+  </si>
+  <si>
+    <t>Organic Carbon</t>
+  </si>
+  <si>
+    <t>Humus</t>
+  </si>
+  <si>
+    <t>TOC_400</t>
+  </si>
+  <si>
+    <t>ROC_600</t>
+  </si>
+  <si>
+    <t>Residual Organic Carbon</t>
+  </si>
+  <si>
+    <t>ROC_900</t>
+  </si>
+  <si>
+    <t>TIC_900A</t>
+  </si>
+  <si>
+    <t>TIC_900B</t>
+  </si>
+  <si>
+    <t>PEP-CEC</t>
+  </si>
+  <si>
+    <t>PEP-Cation Exchange Capacity</t>
+  </si>
+  <si>
+    <t>Hydrogen</t>
+  </si>
+  <si>
+    <t>KAK</t>
+  </si>
+  <si>
+    <t>Ca+Mg+Na+K+H</t>
+  </si>
+  <si>
+    <t>S-Wert</t>
+  </si>
+  <si>
+    <t>Ca+Mg+Na+K</t>
+  </si>
+  <si>
+    <t>BAS</t>
+  </si>
+  <si>
+    <t>Base Saturation.</t>
+  </si>
+  <si>
+    <t>MARSEP</t>
+  </si>
+  <si>
+    <t>0 - 35000</t>
+  </si>
+  <si>
+    <t>5 - 20000</t>
+  </si>
+  <si>
+    <t>TC =totalC (org+inorg)</t>
+  </si>
+  <si>
+    <t>Carbon (total)</t>
+  </si>
+  <si>
+    <t>TOC =total org.C</t>
+  </si>
+  <si>
+    <t>OC = org.C</t>
+  </si>
+  <si>
+    <t>1 - 30</t>
+  </si>
+  <si>
+    <t>10 - 7500</t>
+  </si>
+  <si>
+    <t>100 - 75000</t>
+  </si>
+  <si>
+    <t>50 - 20000</t>
+  </si>
+  <si>
+    <t>0 - 125</t>
+  </si>
+  <si>
+    <t>0 - 50000</t>
+  </si>
+  <si>
+    <t>0 - 20000</t>
+  </si>
+  <si>
+    <t>0 - 75000</t>
+  </si>
+  <si>
+    <t>S - SO4 (as S)</t>
+  </si>
+  <si>
+    <t>Sulfate (expressed as Sulpher)</t>
+  </si>
+  <si>
+    <t>50 - 150000</t>
+  </si>
+  <si>
+    <t>0 - 0.2</t>
+  </si>
+  <si>
+    <t>AOX</t>
+  </si>
+  <si>
+    <t>Adsorbable Organic Halides</t>
+  </si>
+  <si>
+    <t>0 - 1750</t>
+  </si>
+  <si>
+    <t>loss-on-ignition</t>
+  </si>
+  <si>
+    <t>L.O.I.</t>
+  </si>
+  <si>
+    <t>0 - 95</t>
+  </si>
+  <si>
+    <t>residue-on-ignition</t>
+  </si>
+  <si>
+    <t>R.O.I.</t>
+  </si>
+  <si>
+    <t>5 - 90</t>
+  </si>
+  <si>
+    <t>COD</t>
+  </si>
+  <si>
+    <t>Chemical Oxygen Demand</t>
+  </si>
+  <si>
+    <t>200 - 1000</t>
+  </si>
+  <si>
+    <t>mineral oil</t>
+  </si>
+  <si>
+    <t>dry weight</t>
+  </si>
+  <si>
+    <t>85 - 98</t>
+  </si>
+  <si>
+    <t>PFAS</t>
+  </si>
+  <si>
+    <t>PFBA</t>
+  </si>
+  <si>
+    <t>Perfluorobutanoic Acid</t>
+  </si>
+  <si>
+    <t>ug/kg</t>
+  </si>
+  <si>
+    <t>PFASs</t>
+  </si>
+  <si>
+    <t>Per- and Polyfluoroalkyl substances</t>
+  </si>
+  <si>
+    <t>PFPeA</t>
+  </si>
+  <si>
+    <t>Perfluoro-n-pentanoic Acid</t>
+  </si>
+  <si>
+    <t>PFHxA</t>
+  </si>
+  <si>
+    <t>Perfluorohexanoic Acid</t>
+  </si>
+  <si>
+    <t>PFHpA</t>
+  </si>
+  <si>
+    <t>Perfluoroheptanoic Acid</t>
+  </si>
+  <si>
+    <t>PFOA (linear)</t>
+  </si>
+  <si>
+    <t>Perfluorooctanoic Acid</t>
+  </si>
+  <si>
+    <t>PFOA (branched)</t>
+  </si>
+  <si>
+    <t>sum PFOA (0.7 factor)</t>
+  </si>
+  <si>
+    <t>Perfluorooctanoic acid</t>
+  </si>
+  <si>
+    <t>PFNA</t>
+  </si>
+  <si>
+    <t>Perfluorononanoic Acid</t>
+  </si>
+  <si>
+    <t>PFDA</t>
+  </si>
+  <si>
+    <t>Perfluorodecanoic Acid</t>
+  </si>
+  <si>
+    <t>PFUnDA</t>
+  </si>
+  <si>
+    <t>Perfluoroundecanoic Acid</t>
+  </si>
+  <si>
+    <t>PFDoA</t>
+  </si>
+  <si>
+    <t>Perfluorododecanoic Acid</t>
+  </si>
+  <si>
+    <t>PFTrDA</t>
+  </si>
+  <si>
+    <t>Perfluorotridecanoic Acid</t>
+  </si>
+  <si>
+    <t>PFTeDA</t>
+  </si>
+  <si>
+    <t>Perfluorotetradecanoic Acid</t>
+  </si>
+  <si>
+    <t>PFHxDA</t>
+  </si>
+  <si>
+    <t>Perfluorohexadecanoic acid</t>
+  </si>
+  <si>
+    <t>PFODA</t>
+  </si>
+  <si>
+    <t>Perfluorooctadecanoic Acid</t>
+  </si>
+  <si>
+    <t>PFBS</t>
+  </si>
+  <si>
+    <t>Perfluorobutanesulfonic acid</t>
+  </si>
+  <si>
+    <t>PFPeS</t>
+  </si>
+  <si>
+    <t>perfluoropolyethers</t>
+  </si>
+  <si>
+    <t>PFHxS</t>
+  </si>
+  <si>
+    <t>Perfluorohexanesulfonate</t>
+  </si>
+  <si>
+    <t>PFHpS</t>
+  </si>
+  <si>
+    <t>PFOS (linear)</t>
+  </si>
+  <si>
+    <t>Perfluorooctanesulfonate</t>
+  </si>
+  <si>
+    <t>PFOS (branched)</t>
+  </si>
+  <si>
+    <t>sum PFOS (0.7 factor)</t>
+  </si>
+  <si>
+    <t>PFDS</t>
+  </si>
+  <si>
+    <t>Perfluorododecanesulfonate</t>
+  </si>
+  <si>
+    <t>4:2 FTS</t>
+  </si>
+  <si>
+    <t>4:2 fluortelomer sulfonic acid</t>
+  </si>
+  <si>
+    <t>6:2 FTS</t>
+  </si>
+  <si>
+    <t>6:2 fluortelomer sulfonic acid</t>
+  </si>
+  <si>
+    <t>8:2 FTS</t>
+  </si>
+  <si>
+    <t>8:2 fluortelomer sulfonic acid</t>
+  </si>
+  <si>
+    <t>10:2 FTS</t>
+  </si>
+  <si>
+    <t>10:2 fluortelomer sulfonic acid</t>
+  </si>
+  <si>
+    <t>N-MeFOSAA</t>
+  </si>
+  <si>
+    <t>N-methyl Perfluorooctane Sulfonamido Acetic Acid</t>
+  </si>
+  <si>
+    <t>N-EtFOSAA</t>
+  </si>
+  <si>
+    <t>N-ethyl Perfluorooctane Sulfonamido Acetic Acid</t>
+  </si>
+  <si>
+    <t>PFOSA</t>
+  </si>
+  <si>
+    <t>Perfluorooctanesulfonamide</t>
+  </si>
+  <si>
+    <t>N-MeFOSA</t>
+  </si>
+  <si>
+    <t>N-Methylperfluorooctanesulfonamide</t>
+  </si>
+  <si>
+    <t>8:2 diPAP</t>
+  </si>
+  <si>
+    <t>8:2 fluorotelomer phosphate diester</t>
+  </si>
+  <si>
+    <t>HFPO-DA</t>
+  </si>
+  <si>
+    <t>2,3,3,3-tetrafluoro-2-(heptafluoropropoxy)-propanoic acid</t>
+  </si>
+  <si>
+    <t>SETOC</t>
+  </si>
+  <si>
+    <t>acenaphthene</t>
+  </si>
+  <si>
+    <t>ANA</t>
+  </si>
+  <si>
+    <t>PAH</t>
+  </si>
+  <si>
+    <t>Polycyclic aromatic hydrocarbons</t>
+  </si>
+  <si>
+    <t>acenaphthylene</t>
+  </si>
+  <si>
+    <t>ANY</t>
+  </si>
+  <si>
+    <t>anthracene</t>
+  </si>
+  <si>
+    <t>ANT</t>
+  </si>
+  <si>
+    <t>benz(a)anthracene</t>
+  </si>
+  <si>
+    <t>B(a)A</t>
+  </si>
+  <si>
+    <t>benzo(a)pyrene</t>
+  </si>
+  <si>
+    <t>B(a)P</t>
+  </si>
+  <si>
+    <t>0 - 7500</t>
+  </si>
+  <si>
+    <t>benzo(b)fluoranthene</t>
+  </si>
+  <si>
+    <t>B(b)F</t>
+  </si>
+  <si>
+    <t>benzo(ghi)perylene</t>
+  </si>
+  <si>
+    <t>B(ghi)PE</t>
+  </si>
+  <si>
+    <t>benzo(k)fluoranthene</t>
+  </si>
+  <si>
+    <t>B(k)F</t>
+  </si>
+  <si>
+    <t>chrysene</t>
+  </si>
+  <si>
+    <t>CHR</t>
+  </si>
+  <si>
+    <t>dibenz(ah)anthracene</t>
+  </si>
+  <si>
+    <t>DB(ah)A</t>
+  </si>
+  <si>
+    <t>fluoranthene</t>
+  </si>
+  <si>
+    <t>FLT</t>
+  </si>
+  <si>
+    <t>0 - 30000</t>
+  </si>
+  <si>
+    <t>fluorene</t>
+  </si>
+  <si>
+    <t>FLU</t>
+  </si>
+  <si>
+    <t>indeno(1,2,3-cd)pyrene</t>
+  </si>
+  <si>
+    <t>IPY</t>
+  </si>
+  <si>
+    <t>naphthalene</t>
+  </si>
+  <si>
+    <t>NAP</t>
+  </si>
+  <si>
+    <t>phenanthrene</t>
+  </si>
+  <si>
+    <t>PHE</t>
+  </si>
+  <si>
+    <t>0 - 40000</t>
+  </si>
+  <si>
+    <t>pyrene</t>
+  </si>
+  <si>
+    <t>PYR</t>
+  </si>
+  <si>
+    <t>EPA ∑PAH(16)</t>
+  </si>
+  <si>
+    <t>16 PAH's ranked by U.S. Environmental Protection Agency</t>
+  </si>
+  <si>
+    <t>0 - 100000</t>
+  </si>
+  <si>
+    <t>VROM∑PAH10</t>
+  </si>
+  <si>
+    <t>Sum 10 PAH's ranked by VROM</t>
+  </si>
+  <si>
+    <t>PCB 028</t>
+  </si>
+  <si>
+    <t>Polychlorobiphenyl</t>
+  </si>
+  <si>
+    <t>PCB</t>
+  </si>
+  <si>
+    <t>Polychlorobiphenyls</t>
+  </si>
+  <si>
+    <t>PCB 031</t>
+  </si>
+  <si>
+    <t>PCB 052</t>
+  </si>
+  <si>
+    <t>PCB 077</t>
+  </si>
+  <si>
+    <t>PCB 081</t>
+  </si>
+  <si>
+    <t>PCB 101</t>
+  </si>
+  <si>
+    <t>PCB 105</t>
+  </si>
+  <si>
+    <t>PCB 114</t>
+  </si>
+  <si>
+    <t>PCB 118</t>
+  </si>
+  <si>
+    <t>PCB 123</t>
+  </si>
+  <si>
+    <t>PCB 126</t>
+  </si>
+  <si>
+    <t>PCB 128</t>
+  </si>
+  <si>
+    <t>PCB 138</t>
+  </si>
+  <si>
+    <t>PCB 149</t>
+  </si>
+  <si>
+    <t>PCB 153</t>
+  </si>
+  <si>
+    <t>PCB 156</t>
+  </si>
+  <si>
+    <t>PCB 157</t>
+  </si>
+  <si>
+    <t>PCB 167</t>
+  </si>
+  <si>
+    <t>PCB 169</t>
+  </si>
+  <si>
+    <t>PCB 180</t>
+  </si>
+  <si>
+    <t>PCB 189</t>
+  </si>
+  <si>
+    <t>∑PCB(7)</t>
+  </si>
+  <si>
+    <t>Sum of the 7 indicator PCB congeners 28, 52, 101, 118, 138, 153, 180</t>
+  </si>
+  <si>
+    <t>1,2,3 trichlorobenzene</t>
+  </si>
+  <si>
+    <t>OCB</t>
+  </si>
+  <si>
+    <t>Organochlorine pesticides</t>
+  </si>
+  <si>
+    <t>1,2,4 trichlorobenzene</t>
+  </si>
+  <si>
+    <t>1,3,5 trichlorobenzene</t>
+  </si>
+  <si>
+    <t>Sum trichlorobenzenes</t>
+  </si>
+  <si>
+    <t>1,2,3,4 tetrachlorobenzene</t>
+  </si>
+  <si>
+    <t>1,2,3,5 tetrachlorobenzene</t>
+  </si>
+  <si>
+    <t>1,2,4,5 tetrachlorobenzene</t>
+  </si>
+  <si>
+    <t>Sum tetrachlorobenzenes</t>
+  </si>
+  <si>
+    <t>aldrin</t>
+  </si>
+  <si>
+    <t>alpha-endosulfan</t>
+  </si>
+  <si>
+    <t>alpha-HCH</t>
+  </si>
+  <si>
+    <t>beta-endosulfan</t>
+  </si>
+  <si>
+    <t>β-endosulfan</t>
+  </si>
+  <si>
+    <t>beta-HCH</t>
+  </si>
+  <si>
+    <t>β-Hexachlorocyclohexane</t>
+  </si>
+  <si>
+    <t>chlordane</t>
+  </si>
+  <si>
+    <t>Chlordane</t>
+  </si>
+  <si>
+    <t>cis-chlordane</t>
+  </si>
+  <si>
+    <t>delta-HCH</t>
+  </si>
+  <si>
+    <t>delta-Hexachlorocyclohexane</t>
+  </si>
+  <si>
+    <t>dieldrin</t>
+  </si>
+  <si>
+    <t>endosulfan</t>
+  </si>
+  <si>
+    <t>endosulfan sulfate</t>
+  </si>
+  <si>
+    <t>endrin</t>
+  </si>
+  <si>
+    <t>gamma-HCH</t>
+  </si>
+  <si>
+    <t>gamma-Hexachlorocyclohexane</t>
+  </si>
+  <si>
+    <t>heptachlor</t>
+  </si>
+  <si>
+    <t>heptachlor epoxide</t>
+  </si>
+  <si>
+    <t>hexachlorobenzene</t>
+  </si>
+  <si>
+    <t>hexachlorobutadiene</t>
+  </si>
+  <si>
+    <t>isodrin</t>
+  </si>
+  <si>
+    <t>o,p`-DDD</t>
+  </si>
+  <si>
+    <t>2,4 DDD / Dichlorodiphenyldichloroethane</t>
+  </si>
+  <si>
+    <t>o,p`-DDE</t>
+  </si>
+  <si>
+    <t>2,4 DDE / Dichlorophenyldichloroethene</t>
+  </si>
+  <si>
+    <t>o,p`-DDT</t>
+  </si>
+  <si>
+    <t>2,4 DDT / Dichlorophenyltrichloroethane</t>
+  </si>
+  <si>
+    <t>p,p`-DDD</t>
+  </si>
+  <si>
+    <t>4,4 DDD / Dichlorodiphenyldichloroethane</t>
+  </si>
+  <si>
+    <t>p,p`-DDE</t>
+  </si>
+  <si>
+    <t>4,4 DDE / Dichlorophenyldichloroethene</t>
+  </si>
+  <si>
+    <t>p,p`-DDT</t>
+  </si>
+  <si>
+    <t>4,4 DDT / Dichlorophenyltrichloroethane</t>
+  </si>
+  <si>
+    <t>pentachlorobenzene</t>
+  </si>
+  <si>
+    <t>pentachlorophenol</t>
+  </si>
+  <si>
+    <t>telodrin</t>
+  </si>
+  <si>
+    <t>Telodrin</t>
+  </si>
+  <si>
+    <t>toxaphene</t>
+  </si>
+  <si>
+    <t>trans-chlordane</t>
+  </si>
+  <si>
+    <t>Other parameters</t>
+  </si>
+  <si>
+    <t>CN-complex</t>
+  </si>
+  <si>
+    <t>Cyanide complex</t>
+  </si>
+  <si>
+    <t>EOX</t>
+  </si>
+  <si>
+    <t>Inorganic carbon</t>
+  </si>
+  <si>
+    <t>Organic carbon</t>
+  </si>
+  <si>
+    <t>Mineral oil, GC</t>
+  </si>
+  <si>
+    <t>Mineral oil, Gas Chromatography</t>
+  </si>
+  <si>
+    <t>0 - 3500</t>
+  </si>
+  <si>
+    <t>Mineral oil, IR</t>
+  </si>
+  <si>
+    <t>Mineral oil, Infra Red detection</t>
+  </si>
+  <si>
+    <t>Particles &lt; 2 µm</t>
+  </si>
+  <si>
+    <t>Particles &lt; 16 µm</t>
+  </si>
+  <si>
+    <t>Particle size &lt; 16 µm</t>
+  </si>
+  <si>
+    <t>Particles &lt; 50 µm</t>
+  </si>
+  <si>
+    <t>Particle size &lt; 50 µm</t>
+  </si>
+  <si>
+    <t>Particles &lt; 63 µm</t>
+  </si>
+  <si>
+    <t>Particles &gt; 63 µm</t>
+  </si>
+  <si>
+    <t>Particles &lt; 2000 µm</t>
+  </si>
+  <si>
+    <t>Particle size &lt; 2000 µm</t>
+  </si>
+  <si>
+    <t>MET</t>
+  </si>
+  <si>
+    <t>Metals</t>
+  </si>
+  <si>
+    <t>0 - 7.5</t>
+  </si>
+  <si>
+    <t>1,2,3,4,6,7,8 Cl7DD</t>
+  </si>
+  <si>
+    <t>1,2,3,4,6,7,8-Heptachlorodibenzodioxin  </t>
+  </si>
+  <si>
+    <t>ng/kg</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Dibenzo-P Dioxin</t>
+  </si>
+  <si>
+    <t>1,2,3,4,7,8 Cl6DD</t>
+  </si>
+  <si>
+    <t>1,2,3,4,7,8 Hexachlorodibenzodioxin</t>
+  </si>
+  <si>
+    <t>1,2,3,6,7,8 Cl6DD</t>
+  </si>
+  <si>
+    <t>1,2,3,6,7,8 Hexachlorodibenzodioxin</t>
+  </si>
+  <si>
+    <t>1,2,3,7,8 Cl5DD</t>
+  </si>
+  <si>
+    <t>1,2,3,7,8 Pentachlorodibenzodioxin</t>
+  </si>
+  <si>
+    <t>1,2,3,7,8,9 Cl6DD</t>
+  </si>
+  <si>
+    <t>1,2,3,7,8,9 Hexachlorodibenzodioxin</t>
+  </si>
+  <si>
+    <t>2,3,7,8 Cl4DD</t>
+  </si>
+  <si>
+    <t>2,3,7,8 Tetrachlorodibenzodioxin</t>
+  </si>
+  <si>
+    <t>Cl8DD</t>
+  </si>
+  <si>
+    <t>Octachlorodibenzo-p-dioxin / OCDD</t>
+  </si>
+  <si>
+    <t>1,2,3,4,6,7,8 Cl7DF</t>
+  </si>
+  <si>
+    <t>1,2,3,4,6,7,8-Heptachlorodibenzofuran  </t>
+  </si>
+  <si>
+    <t>DF</t>
+  </si>
+  <si>
+    <t>Dibenzofuran</t>
+  </si>
+  <si>
+    <t>1,2,3,4,7,8 Cl6DF</t>
+  </si>
+  <si>
+    <t>1,2,3,4,6,7,8-Hexachlorodibenzofuran  </t>
+  </si>
+  <si>
+    <t>1,2,3,4,7,8,9 Cl7DF</t>
+  </si>
+  <si>
+    <t>1,2,3,6,7,8 Cl6DF</t>
+  </si>
+  <si>
+    <t>1,2,3,6,7,8 Hexachlorodibenzofuran</t>
+  </si>
+  <si>
+    <t>1,2,3,7,8 Cl5DF</t>
+  </si>
+  <si>
+    <t>1,2,3,7,8 Pentachlorodibenzofuran</t>
+  </si>
+  <si>
+    <t>1,2,3,7,8,9 Cl6DF</t>
+  </si>
+  <si>
+    <t>1,2,3,7,8,9 Hexachlorodibenzofuran</t>
+  </si>
+  <si>
+    <t>2,3,4,6,7,8 Cl6DF</t>
+  </si>
+  <si>
+    <t>2,3,4,6,7,8  Hexachlorodibenzofuran</t>
+  </si>
+  <si>
+    <t>2,3,4,7,8 Cl5DF</t>
+  </si>
+  <si>
+    <t>2,3,4,7,8  Pentachlorodibenzofuran</t>
+  </si>
+  <si>
+    <t>2,3,7,8 Cl4DF</t>
+  </si>
+  <si>
+    <t>2,3,7,8 Tetrachlorodibenzofuran</t>
+  </si>
+  <si>
+    <t>Cl8DF</t>
+  </si>
+  <si>
+    <t>Octachlorodibenzo-p-furan / OCDF</t>
+  </si>
+  <si>
+    <t>BDE 028</t>
+  </si>
+  <si>
+    <t>2,4,4′-Tribromodiphenyl ether</t>
+  </si>
+  <si>
+    <t>BFR</t>
+  </si>
+  <si>
+    <t>Brominated Flame Retardants</t>
+  </si>
+  <si>
+    <t>BDE 047</t>
+  </si>
+  <si>
+    <t>2,2′,4,4′-Tetrabromodiphenyl ether</t>
+  </si>
+  <si>
+    <t>BDE 066</t>
+  </si>
+  <si>
+    <t>2,3′,4,4′-Tetrabromodiphenyl ether</t>
+  </si>
+  <si>
+    <t>BDE 085</t>
+  </si>
+  <si>
+    <t>2,2',3,4,4'-Pentabromodiphenyl ether</t>
+  </si>
+  <si>
+    <t>BDE 099</t>
+  </si>
+  <si>
+    <t>2,2′,4,4′,5-Pentabromodiphenyl ether</t>
+  </si>
+  <si>
+    <t>BDE 100</t>
+  </si>
+  <si>
+    <t>2,2′,4,4′,6-Pentabromodiphenyl ether</t>
+  </si>
+  <si>
+    <t>BDE 153</t>
+  </si>
+  <si>
+    <t>2,2′,4,4′,5,5′-Hexabromodiphenyl ether</t>
+  </si>
+  <si>
+    <t>BDE 154</t>
+  </si>
+  <si>
+    <t>2,2′,4,4′,5,6′-Hexabromodiphenyl ether</t>
+  </si>
+  <si>
+    <t>BDE 183</t>
+  </si>
+  <si>
+    <t>2,2′,3,4,4′,5′,6-Heptabromodiphenyl ether</t>
+  </si>
+  <si>
+    <t>BDE 209</t>
+  </si>
+  <si>
+    <t>Decabromodiphenyl ether</t>
+  </si>
+  <si>
+    <t>DEHP</t>
+  </si>
+  <si>
+    <t>Bis(2-ethylhexyl) phthalate</t>
+  </si>
+  <si>
+    <t>EXP</t>
+  </si>
+  <si>
+    <t>Experimental</t>
+  </si>
+  <si>
+    <t>Tributyl Tin (TBT)</t>
+  </si>
+  <si>
+    <t>program</t>
+  </si>
+  <si>
+    <t>RangeNr</t>
+  </si>
+  <si>
+    <t>RangeName</t>
+  </si>
+  <si>
+    <t>concentration range</t>
+  </si>
+  <si>
+    <t>PEP</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="MS Sans Serif"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -345,31498 +2769,20390 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L710"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0" rightToLeft="false">
-      <selection activeCell="C5" sqref="C5"/>
+    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="A4" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="25.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="60.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="18.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="18.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="60" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="12" width="12" bestFit="1" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row outlineLevel="0" r="1">
-[...77 lines deleted...]
-      <c r="D2" s="0">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2">
         <v>80</v>
       </c>
-      <c r="E2" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L2" s="0">
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="K2">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L2">
         <v>2</v>
       </c>
     </row>
-    <row outlineLevel="0" r="3">
-[...15 lines deleted...]
-      <c r="D3" s="0">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3">
         <v>81</v>
       </c>
-      <c r="E3" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K3" s="0">
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K3">
         <v>0.5</v>
       </c>
-      <c r="L3" s="0">
+      <c r="L3">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="4">
-[...15 lines deleted...]
-      <c r="D4" s="0">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4">
         <v>2</v>
       </c>
-      <c r="E4" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L4" s="0">
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H4" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L4">
         <v>2</v>
       </c>
     </row>
-    <row outlineLevel="0" r="5">
-[...15 lines deleted...]
-      <c r="D5" s="0">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5">
         <v>82</v>
       </c>
-      <c r="E5" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K5" s="0">
+      <c r="E5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K5">
         <v>1.5</v>
       </c>
-      <c r="L5" s="0">
+      <c r="L5">
         <v>0</v>
       </c>
     </row>
-    <row outlineLevel="0" r="6">
-[...15 lines deleted...]
-      <c r="D6" s="0">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6">
         <v>83</v>
       </c>
-      <c r="E6" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K6" s="0">
+      <c r="E6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6" t="s">
+        <v>28</v>
+      </c>
+      <c r="K6">
         <v>1</v>
       </c>
-      <c r="L6" s="0">
+      <c r="L6">
         <v>4</v>
       </c>
     </row>
-    <row outlineLevel="0" r="7">
-[...15 lines deleted...]
-      <c r="D7" s="0">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7">
         <v>84</v>
       </c>
-      <c r="E7" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L7" s="0">
+      <c r="E7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" t="s">
+        <v>27</v>
+      </c>
+      <c r="H7" t="s">
+        <v>30</v>
+      </c>
+      <c r="K7">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L7">
         <v>2.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="8">
-[...15 lines deleted...]
-      <c r="D8" s="0">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8">
         <v>85</v>
       </c>
-      <c r="E8" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L8" s="0">
+      <c r="E8" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" t="s">
+        <v>27</v>
+      </c>
+      <c r="H8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L8">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="9">
-[...15 lines deleted...]
-      <c r="D9" s="0">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9">
         <v>86</v>
       </c>
-      <c r="E9" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K9" s="0">
+      <c r="E9" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" t="s">
+        <v>26</v>
+      </c>
+      <c r="G9" t="s">
+        <v>27</v>
+      </c>
+      <c r="H9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9">
         <v>1.5</v>
       </c>
-      <c r="L9" s="0">
+      <c r="L9">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="10">
-[...15 lines deleted...]
-      <c r="D10" s="0">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10">
         <v>15</v>
       </c>
-      <c r="E10" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L10" s="0">
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G10" t="s">
+        <v>27</v>
+      </c>
+      <c r="H10" t="s">
+        <v>38</v>
+      </c>
+      <c r="K10">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L10">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="11">
-[...15 lines deleted...]
-      <c r="D11" s="0">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11">
         <v>14</v>
       </c>
-      <c r="E11" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K11" s="0">
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" t="s">
+        <v>26</v>
+      </c>
+      <c r="G11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H11" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11">
         <v>0.5</v>
       </c>
-      <c r="L11" s="0">
+      <c r="L11">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="0">
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12">
         <v>23</v>
       </c>
-      <c r="E12" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D13" s="0">
+      <c r="E12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F12" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13">
         <v>21</v>
       </c>
-      <c r="E13" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D14" s="0">
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F13" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" t="s">
+        <v>47</v>
+      </c>
+      <c r="D14">
         <v>22</v>
       </c>
-      <c r="E14" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D15" s="0">
+      <c r="E14" t="s">
+        <v>37</v>
+      </c>
+      <c r="F14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" t="s">
+        <v>48</v>
+      </c>
+      <c r="C15" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15">
         <v>31</v>
       </c>
-      <c r="E15" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L15" s="0">
+      <c r="E15" t="s">
+        <v>37</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" t="s">
+        <v>51</v>
+      </c>
+      <c r="H15" t="s">
+        <v>52</v>
+      </c>
+      <c r="K15">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L15">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="16">
-[...15 lines deleted...]
-      <c r="D16" s="0">
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>12</v>
+      </c>
+      <c r="B16" t="s">
+        <v>53</v>
+      </c>
+      <c r="C16" t="s">
+        <v>54</v>
+      </c>
+      <c r="D16">
         <v>32</v>
       </c>
-      <c r="E16" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K16" s="0">
+      <c r="E16" t="s">
+        <v>37</v>
+      </c>
+      <c r="F16" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" t="s">
+        <v>51</v>
+      </c>
+      <c r="H16" t="s">
+        <v>55</v>
+      </c>
+      <c r="K16">
         <v>0.5</v>
       </c>
-      <c r="L16" s="0">
+      <c r="L16">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="17">
-[...15 lines deleted...]
-      <c r="D17" s="0">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>12</v>
+      </c>
+      <c r="B17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17">
         <v>33</v>
       </c>
-      <c r="E17" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K17" s="0">
+      <c r="E17" t="s">
+        <v>37</v>
+      </c>
+      <c r="F17" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" t="s">
+        <v>51</v>
+      </c>
+      <c r="H17" t="s">
+        <v>55</v>
+      </c>
+      <c r="K17">
         <v>0</v>
       </c>
-      <c r="L17" s="0">
+      <c r="L17">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="18">
-[...15 lines deleted...]
-      <c r="D18" s="0">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18">
         <v>34</v>
       </c>
-      <c r="E18" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K18" s="0">
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F18" t="s">
+        <v>50</v>
+      </c>
+      <c r="G18" t="s">
+        <v>51</v>
+      </c>
+      <c r="H18" t="s">
+        <v>55</v>
+      </c>
+      <c r="K18">
         <v>0.5</v>
       </c>
-      <c r="L18" s="0">
+      <c r="L18">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="19">
-[...15 lines deleted...]
-      <c r="D19" s="0">
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B19" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19">
         <v>35</v>
       </c>
-      <c r="E19" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L19" s="0">
+      <c r="E19" t="s">
+        <v>37</v>
+      </c>
+      <c r="F19" t="s">
+        <v>50</v>
+      </c>
+      <c r="G19" t="s">
+        <v>51</v>
+      </c>
+      <c r="H19" t="s">
+        <v>60</v>
+      </c>
+      <c r="K19">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L19">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="20">
-[...15 lines deleted...]
-      <c r="D20" s="0">
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>12</v>
+      </c>
+      <c r="B20" t="s">
+        <v>46</v>
+      </c>
+      <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20">
         <v>36</v>
       </c>
-      <c r="E20" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L20" s="0">
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
+      <c r="F20" t="s">
+        <v>50</v>
+      </c>
+      <c r="G20" t="s">
+        <v>51</v>
+      </c>
+      <c r="H20" t="s">
+        <v>60</v>
+      </c>
+      <c r="K20">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L20">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="21">
-[...15 lines deleted...]
-      <c r="D21" s="0">
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>12</v>
+      </c>
+      <c r="B21" t="s">
+        <v>61</v>
+      </c>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21">
         <v>37</v>
       </c>
-      <c r="E21" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K21" s="0">
+      <c r="E21" t="s">
+        <v>37</v>
+      </c>
+      <c r="F21" t="s">
+        <v>50</v>
+      </c>
+      <c r="G21" t="s">
+        <v>51</v>
+      </c>
+      <c r="H21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K21">
         <v>0</v>
       </c>
-      <c r="L21" s="0">
+      <c r="L21">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="22">
-[...15 lines deleted...]
-      <c r="D22" s="0">
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>12</v>
+      </c>
+      <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22">
         <v>38</v>
       </c>
-      <c r="E22" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K22" s="0">
+      <c r="E22" t="s">
+        <v>37</v>
+      </c>
+      <c r="F22" t="s">
+        <v>50</v>
+      </c>
+      <c r="G22" t="s">
+        <v>51</v>
+      </c>
+      <c r="H22" t="s">
+        <v>65</v>
+      </c>
+      <c r="K22">
         <v>2</v>
       </c>
-      <c r="L22" s="0">
+      <c r="L22">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="23">
-[...15 lines deleted...]
-      <c r="D23" s="0">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>12</v>
+      </c>
+      <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" t="s">
+        <v>67</v>
+      </c>
+      <c r="D23">
         <v>51</v>
       </c>
-      <c r="E23" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D24" s="0">
+      <c r="E23" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23" t="s">
+        <v>70</v>
+      </c>
+      <c r="H23" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>12</v>
+      </c>
+      <c r="B24" t="s">
+        <v>71</v>
+      </c>
+      <c r="C24" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24">
         <v>52</v>
       </c>
-      <c r="E24" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K24" s="0">
+      <c r="E24" t="s">
+        <v>68</v>
+      </c>
+      <c r="F24" t="s">
+        <v>69</v>
+      </c>
+      <c r="G24" t="s">
+        <v>70</v>
+      </c>
+      <c r="H24" t="s">
+        <v>73</v>
+      </c>
+      <c r="K24">
         <v>3</v>
       </c>
-      <c r="L24" s="0">
+      <c r="L24">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="25">
-[...15 lines deleted...]
-      <c r="D25" s="0">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>12</v>
+      </c>
+      <c r="B25" t="s">
+        <v>74</v>
+      </c>
+      <c r="C25" t="s">
+        <v>75</v>
+      </c>
+      <c r="D25">
         <v>53</v>
       </c>
-      <c r="E25" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D26" s="0">
+      <c r="E25" t="s">
+        <v>68</v>
+      </c>
+      <c r="F25" t="s">
+        <v>69</v>
+      </c>
+      <c r="G25" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>12</v>
+      </c>
+      <c r="B26" t="s">
+        <v>76</v>
+      </c>
+      <c r="C26" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26">
         <v>54</v>
       </c>
-      <c r="E26" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D27" s="0">
+      <c r="E26" t="s">
+        <v>68</v>
+      </c>
+      <c r="F26" t="s">
+        <v>69</v>
+      </c>
+      <c r="G26" t="s">
+        <v>70</v>
+      </c>
+      <c r="H26" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>12</v>
+      </c>
+      <c r="B27" t="s">
+        <v>79</v>
+      </c>
+      <c r="C27" t="s">
+        <v>80</v>
+      </c>
+      <c r="D27">
         <v>55</v>
       </c>
-      <c r="E27" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L27" s="0">
+      <c r="E27" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" t="s">
+        <v>69</v>
+      </c>
+      <c r="G27" t="s">
+        <v>70</v>
+      </c>
+      <c r="H27" t="s">
+        <v>81</v>
+      </c>
+      <c r="K27">
+        <v>0.60000002384185802</v>
+      </c>
+      <c r="L27">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="28">
-[...15 lines deleted...]
-      <c r="D28" s="0">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>12</v>
+      </c>
+      <c r="B28" t="s">
+        <v>82</v>
+      </c>
+      <c r="C28" t="s">
+        <v>83</v>
+      </c>
+      <c r="D28">
         <v>56</v>
       </c>
-      <c r="E28" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K28" s="0">
+      <c r="E28" t="s">
+        <v>68</v>
+      </c>
+      <c r="F28" t="s">
+        <v>69</v>
+      </c>
+      <c r="G28" t="s">
+        <v>70</v>
+      </c>
+      <c r="H28" t="s">
+        <v>84</v>
+      </c>
+      <c r="K28">
         <v>1</v>
       </c>
-      <c r="L28" s="0">
+      <c r="L28">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="29">
-[...15 lines deleted...]
-      <c r="D29" s="0">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>12</v>
+      </c>
+      <c r="B29" t="s">
+        <v>85</v>
+      </c>
+      <c r="C29" t="s">
+        <v>86</v>
+      </c>
+      <c r="D29">
         <v>57</v>
       </c>
-      <c r="E29" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K29" s="0">
+      <c r="E29" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" t="s">
+        <v>69</v>
+      </c>
+      <c r="G29" t="s">
+        <v>70</v>
+      </c>
+      <c r="H29" t="s">
+        <v>87</v>
+      </c>
+      <c r="K29">
         <v>1</v>
       </c>
-      <c r="L29" s="0">
+      <c r="L29">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="30">
-[...15 lines deleted...]
-      <c r="D30" s="0">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>12</v>
+      </c>
+      <c r="B30" t="s">
+        <v>88</v>
+      </c>
+      <c r="C30" t="s">
+        <v>89</v>
+      </c>
+      <c r="D30">
         <v>58</v>
       </c>
-      <c r="E30" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K30" s="0">
+      <c r="E30" t="s">
+        <v>68</v>
+      </c>
+      <c r="F30" t="s">
+        <v>69</v>
+      </c>
+      <c r="G30" t="s">
+        <v>70</v>
+      </c>
+      <c r="H30" t="s">
+        <v>90</v>
+      </c>
+      <c r="K30">
         <v>0</v>
       </c>
-      <c r="L30" s="0">
+      <c r="L30">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="31">
-[...15 lines deleted...]
-      <c r="D31" s="0">
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>12</v>
+      </c>
+      <c r="B31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" t="s">
+        <v>92</v>
+      </c>
+      <c r="D31">
         <v>59</v>
       </c>
-      <c r="E31" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K31" s="0">
+      <c r="E31" t="s">
+        <v>68</v>
+      </c>
+      <c r="F31" t="s">
+        <v>69</v>
+      </c>
+      <c r="G31" t="s">
+        <v>70</v>
+      </c>
+      <c r="H31" t="s">
+        <v>93</v>
+      </c>
+      <c r="K31">
         <v>5</v>
       </c>
-      <c r="L31" s="0">
+      <c r="L31">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="32">
-[...15 lines deleted...]
-      <c r="D32" s="0">
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>12</v>
+      </c>
+      <c r="B32" t="s">
+        <v>94</v>
+      </c>
+      <c r="C32" t="s">
+        <v>95</v>
+      </c>
+      <c r="D32">
         <v>60</v>
       </c>
-      <c r="E32" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D33" s="0">
+      <c r="E32" t="s">
+        <v>68</v>
+      </c>
+      <c r="F32" t="s">
+        <v>69</v>
+      </c>
+      <c r="G32" t="s">
+        <v>70</v>
+      </c>
+      <c r="H32" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>12</v>
+      </c>
+      <c r="B33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C33" t="s">
+        <v>97</v>
+      </c>
+      <c r="D33">
         <v>61</v>
       </c>
-      <c r="E33" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K33" s="0">
+      <c r="E33" t="s">
+        <v>68</v>
+      </c>
+      <c r="F33" t="s">
+        <v>69</v>
+      </c>
+      <c r="G33" t="s">
+        <v>70</v>
+      </c>
+      <c r="H33" t="s">
+        <v>98</v>
+      </c>
+      <c r="K33">
         <v>1</v>
       </c>
-      <c r="L33" s="0">
+      <c r="L33">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="34">
-[...15 lines deleted...]
-      <c r="D34" s="0">
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>12</v>
+      </c>
+      <c r="B34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C34" t="s">
+        <v>100</v>
+      </c>
+      <c r="D34">
         <v>62</v>
       </c>
-      <c r="E34" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K34" s="0">
+      <c r="E34" t="s">
+        <v>68</v>
+      </c>
+      <c r="F34" t="s">
+        <v>69</v>
+      </c>
+      <c r="G34" t="s">
+        <v>70</v>
+      </c>
+      <c r="H34" t="s">
+        <v>87</v>
+      </c>
+      <c r="K34">
         <v>5</v>
       </c>
-      <c r="L34" s="0">
+      <c r="L34">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="35">
-[...15 lines deleted...]
-      <c r="D35" s="0">
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>12</v>
+      </c>
+      <c r="B35" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" t="s">
+        <v>102</v>
+      </c>
+      <c r="D35">
         <v>64</v>
       </c>
-      <c r="E35" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D36" s="0">
+      <c r="E35" t="s">
+        <v>68</v>
+      </c>
+      <c r="F35" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>12</v>
+      </c>
+      <c r="B36" t="s">
+        <v>103</v>
+      </c>
+      <c r="C36" t="s">
+        <v>104</v>
+      </c>
+      <c r="D36">
         <v>65</v>
       </c>
-      <c r="E36" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D37" s="0">
+      <c r="E36" t="s">
+        <v>68</v>
+      </c>
+      <c r="F36" t="s">
+        <v>69</v>
+      </c>
+      <c r="G36" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>12</v>
+      </c>
+      <c r="B37" t="s">
+        <v>105</v>
+      </c>
+      <c r="C37" t="s">
+        <v>106</v>
+      </c>
+      <c r="D37">
         <v>66</v>
       </c>
-      <c r="E37" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D38" s="0">
+      <c r="E37" t="s">
+        <v>68</v>
+      </c>
+      <c r="F37" t="s">
+        <v>69</v>
+      </c>
+      <c r="G37" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>12</v>
+      </c>
+      <c r="B38" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" t="s">
+        <v>108</v>
+      </c>
+      <c r="D38">
         <v>71</v>
       </c>
-      <c r="E38" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D39" s="0">
+      <c r="E38" t="s">
+        <v>68</v>
+      </c>
+      <c r="F38" t="s">
+        <v>69</v>
+      </c>
+      <c r="G38" t="s">
+        <v>70</v>
+      </c>
+      <c r="H38" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>12</v>
+      </c>
+      <c r="B39" t="s">
+        <v>110</v>
+      </c>
+      <c r="C39" t="s">
+        <v>111</v>
+      </c>
+      <c r="D39">
         <v>67</v>
       </c>
-      <c r="E39" s="0" t="inlineStr">
-[...59 lines deleted...]
-      <c r="K40" s="0">
+      <c r="E39" t="s">
+        <v>68</v>
+      </c>
+      <c r="F39" t="s">
+        <v>69</v>
+      </c>
+      <c r="G39" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>12</v>
+      </c>
+      <c r="B40" t="s">
+        <v>112</v>
+      </c>
+      <c r="C40" t="s">
+        <v>113</v>
+      </c>
+      <c r="D40">
+        <v>68</v>
+      </c>
+      <c r="E40" t="s">
+        <v>68</v>
+      </c>
+      <c r="F40" t="s">
+        <v>69</v>
+      </c>
+      <c r="G40" t="s">
+        <v>70</v>
+      </c>
+      <c r="H40" t="s">
+        <v>52</v>
+      </c>
+      <c r="K40">
         <v>0.5</v>
       </c>
-      <c r="L40" s="0">
+      <c r="L40">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="41">
-[...15 lines deleted...]
-      <c r="D41" s="0">
+    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B41" t="s">
+        <v>114</v>
+      </c>
+      <c r="C41" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41">
         <v>69</v>
       </c>
-      <c r="E41" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K41" s="0">
+      <c r="E41" t="s">
+        <v>68</v>
+      </c>
+      <c r="F41" t="s">
+        <v>69</v>
+      </c>
+      <c r="G41" t="s">
+        <v>70</v>
+      </c>
+      <c r="H41" t="s">
+        <v>116</v>
+      </c>
+      <c r="K41">
         <v>2</v>
       </c>
-      <c r="L41" s="0">
+      <c r="L41">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="42">
-[...15 lines deleted...]
-      <c r="D42" s="0">
+    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>117</v>
+      </c>
+      <c r="B42" t="s">
+        <v>118</v>
+      </c>
+      <c r="C42" t="s">
+        <v>119</v>
+      </c>
+      <c r="D42">
         <v>41</v>
       </c>
-      <c r="E42" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D43" s="0">
+      <c r="E42" t="s">
+        <v>120</v>
+      </c>
+      <c r="F42" t="s">
+        <v>121</v>
+      </c>
+      <c r="G42" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>117</v>
+      </c>
+      <c r="B43" t="s">
+        <v>66</v>
+      </c>
+      <c r="C43" t="s">
+        <v>67</v>
+      </c>
+      <c r="D43">
         <v>20</v>
       </c>
-      <c r="E43" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K43" s="0">
+      <c r="E43" t="s">
+        <v>120</v>
+      </c>
+      <c r="F43" t="s">
+        <v>121</v>
+      </c>
+      <c r="G43" t="s">
+        <v>122</v>
+      </c>
+      <c r="H43" t="s">
+        <v>123</v>
+      </c>
+      <c r="K43">
         <v>10</v>
       </c>
-      <c r="L43" s="0">
+      <c r="L43">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="44">
-[...15 lines deleted...]
-      <c r="D44" s="0">
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>117</v>
+      </c>
+      <c r="B44" t="s">
+        <v>124</v>
+      </c>
+      <c r="C44" t="s">
+        <v>125</v>
+      </c>
+      <c r="D44">
         <v>2</v>
       </c>
-      <c r="E44" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K44" s="0">
+      <c r="E44" t="s">
+        <v>68</v>
+      </c>
+      <c r="F44" t="s">
+        <v>121</v>
+      </c>
+      <c r="G44" t="s">
+        <v>122</v>
+      </c>
+      <c r="H44" t="s">
+        <v>65</v>
+      </c>
+      <c r="K44">
         <v>1</v>
       </c>
-      <c r="L44" s="0">
+      <c r="L44">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="45">
-[...15 lines deleted...]
-      <c r="D45" s="0">
+    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>117</v>
+      </c>
+      <c r="B45" t="s">
+        <v>71</v>
+      </c>
+      <c r="C45" t="s">
+        <v>72</v>
+      </c>
+      <c r="D45">
         <v>33</v>
       </c>
-      <c r="E45" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L45" s="0">
+      <c r="E45" t="s">
+        <v>68</v>
+      </c>
+      <c r="F45" t="s">
+        <v>121</v>
+      </c>
+      <c r="G45" t="s">
+        <v>122</v>
+      </c>
+      <c r="H45" t="s">
+        <v>84</v>
+      </c>
+      <c r="K45">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L45">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="46">
-[...15 lines deleted...]
-      <c r="D46" s="0">
+    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>117</v>
+      </c>
+      <c r="B46" t="s">
+        <v>74</v>
+      </c>
+      <c r="C46" t="s">
+        <v>75</v>
+      </c>
+      <c r="D46">
         <v>42</v>
       </c>
-      <c r="E46" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K46" s="0">
+      <c r="E46" t="s">
+        <v>120</v>
+      </c>
+      <c r="F46" t="s">
+        <v>121</v>
+      </c>
+      <c r="G46" t="s">
+        <v>122</v>
+      </c>
+      <c r="H46" t="s">
+        <v>84</v>
+      </c>
+      <c r="K46">
         <v>1</v>
       </c>
-      <c r="L46" s="0">
+      <c r="L46">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="47">
-[...15 lines deleted...]
-      <c r="D47" s="0">
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>117</v>
+      </c>
+      <c r="B47" t="s">
+        <v>126</v>
+      </c>
+      <c r="C47" t="s">
+        <v>127</v>
+      </c>
+      <c r="D47">
         <v>34</v>
       </c>
-      <c r="E47" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D48" s="0">
+      <c r="E47" t="s">
+        <v>120</v>
+      </c>
+      <c r="F47" t="s">
+        <v>121</v>
+      </c>
+      <c r="G47" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>117</v>
+      </c>
+      <c r="B48" t="s">
+        <v>128</v>
+      </c>
+      <c r="C48" t="s">
+        <v>129</v>
+      </c>
+      <c r="D48">
         <v>21</v>
       </c>
-      <c r="E48" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L48" s="0">
+      <c r="E48" t="s">
+        <v>68</v>
+      </c>
+      <c r="F48" t="s">
+        <v>121</v>
+      </c>
+      <c r="G48" t="s">
+        <v>122</v>
+      </c>
+      <c r="H48" t="s">
+        <v>55</v>
+      </c>
+      <c r="K48">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L48">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="49">
-[...15 lines deleted...]
-      <c r="D49" s="0">
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>117</v>
+      </c>
+      <c r="B49" t="s">
+        <v>53</v>
+      </c>
+      <c r="C49" t="s">
+        <v>54</v>
+      </c>
+      <c r="D49">
         <v>55</v>
       </c>
-      <c r="E49" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L49" s="0">
+      <c r="E49" t="s">
+        <v>37</v>
+      </c>
+      <c r="F49" t="s">
+        <v>121</v>
+      </c>
+      <c r="G49" t="s">
+        <v>122</v>
+      </c>
+      <c r="H49" t="s">
+        <v>130</v>
+      </c>
+      <c r="K49">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L49">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="50">
-[...15 lines deleted...]
-      <c r="D50" s="0">
+    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>117</v>
+      </c>
+      <c r="B50" t="s">
+        <v>76</v>
+      </c>
+      <c r="C50" t="s">
+        <v>77</v>
+      </c>
+      <c r="D50">
         <v>22</v>
       </c>
-      <c r="E50" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K50" s="0">
+      <c r="E50" t="s">
+        <v>120</v>
+      </c>
+      <c r="F50" t="s">
+        <v>121</v>
+      </c>
+      <c r="G50" t="s">
+        <v>122</v>
+      </c>
+      <c r="H50" t="s">
+        <v>131</v>
+      </c>
+      <c r="K50">
         <v>5</v>
       </c>
-      <c r="L50" s="0">
+      <c r="L50">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="51">
-[...15 lines deleted...]
-      <c r="D51" s="0">
+    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>117</v>
+      </c>
+      <c r="B51" t="s">
+        <v>132</v>
+      </c>
+      <c r="C51" t="s">
+        <v>36</v>
+      </c>
+      <c r="D51">
         <v>56</v>
       </c>
-      <c r="E51" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L51" s="0">
+      <c r="E51" t="s">
+        <v>37</v>
+      </c>
+      <c r="F51" t="s">
+        <v>121</v>
+      </c>
+      <c r="G51" t="s">
+        <v>122</v>
+      </c>
+      <c r="H51" t="s">
+        <v>133</v>
+      </c>
+      <c r="K51">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L51">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="52">
-[...15 lines deleted...]
-      <c r="D52" s="0">
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>117</v>
+      </c>
+      <c r="B52" t="s">
+        <v>79</v>
+      </c>
+      <c r="C52" t="s">
+        <v>80</v>
+      </c>
+      <c r="D52">
         <v>23</v>
       </c>
-      <c r="E52" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K52" s="0">
+      <c r="E52" t="s">
+        <v>120</v>
+      </c>
+      <c r="F52" t="s">
+        <v>121</v>
+      </c>
+      <c r="G52" t="s">
+        <v>122</v>
+      </c>
+      <c r="H52" t="s">
+        <v>134</v>
+      </c>
+      <c r="K52">
         <v>10</v>
       </c>
-      <c r="L52" s="0">
+      <c r="L52">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="53">
-[...15 lines deleted...]
-      <c r="D53" s="0">
+    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>117</v>
+      </c>
+      <c r="B53" t="s">
+        <v>82</v>
+      </c>
+      <c r="C53" t="s">
+        <v>83</v>
+      </c>
+      <c r="D53">
         <v>24</v>
       </c>
-      <c r="E53" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K53" s="0">
+      <c r="E53" t="s">
         <v>120</v>
       </c>
-      <c r="L53" s="0">
+      <c r="F53" t="s">
+        <v>121</v>
+      </c>
+      <c r="G53" t="s">
+        <v>122</v>
+      </c>
+      <c r="H53" t="s">
+        <v>135</v>
+      </c>
+      <c r="K53">
+        <v>120</v>
+      </c>
+      <c r="L53">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="54">
-[...15 lines deleted...]
-      <c r="D54" s="0">
+    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>117</v>
+      </c>
+      <c r="B54" t="s">
+        <v>136</v>
+      </c>
+      <c r="C54" t="s">
+        <v>137</v>
+      </c>
+      <c r="D54">
         <v>43</v>
       </c>
-      <c r="E54" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K54" s="0">
+      <c r="E54" t="s">
+        <v>120</v>
+      </c>
+      <c r="F54" t="s">
+        <v>121</v>
+      </c>
+      <c r="G54" t="s">
+        <v>122</v>
+      </c>
+      <c r="H54" t="s">
+        <v>87</v>
+      </c>
+      <c r="K54">
         <v>6</v>
       </c>
-      <c r="L54" s="0">
+      <c r="L54">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="55">
-[...15 lines deleted...]
-      <c r="D55" s="0">
+    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>117</v>
+      </c>
+      <c r="B55" t="s">
+        <v>85</v>
+      </c>
+      <c r="C55" t="s">
+        <v>86</v>
+      </c>
+      <c r="D55">
         <v>3</v>
       </c>
-      <c r="E55" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K55" s="0">
+      <c r="E55" t="s">
+        <v>68</v>
+      </c>
+      <c r="F55" t="s">
+        <v>121</v>
+      </c>
+      <c r="G55" t="s">
+        <v>122</v>
+      </c>
+      <c r="H55" t="s">
+        <v>138</v>
+      </c>
+      <c r="K55">
         <v>0.5</v>
       </c>
-      <c r="L55" s="0">
+      <c r="L55">
         <v>9</v>
       </c>
     </row>
-    <row outlineLevel="0" r="56">
-[...15 lines deleted...]
-      <c r="D56" s="0">
+    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" t="s">
+        <v>139</v>
+      </c>
+      <c r="C56" t="s">
+        <v>140</v>
+      </c>
+      <c r="D56">
         <v>5</v>
       </c>
-      <c r="E56" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D57" s="0">
+      <c r="E56" t="s">
+        <v>68</v>
+      </c>
+      <c r="F56" t="s">
+        <v>121</v>
+      </c>
+      <c r="G56" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
+        <v>56</v>
+      </c>
+      <c r="C57" t="s">
+        <v>57</v>
+      </c>
+      <c r="D57">
         <v>4</v>
       </c>
-      <c r="E57" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K57" s="0">
+      <c r="E57" t="s">
+        <v>68</v>
+      </c>
+      <c r="F57" t="s">
+        <v>121</v>
+      </c>
+      <c r="G57" t="s">
+        <v>122</v>
+      </c>
+      <c r="H57" t="s">
+        <v>141</v>
+      </c>
+      <c r="K57">
         <v>5</v>
       </c>
-      <c r="L57" s="0">
+      <c r="L57">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="58">
-[...15 lines deleted...]
-      <c r="D58" s="0">
+    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" t="s">
+        <v>142</v>
+      </c>
+      <c r="C58" t="s">
+        <v>143</v>
+      </c>
+      <c r="D58">
         <v>25</v>
       </c>
-      <c r="E58" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D59" s="0">
+      <c r="E58" t="s">
+        <v>120</v>
+      </c>
+      <c r="F58" t="s">
+        <v>121</v>
+      </c>
+      <c r="G58" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" t="s">
+        <v>88</v>
+      </c>
+      <c r="C59" t="s">
+        <v>89</v>
+      </c>
+      <c r="D59">
         <v>26</v>
       </c>
-      <c r="E59" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K59" s="0">
+      <c r="E59" t="s">
+        <v>120</v>
+      </c>
+      <c r="F59" t="s">
+        <v>121</v>
+      </c>
+      <c r="G59" t="s">
+        <v>122</v>
+      </c>
+      <c r="H59" t="s">
+        <v>144</v>
+      </c>
+      <c r="K59">
         <v>2</v>
       </c>
-      <c r="L59" s="0">
+      <c r="L59">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="60">
-[...15 lines deleted...]
-      <c r="D60" s="0">
+    <row r="60" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>117</v>
+      </c>
+      <c r="B60" t="s">
+        <v>145</v>
+      </c>
+      <c r="C60" t="s">
+        <v>146</v>
+      </c>
+      <c r="D60">
         <v>27</v>
       </c>
-      <c r="E60" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D61" s="0">
+      <c r="E60" t="s">
+        <v>120</v>
+      </c>
+      <c r="F60" t="s">
+        <v>121</v>
+      </c>
+      <c r="G60" t="s">
+        <v>122</v>
+      </c>
+      <c r="H60" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>117</v>
+      </c>
+      <c r="B61" t="s">
+        <v>44</v>
+      </c>
+      <c r="C61" t="s">
+        <v>45</v>
+      </c>
+      <c r="D61">
         <v>57</v>
       </c>
-      <c r="E61" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L61" s="0">
+      <c r="E61" t="s">
+        <v>37</v>
+      </c>
+      <c r="F61" t="s">
+        <v>121</v>
+      </c>
+      <c r="G61" t="s">
+        <v>122</v>
+      </c>
+      <c r="H61" t="s">
+        <v>147</v>
+      </c>
+      <c r="K61">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L61">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="62">
-[...15 lines deleted...]
-      <c r="D62" s="0">
+    <row r="62" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>117</v>
+      </c>
+      <c r="B62" t="s">
+        <v>148</v>
+      </c>
+      <c r="C62" t="s">
+        <v>149</v>
+      </c>
+      <c r="D62">
         <v>28</v>
       </c>
-      <c r="E62" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K62" s="0">
+      <c r="E62" t="s">
+        <v>120</v>
+      </c>
+      <c r="F62" t="s">
+        <v>121</v>
+      </c>
+      <c r="G62" t="s">
+        <v>122</v>
+      </c>
+      <c r="H62" t="s">
+        <v>150</v>
+      </c>
+      <c r="K62">
         <v>45</v>
       </c>
-      <c r="L62" s="0">
+      <c r="L62">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="63">
-[...15 lines deleted...]
-      <c r="D63" s="0">
+    <row r="63" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>117</v>
+      </c>
+      <c r="B63" t="s">
         <v>58</v>
       </c>
-      <c r="E63" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K63" s="0">
+      <c r="C63" t="s">
+        <v>59</v>
+      </c>
+      <c r="D63">
+        <v>58</v>
+      </c>
+      <c r="E63" t="s">
+        <v>37</v>
+      </c>
+      <c r="F63" t="s">
+        <v>121</v>
+      </c>
+      <c r="G63" t="s">
+        <v>122</v>
+      </c>
+      <c r="H63" t="s">
+        <v>151</v>
+      </c>
+      <c r="K63">
         <v>0</v>
       </c>
-      <c r="L63" s="0">
+      <c r="L63">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="64">
-[...15 lines deleted...]
-      <c r="D64" s="0">
+    <row r="64" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>117</v>
+      </c>
+      <c r="B64" t="s">
+        <v>91</v>
+      </c>
+      <c r="C64" t="s">
+        <v>92</v>
+      </c>
+      <c r="D64">
         <v>6</v>
       </c>
-      <c r="E64" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K64" s="0">
+      <c r="E64" t="s">
+        <v>68</v>
+      </c>
+      <c r="F64" t="s">
+        <v>121</v>
+      </c>
+      <c r="G64" t="s">
+        <v>122</v>
+      </c>
+      <c r="H64" t="s">
+        <v>93</v>
+      </c>
+      <c r="K64">
         <v>1</v>
       </c>
-      <c r="L64" s="0">
+      <c r="L64">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="65">
-[...15 lines deleted...]
-      <c r="D65" s="0">
+    <row r="65" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>117</v>
+      </c>
+      <c r="B65" t="s">
+        <v>94</v>
+      </c>
+      <c r="C65" t="s">
+        <v>95</v>
+      </c>
+      <c r="D65">
         <v>29</v>
       </c>
-      <c r="E65" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K65" s="0">
+      <c r="E65" t="s">
+        <v>120</v>
+      </c>
+      <c r="F65" t="s">
+        <v>121</v>
+      </c>
+      <c r="G65" t="s">
+        <v>122</v>
+      </c>
+      <c r="H65" t="s">
+        <v>152</v>
+      </c>
+      <c r="K65">
         <v>35</v>
       </c>
-      <c r="L65" s="0">
+      <c r="L65">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="66">
-[...15 lines deleted...]
-      <c r="D66" s="0">
+    <row r="66" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>117</v>
+      </c>
+      <c r="B66" t="s">
+        <v>153</v>
+      </c>
+      <c r="C66" t="s">
+        <v>154</v>
+      </c>
+      <c r="D66">
         <v>59</v>
       </c>
-      <c r="E66" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K66" s="0">
+      <c r="E66" t="s">
+        <v>37</v>
+      </c>
+      <c r="F66" t="s">
+        <v>121</v>
+      </c>
+      <c r="G66" t="s">
+        <v>122</v>
+      </c>
+      <c r="H66" t="s">
+        <v>52</v>
+      </c>
+      <c r="K66">
         <v>0.5</v>
       </c>
-      <c r="L66" s="0">
+      <c r="L66">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="67">
-[...15 lines deleted...]
-      <c r="D67" s="0">
+    <row r="67" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>117</v>
+      </c>
+      <c r="B67" t="s">
+        <v>155</v>
+      </c>
+      <c r="C67" t="s">
+        <v>156</v>
+      </c>
+      <c r="D67">
         <v>60</v>
       </c>
-      <c r="E67" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D68" s="0">
+      <c r="E67" t="s">
+        <v>68</v>
+      </c>
+      <c r="F67" t="s">
+        <v>121</v>
+      </c>
+      <c r="G67" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>117</v>
+      </c>
+      <c r="B68" t="s">
+        <v>157</v>
+      </c>
+      <c r="C68" t="s">
+        <v>158</v>
+      </c>
+      <c r="D68">
         <v>61</v>
       </c>
-      <c r="E68" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K68" s="0">
+      <c r="E68" t="s">
+        <v>68</v>
+      </c>
+      <c r="F68" t="s">
+        <v>121</v>
+      </c>
+      <c r="G68" t="s">
+        <v>122</v>
+      </c>
+      <c r="H68" t="s">
+        <v>159</v>
+      </c>
+      <c r="K68">
         <v>30</v>
       </c>
-      <c r="L68" s="0">
+      <c r="L68">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="69">
-[...15 lines deleted...]
-      <c r="D69" s="0">
+    <row r="69" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>117</v>
+      </c>
+      <c r="B69" t="s">
+        <v>46</v>
+      </c>
+      <c r="C69" t="s">
+        <v>47</v>
+      </c>
+      <c r="D69">
         <v>62</v>
       </c>
-      <c r="E69" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K69" s="0">
+      <c r="E69" t="s">
+        <v>68</v>
+      </c>
+      <c r="F69" t="s">
+        <v>121</v>
+      </c>
+      <c r="G69" t="s">
+        <v>122</v>
+      </c>
+      <c r="H69" t="s">
+        <v>131</v>
+      </c>
+      <c r="K69">
         <v>20</v>
       </c>
-      <c r="L69" s="0">
+      <c r="L69">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="70">
-[...15 lines deleted...]
-      <c r="D70" s="0">
+    <row r="70" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>117</v>
+      </c>
+      <c r="B70" t="s">
+        <v>96</v>
+      </c>
+      <c r="C70" t="s">
+        <v>97</v>
+      </c>
+      <c r="D70">
         <v>30</v>
       </c>
-      <c r="E70" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K70" s="0">
+      <c r="E70" t="s">
+        <v>120</v>
+      </c>
+      <c r="F70" t="s">
+        <v>121</v>
+      </c>
+      <c r="G70" t="s">
+        <v>122</v>
+      </c>
+      <c r="H70" t="s">
+        <v>135</v>
+      </c>
+      <c r="K70">
         <v>70</v>
       </c>
-      <c r="L70" s="0">
+      <c r="L70">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="71">
-[...15 lines deleted...]
-      <c r="D71" s="0">
+    <row r="71" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>117</v>
+      </c>
+      <c r="B71" t="s">
+        <v>160</v>
+      </c>
+      <c r="C71" t="s">
+        <v>161</v>
+      </c>
+      <c r="D71">
         <v>63</v>
       </c>
-      <c r="E71" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K71" s="0">
+      <c r="E71" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" t="s">
+        <v>121</v>
+      </c>
+      <c r="G71" t="s">
+        <v>122</v>
+      </c>
+      <c r="H71" t="s">
+        <v>81</v>
+      </c>
+      <c r="K71">
         <v>0</v>
       </c>
-      <c r="L71" s="0">
+      <c r="L71">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="72">
-[...15 lines deleted...]
-      <c r="D72" s="0">
+    <row r="72" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>117</v>
+      </c>
+      <c r="B72" t="s">
+        <v>99</v>
+      </c>
+      <c r="C72" t="s">
+        <v>100</v>
+      </c>
+      <c r="D72">
         <v>31</v>
       </c>
-      <c r="E72" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K72" s="0">
+      <c r="E72" t="s">
+        <v>120</v>
+      </c>
+      <c r="F72" t="s">
+        <v>121</v>
+      </c>
+      <c r="G72" t="s">
+        <v>122</v>
+      </c>
+      <c r="H72" t="s">
+        <v>162</v>
+      </c>
+      <c r="K72">
         <v>35</v>
       </c>
-      <c r="L72" s="0">
+      <c r="L72">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="73">
-[...15 lines deleted...]
-      <c r="D73" s="0">
+    <row r="73" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>117</v>
+      </c>
+      <c r="B73" t="s">
+        <v>163</v>
+      </c>
+      <c r="C73" t="s">
+        <v>164</v>
+      </c>
+      <c r="D73">
         <v>52</v>
       </c>
-      <c r="E73" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D74" s="0">
+      <c r="E73" t="s">
+        <v>120</v>
+      </c>
+      <c r="F73" t="s">
+        <v>121</v>
+      </c>
+      <c r="G73" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>117</v>
+      </c>
+      <c r="B74" t="s">
+        <v>165</v>
+      </c>
+      <c r="C74" t="s">
+        <v>166</v>
+      </c>
+      <c r="D74">
         <v>53</v>
       </c>
-      <c r="E74" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D75" s="0">
+      <c r="E74" t="s">
+        <v>120</v>
+      </c>
+      <c r="F74" t="s">
+        <v>121</v>
+      </c>
+      <c r="G74" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>117</v>
+      </c>
+      <c r="B75" t="s">
+        <v>167</v>
+      </c>
+      <c r="C75" t="s">
+        <v>168</v>
+      </c>
+      <c r="D75">
         <v>44</v>
       </c>
-      <c r="E75" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K75" s="0">
+      <c r="E75" t="s">
+        <v>120</v>
+      </c>
+      <c r="F75" t="s">
+        <v>121</v>
+      </c>
+      <c r="G75" t="s">
+        <v>122</v>
+      </c>
+      <c r="H75" t="s">
+        <v>169</v>
+      </c>
+      <c r="K75">
         <v>0</v>
       </c>
-      <c r="L75" s="0">
+      <c r="L75">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="76">
-[...15 lines deleted...]
-      <c r="D76" s="0">
+    <row r="76" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>117</v>
+      </c>
+      <c r="B76" t="s">
+        <v>170</v>
+      </c>
+      <c r="C76" t="s">
+        <v>168</v>
+      </c>
+      <c r="D76">
         <v>54</v>
       </c>
-      <c r="E76" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D77" s="0">
+      <c r="E76" t="s">
+        <v>120</v>
+      </c>
+      <c r="F76" t="s">
+        <v>121</v>
+      </c>
+      <c r="G76" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>117</v>
+      </c>
+      <c r="B77" t="s">
+        <v>171</v>
+      </c>
+      <c r="C77" t="s">
+        <v>172</v>
+      </c>
+      <c r="D77">
         <v>64</v>
       </c>
-      <c r="E77" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K77" s="0">
+      <c r="E77" t="s">
+        <v>37</v>
+      </c>
+      <c r="F77" t="s">
+        <v>121</v>
+      </c>
+      <c r="G77" t="s">
+        <v>122</v>
+      </c>
+      <c r="H77" t="s">
+        <v>173</v>
+      </c>
+      <c r="K77">
         <v>0</v>
       </c>
-      <c r="L77" s="0">
+      <c r="L77">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="78">
-[...15 lines deleted...]
-      <c r="D78" s="0">
+    <row r="78" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>117</v>
+      </c>
+      <c r="B78" t="s">
+        <v>174</v>
+      </c>
+      <c r="C78" t="s">
+        <v>175</v>
+      </c>
+      <c r="D78">
         <v>35</v>
       </c>
-      <c r="E78" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K78" s="0">
+      <c r="E78" t="s">
+        <v>120</v>
+      </c>
+      <c r="F78" t="s">
+        <v>121</v>
+      </c>
+      <c r="G78" t="s">
+        <v>122</v>
+      </c>
+      <c r="H78" t="s">
+        <v>176</v>
+      </c>
+      <c r="K78">
         <v>8</v>
       </c>
-      <c r="L78" s="0">
+      <c r="L78">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="79">
-[...15 lines deleted...]
-      <c r="D79" s="0">
+    <row r="79" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>117</v>
+      </c>
+      <c r="B79" t="s">
+        <v>101</v>
+      </c>
+      <c r="C79" t="s">
+        <v>102</v>
+      </c>
+      <c r="D79">
         <v>32</v>
       </c>
-      <c r="E79" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K79" s="0">
+      <c r="E79" t="s">
+        <v>120</v>
+      </c>
+      <c r="F79" t="s">
+        <v>121</v>
+      </c>
+      <c r="G79" t="s">
+        <v>122</v>
+      </c>
+      <c r="H79" t="s">
+        <v>177</v>
+      </c>
+      <c r="K79">
         <v>15</v>
       </c>
-      <c r="L79" s="0">
+      <c r="L79">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="80">
-[...15 lines deleted...]
-      <c r="D80" s="0">
+    <row r="80" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>117</v>
+      </c>
+      <c r="B80" t="s">
+        <v>103</v>
+      </c>
+      <c r="C80" t="s">
+        <v>104</v>
+      </c>
+      <c r="D80">
         <v>36</v>
       </c>
-      <c r="E80" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K80" s="0">
+      <c r="E80" t="s">
+        <v>120</v>
+      </c>
+      <c r="F80" t="s">
+        <v>121</v>
+      </c>
+      <c r="G80" t="s">
+        <v>122</v>
+      </c>
+      <c r="H80" t="s">
+        <v>159</v>
+      </c>
+      <c r="K80">
         <v>6</v>
       </c>
-      <c r="L80" s="0">
+      <c r="L80">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="81">
-[...15 lines deleted...]
-      <c r="D81" s="0">
+    <row r="81" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>117</v>
+      </c>
+      <c r="B81" t="s">
+        <v>178</v>
+      </c>
+      <c r="C81" t="s">
+        <v>179</v>
+      </c>
+      <c r="D81">
         <v>65</v>
       </c>
-      <c r="E81" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L81" s="0">
+      <c r="E81" t="s">
+        <v>37</v>
+      </c>
+      <c r="F81" t="s">
+        <v>121</v>
+      </c>
+      <c r="G81" t="s">
+        <v>122</v>
+      </c>
+      <c r="K81">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L81">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="82">
-[...15 lines deleted...]
-      <c r="D82" s="0">
+    <row r="82" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>117</v>
+      </c>
+      <c r="B82" t="s">
+        <v>180</v>
+      </c>
+      <c r="C82" t="s">
+        <v>181</v>
+      </c>
+      <c r="D82">
         <v>40</v>
       </c>
-      <c r="E82" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K82" s="0">
+      <c r="E82" t="s">
+        <v>68</v>
+      </c>
+      <c r="F82" t="s">
+        <v>121</v>
+      </c>
+      <c r="G82" t="s">
+        <v>122</v>
+      </c>
+      <c r="H82" t="s">
+        <v>182</v>
+      </c>
+      <c r="K82">
         <v>0</v>
       </c>
-      <c r="L82" s="0">
+      <c r="L82">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="83">
-[...15 lines deleted...]
-      <c r="D83" s="0">
+    <row r="83" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>117</v>
+      </c>
+      <c r="B83" t="s">
+        <v>107</v>
+      </c>
+      <c r="C83" t="s">
+        <v>108</v>
+      </c>
+      <c r="D83">
         <v>37</v>
       </c>
-      <c r="E83" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K83" s="0">
+      <c r="E83" t="s">
+        <v>68</v>
+      </c>
+      <c r="F83" t="s">
+        <v>121</v>
+      </c>
+      <c r="G83" t="s">
+        <v>122</v>
+      </c>
+      <c r="H83" t="s">
+        <v>138</v>
+      </c>
+      <c r="K83">
         <v>0</v>
       </c>
-      <c r="L83" s="0">
+      <c r="L83">
         <v>50</v>
       </c>
     </row>
-    <row outlineLevel="0" r="84">
-[...15 lines deleted...]
-      <c r="D84" s="0">
+    <row r="84" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>117</v>
+      </c>
+      <c r="B84" t="s">
+        <v>112</v>
+      </c>
+      <c r="C84" t="s">
+        <v>113</v>
+      </c>
+      <c r="D84">
         <v>38</v>
       </c>
-      <c r="E84" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K84" s="0">
+      <c r="E84" t="s">
+        <v>120</v>
+      </c>
+      <c r="F84" t="s">
+        <v>121</v>
+      </c>
+      <c r="G84" t="s">
+        <v>122</v>
+      </c>
+      <c r="H84" t="s">
+        <v>131</v>
+      </c>
+      <c r="K84">
         <v>15</v>
       </c>
-      <c r="L84" s="0">
+      <c r="L84">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="85">
-[...15 lines deleted...]
-      <c r="D85" s="0">
+    <row r="85" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>117</v>
+      </c>
+      <c r="B85" t="s">
+        <v>114</v>
+      </c>
+      <c r="C85" t="s">
+        <v>115</v>
+      </c>
+      <c r="D85">
         <v>8</v>
       </c>
-      <c r="E85" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K85" s="0">
+      <c r="E85" t="s">
+        <v>68</v>
+      </c>
+      <c r="F85" t="s">
+        <v>121</v>
+      </c>
+      <c r="G85" t="s">
+        <v>122</v>
+      </c>
+      <c r="H85" t="s">
+        <v>65</v>
+      </c>
+      <c r="K85">
         <v>2</v>
       </c>
-      <c r="L85" s="0">
+      <c r="L85">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="86">
-[...15 lines deleted...]
-      <c r="D86" s="0">
+    <row r="86" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>117</v>
+      </c>
+      <c r="B86" t="s">
         <v>48</v>
       </c>
-      <c r="E86" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K86" s="0">
+      <c r="C86" t="s">
+        <v>49</v>
+      </c>
+      <c r="D86">
+        <v>48</v>
+      </c>
+      <c r="E86" t="s">
+        <v>68</v>
+      </c>
+      <c r="F86" t="s">
+        <v>183</v>
+      </c>
+      <c r="G86" t="s">
+        <v>184</v>
+      </c>
+      <c r="H86" t="s">
+        <v>109</v>
+      </c>
+      <c r="K86">
         <v>5</v>
       </c>
-      <c r="L86" s="0">
+      <c r="L86">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="87">
-[...15 lines deleted...]
-      <c r="D87" s="0">
+    <row r="87" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>117</v>
+      </c>
+      <c r="B87" t="s">
+        <v>185</v>
+      </c>
+      <c r="C87" t="s">
+        <v>186</v>
+      </c>
+      <c r="D87">
         <v>47</v>
       </c>
-      <c r="E87" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K87" s="0">
+      <c r="E87" t="s">
+        <v>37</v>
+      </c>
+      <c r="F87" t="s">
+        <v>183</v>
+      </c>
+      <c r="G87" t="s">
+        <v>184</v>
+      </c>
+      <c r="H87" t="s">
+        <v>187</v>
+      </c>
+      <c r="K87">
         <v>15</v>
       </c>
-      <c r="L87" s="0">
+      <c r="L87">
         <v>2</v>
       </c>
     </row>
-    <row outlineLevel="0" r="88">
-[...15 lines deleted...]
-      <c r="D88" s="0">
+    <row r="88" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>117</v>
+      </c>
+      <c r="B88" t="s">
+        <v>188</v>
+      </c>
+      <c r="C88" t="s">
+        <v>189</v>
+      </c>
+      <c r="D88">
         <v>66</v>
       </c>
-      <c r="E88" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K88" s="0">
+      <c r="E88" t="s">
+        <v>37</v>
+      </c>
+      <c r="F88" t="s">
+        <v>183</v>
+      </c>
+      <c r="G88" t="s">
+        <v>184</v>
+      </c>
+      <c r="H88" t="s">
+        <v>52</v>
+      </c>
+      <c r="K88">
         <v>0.5</v>
       </c>
-      <c r="L88" s="0">
+      <c r="L88">
         <v>4</v>
       </c>
     </row>
-    <row outlineLevel="0" r="89">
-[...15 lines deleted...]
-      <c r="D89" s="0">
+    <row r="89" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>117</v>
+      </c>
+      <c r="B89" t="s">
+        <v>190</v>
+      </c>
+      <c r="C89" t="s">
+        <v>191</v>
+      </c>
+      <c r="D89">
         <v>237</v>
       </c>
-      <c r="E89" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D90" s="0">
+      <c r="E89" t="s">
+        <v>37</v>
+      </c>
+      <c r="F89" t="s">
+        <v>183</v>
+      </c>
+      <c r="G89" t="s">
+        <v>184</v>
+      </c>
+      <c r="H89" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>117</v>
+      </c>
+      <c r="B90" t="s">
+        <v>63</v>
+      </c>
+      <c r="C90" t="s">
+        <v>64</v>
+      </c>
+      <c r="D90">
         <v>50</v>
       </c>
-      <c r="E90" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D91" s="0">
+      <c r="E90" t="s">
+        <v>68</v>
+      </c>
+      <c r="F90" t="s">
+        <v>183</v>
+      </c>
+      <c r="G90" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>117</v>
+      </c>
+      <c r="B91" t="s">
+        <v>48</v>
+      </c>
+      <c r="C91" t="s">
         <v>49</v>
       </c>
-      <c r="E91" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D92" s="0">
+      <c r="D91">
+        <v>49</v>
+      </c>
+      <c r="E91" t="s">
+        <v>68</v>
+      </c>
+      <c r="F91" t="s">
+        <v>192</v>
+      </c>
+      <c r="G91" t="s">
+        <v>193</v>
+      </c>
+      <c r="H91" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>117</v>
+      </c>
+      <c r="B92" t="s">
+        <v>63</v>
+      </c>
+      <c r="C92" t="s">
+        <v>64</v>
+      </c>
+      <c r="D92">
         <v>51</v>
       </c>
-      <c r="E92" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D93" s="0">
+      <c r="E92" t="s">
+        <v>68</v>
+      </c>
+      <c r="F92" t="s">
+        <v>192</v>
+      </c>
+      <c r="G92" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>117</v>
+      </c>
+      <c r="B93" t="s">
+        <v>195</v>
+      </c>
+      <c r="C93" t="s">
+        <v>196</v>
+      </c>
+      <c r="D93">
         <v>67</v>
       </c>
-      <c r="E93" s="0" t="inlineStr">
-[...67 lines deleted...]
-      <c r="D95" s="0">
+      <c r="E93" t="s">
+        <v>197</v>
+      </c>
+      <c r="F93" t="s">
+        <v>198</v>
+      </c>
+      <c r="G93" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>117</v>
+      </c>
+      <c r="B94" t="s">
+        <v>200</v>
+      </c>
+      <c r="D94">
+        <v>68</v>
+      </c>
+      <c r="E94" t="s">
+        <v>201</v>
+      </c>
+      <c r="F94" t="s">
+        <v>198</v>
+      </c>
+      <c r="G94" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>117</v>
+      </c>
+      <c r="B95" t="s">
+        <v>202</v>
+      </c>
+      <c r="C95" t="s">
+        <v>203</v>
+      </c>
+      <c r="D95">
         <v>205</v>
       </c>
-      <c r="E95" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K95" s="0">
+      <c r="E95" t="s">
+        <v>37</v>
+      </c>
+      <c r="F95" t="s">
+        <v>204</v>
+      </c>
+      <c r="G95" t="s">
+        <v>205</v>
+      </c>
+      <c r="H95" t="s">
+        <v>177</v>
+      </c>
+      <c r="K95">
         <v>10</v>
       </c>
-      <c r="L95" s="0">
+      <c r="L95">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="96">
-[...15 lines deleted...]
-      <c r="D96" s="0">
+    <row r="96" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>117</v>
+      </c>
+      <c r="B96" t="s">
+        <v>206</v>
+      </c>
+      <c r="C96" t="s">
+        <v>206</v>
+      </c>
+      <c r="D96">
         <v>200</v>
       </c>
-      <c r="E96" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K96" s="0">
+      <c r="E96" t="s">
+        <v>37</v>
+      </c>
+      <c r="F96" t="s">
+        <v>204</v>
+      </c>
+      <c r="G96" t="s">
+        <v>205</v>
+      </c>
+      <c r="H96" t="s">
+        <v>207</v>
+      </c>
+      <c r="K96">
         <v>5</v>
       </c>
-      <c r="L96" s="0">
+      <c r="L96">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="97">
-[...15 lines deleted...]
-      <c r="D97" s="0">
+    <row r="97" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>117</v>
+      </c>
+      <c r="B97" t="s">
+        <v>208</v>
+      </c>
+      <c r="C97" t="s">
+        <v>209</v>
+      </c>
+      <c r="D97">
         <v>206</v>
       </c>
-      <c r="E97" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D98" s="0">
+      <c r="E97" t="s">
+        <v>37</v>
+      </c>
+      <c r="F97" t="s">
+        <v>204</v>
+      </c>
+      <c r="G97" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>117</v>
+      </c>
+      <c r="B98" t="s">
+        <v>210</v>
+      </c>
+      <c r="C98" t="s">
+        <v>211</v>
+      </c>
+      <c r="D98">
         <v>207</v>
       </c>
-      <c r="E98" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D99" s="0">
+      <c r="E98" t="s">
+        <v>37</v>
+      </c>
+      <c r="F98" t="s">
+        <v>204</v>
+      </c>
+      <c r="G98" t="s">
+        <v>205</v>
+      </c>
+      <c r="H98" t="s">
         <v>212</v>
       </c>
-      <c r="E99" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D100" s="0">
+    </row>
+    <row r="99" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>117</v>
+      </c>
+      <c r="B99" t="s">
+        <v>213</v>
+      </c>
+      <c r="C99" t="s">
+        <v>213</v>
+      </c>
+      <c r="D99">
+        <v>212</v>
+      </c>
+      <c r="E99" t="s">
+        <v>37</v>
+      </c>
+      <c r="F99" t="s">
+        <v>204</v>
+      </c>
+      <c r="G99" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>117</v>
+      </c>
+      <c r="B100" t="s">
+        <v>214</v>
+      </c>
+      <c r="C100" t="s">
+        <v>214</v>
+      </c>
+      <c r="D100">
         <v>208</v>
       </c>
-      <c r="E100" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K100" s="0">
+      <c r="E100" t="s">
+        <v>37</v>
+      </c>
+      <c r="F100" t="s">
+        <v>204</v>
+      </c>
+      <c r="G100" t="s">
+        <v>205</v>
+      </c>
+      <c r="H100" t="s">
+        <v>215</v>
+      </c>
+      <c r="K100">
         <v>2.5</v>
       </c>
-      <c r="L100" s="0">
+      <c r="L100">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="101">
-[...15 lines deleted...]
-      <c r="D101" s="0">
+    <row r="101" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>117</v>
+      </c>
+      <c r="B101" t="s">
+        <v>216</v>
+      </c>
+      <c r="C101" t="s">
+        <v>216</v>
+      </c>
+      <c r="D101">
         <v>211</v>
       </c>
-      <c r="E101" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D102" s="0">
+      <c r="E101" t="s">
+        <v>37</v>
+      </c>
+      <c r="F101" t="s">
+        <v>204</v>
+      </c>
+      <c r="G101" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>117</v>
+      </c>
+      <c r="B102" t="s">
+        <v>217</v>
+      </c>
+      <c r="C102" t="s">
+        <v>217</v>
+      </c>
+      <c r="D102">
         <v>209</v>
       </c>
-      <c r="E102" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K102" s="0">
+      <c r="E102" t="s">
+        <v>37</v>
+      </c>
+      <c r="F102" t="s">
+        <v>204</v>
+      </c>
+      <c r="G102" t="s">
+        <v>205</v>
+      </c>
+      <c r="K102">
         <v>4</v>
       </c>
-      <c r="L102" s="0">
+      <c r="L102">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="103">
-[...15 lines deleted...]
-      <c r="D103" s="0">
+    <row r="103" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>117</v>
+      </c>
+      <c r="B103" t="s">
+        <v>218</v>
+      </c>
+      <c r="C103" t="s">
+        <v>218</v>
+      </c>
+      <c r="D103">
         <v>210</v>
       </c>
-      <c r="E103" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D104" s="0">
+      <c r="E103" t="s">
+        <v>37</v>
+      </c>
+      <c r="F103" t="s">
+        <v>204</v>
+      </c>
+      <c r="G103" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>219</v>
+      </c>
+      <c r="B104" t="s">
+        <v>118</v>
+      </c>
+      <c r="C104" t="s">
+        <v>119</v>
+      </c>
+      <c r="D104">
         <v>240</v>
       </c>
-      <c r="E104" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D105" s="0">
+      <c r="E104" t="s">
+        <v>68</v>
+      </c>
+      <c r="F104" t="s">
+        <v>183</v>
+      </c>
+      <c r="G104" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>219</v>
+      </c>
+      <c r="B105" t="s">
+        <v>48</v>
+      </c>
+      <c r="C105" t="s">
+        <v>49</v>
+      </c>
+      <c r="D105">
         <v>1</v>
       </c>
-      <c r="E105" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K105" s="0">
+      <c r="E105" t="s">
+        <v>37</v>
+      </c>
+      <c r="F105" t="s">
+        <v>183</v>
+      </c>
+      <c r="G105" t="s">
+        <v>184</v>
+      </c>
+      <c r="H105" t="s">
+        <v>220</v>
+      </c>
+      <c r="K105">
         <v>1</v>
       </c>
-      <c r="L105" s="0">
+      <c r="L105">
         <v>4</v>
       </c>
     </row>
-    <row outlineLevel="0" r="106">
-[...15 lines deleted...]
-      <c r="D106" s="0">
+    <row r="106" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>219</v>
+      </c>
+      <c r="B106" t="s">
+        <v>66</v>
+      </c>
+      <c r="C106" t="s">
+        <v>67</v>
+      </c>
+      <c r="D106">
         <v>2</v>
       </c>
-      <c r="E106" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L106" s="0">
+      <c r="E106" t="s">
+        <v>68</v>
+      </c>
+      <c r="F106" t="s">
+        <v>183</v>
+      </c>
+      <c r="G106" t="s">
+        <v>184</v>
+      </c>
+      <c r="H106" t="s">
+        <v>173</v>
+      </c>
+      <c r="K106">
+        <v>0.80000001192092896</v>
+      </c>
+      <c r="L106">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="107">
-[...15 lines deleted...]
-      <c r="D107" s="0">
+    <row r="107" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>219</v>
+      </c>
+      <c r="B107" t="s">
+        <v>124</v>
+      </c>
+      <c r="C107" t="s">
+        <v>125</v>
+      </c>
+      <c r="D107">
         <v>3</v>
       </c>
-      <c r="E107" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D108" s="0">
+      <c r="E107" t="s">
+        <v>68</v>
+      </c>
+      <c r="F107" t="s">
+        <v>183</v>
+      </c>
+      <c r="G107" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>219</v>
+      </c>
+      <c r="B108" t="s">
+        <v>71</v>
+      </c>
+      <c r="C108" t="s">
+        <v>72</v>
+      </c>
+      <c r="D108">
         <v>4</v>
       </c>
-      <c r="E108" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K108" s="0">
+      <c r="E108" t="s">
+        <v>68</v>
+      </c>
+      <c r="F108" t="s">
+        <v>183</v>
+      </c>
+      <c r="G108" t="s">
+        <v>184</v>
+      </c>
+      <c r="H108" t="s">
+        <v>221</v>
+      </c>
+      <c r="K108">
         <v>8</v>
       </c>
-      <c r="L108" s="0">
+      <c r="L108">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="109">
-[...15 lines deleted...]
-      <c r="D109" s="0">
+    <row r="109" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>219</v>
+      </c>
+      <c r="B109" t="s">
+        <v>74</v>
+      </c>
+      <c r="C109" t="s">
+        <v>75</v>
+      </c>
+      <c r="D109">
         <v>146</v>
       </c>
-      <c r="E109" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L109" s="0">
+      <c r="E109" t="s">
+        <v>68</v>
+      </c>
+      <c r="F109" t="s">
+        <v>183</v>
+      </c>
+      <c r="G109" t="s">
+        <v>184</v>
+      </c>
+      <c r="H109" t="s">
+        <v>222</v>
+      </c>
+      <c r="K109">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L109">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="110">
-[...15 lines deleted...]
-      <c r="D110" s="0">
+    <row r="110" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>219</v>
+      </c>
+      <c r="B110" t="s">
+        <v>126</v>
+      </c>
+      <c r="C110" t="s">
+        <v>127</v>
+      </c>
+      <c r="D110">
         <v>243</v>
       </c>
-      <c r="E110" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D111" s="0">
+      <c r="E110" t="s">
+        <v>68</v>
+      </c>
+      <c r="F110" t="s">
+        <v>183</v>
+      </c>
+      <c r="G110" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>219</v>
+      </c>
+      <c r="B111" t="s">
+        <v>128</v>
+      </c>
+      <c r="C111" t="s">
+        <v>129</v>
+      </c>
+      <c r="D111">
         <v>5</v>
       </c>
-      <c r="E111" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K111" s="0">
+      <c r="E111" t="s">
+        <v>68</v>
+      </c>
+      <c r="F111" t="s">
+        <v>183</v>
+      </c>
+      <c r="G111" t="s">
+        <v>184</v>
+      </c>
+      <c r="H111" t="s">
+        <v>223</v>
+      </c>
+      <c r="K111">
         <v>1</v>
       </c>
-      <c r="L111" s="0">
+      <c r="L111">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="112">
-[...15 lines deleted...]
-      <c r="D112" s="0">
+    <row r="112" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>219</v>
+      </c>
+      <c r="B112" t="s">
+        <v>224</v>
+      </c>
+      <c r="C112" t="s">
+        <v>186</v>
+      </c>
+      <c r="D112">
         <v>130</v>
       </c>
-      <c r="E112" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K112" s="0">
+      <c r="E112" t="s">
+        <v>37</v>
+      </c>
+      <c r="F112" t="s">
+        <v>183</v>
+      </c>
+      <c r="G112" t="s">
+        <v>184</v>
+      </c>
+      <c r="H112" t="s">
+        <v>225</v>
+      </c>
+      <c r="K112">
         <v>1</v>
       </c>
-      <c r="L112" s="0">
+      <c r="L112">
         <v>3</v>
       </c>
     </row>
-    <row outlineLevel="0" r="113">
-[...15 lines deleted...]
-      <c r="D113" s="0">
+    <row r="113" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>219</v>
+      </c>
+      <c r="B113" t="s">
+        <v>53</v>
+      </c>
+      <c r="C113" t="s">
+        <v>54</v>
+      </c>
+      <c r="D113">
         <v>6</v>
       </c>
-      <c r="E113" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L113" s="0">
+      <c r="E113" t="s">
+        <v>37</v>
+      </c>
+      <c r="F113" t="s">
+        <v>183</v>
+      </c>
+      <c r="G113" t="s">
+        <v>184</v>
+      </c>
+      <c r="H113" t="s">
+        <v>226</v>
+      </c>
+      <c r="K113">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L113">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="114">
-[...15 lines deleted...]
-      <c r="D114" s="0">
+    <row r="114" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>219</v>
+      </c>
+      <c r="B114" t="s">
+        <v>76</v>
+      </c>
+      <c r="C114" t="s">
+        <v>77</v>
+      </c>
+      <c r="D114">
         <v>7</v>
       </c>
-      <c r="E114" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K114" s="0">
+      <c r="E114" t="s">
+        <v>68</v>
+      </c>
+      <c r="F114" t="s">
+        <v>183</v>
+      </c>
+      <c r="G114" t="s">
+        <v>184</v>
+      </c>
+      <c r="H114" t="s">
+        <v>133</v>
+      </c>
+      <c r="K114">
         <v>0</v>
       </c>
-      <c r="L114" s="0">
+      <c r="L114">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="115">
-[...15 lines deleted...]
-      <c r="D115" s="0">
+    <row r="115" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>219</v>
+      </c>
+      <c r="B115" t="s">
+        <v>227</v>
+      </c>
+      <c r="C115" t="s">
+        <v>228</v>
+      </c>
+      <c r="D115">
         <v>249</v>
       </c>
-      <c r="E115" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K115" s="0">
+      <c r="E115" t="s">
+        <v>68</v>
+      </c>
+      <c r="F115" t="s">
+        <v>183</v>
+      </c>
+      <c r="G115" t="s">
+        <v>184</v>
+      </c>
+      <c r="H115" t="s">
+        <v>220</v>
+      </c>
+      <c r="K115">
         <v>5</v>
       </c>
-      <c r="L115" s="0">
+      <c r="L115">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="116">
-[...15 lines deleted...]
-      <c r="D116" s="0">
+    <row r="116" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>219</v>
+      </c>
+      <c r="B116" t="s">
+        <v>79</v>
+      </c>
+      <c r="C116" t="s">
+        <v>80</v>
+      </c>
+      <c r="D116">
         <v>8</v>
       </c>
-      <c r="E116" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K116" s="0">
+      <c r="E116" t="s">
+        <v>68</v>
+      </c>
+      <c r="F116" t="s">
+        <v>183</v>
+      </c>
+      <c r="G116" t="s">
+        <v>184</v>
+      </c>
+      <c r="H116" t="s">
+        <v>151</v>
+      </c>
+      <c r="K116">
         <v>0.5</v>
       </c>
-      <c r="L116" s="0">
+      <c r="L116">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="117">
-[...15 lines deleted...]
-      <c r="D117" s="0">
+    <row r="117" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>219</v>
+      </c>
+      <c r="B117" t="s">
+        <v>82</v>
+      </c>
+      <c r="C117" t="s">
+        <v>83</v>
+      </c>
+      <c r="D117">
         <v>9</v>
       </c>
-      <c r="E117" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K117" s="0">
+      <c r="E117" t="s">
+        <v>68</v>
+      </c>
+      <c r="F117" t="s">
+        <v>183</v>
+      </c>
+      <c r="G117" t="s">
+        <v>184</v>
+      </c>
+      <c r="H117" t="s">
+        <v>229</v>
+      </c>
+      <c r="K117">
         <v>8</v>
       </c>
-      <c r="L117" s="0">
+      <c r="L117">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="118">
-[...15 lines deleted...]
-      <c r="D118" s="0">
+    <row r="118" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>219</v>
+      </c>
+      <c r="B118" t="s">
+        <v>136</v>
+      </c>
+      <c r="C118" t="s">
+        <v>137</v>
+      </c>
+      <c r="D118">
         <v>279</v>
       </c>
-      <c r="E118" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L118" s="0">
+      <c r="E118" t="s">
+        <v>68</v>
+      </c>
+      <c r="F118" t="s">
+        <v>183</v>
+      </c>
+      <c r="G118" t="s">
+        <v>184</v>
+      </c>
+      <c r="H118" t="s">
+        <v>60</v>
+      </c>
+      <c r="K118">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L118">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="119">
-[...15 lines deleted...]
-      <c r="D119" s="0">
+    <row r="119" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>219</v>
+      </c>
+      <c r="B119" t="s">
+        <v>85</v>
+      </c>
+      <c r="C119" t="s">
+        <v>86</v>
+      </c>
+      <c r="D119">
         <v>10</v>
       </c>
-      <c r="E119" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K119" s="0">
+      <c r="E119" t="s">
+        <v>68</v>
+      </c>
+      <c r="F119" t="s">
+        <v>183</v>
+      </c>
+      <c r="G119" t="s">
+        <v>184</v>
+      </c>
+      <c r="H119" t="s">
+        <v>65</v>
+      </c>
+      <c r="K119">
         <v>2.5</v>
       </c>
-      <c r="L119" s="0">
+      <c r="L119">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="120">
-[...15 lines deleted...]
-      <c r="D120" s="0">
+    <row r="120" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>219</v>
+      </c>
+      <c r="B120" t="s">
+        <v>230</v>
+      </c>
+      <c r="C120" t="s">
+        <v>231</v>
+      </c>
+      <c r="D120">
         <v>451</v>
       </c>
-      <c r="E120" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D121" s="0">
+      <c r="E120" t="s">
+        <v>68</v>
+      </c>
+      <c r="F120" t="s">
+        <v>183</v>
+      </c>
+      <c r="G120" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>219</v>
+      </c>
+      <c r="B121" t="s">
+        <v>139</v>
+      </c>
+      <c r="C121" t="s">
+        <v>140</v>
+      </c>
+      <c r="D121">
         <v>11</v>
       </c>
-      <c r="E121" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D122" s="0">
+      <c r="E121" t="s">
+        <v>68</v>
+      </c>
+      <c r="F121" t="s">
+        <v>183</v>
+      </c>
+      <c r="G121" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>219</v>
+      </c>
+      <c r="B122" t="s">
+        <v>56</v>
+      </c>
+      <c r="C122" t="s">
+        <v>57</v>
+      </c>
+      <c r="D122">
         <v>12</v>
       </c>
-      <c r="E122" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L122" s="0">
+      <c r="E122" t="s">
+        <v>37</v>
+      </c>
+      <c r="F122" t="s">
+        <v>183</v>
+      </c>
+      <c r="G122" t="s">
+        <v>184</v>
+      </c>
+      <c r="H122" t="s">
+        <v>98</v>
+      </c>
+      <c r="K122">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L122">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="123">
-[...15 lines deleted...]
-      <c r="D123" s="0">
+    <row r="123" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>219</v>
+      </c>
+      <c r="B123" t="s">
+        <v>142</v>
+      </c>
+      <c r="C123" t="s">
+        <v>143</v>
+      </c>
+      <c r="D123">
         <v>13</v>
       </c>
-      <c r="E123" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K123" s="0">
+      <c r="E123" t="s">
+        <v>68</v>
+      </c>
+      <c r="F123" t="s">
+        <v>183</v>
+      </c>
+      <c r="G123" t="s">
+        <v>184</v>
+      </c>
+      <c r="H123" t="s">
+        <v>151</v>
+      </c>
+      <c r="K123">
         <v>2</v>
       </c>
-      <c r="L123" s="0">
+      <c r="L123">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="124">
-[...15 lines deleted...]
-      <c r="D124" s="0">
+    <row r="124" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>219</v>
+      </c>
+      <c r="B124" t="s">
+        <v>232</v>
+      </c>
+      <c r="C124" t="s">
+        <v>233</v>
+      </c>
+      <c r="D124">
         <v>450</v>
       </c>
-      <c r="E124" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D125" s="0">
+      <c r="E124" t="s">
+        <v>68</v>
+      </c>
+      <c r="F124" t="s">
+        <v>183</v>
+      </c>
+      <c r="G124" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>219</v>
+      </c>
+      <c r="B125" t="s">
+        <v>234</v>
+      </c>
+      <c r="C125" t="s">
+        <v>235</v>
+      </c>
+      <c r="D125">
         <v>280</v>
       </c>
-      <c r="E125" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D126" s="0">
+      <c r="E125" t="s">
+        <v>68</v>
+      </c>
+      <c r="F125" t="s">
+        <v>183</v>
+      </c>
+      <c r="G125" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>219</v>
+      </c>
+      <c r="B126" t="s">
+        <v>88</v>
+      </c>
+      <c r="C126" t="s">
+        <v>89</v>
+      </c>
+      <c r="D126">
         <v>298</v>
       </c>
-      <c r="E126" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K126" s="0">
+      <c r="E126" t="s">
+        <v>120</v>
+      </c>
+      <c r="F126" t="s">
+        <v>183</v>
+      </c>
+      <c r="G126" t="s">
+        <v>184</v>
+      </c>
+      <c r="H126" t="s">
+        <v>236</v>
+      </c>
+      <c r="K126">
         <v>3</v>
       </c>
-      <c r="L126" s="0">
+      <c r="L126">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="127">
-[...15 lines deleted...]
-      <c r="D127" s="0">
+    <row r="127" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>219</v>
+      </c>
+      <c r="B127" t="s">
+        <v>145</v>
+      </c>
+      <c r="C127" t="s">
+        <v>146</v>
+      </c>
+      <c r="D127">
         <v>15</v>
       </c>
-      <c r="E127" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K127" s="0">
+      <c r="E127" t="s">
+        <v>68</v>
+      </c>
+      <c r="F127" t="s">
+        <v>183</v>
+      </c>
+      <c r="G127" t="s">
+        <v>184</v>
+      </c>
+      <c r="H127" t="s">
+        <v>138</v>
+      </c>
+      <c r="K127">
         <v>2</v>
       </c>
-      <c r="L127" s="0">
+      <c r="L127">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="128">
-[...15 lines deleted...]
-      <c r="D128" s="0">
+    <row r="128" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>219</v>
+      </c>
+      <c r="B128" t="s">
+        <v>44</v>
+      </c>
+      <c r="C128" t="s">
+        <v>45</v>
+      </c>
+      <c r="D128">
         <v>16</v>
       </c>
-      <c r="E128" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K128" s="0">
+      <c r="E128" t="s">
+        <v>68</v>
+      </c>
+      <c r="F128" t="s">
+        <v>183</v>
+      </c>
+      <c r="G128" t="s">
+        <v>184</v>
+      </c>
+      <c r="H128" t="s">
+        <v>237</v>
+      </c>
+      <c r="K128">
         <v>350</v>
       </c>
-      <c r="L128" s="0">
+      <c r="L128">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="129">
-[...15 lines deleted...]
-      <c r="D129" s="0">
+    <row r="129" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>219</v>
+      </c>
+      <c r="B129" t="s">
+        <v>238</v>
+      </c>
+      <c r="C129" t="s">
+        <v>239</v>
+      </c>
+      <c r="D129">
         <v>250</v>
       </c>
-      <c r="E129" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K129" s="0">
+      <c r="E129" t="s">
+        <v>68</v>
+      </c>
+      <c r="F129" t="s">
+        <v>183</v>
+      </c>
+      <c r="G129" t="s">
+        <v>184</v>
+      </c>
+      <c r="H129" t="s">
+        <v>173</v>
+      </c>
+      <c r="K129">
         <v>2.5</v>
       </c>
-      <c r="L129" s="0">
+      <c r="L129">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="130">
-[...15 lines deleted...]
-      <c r="D130" s="0">
+    <row r="130" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>219</v>
+      </c>
+      <c r="B130" t="s">
+        <v>148</v>
+      </c>
+      <c r="C130" t="s">
+        <v>149</v>
+      </c>
+      <c r="D130">
         <v>17</v>
       </c>
-      <c r="E130" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K130" s="0">
+      <c r="E130" t="s">
+        <v>68</v>
+      </c>
+      <c r="F130" t="s">
+        <v>183</v>
+      </c>
+      <c r="G130" t="s">
+        <v>184</v>
+      </c>
+      <c r="H130" t="s">
+        <v>173</v>
+      </c>
+      <c r="K130">
         <v>2</v>
       </c>
-      <c r="L130" s="0">
+      <c r="L130">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="131">
-[...15 lines deleted...]
-      <c r="D131" s="0">
+    <row r="131" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>219</v>
+      </c>
+      <c r="B131" t="s">
+        <v>58</v>
+      </c>
+      <c r="C131" t="s">
+        <v>59</v>
+      </c>
+      <c r="D131">
         <v>18</v>
       </c>
-      <c r="E131" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K131" s="0">
+      <c r="E131" t="s">
+        <v>68</v>
+      </c>
+      <c r="F131" t="s">
+        <v>183</v>
+      </c>
+      <c r="G131" t="s">
+        <v>184</v>
+      </c>
+      <c r="H131" t="s">
+        <v>237</v>
+      </c>
+      <c r="K131">
         <v>120</v>
       </c>
-      <c r="L131" s="0">
+      <c r="L131">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="132">
-[...15 lines deleted...]
-      <c r="D132" s="0">
+    <row r="132" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>219</v>
+      </c>
+      <c r="B132" t="s">
+        <v>91</v>
+      </c>
+      <c r="C132" t="s">
+        <v>92</v>
+      </c>
+      <c r="D132">
         <v>19</v>
       </c>
-      <c r="E132" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K132" s="0">
+      <c r="E132" t="s">
+        <v>68</v>
+      </c>
+      <c r="F132" t="s">
+        <v>183</v>
+      </c>
+      <c r="G132" t="s">
+        <v>184</v>
+      </c>
+      <c r="H132" t="s">
+        <v>240</v>
+      </c>
+      <c r="K132">
         <v>20</v>
       </c>
-      <c r="L132" s="0">
+      <c r="L132">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="133">
-[...15 lines deleted...]
-      <c r="D133" s="0">
+    <row r="133" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>219</v>
+      </c>
+      <c r="B133" t="s">
+        <v>94</v>
+      </c>
+      <c r="C133" t="s">
+        <v>95</v>
+      </c>
+      <c r="D133">
         <v>20</v>
       </c>
-      <c r="E133" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L133" s="0">
+      <c r="E133" t="s">
+        <v>68</v>
+      </c>
+      <c r="F133" t="s">
+        <v>183</v>
+      </c>
+      <c r="G133" t="s">
+        <v>184</v>
+      </c>
+      <c r="H133" t="s">
+        <v>90</v>
+      </c>
+      <c r="K133">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L133">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="134">
-[...15 lines deleted...]
-      <c r="D134" s="0">
+    <row r="134" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>219</v>
+      </c>
+      <c r="B134" t="s">
+        <v>188</v>
+      </c>
+      <c r="C134" t="s">
+        <v>189</v>
+      </c>
+      <c r="D134">
         <v>244</v>
       </c>
-      <c r="E134" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L134" s="0">
+      <c r="E134" t="s">
+        <v>37</v>
+      </c>
+      <c r="F134" t="s">
+        <v>183</v>
+      </c>
+      <c r="G134" t="s">
+        <v>184</v>
+      </c>
+      <c r="H134" t="s">
+        <v>241</v>
+      </c>
+      <c r="K134">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L134">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="135">
-[...15 lines deleted...]
-      <c r="D135" s="0">
+    <row r="135" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>219</v>
+      </c>
+      <c r="B135" t="s">
+        <v>46</v>
+      </c>
+      <c r="C135" t="s">
+        <v>47</v>
+      </c>
+      <c r="D135">
         <v>21</v>
       </c>
-      <c r="E135" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K135" s="0">
+      <c r="E135" t="s">
+        <v>68</v>
+      </c>
+      <c r="F135" t="s">
+        <v>183</v>
+      </c>
+      <c r="G135" t="s">
+        <v>184</v>
+      </c>
+      <c r="H135" t="s">
+        <v>135</v>
+      </c>
+      <c r="K135">
         <v>300</v>
       </c>
-      <c r="L135" s="0">
+      <c r="L135">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="136">
-[...15 lines deleted...]
-      <c r="D136" s="0">
+    <row r="136" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>219</v>
+      </c>
+      <c r="B136" t="s">
+        <v>242</v>
+      </c>
+      <c r="C136" t="s">
+        <v>243</v>
+      </c>
+      <c r="D136">
         <v>251</v>
       </c>
-      <c r="E136" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D137" s="0">
+      <c r="E136" t="s">
+        <v>68</v>
+      </c>
+      <c r="F136" t="s">
+        <v>183</v>
+      </c>
+      <c r="G136" t="s">
+        <v>184</v>
+      </c>
+      <c r="H136" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>219</v>
+      </c>
+      <c r="B137" t="s">
+        <v>244</v>
+      </c>
+      <c r="C137" t="s">
+        <v>245</v>
+      </c>
+      <c r="D137">
         <v>252</v>
       </c>
-      <c r="E137" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K137" s="0">
+      <c r="E137" t="s">
+        <v>68</v>
+      </c>
+      <c r="F137" t="s">
+        <v>183</v>
+      </c>
+      <c r="G137" t="s">
+        <v>184</v>
+      </c>
+      <c r="H137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K137">
         <v>3</v>
       </c>
-      <c r="L137" s="0">
+      <c r="L137">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="138">
-[...15 lines deleted...]
-      <c r="D138" s="0">
+    <row r="138" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>219</v>
+      </c>
+      <c r="B138" t="s">
+        <v>96</v>
+      </c>
+      <c r="C138" t="s">
+        <v>97</v>
+      </c>
+      <c r="D138">
         <v>22</v>
       </c>
-      <c r="E138" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K138" s="0">
+      <c r="E138" t="s">
+        <v>68</v>
+      </c>
+      <c r="F138" t="s">
+        <v>183</v>
+      </c>
+      <c r="G138" t="s">
+        <v>184</v>
+      </c>
+      <c r="H138" t="s">
+        <v>220</v>
+      </c>
+      <c r="K138">
         <v>2</v>
       </c>
-      <c r="L138" s="0">
+      <c r="L138">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="139">
-[...15 lines deleted...]
-      <c r="D139" s="0">
+    <row r="139" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>219</v>
+      </c>
+      <c r="B139" t="s">
+        <v>61</v>
+      </c>
+      <c r="C139" t="s">
+        <v>62</v>
+      </c>
+      <c r="D139">
         <v>23</v>
       </c>
-      <c r="E139" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K139" s="0">
+      <c r="E139" t="s">
+        <v>68</v>
+      </c>
+      <c r="F139" t="s">
+        <v>183</v>
+      </c>
+      <c r="G139" t="s">
+        <v>184</v>
+      </c>
+      <c r="H139" t="s">
+        <v>246</v>
+      </c>
+      <c r="K139">
         <v>55</v>
       </c>
-      <c r="L139" s="0">
+      <c r="L139">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="140">
-[...15 lines deleted...]
-      <c r="D140" s="0">
+    <row r="140" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>219</v>
+      </c>
+      <c r="B140" t="s">
+        <v>99</v>
+      </c>
+      <c r="C140" t="s">
+        <v>100</v>
+      </c>
+      <c r="D140">
         <v>24</v>
       </c>
-      <c r="E140" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K140" s="0">
+      <c r="E140" t="s">
+        <v>68</v>
+      </c>
+      <c r="F140" t="s">
+        <v>183</v>
+      </c>
+      <c r="G140" t="s">
+        <v>184</v>
+      </c>
+      <c r="H140" t="s">
+        <v>144</v>
+      </c>
+      <c r="K140">
         <v>2</v>
       </c>
-      <c r="L140" s="0">
+      <c r="L140">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="141">
-[...15 lines deleted...]
-      <c r="D141" s="0">
+    <row r="141" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>219</v>
+      </c>
+      <c r="B141" t="s">
+        <v>163</v>
+      </c>
+      <c r="C141" t="s">
+        <v>164</v>
+      </c>
+      <c r="D141">
         <v>281</v>
       </c>
-      <c r="E141" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D142" s="0">
+      <c r="E141" t="s">
+        <v>68</v>
+      </c>
+      <c r="F141" t="s">
+        <v>183</v>
+      </c>
+      <c r="G141" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>219</v>
+      </c>
+      <c r="B142" t="s">
+        <v>247</v>
+      </c>
+      <c r="C142" t="s">
+        <v>248</v>
+      </c>
+      <c r="D142">
         <v>449</v>
       </c>
-      <c r="E142" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D143" s="0">
+      <c r="E142" t="s">
+        <v>68</v>
+      </c>
+      <c r="F142" t="s">
+        <v>183</v>
+      </c>
+      <c r="G142" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>219</v>
+      </c>
+      <c r="B143" t="s">
+        <v>165</v>
+      </c>
+      <c r="C143" t="s">
+        <v>166</v>
+      </c>
+      <c r="D143">
         <v>274</v>
       </c>
-      <c r="E143" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D144" s="0">
+      <c r="E143" t="s">
+        <v>68</v>
+      </c>
+      <c r="F143" t="s">
+        <v>183</v>
+      </c>
+      <c r="G143" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>219</v>
+      </c>
+      <c r="B144" t="s">
+        <v>167</v>
+      </c>
+      <c r="C144" t="s">
+        <v>168</v>
+      </c>
+      <c r="D144">
         <v>25</v>
       </c>
-      <c r="E144" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K144" s="0">
+      <c r="E144" t="s">
+        <v>68</v>
+      </c>
+      <c r="F144" t="s">
+        <v>183</v>
+      </c>
+      <c r="G144" t="s">
+        <v>184</v>
+      </c>
+      <c r="H144" t="s">
+        <v>249</v>
+      </c>
+      <c r="K144">
         <v>2</v>
       </c>
-      <c r="L144" s="0">
+      <c r="L144">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="145">
-[...15 lines deleted...]
-      <c r="D145" s="0">
+    <row r="145" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>219</v>
+      </c>
+      <c r="B145" t="s">
+        <v>170</v>
+      </c>
+      <c r="C145" t="s">
+        <v>250</v>
+      </c>
+      <c r="D145">
         <v>282</v>
       </c>
-      <c r="E145" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D146" s="0">
+      <c r="E145" t="s">
+        <v>68</v>
+      </c>
+      <c r="F145" t="s">
+        <v>183</v>
+      </c>
+      <c r="G145" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>219</v>
+      </c>
+      <c r="B146" t="s">
+        <v>39</v>
+      </c>
+      <c r="C146" t="s">
+        <v>251</v>
+      </c>
+      <c r="D146">
         <v>26</v>
       </c>
-      <c r="E146" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K146" s="0">
+      <c r="E146" t="s">
+        <v>68</v>
+      </c>
+      <c r="F146" t="s">
+        <v>183</v>
+      </c>
+      <c r="G146" t="s">
+        <v>184</v>
+      </c>
+      <c r="H146" t="s">
+        <v>131</v>
+      </c>
+      <c r="K146">
         <v>90</v>
       </c>
-      <c r="L146" s="0">
+      <c r="L146">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="147">
-[...15 lines deleted...]
-      <c r="D147" s="0">
+    <row r="147" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>219</v>
+      </c>
+      <c r="B147" t="s">
+        <v>174</v>
+      </c>
+      <c r="C147" t="s">
+        <v>175</v>
+      </c>
+      <c r="D147">
         <v>134</v>
       </c>
-      <c r="E147" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L147" s="0">
+      <c r="E147" t="s">
+        <v>68</v>
+      </c>
+      <c r="F147" t="s">
+        <v>183</v>
+      </c>
+      <c r="G147" t="s">
+        <v>184</v>
+      </c>
+      <c r="H147" t="s">
+        <v>252</v>
+      </c>
+      <c r="K147">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L147">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="148">
-[...15 lines deleted...]
-      <c r="D148" s="0">
+    <row r="148" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>219</v>
+      </c>
+      <c r="B148" t="s">
         <v>253</v>
       </c>
-      <c r="E148" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L148" s="0">
+      <c r="C148" t="s">
+        <v>254</v>
+      </c>
+      <c r="D148">
+        <v>253</v>
+      </c>
+      <c r="E148" t="s">
+        <v>68</v>
+      </c>
+      <c r="F148" t="s">
+        <v>183</v>
+      </c>
+      <c r="G148" t="s">
+        <v>184</v>
+      </c>
+      <c r="H148" t="s">
+        <v>151</v>
+      </c>
+      <c r="K148">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L148">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="149">
-[...15 lines deleted...]
-      <c r="D149" s="0">
+    <row r="149" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>219</v>
+      </c>
+      <c r="B149" t="s">
+        <v>101</v>
+      </c>
+      <c r="C149" t="s">
+        <v>102</v>
+      </c>
+      <c r="D149">
         <v>27</v>
       </c>
-      <c r="E149" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L149" s="0">
+      <c r="E149" t="s">
+        <v>68</v>
+      </c>
+      <c r="F149" t="s">
+        <v>183</v>
+      </c>
+      <c r="G149" t="s">
+        <v>184</v>
+      </c>
+      <c r="H149" t="s">
+        <v>255</v>
+      </c>
+      <c r="K149">
+        <v>0.60000002384185802</v>
+      </c>
+      <c r="L149">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="150">
-[...15 lines deleted...]
-      <c r="D150" s="0">
+    <row r="150" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>219</v>
+      </c>
+      <c r="B150" t="s">
+        <v>63</v>
+      </c>
+      <c r="C150" t="s">
+        <v>64</v>
+      </c>
+      <c r="D150">
         <v>28</v>
       </c>
-      <c r="E150" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L150" s="0">
+      <c r="E150" t="s">
+        <v>37</v>
+      </c>
+      <c r="F150" t="s">
+        <v>183</v>
+      </c>
+      <c r="G150" t="s">
+        <v>184</v>
+      </c>
+      <c r="H150" t="s">
+        <v>229</v>
+      </c>
+      <c r="K150">
+        <v>8.3999996185302699</v>
+      </c>
+      <c r="L150">
         <v>2</v>
       </c>
     </row>
-    <row outlineLevel="0" r="151">
-[...15 lines deleted...]
-      <c r="D151" s="0">
+    <row r="151" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>219</v>
+      </c>
+      <c r="B151" t="s">
+        <v>256</v>
+      </c>
+      <c r="C151" t="s">
+        <v>257</v>
+      </c>
+      <c r="D151">
         <v>448</v>
       </c>
-      <c r="E151" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D152" s="0">
+      <c r="E151" t="s">
+        <v>68</v>
+      </c>
+      <c r="F151" t="s">
+        <v>183</v>
+      </c>
+      <c r="G151" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>219</v>
+      </c>
+      <c r="B152" t="s">
+        <v>103</v>
+      </c>
+      <c r="C152" t="s">
+        <v>104</v>
+      </c>
+      <c r="D152">
         <v>29</v>
       </c>
-      <c r="E152" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L152" s="0">
+      <c r="E152" t="s">
+        <v>68</v>
+      </c>
+      <c r="F152" t="s">
+        <v>183</v>
+      </c>
+      <c r="G152" t="s">
+        <v>184</v>
+      </c>
+      <c r="H152" t="s">
+        <v>52</v>
+      </c>
+      <c r="K152">
+        <v>0.60000002384185802</v>
+      </c>
+      <c r="L152">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="153">
-[...15 lines deleted...]
-      <c r="D153" s="0">
+    <row r="153" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>219</v>
+      </c>
+      <c r="B153" t="s">
+        <v>180</v>
+      </c>
+      <c r="C153" t="s">
+        <v>181</v>
+      </c>
+      <c r="D153">
         <v>30</v>
       </c>
-      <c r="E153" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K153" s="0">
+      <c r="E153" t="s">
+        <v>68</v>
+      </c>
+      <c r="F153" t="s">
+        <v>183</v>
+      </c>
+      <c r="G153" t="s">
+        <v>184</v>
+      </c>
+      <c r="H153" t="s">
+        <v>144</v>
+      </c>
+      <c r="K153">
         <v>3.5</v>
       </c>
-      <c r="L153" s="0">
+      <c r="L153">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="154">
-[...15 lines deleted...]
-      <c r="D154" s="0">
+    <row r="154" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>219</v>
+      </c>
+      <c r="B154" t="s">
+        <v>105</v>
+      </c>
+      <c r="C154" t="s">
+        <v>106</v>
+      </c>
+      <c r="D154">
         <v>390</v>
       </c>
-      <c r="E154" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D155" s="0">
+      <c r="E154" t="s">
+        <v>68</v>
+      </c>
+      <c r="F154" t="s">
+        <v>183</v>
+      </c>
+      <c r="G154" t="s">
+        <v>184</v>
+      </c>
+      <c r="H154" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>219</v>
+      </c>
+      <c r="B155" t="s">
+        <v>258</v>
+      </c>
+      <c r="C155" t="s">
+        <v>259</v>
+      </c>
+      <c r="D155">
         <v>254</v>
       </c>
-      <c r="E155" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L155" s="0">
+      <c r="E155" t="s">
+        <v>68</v>
+      </c>
+      <c r="F155" t="s">
+        <v>183</v>
+      </c>
+      <c r="G155" t="s">
+        <v>184</v>
+      </c>
+      <c r="H155" t="s">
+        <v>133</v>
+      </c>
+      <c r="K155">
+        <v>0.80000001192092896</v>
+      </c>
+      <c r="L155">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="156">
-[...15 lines deleted...]
-      <c r="D156" s="0">
+    <row r="156" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>219</v>
+      </c>
+      <c r="B156" t="s">
+        <v>107</v>
+      </c>
+      <c r="C156" t="s">
+        <v>108</v>
+      </c>
+      <c r="D156">
         <v>239</v>
       </c>
-      <c r="E156" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K156" s="0">
+      <c r="E156" t="s">
+        <v>68</v>
+      </c>
+      <c r="F156" t="s">
+        <v>183</v>
+      </c>
+      <c r="G156" t="s">
+        <v>184</v>
+      </c>
+      <c r="H156" t="s">
+        <v>162</v>
+      </c>
+      <c r="K156">
         <v>105</v>
       </c>
-      <c r="L156" s="0">
+      <c r="L156">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="157">
-[...15 lines deleted...]
-      <c r="D157" s="0">
+    <row r="157" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>219</v>
+      </c>
+      <c r="B157" t="s">
+        <v>110</v>
+      </c>
+      <c r="C157" t="s">
+        <v>111</v>
+      </c>
+      <c r="D157">
         <v>147</v>
       </c>
-      <c r="E157" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L157" s="0">
+      <c r="E157" t="s">
+        <v>68</v>
+      </c>
+      <c r="F157" t="s">
+        <v>183</v>
+      </c>
+      <c r="G157" t="s">
+        <v>184</v>
+      </c>
+      <c r="H157" t="s">
+        <v>260</v>
+      </c>
+      <c r="K157">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L157">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="158">
-[...15 lines deleted...]
-      <c r="D158" s="0">
+    <row r="158" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>219</v>
+      </c>
+      <c r="B158" t="s">
+        <v>261</v>
+      </c>
+      <c r="C158" t="s">
+        <v>262</v>
+      </c>
+      <c r="D158">
         <v>255</v>
       </c>
-      <c r="E158" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L158" s="0">
+      <c r="E158" t="s">
+        <v>68</v>
+      </c>
+      <c r="F158" t="s">
+        <v>183</v>
+      </c>
+      <c r="G158" t="s">
+        <v>184</v>
+      </c>
+      <c r="H158" t="s">
+        <v>263</v>
+      </c>
+      <c r="K158">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L158">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="159">
-[...15 lines deleted...]
-      <c r="D159" s="0">
+    <row r="159" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>219</v>
+      </c>
+      <c r="B159" t="s">
+        <v>112</v>
+      </c>
+      <c r="C159" t="s">
+        <v>113</v>
+      </c>
+      <c r="D159">
         <v>150</v>
       </c>
-      <c r="E159" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K159" s="0">
+      <c r="E159" t="s">
+        <v>68</v>
+      </c>
+      <c r="F159" t="s">
+        <v>183</v>
+      </c>
+      <c r="G159" t="s">
+        <v>184</v>
+      </c>
+      <c r="H159" t="s">
+        <v>65</v>
+      </c>
+      <c r="K159">
         <v>3</v>
       </c>
-      <c r="L159" s="0">
+      <c r="L159">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="160">
-[...15 lines deleted...]
-      <c r="D160" s="0">
+    <row r="160" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>219</v>
+      </c>
+      <c r="B160" t="s">
+        <v>264</v>
+      </c>
+      <c r="C160" t="s">
+        <v>265</v>
+      </c>
+      <c r="D160">
         <v>283</v>
       </c>
-      <c r="E160" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L160" s="0">
+      <c r="E160" t="s">
+        <v>68</v>
+      </c>
+      <c r="F160" t="s">
+        <v>183</v>
+      </c>
+      <c r="G160" t="s">
+        <v>184</v>
+      </c>
+      <c r="H160" t="s">
+        <v>263</v>
+      </c>
+      <c r="K160">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L160">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="161">
-[...15 lines deleted...]
-      <c r="D161" s="0">
+    <row r="161" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>219</v>
+      </c>
+      <c r="B161" t="s">
+        <v>266</v>
+      </c>
+      <c r="C161" t="s">
+        <v>267</v>
+      </c>
+      <c r="D161">
         <v>31</v>
       </c>
-      <c r="E161" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K161" s="0">
+      <c r="E161" t="s">
+        <v>68</v>
+      </c>
+      <c r="F161" t="s">
+        <v>183</v>
+      </c>
+      <c r="G161" t="s">
+        <v>184</v>
+      </c>
+      <c r="H161" t="s">
+        <v>130</v>
+      </c>
+      <c r="K161">
         <v>1.5</v>
       </c>
-      <c r="L161" s="0">
+      <c r="L161">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="162">
-[...15 lines deleted...]
-      <c r="D162" s="0">
+    <row r="162" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>219</v>
+      </c>
+      <c r="B162" t="s">
+        <v>268</v>
+      </c>
+      <c r="C162" t="s">
+        <v>269</v>
+      </c>
+      <c r="D162">
         <v>447</v>
       </c>
-      <c r="E162" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D163" s="0">
+      <c r="E162" t="s">
+        <v>68</v>
+      </c>
+      <c r="F162" t="s">
+        <v>183</v>
+      </c>
+      <c r="G162" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>219</v>
+      </c>
+      <c r="B163" t="s">
+        <v>114</v>
+      </c>
+      <c r="C163" t="s">
+        <v>115</v>
+      </c>
+      <c r="D163">
         <v>32</v>
       </c>
-      <c r="E163" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K163" s="0">
+      <c r="E163" t="s">
+        <v>68</v>
+      </c>
+      <c r="F163" t="s">
+        <v>183</v>
+      </c>
+      <c r="G163" t="s">
+        <v>184</v>
+      </c>
+      <c r="H163" t="s">
+        <v>270</v>
+      </c>
+      <c r="K163">
         <v>3</v>
       </c>
-      <c r="L163" s="0">
+      <c r="L163">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="164">
-[...15 lines deleted...]
-      <c r="D164" s="0">
+    <row r="164" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>219</v>
+      </c>
+      <c r="B164" t="s">
+        <v>271</v>
+      </c>
+      <c r="C164" t="s">
+        <v>272</v>
+      </c>
+      <c r="D164">
         <v>33</v>
       </c>
-      <c r="E164" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K164" s="0">
+      <c r="E164" t="s">
+        <v>68</v>
+      </c>
+      <c r="F164" t="s">
+        <v>183</v>
+      </c>
+      <c r="G164" t="s">
+        <v>184</v>
+      </c>
+      <c r="H164" t="s">
+        <v>144</v>
+      </c>
+      <c r="K164">
         <v>13</v>
       </c>
-      <c r="L164" s="0">
+      <c r="L164">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="165">
-[...15 lines deleted...]
-      <c r="D165" s="0">
+    <row r="165" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>219</v>
+      </c>
+      <c r="B165" t="s">
+        <v>118</v>
+      </c>
+      <c r="C165" t="s">
+        <v>119</v>
+      </c>
+      <c r="D165">
         <v>241</v>
       </c>
-      <c r="E165" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K165" s="0">
+      <c r="E165" t="s">
+        <v>68</v>
+      </c>
+      <c r="F165" t="s">
+        <v>192</v>
+      </c>
+      <c r="G165" t="s">
+        <v>193</v>
+      </c>
+      <c r="H165" t="s">
+        <v>222</v>
+      </c>
+      <c r="K165">
         <v>1</v>
       </c>
-      <c r="L165" s="0">
+      <c r="L165">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="166">
-[...15 lines deleted...]
-      <c r="D166" s="0">
+    <row r="166" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>219</v>
+      </c>
+      <c r="B166" t="s">
+        <v>48</v>
+      </c>
+      <c r="C166" t="s">
+        <v>49</v>
+      </c>
+      <c r="D166">
         <v>34</v>
       </c>
-      <c r="E166" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K166" s="0">
+      <c r="E166" t="s">
+        <v>37</v>
+      </c>
+      <c r="F166" t="s">
+        <v>192</v>
+      </c>
+      <c r="G166" t="s">
+        <v>193</v>
+      </c>
+      <c r="H166" t="s">
+        <v>173</v>
+      </c>
+      <c r="K166">
         <v>0</v>
       </c>
-      <c r="L166" s="0">
+      <c r="L166">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="167">
-[...15 lines deleted...]
-      <c r="D167" s="0">
+    <row r="167" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>219</v>
+      </c>
+      <c r="B167" t="s">
+        <v>66</v>
+      </c>
+      <c r="C167" t="s">
+        <v>67</v>
+      </c>
+      <c r="D167">
         <v>35</v>
       </c>
-      <c r="E167" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K167" s="0">
+      <c r="E167" t="s">
+        <v>68</v>
+      </c>
+      <c r="F167" t="s">
+        <v>192</v>
+      </c>
+      <c r="G167" t="s">
+        <v>193</v>
+      </c>
+      <c r="H167" t="s">
+        <v>273</v>
+      </c>
+      <c r="K167">
         <v>0.5</v>
       </c>
-      <c r="L167" s="0">
+      <c r="L167">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="168">
-[...15 lines deleted...]
-      <c r="D168" s="0">
+    <row r="168" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>219</v>
+      </c>
+      <c r="B168" t="s">
+        <v>124</v>
+      </c>
+      <c r="C168" t="s">
+        <v>125</v>
+      </c>
+      <c r="D168">
         <v>36</v>
       </c>
-      <c r="E168" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K168" s="0">
+      <c r="E168" t="s">
+        <v>68</v>
+      </c>
+      <c r="F168" t="s">
+        <v>192</v>
+      </c>
+      <c r="G168" t="s">
+        <v>193</v>
+      </c>
+      <c r="H168" t="s">
+        <v>52</v>
+      </c>
+      <c r="K168">
         <v>1</v>
       </c>
-      <c r="L168" s="0">
+      <c r="L168">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="169">
-[...15 lines deleted...]
-      <c r="D169" s="0">
+    <row r="169" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>219</v>
+      </c>
+      <c r="B169" t="s">
+        <v>71</v>
+      </c>
+      <c r="C169" t="s">
+        <v>72</v>
+      </c>
+      <c r="D169">
         <v>37</v>
       </c>
-      <c r="E169" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K169" s="0">
+      <c r="E169" t="s">
+        <v>68</v>
+      </c>
+      <c r="F169" t="s">
+        <v>192</v>
+      </c>
+      <c r="G169" t="s">
+        <v>193</v>
+      </c>
+      <c r="H169" t="s">
+        <v>141</v>
+      </c>
+      <c r="K169">
         <v>5</v>
       </c>
-      <c r="L169" s="0">
+      <c r="L169">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="170">
-[...15 lines deleted...]
-      <c r="D170" s="0">
+    <row r="170" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>219</v>
+      </c>
+      <c r="B170" t="s">
+        <v>74</v>
+      </c>
+      <c r="C170" t="s">
+        <v>75</v>
+      </c>
+      <c r="D170">
         <v>148</v>
       </c>
-      <c r="E170" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K170" s="0">
+      <c r="E170" t="s">
+        <v>68</v>
+      </c>
+      <c r="F170" t="s">
+        <v>192</v>
+      </c>
+      <c r="G170" t="s">
+        <v>193</v>
+      </c>
+      <c r="H170" t="s">
+        <v>78</v>
+      </c>
+      <c r="K170">
         <v>0</v>
       </c>
-      <c r="L170" s="0">
+      <c r="L170">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="171">
-[...15 lines deleted...]
-      <c r="D171" s="0">
+    <row r="171" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>219</v>
+      </c>
+      <c r="B171" t="s">
+        <v>126</v>
+      </c>
+      <c r="C171" t="s">
+        <v>127</v>
+      </c>
+      <c r="D171">
         <v>256</v>
       </c>
-      <c r="E171" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K171" s="0">
+      <c r="E171" t="s">
+        <v>68</v>
+      </c>
+      <c r="F171" t="s">
+        <v>192</v>
+      </c>
+      <c r="G171" t="s">
+        <v>193</v>
+      </c>
+      <c r="K171">
         <v>0</v>
       </c>
-      <c r="L171" s="0">
+      <c r="L171">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="172">
-[...15 lines deleted...]
-      <c r="D172" s="0">
+    <row r="172" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>219</v>
+      </c>
+      <c r="B172" t="s">
+        <v>128</v>
+      </c>
+      <c r="C172" t="s">
+        <v>129</v>
+      </c>
+      <c r="D172">
         <v>38</v>
       </c>
-      <c r="E172" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D173" s="0">
+      <c r="E172" t="s">
+        <v>68</v>
+      </c>
+      <c r="F172" t="s">
+        <v>192</v>
+      </c>
+      <c r="G172" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>219</v>
+      </c>
+      <c r="B173" t="s">
+        <v>53</v>
+      </c>
+      <c r="C173" t="s">
+        <v>54</v>
+      </c>
+      <c r="D173">
         <v>40</v>
       </c>
-      <c r="E173" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L173" s="0">
+      <c r="E173" t="s">
+        <v>37</v>
+      </c>
+      <c r="F173" t="s">
+        <v>192</v>
+      </c>
+      <c r="G173" t="s">
+        <v>193</v>
+      </c>
+      <c r="H173" t="s">
+        <v>176</v>
+      </c>
+      <c r="K173">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L173">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="174">
-[...15 lines deleted...]
-      <c r="D174" s="0">
+    <row r="174" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>219</v>
+      </c>
+      <c r="B174" t="s">
+        <v>76</v>
+      </c>
+      <c r="C174" t="s">
+        <v>77</v>
+      </c>
+      <c r="D174">
         <v>41</v>
       </c>
-      <c r="E174" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K174" s="0">
+      <c r="E174" t="s">
+        <v>68</v>
+      </c>
+      <c r="F174" t="s">
+        <v>192</v>
+      </c>
+      <c r="G174" t="s">
+        <v>193</v>
+      </c>
+      <c r="H174" t="s">
+        <v>60</v>
+      </c>
+      <c r="K174">
         <v>0</v>
       </c>
-      <c r="L174" s="0">
+      <c r="L174">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="175">
-[...15 lines deleted...]
-      <c r="D175" s="0">
+    <row r="175" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>219</v>
+      </c>
+      <c r="B175" t="s">
+        <v>227</v>
+      </c>
+      <c r="C175" t="s">
+        <v>228</v>
+      </c>
+      <c r="D175">
         <v>257</v>
       </c>
-      <c r="E175" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D176" s="0">
+      <c r="E175" t="s">
+        <v>68</v>
+      </c>
+      <c r="F175" t="s">
+        <v>192</v>
+      </c>
+      <c r="G175" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>219</v>
+      </c>
+      <c r="B176" t="s">
+        <v>79</v>
+      </c>
+      <c r="C176" t="s">
+        <v>80</v>
+      </c>
+      <c r="D176">
         <v>42</v>
       </c>
-      <c r="E176" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K176" s="0">
+      <c r="E176" t="s">
+        <v>68</v>
+      </c>
+      <c r="F176" t="s">
+        <v>192</v>
+      </c>
+      <c r="G176" t="s">
+        <v>193</v>
+      </c>
+      <c r="H176" t="s">
+        <v>138</v>
+      </c>
+      <c r="K176">
         <v>0.5</v>
       </c>
-      <c r="L176" s="0">
+      <c r="L176">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="177">
-[...15 lines deleted...]
-      <c r="D177" s="0">
+    <row r="177" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>219</v>
+      </c>
+      <c r="B177" t="s">
+        <v>82</v>
+      </c>
+      <c r="C177" t="s">
+        <v>83</v>
+      </c>
+      <c r="D177">
         <v>43</v>
       </c>
-      <c r="E177" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K177" s="0">
+      <c r="E177" t="s">
+        <v>68</v>
+      </c>
+      <c r="F177" t="s">
+        <v>192</v>
+      </c>
+      <c r="G177" t="s">
+        <v>193</v>
+      </c>
+      <c r="H177" t="s">
+        <v>226</v>
+      </c>
+      <c r="K177">
         <v>4</v>
       </c>
-      <c r="L177" s="0">
+      <c r="L177">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="178">
-[...15 lines deleted...]
-      <c r="D178" s="0">
+    <row r="178" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>219</v>
+      </c>
+      <c r="B178" t="s">
+        <v>85</v>
+      </c>
+      <c r="C178" t="s">
+        <v>86</v>
+      </c>
+      <c r="D178">
         <v>44</v>
       </c>
-      <c r="E178" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L178" s="0">
+      <c r="E178" t="s">
+        <v>68</v>
+      </c>
+      <c r="F178" t="s">
+        <v>192</v>
+      </c>
+      <c r="G178" t="s">
+        <v>193</v>
+      </c>
+      <c r="H178" t="s">
+        <v>65</v>
+      </c>
+      <c r="K178">
+        <v>0.80000001192092896</v>
+      </c>
+      <c r="L178">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="179">
-[...15 lines deleted...]
-      <c r="D179" s="0">
+    <row r="179" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>219</v>
+      </c>
+      <c r="B179" t="s">
+        <v>139</v>
+      </c>
+      <c r="C179" t="s">
+        <v>140</v>
+      </c>
+      <c r="D179">
         <v>45</v>
       </c>
-      <c r="E179" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D180" s="0">
+      <c r="E179" t="s">
+        <v>68</v>
+      </c>
+      <c r="F179" t="s">
+        <v>192</v>
+      </c>
+      <c r="G179" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>219</v>
+      </c>
+      <c r="B180" t="s">
+        <v>56</v>
+      </c>
+      <c r="C180" t="s">
+        <v>57</v>
+      </c>
+      <c r="D180">
         <v>46</v>
       </c>
-      <c r="E180" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L180" s="0">
+      <c r="E180" t="s">
+        <v>37</v>
+      </c>
+      <c r="F180" t="s">
+        <v>192</v>
+      </c>
+      <c r="G180" t="s">
+        <v>193</v>
+      </c>
+      <c r="H180" t="s">
+        <v>173</v>
+      </c>
+      <c r="K180">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L180">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="181">
-[...15 lines deleted...]
-      <c r="D181" s="0">
+    <row r="181" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>219</v>
+      </c>
+      <c r="B181" t="s">
+        <v>142</v>
+      </c>
+      <c r="C181" t="s">
+        <v>143</v>
+      </c>
+      <c r="D181">
         <v>47</v>
       </c>
-      <c r="E181" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D182" s="0">
+      <c r="E181" t="s">
+        <v>68</v>
+      </c>
+      <c r="F181" t="s">
+        <v>192</v>
+      </c>
+      <c r="G181" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>219</v>
+      </c>
+      <c r="B182" t="s">
+        <v>88</v>
+      </c>
+      <c r="C182" t="s">
+        <v>89</v>
+      </c>
+      <c r="D182">
         <v>299</v>
       </c>
-      <c r="E182" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K182" s="0">
+      <c r="E182" t="s">
+        <v>120</v>
+      </c>
+      <c r="F182" t="s">
+        <v>192</v>
+      </c>
+      <c r="G182" t="s">
+        <v>193</v>
+      </c>
+      <c r="H182" t="s">
+        <v>162</v>
+      </c>
+      <c r="K182">
         <v>7</v>
       </c>
-      <c r="L182" s="0">
+      <c r="L182">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="183">
-[...15 lines deleted...]
-      <c r="D183" s="0">
+    <row r="183" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>219</v>
+      </c>
+      <c r="B183" t="s">
+        <v>145</v>
+      </c>
+      <c r="C183" t="s">
+        <v>146</v>
+      </c>
+      <c r="D183">
         <v>49</v>
       </c>
-      <c r="E183" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D184" s="0">
+      <c r="E183" t="s">
+        <v>68</v>
+      </c>
+      <c r="F183" t="s">
+        <v>192</v>
+      </c>
+      <c r="G183" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>219</v>
+      </c>
+      <c r="B184" t="s">
+        <v>44</v>
+      </c>
+      <c r="C184" t="s">
+        <v>45</v>
+      </c>
+      <c r="D184">
         <v>50</v>
       </c>
-      <c r="E184" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K184" s="0">
+      <c r="E184" t="s">
+        <v>68</v>
+      </c>
+      <c r="F184" t="s">
+        <v>192</v>
+      </c>
+      <c r="G184" t="s">
+        <v>193</v>
+      </c>
+      <c r="H184" t="s">
+        <v>274</v>
+      </c>
+      <c r="K184">
         <v>0</v>
       </c>
-      <c r="L184" s="0">
+      <c r="L184">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="185">
-[...15 lines deleted...]
-      <c r="D185" s="0">
+    <row r="185" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>219</v>
+      </c>
+      <c r="B185" t="s">
+        <v>238</v>
+      </c>
+      <c r="C185" t="s">
+        <v>239</v>
+      </c>
+      <c r="D185">
         <v>258</v>
       </c>
-      <c r="E185" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D186" s="0">
+      <c r="E185" t="s">
+        <v>68</v>
+      </c>
+      <c r="F185" t="s">
+        <v>192</v>
+      </c>
+      <c r="G185" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>219</v>
+      </c>
+      <c r="B186" t="s">
+        <v>148</v>
+      </c>
+      <c r="C186" t="s">
+        <v>149</v>
+      </c>
+      <c r="D186">
         <v>51</v>
       </c>
-      <c r="E186" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K186" s="0">
+      <c r="E186" t="s">
+        <v>68</v>
+      </c>
+      <c r="F186" t="s">
+        <v>192</v>
+      </c>
+      <c r="G186" t="s">
+        <v>193</v>
+      </c>
+      <c r="H186" t="s">
+        <v>52</v>
+      </c>
+      <c r="K186">
         <v>3</v>
       </c>
-      <c r="L186" s="0">
+      <c r="L186">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="187">
-[...15 lines deleted...]
-      <c r="D187" s="0">
+    <row r="187" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>219</v>
+      </c>
+      <c r="B187" t="s">
+        <v>58</v>
+      </c>
+      <c r="C187" t="s">
+        <v>59</v>
+      </c>
+      <c r="D187">
         <v>52</v>
       </c>
-      <c r="E187" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K187" s="0">
+      <c r="E187" t="s">
+        <v>68</v>
+      </c>
+      <c r="F187" t="s">
+        <v>192</v>
+      </c>
+      <c r="G187" t="s">
+        <v>193</v>
+      </c>
+      <c r="H187" t="s">
+        <v>150</v>
+      </c>
+      <c r="K187">
         <v>55</v>
       </c>
-      <c r="L187" s="0">
+      <c r="L187">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="188">
-[...15 lines deleted...]
-      <c r="D188" s="0">
+    <row r="188" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>219</v>
+      </c>
+      <c r="B188" t="s">
+        <v>91</v>
+      </c>
+      <c r="C188" t="s">
+        <v>92</v>
+      </c>
+      <c r="D188">
         <v>53</v>
       </c>
-      <c r="E188" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K188" s="0">
+      <c r="E188" t="s">
+        <v>68</v>
+      </c>
+      <c r="F188" t="s">
+        <v>192</v>
+      </c>
+      <c r="G188" t="s">
+        <v>193</v>
+      </c>
+      <c r="H188" t="s">
+        <v>221</v>
+      </c>
+      <c r="K188">
         <v>11</v>
       </c>
-      <c r="L188" s="0">
+      <c r="L188">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="189">
-[...15 lines deleted...]
-      <c r="D189" s="0">
+    <row r="189" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>219</v>
+      </c>
+      <c r="B189" t="s">
+        <v>94</v>
+      </c>
+      <c r="C189" t="s">
+        <v>95</v>
+      </c>
+      <c r="D189">
         <v>54</v>
       </c>
-      <c r="E189" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L189" s="0">
+      <c r="E189" t="s">
+        <v>68</v>
+      </c>
+      <c r="F189" t="s">
+        <v>192</v>
+      </c>
+      <c r="G189" t="s">
+        <v>193</v>
+      </c>
+      <c r="H189" t="s">
+        <v>90</v>
+      </c>
+      <c r="K189">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L189">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="190">
-[...15 lines deleted...]
-      <c r="D190" s="0">
+    <row r="190" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>219</v>
+      </c>
+      <c r="B190" t="s">
+        <v>275</v>
+      </c>
+      <c r="C190" t="s">
+        <v>276</v>
+      </c>
+      <c r="D190">
         <v>55</v>
       </c>
-      <c r="E190" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L190" s="0">
+      <c r="E190" t="s">
+        <v>37</v>
+      </c>
+      <c r="F190" t="s">
+        <v>192</v>
+      </c>
+      <c r="G190" t="s">
+        <v>193</v>
+      </c>
+      <c r="H190" t="s">
+        <v>81</v>
+      </c>
+      <c r="K190">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L190">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="191">
-[...15 lines deleted...]
-      <c r="D191" s="0">
+    <row r="191" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>219</v>
+      </c>
+      <c r="B191" t="s">
+        <v>46</v>
+      </c>
+      <c r="C191" t="s">
+        <v>47</v>
+      </c>
+      <c r="D191">
         <v>56</v>
       </c>
-      <c r="E191" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K191" s="0">
+      <c r="E191" t="s">
+        <v>68</v>
+      </c>
+      <c r="F191" t="s">
+        <v>192</v>
+      </c>
+      <c r="G191" t="s">
+        <v>193</v>
+      </c>
+      <c r="H191" t="s">
+        <v>207</v>
+      </c>
+      <c r="K191">
         <v>25</v>
       </c>
-      <c r="L191" s="0">
+      <c r="L191">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="192">
-[...15 lines deleted...]
-      <c r="D192" s="0">
+    <row r="192" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>219</v>
+      </c>
+      <c r="B192" t="s">
+        <v>242</v>
+      </c>
+      <c r="C192" t="s">
+        <v>243</v>
+      </c>
+      <c r="D192">
         <v>259</v>
       </c>
-      <c r="E192" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D193" s="0">
+      <c r="E192" t="s">
+        <v>68</v>
+      </c>
+      <c r="F192" t="s">
+        <v>192</v>
+      </c>
+      <c r="G192" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>219</v>
+      </c>
+      <c r="B193" t="s">
+        <v>244</v>
+      </c>
+      <c r="C193" t="s">
+        <v>245</v>
+      </c>
+      <c r="D193">
         <v>260</v>
       </c>
-      <c r="E193" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D194" s="0">
+      <c r="E193" t="s">
+        <v>68</v>
+      </c>
+      <c r="F193" t="s">
+        <v>192</v>
+      </c>
+      <c r="G193" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>219</v>
+      </c>
+      <c r="B194" t="s">
+        <v>96</v>
+      </c>
+      <c r="C194" t="s">
+        <v>97</v>
+      </c>
+      <c r="D194">
         <v>57</v>
       </c>
-      <c r="E194" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L194" s="0">
+      <c r="E194" t="s">
+        <v>68</v>
+      </c>
+      <c r="F194" t="s">
+        <v>192</v>
+      </c>
+      <c r="G194" t="s">
+        <v>193</v>
+      </c>
+      <c r="H194" t="s">
+        <v>55</v>
+      </c>
+      <c r="K194">
+        <v>0.89999997615814198</v>
+      </c>
+      <c r="L194">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="195">
-[...15 lines deleted...]
-      <c r="D195" s="0">
+    <row r="195" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>219</v>
+      </c>
+      <c r="B195" t="s">
+        <v>61</v>
+      </c>
+      <c r="C195" t="s">
+        <v>62</v>
+      </c>
+      <c r="D195">
         <v>58</v>
       </c>
-      <c r="E195" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K195" s="0">
+      <c r="E195" t="s">
+        <v>68</v>
+      </c>
+      <c r="F195" t="s">
+        <v>192</v>
+      </c>
+      <c r="G195" t="s">
+        <v>193</v>
+      </c>
+      <c r="H195" t="s">
+        <v>131</v>
+      </c>
+      <c r="K195">
         <v>22</v>
       </c>
-      <c r="L195" s="0">
+      <c r="L195">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="196">
-[...15 lines deleted...]
-      <c r="D196" s="0">
+    <row r="196" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>219</v>
+      </c>
+      <c r="B196" t="s">
+        <v>99</v>
+      </c>
+      <c r="C196" t="s">
+        <v>100</v>
+      </c>
+      <c r="D196">
         <v>59</v>
       </c>
-      <c r="E196" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K196" s="0">
+      <c r="E196" t="s">
+        <v>68</v>
+      </c>
+      <c r="F196" t="s">
+        <v>192</v>
+      </c>
+      <c r="G196" t="s">
+        <v>193</v>
+      </c>
+      <c r="H196" t="s">
+        <v>144</v>
+      </c>
+      <c r="K196">
         <v>1</v>
       </c>
-      <c r="L196" s="0">
+      <c r="L196">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="197">
-[...15 lines deleted...]
-      <c r="D197" s="0">
+    <row r="197" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>219</v>
+      </c>
+      <c r="B197" t="s">
+        <v>165</v>
+      </c>
+      <c r="C197" t="s">
+        <v>166</v>
+      </c>
+      <c r="D197">
         <v>275</v>
       </c>
-      <c r="E197" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D198" s="0">
+      <c r="E197" t="s">
+        <v>68</v>
+      </c>
+      <c r="F197" t="s">
+        <v>192</v>
+      </c>
+      <c r="G197" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>219</v>
+      </c>
+      <c r="B198" t="s">
+        <v>167</v>
+      </c>
+      <c r="C198" t="s">
+        <v>168</v>
+      </c>
+      <c r="D198">
         <v>60</v>
       </c>
-      <c r="E198" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D199" s="0">
+      <c r="E198" t="s">
+        <v>68</v>
+      </c>
+      <c r="F198" t="s">
+        <v>192</v>
+      </c>
+      <c r="G198" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>219</v>
+      </c>
+      <c r="B199" t="s">
+        <v>39</v>
+      </c>
+      <c r="C199" t="s">
+        <v>251</v>
+      </c>
+      <c r="D199">
         <v>61</v>
       </c>
-      <c r="E199" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K199" s="0">
+      <c r="E199" t="s">
+        <v>68</v>
+      </c>
+      <c r="F199" t="s">
+        <v>192</v>
+      </c>
+      <c r="G199" t="s">
+        <v>193</v>
+      </c>
+      <c r="H199" t="s">
+        <v>131</v>
+      </c>
+      <c r="K199">
         <v>30</v>
       </c>
-      <c r="L199" s="0">
+      <c r="L199">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="200">
-[...15 lines deleted...]
-      <c r="D200" s="0">
+    <row r="200" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>219</v>
+      </c>
+      <c r="B200" t="s">
+        <v>174</v>
+      </c>
+      <c r="C200" t="s">
+        <v>175</v>
+      </c>
+      <c r="D200">
         <v>135</v>
       </c>
-      <c r="E200" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L200" s="0">
+      <c r="E200" t="s">
+        <v>68</v>
+      </c>
+      <c r="F200" t="s">
+        <v>192</v>
+      </c>
+      <c r="G200" t="s">
+        <v>193</v>
+      </c>
+      <c r="H200" t="s">
+        <v>263</v>
+      </c>
+      <c r="K200">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L200">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="201">
-[...15 lines deleted...]
-      <c r="D201" s="0">
+    <row r="201" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>219</v>
+      </c>
+      <c r="B201" t="s">
+        <v>253</v>
+      </c>
+      <c r="C201" t="s">
+        <v>254</v>
+      </c>
+      <c r="D201">
         <v>261</v>
       </c>
-      <c r="E201" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D202" s="0">
+      <c r="E201" t="s">
+        <v>68</v>
+      </c>
+      <c r="F201" t="s">
+        <v>192</v>
+      </c>
+      <c r="G201" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>219</v>
+      </c>
+      <c r="B202" t="s">
+        <v>101</v>
+      </c>
+      <c r="C202" t="s">
+        <v>102</v>
+      </c>
+      <c r="D202">
         <v>62</v>
       </c>
-      <c r="E202" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K202" s="0">
+      <c r="E202" t="s">
+        <v>68</v>
+      </c>
+      <c r="F202" t="s">
+        <v>192</v>
+      </c>
+      <c r="G202" t="s">
+        <v>193</v>
+      </c>
+      <c r="H202" t="s">
+        <v>222</v>
+      </c>
+      <c r="K202">
         <v>0</v>
       </c>
-      <c r="L202" s="0">
+      <c r="L202">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="203">
-[...15 lines deleted...]
-      <c r="D203" s="0">
+    <row r="203" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>219</v>
+      </c>
+      <c r="B203" t="s">
         <v>63</v>
       </c>
-      <c r="E203" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D204" s="0">
+      <c r="C203" t="s">
         <v>64</v>
       </c>
-      <c r="E204" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L204" s="0">
+      <c r="D203">
+        <v>63</v>
+      </c>
+      <c r="E203" t="s">
+        <v>37</v>
+      </c>
+      <c r="F203" t="s">
+        <v>192</v>
+      </c>
+      <c r="G203" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>219</v>
+      </c>
+      <c r="B204" t="s">
+        <v>103</v>
+      </c>
+      <c r="C204" t="s">
+        <v>104</v>
+      </c>
+      <c r="D204">
+        <v>64</v>
+      </c>
+      <c r="E204" t="s">
+        <v>68</v>
+      </c>
+      <c r="F204" t="s">
+        <v>192</v>
+      </c>
+      <c r="G204" t="s">
+        <v>193</v>
+      </c>
+      <c r="H204" t="s">
+        <v>130</v>
+      </c>
+      <c r="K204">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L204">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="205">
-[...15 lines deleted...]
-      <c r="D205" s="0">
+    <row r="205" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>219</v>
+      </c>
+      <c r="B205" t="s">
+        <v>180</v>
+      </c>
+      <c r="C205" t="s">
+        <v>181</v>
+      </c>
+      <c r="D205">
         <v>65</v>
       </c>
-      <c r="E205" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K205" s="0">
+      <c r="E205" t="s">
+        <v>68</v>
+      </c>
+      <c r="F205" t="s">
+        <v>192</v>
+      </c>
+      <c r="G205" t="s">
+        <v>193</v>
+      </c>
+      <c r="H205" t="s">
+        <v>277</v>
+      </c>
+      <c r="K205">
         <v>2</v>
       </c>
-      <c r="L205" s="0">
+      <c r="L205">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="206">
-[...15 lines deleted...]
-      <c r="D206" s="0">
+    <row r="206" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>219</v>
+      </c>
+      <c r="B206" t="s">
+        <v>105</v>
+      </c>
+      <c r="C206" t="s">
+        <v>106</v>
+      </c>
+      <c r="D206">
         <v>391</v>
       </c>
-      <c r="E206" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D207" s="0">
+      <c r="E206" t="s">
+        <v>68</v>
+      </c>
+      <c r="F206" t="s">
+        <v>192</v>
+      </c>
+      <c r="G206" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="207" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>219</v>
+      </c>
+      <c r="B207" t="s">
+        <v>258</v>
+      </c>
+      <c r="C207" t="s">
+        <v>259</v>
+      </c>
+      <c r="D207">
         <v>262</v>
       </c>
-      <c r="E207" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D208" s="0">
+      <c r="E207" t="s">
+        <v>68</v>
+      </c>
+      <c r="F207" t="s">
+        <v>192</v>
+      </c>
+      <c r="G207" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>219</v>
+      </c>
+      <c r="B208" t="s">
+        <v>107</v>
+      </c>
+      <c r="C208" t="s">
+        <v>108</v>
+      </c>
+      <c r="D208">
         <v>242</v>
       </c>
-      <c r="E208" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K208" s="0">
+      <c r="E208" t="s">
+        <v>68</v>
+      </c>
+      <c r="F208" t="s">
+        <v>192</v>
+      </c>
+      <c r="G208" t="s">
+        <v>193</v>
+      </c>
+      <c r="H208" t="s">
+        <v>144</v>
+      </c>
+      <c r="K208">
         <v>38</v>
       </c>
-      <c r="L208" s="0">
+      <c r="L208">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="209">
-[...15 lines deleted...]
-      <c r="D209" s="0">
+    <row r="209" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>219</v>
+      </c>
+      <c r="B209" t="s">
+        <v>110</v>
+      </c>
+      <c r="C209" t="s">
+        <v>111</v>
+      </c>
+      <c r="D209">
         <v>149</v>
       </c>
-      <c r="E209" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K209" s="0">
+      <c r="E209" t="s">
+        <v>68</v>
+      </c>
+      <c r="F209" t="s">
+        <v>192</v>
+      </c>
+      <c r="G209" t="s">
+        <v>193</v>
+      </c>
+      <c r="H209" t="s">
+        <v>278</v>
+      </c>
+      <c r="K209">
         <v>0</v>
       </c>
-      <c r="L209" s="0">
+      <c r="L209">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="210">
-[...15 lines deleted...]
-      <c r="D210" s="0">
+    <row r="210" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>219</v>
+      </c>
+      <c r="B210" t="s">
+        <v>261</v>
+      </c>
+      <c r="C210" t="s">
+        <v>262</v>
+      </c>
+      <c r="D210">
         <v>263</v>
       </c>
-      <c r="E210" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K210" s="0">
+      <c r="E210" t="s">
+        <v>68</v>
+      </c>
+      <c r="F210" t="s">
+        <v>192</v>
+      </c>
+      <c r="G210" t="s">
+        <v>193</v>
+      </c>
+      <c r="K210">
         <v>0</v>
       </c>
-      <c r="L210" s="0">
+      <c r="L210">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="211">
-[...15 lines deleted...]
-      <c r="D211" s="0">
+    <row r="211" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>219</v>
+      </c>
+      <c r="B211" t="s">
+        <v>112</v>
+      </c>
+      <c r="C211" t="s">
+        <v>113</v>
+      </c>
+      <c r="D211">
         <v>104</v>
       </c>
-      <c r="E211" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K211" s="0">
+      <c r="E211" t="s">
+        <v>68</v>
+      </c>
+      <c r="F211" t="s">
+        <v>192</v>
+      </c>
+      <c r="G211" t="s">
+        <v>193</v>
+      </c>
+      <c r="H211" t="s">
+        <v>84</v>
+      </c>
+      <c r="K211">
         <v>0</v>
       </c>
-      <c r="L211" s="0">
+      <c r="L211">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="212">
-[...15 lines deleted...]
-      <c r="D212" s="0">
+    <row r="212" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>219</v>
+      </c>
+      <c r="B212" t="s">
+        <v>266</v>
+      </c>
+      <c r="C212" t="s">
+        <v>267</v>
+      </c>
+      <c r="D212">
         <v>66</v>
       </c>
-      <c r="E212" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D213" s="0">
+      <c r="E212" t="s">
+        <v>68</v>
+      </c>
+      <c r="F212" t="s">
+        <v>192</v>
+      </c>
+      <c r="G212" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>219</v>
+      </c>
+      <c r="B213" t="s">
+        <v>114</v>
+      </c>
+      <c r="C213" t="s">
+        <v>115</v>
+      </c>
+      <c r="D213">
         <v>67</v>
       </c>
-      <c r="E213" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K213" s="0">
+      <c r="E213" t="s">
+        <v>68</v>
+      </c>
+      <c r="F213" t="s">
+        <v>192</v>
+      </c>
+      <c r="G213" t="s">
+        <v>193</v>
+      </c>
+      <c r="H213" t="s">
+        <v>221</v>
+      </c>
+      <c r="K213">
         <v>2.5</v>
       </c>
-      <c r="L213" s="0">
+      <c r="L213">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="214">
-[...53 lines deleted...]
-      <c r="D215" s="0">
+    <row r="214" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>219</v>
+      </c>
+      <c r="B214" t="s">
+        <v>271</v>
+      </c>
+      <c r="C214" t="s">
+        <v>272</v>
+      </c>
+      <c r="D214">
+        <v>68</v>
+      </c>
+      <c r="E214" t="s">
+        <v>68</v>
+      </c>
+      <c r="F214" t="s">
+        <v>192</v>
+      </c>
+      <c r="G214" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>219</v>
+      </c>
+      <c r="B215" t="s">
+        <v>118</v>
+      </c>
+      <c r="C215" t="s">
+        <v>119</v>
+      </c>
+      <c r="D215">
         <v>301</v>
       </c>
-      <c r="E215" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D216" s="0">
+      <c r="E215" t="s">
+        <v>120</v>
+      </c>
+      <c r="F215" t="s">
+        <v>279</v>
+      </c>
+      <c r="G215" t="s">
+        <v>280</v>
+      </c>
+      <c r="H215" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>219</v>
+      </c>
+      <c r="B216" t="s">
+        <v>48</v>
+      </c>
+      <c r="C216" t="s">
+        <v>49</v>
+      </c>
+      <c r="D216">
         <v>302</v>
       </c>
-      <c r="E216" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K216" s="0">
+      <c r="E216" t="s">
+        <v>37</v>
+      </c>
+      <c r="F216" t="s">
+        <v>279</v>
+      </c>
+      <c r="G216" t="s">
+        <v>280</v>
+      </c>
+      <c r="H216" t="s">
+        <v>173</v>
+      </c>
+      <c r="K216">
         <v>0</v>
       </c>
-      <c r="L216" s="0">
+      <c r="L216">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="217">
-[...15 lines deleted...]
-      <c r="D217" s="0">
+    <row r="217" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>219</v>
+      </c>
+      <c r="B217" t="s">
+        <v>66</v>
+      </c>
+      <c r="C217" t="s">
+        <v>67</v>
+      </c>
+      <c r="D217">
         <v>303</v>
       </c>
-      <c r="E217" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L217" s="0">
+      <c r="E217" t="s">
+        <v>68</v>
+      </c>
+      <c r="F217" t="s">
+        <v>279</v>
+      </c>
+      <c r="G217" t="s">
+        <v>280</v>
+      </c>
+      <c r="H217" t="s">
+        <v>52</v>
+      </c>
+      <c r="K217">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L217">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="218">
-[...15 lines deleted...]
-      <c r="D218" s="0">
+    <row r="218" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>219</v>
+      </c>
+      <c r="B218" t="s">
+        <v>124</v>
+      </c>
+      <c r="C218" t="s">
+        <v>125</v>
+      </c>
+      <c r="D218">
         <v>304</v>
       </c>
-      <c r="E218" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K218" s="0">
+      <c r="E218" t="s">
+        <v>68</v>
+      </c>
+      <c r="F218" t="s">
+        <v>279</v>
+      </c>
+      <c r="G218" t="s">
+        <v>280</v>
+      </c>
+      <c r="H218" t="s">
+        <v>130</v>
+      </c>
+      <c r="K218">
         <v>2.5</v>
       </c>
-      <c r="L218" s="0">
+      <c r="L218">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="219">
-[...15 lines deleted...]
-      <c r="D219" s="0">
+    <row r="219" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>219</v>
+      </c>
+      <c r="B219" t="s">
+        <v>71</v>
+      </c>
+      <c r="C219" t="s">
+        <v>72</v>
+      </c>
+      <c r="D219">
         <v>305</v>
       </c>
-      <c r="E219" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K219" s="0">
+      <c r="E219" t="s">
+        <v>68</v>
+      </c>
+      <c r="F219" t="s">
+        <v>279</v>
+      </c>
+      <c r="G219" t="s">
+        <v>280</v>
+      </c>
+      <c r="H219" t="s">
+        <v>93</v>
+      </c>
+      <c r="K219">
         <v>2</v>
       </c>
-      <c r="L219" s="0">
+      <c r="L219">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="220">
-[...15 lines deleted...]
-      <c r="D220" s="0">
+    <row r="220" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>219</v>
+      </c>
+      <c r="B220" t="s">
+        <v>74</v>
+      </c>
+      <c r="C220" t="s">
+        <v>75</v>
+      </c>
+      <c r="D220">
         <v>306</v>
       </c>
-      <c r="E220" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K220" s="0">
+      <c r="E220" t="s">
+        <v>68</v>
+      </c>
+      <c r="F220" t="s">
+        <v>279</v>
+      </c>
+      <c r="G220" t="s">
+        <v>280</v>
+      </c>
+      <c r="H220" t="s">
+        <v>78</v>
+      </c>
+      <c r="K220">
         <v>0</v>
       </c>
-      <c r="L220" s="0">
+      <c r="L220">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="221">
-[...15 lines deleted...]
-      <c r="D221" s="0">
+    <row r="221" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>219</v>
+      </c>
+      <c r="B221" t="s">
+        <v>126</v>
+      </c>
+      <c r="C221" t="s">
+        <v>127</v>
+      </c>
+      <c r="D221">
         <v>307</v>
       </c>
-      <c r="E221" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D222" s="0">
+      <c r="E221" t="s">
+        <v>68</v>
+      </c>
+      <c r="F221" t="s">
+        <v>279</v>
+      </c>
+      <c r="G221" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
+        <v>219</v>
+      </c>
+      <c r="B222" t="s">
+        <v>128</v>
+      </c>
+      <c r="C222" t="s">
+        <v>129</v>
+      </c>
+      <c r="D222">
         <v>308</v>
       </c>
-      <c r="E222" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D223" s="0">
+      <c r="E222" t="s">
+        <v>68</v>
+      </c>
+      <c r="F222" t="s">
+        <v>279</v>
+      </c>
+      <c r="G222" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
+        <v>219</v>
+      </c>
+      <c r="B223" t="s">
+        <v>53</v>
+      </c>
+      <c r="C223" t="s">
+        <v>54</v>
+      </c>
+      <c r="D223">
         <v>310</v>
       </c>
-      <c r="E223" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L223" s="0">
+      <c r="E223" t="s">
+        <v>37</v>
+      </c>
+      <c r="F223" t="s">
+        <v>279</v>
+      </c>
+      <c r="G223" t="s">
+        <v>280</v>
+      </c>
+      <c r="H223" t="s">
+        <v>226</v>
+      </c>
+      <c r="K223">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L223">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="224">
-[...15 lines deleted...]
-      <c r="D224" s="0">
+    <row r="224" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
+        <v>219</v>
+      </c>
+      <c r="B224" t="s">
+        <v>76</v>
+      </c>
+      <c r="C224" t="s">
+        <v>77</v>
+      </c>
+      <c r="D224">
         <v>311</v>
       </c>
-      <c r="E224" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K224" s="0">
+      <c r="E224" t="s">
+        <v>68</v>
+      </c>
+      <c r="F224" t="s">
+        <v>279</v>
+      </c>
+      <c r="G224" t="s">
+        <v>280</v>
+      </c>
+      <c r="H224" t="s">
+        <v>60</v>
+      </c>
+      <c r="K224">
         <v>0</v>
       </c>
-      <c r="L224" s="0">
+      <c r="L224">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="225">
-[...15 lines deleted...]
-      <c r="D225" s="0">
+    <row r="225" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A225" t="s">
+        <v>219</v>
+      </c>
+      <c r="B225" t="s">
+        <v>227</v>
+      </c>
+      <c r="C225" t="s">
+        <v>228</v>
+      </c>
+      <c r="D225">
         <v>312</v>
       </c>
-      <c r="E225" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D226" s="0">
+      <c r="E225" t="s">
+        <v>68</v>
+      </c>
+      <c r="F225" t="s">
+        <v>279</v>
+      </c>
+      <c r="G225" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="226" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A226" t="s">
+        <v>219</v>
+      </c>
+      <c r="B226" t="s">
+        <v>79</v>
+      </c>
+      <c r="C226" t="s">
+        <v>80</v>
+      </c>
+      <c r="D226">
         <v>313</v>
       </c>
-      <c r="E226" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L226" s="0">
+      <c r="E226" t="s">
+        <v>68</v>
+      </c>
+      <c r="F226" t="s">
+        <v>279</v>
+      </c>
+      <c r="G226" t="s">
+        <v>280</v>
+      </c>
+      <c r="H226" t="s">
+        <v>138</v>
+      </c>
+      <c r="K226">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L226">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="227">
-[...15 lines deleted...]
-      <c r="D227" s="0">
+    <row r="227" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A227" t="s">
+        <v>219</v>
+      </c>
+      <c r="B227" t="s">
+        <v>82</v>
+      </c>
+      <c r="C227" t="s">
+        <v>83</v>
+      </c>
+      <c r="D227">
         <v>314</v>
       </c>
-      <c r="E227" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K227" s="0">
+      <c r="E227" t="s">
+        <v>68</v>
+      </c>
+      <c r="F227" t="s">
+        <v>279</v>
+      </c>
+      <c r="G227" t="s">
+        <v>280</v>
+      </c>
+      <c r="H227" t="s">
+        <v>226</v>
+      </c>
+      <c r="K227">
         <v>2</v>
       </c>
-      <c r="L227" s="0">
+      <c r="L227">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="228">
-[...15 lines deleted...]
-      <c r="D228" s="0">
+    <row r="228" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A228" t="s">
+        <v>219</v>
+      </c>
+      <c r="B228" t="s">
+        <v>85</v>
+      </c>
+      <c r="C228" t="s">
+        <v>86</v>
+      </c>
+      <c r="D228">
         <v>315</v>
       </c>
-      <c r="E228" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L228" s="0">
+      <c r="E228" t="s">
+        <v>68</v>
+      </c>
+      <c r="F228" t="s">
+        <v>279</v>
+      </c>
+      <c r="G228" t="s">
+        <v>280</v>
+      </c>
+      <c r="K228">
+        <v>0.69999998807907104</v>
+      </c>
+      <c r="L228">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="229">
-[...15 lines deleted...]
-      <c r="D229" s="0">
+    <row r="229" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A229" t="s">
+        <v>219</v>
+      </c>
+      <c r="B229" t="s">
+        <v>139</v>
+      </c>
+      <c r="C229" t="s">
+        <v>140</v>
+      </c>
+      <c r="D229">
         <v>316</v>
       </c>
-      <c r="E229" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D230" s="0">
+      <c r="E229" t="s">
+        <v>68</v>
+      </c>
+      <c r="F229" t="s">
+        <v>279</v>
+      </c>
+      <c r="G229" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>219</v>
+      </c>
+      <c r="B230" t="s">
+        <v>56</v>
+      </c>
+      <c r="C230" t="s">
+        <v>57</v>
+      </c>
+      <c r="D230">
         <v>317</v>
       </c>
-      <c r="E230" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L230" s="0">
+      <c r="E230" t="s">
+        <v>37</v>
+      </c>
+      <c r="F230" t="s">
+        <v>279</v>
+      </c>
+      <c r="G230" t="s">
+        <v>280</v>
+      </c>
+      <c r="H230" t="s">
+        <v>282</v>
+      </c>
+      <c r="K230">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L230">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="231">
-[...15 lines deleted...]
-      <c r="D231" s="0">
+    <row r="231" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
+        <v>219</v>
+      </c>
+      <c r="B231" t="s">
+        <v>142</v>
+      </c>
+      <c r="C231" t="s">
+        <v>143</v>
+      </c>
+      <c r="D231">
         <v>318</v>
       </c>
-      <c r="E231" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D232" s="0">
+      <c r="E231" t="s">
+        <v>68</v>
+      </c>
+      <c r="F231" t="s">
+        <v>279</v>
+      </c>
+      <c r="G231" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="232" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
+        <v>219</v>
+      </c>
+      <c r="B232" t="s">
+        <v>88</v>
+      </c>
+      <c r="C232" t="s">
+        <v>89</v>
+      </c>
+      <c r="D232">
         <v>319</v>
       </c>
-      <c r="E232" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K232" s="0">
+      <c r="E232" t="s">
+        <v>120</v>
+      </c>
+      <c r="F232" t="s">
+        <v>279</v>
+      </c>
+      <c r="G232" t="s">
+        <v>280</v>
+      </c>
+      <c r="H232" t="s">
+        <v>283</v>
+      </c>
+      <c r="K232">
         <v>8</v>
       </c>
-      <c r="L232" s="0">
+      <c r="L232">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="233">
-[...15 lines deleted...]
-      <c r="D233" s="0">
+    <row r="233" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>219</v>
+      </c>
+      <c r="B233" t="s">
+        <v>145</v>
+      </c>
+      <c r="C233" t="s">
+        <v>146</v>
+      </c>
+      <c r="D233">
         <v>320</v>
       </c>
-      <c r="E233" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D234" s="0">
+      <c r="E233" t="s">
+        <v>68</v>
+      </c>
+      <c r="F233" t="s">
+        <v>279</v>
+      </c>
+      <c r="G233" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
+        <v>219</v>
+      </c>
+      <c r="B234" t="s">
+        <v>44</v>
+      </c>
+      <c r="C234" t="s">
+        <v>45</v>
+      </c>
+      <c r="D234">
         <v>321</v>
       </c>
-      <c r="E234" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K234" s="0">
+      <c r="E234" t="s">
+        <v>68</v>
+      </c>
+      <c r="F234" t="s">
+        <v>279</v>
+      </c>
+      <c r="G234" t="s">
+        <v>280</v>
+      </c>
+      <c r="H234" t="s">
+        <v>274</v>
+      </c>
+      <c r="K234">
         <v>0</v>
       </c>
-      <c r="L234" s="0">
+      <c r="L234">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="235">
-[...15 lines deleted...]
-      <c r="D235" s="0">
+    <row r="235" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A235" t="s">
+        <v>219</v>
+      </c>
+      <c r="B235" t="s">
+        <v>238</v>
+      </c>
+      <c r="C235" t="s">
+        <v>239</v>
+      </c>
+      <c r="D235">
         <v>322</v>
       </c>
-      <c r="E235" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D236" s="0">
+      <c r="E235" t="s">
+        <v>68</v>
+      </c>
+      <c r="F235" t="s">
+        <v>279</v>
+      </c>
+      <c r="G235" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="236" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A236" t="s">
+        <v>219</v>
+      </c>
+      <c r="B236" t="s">
+        <v>148</v>
+      </c>
+      <c r="C236" t="s">
+        <v>149</v>
+      </c>
+      <c r="D236">
         <v>323</v>
       </c>
-      <c r="E236" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L236" s="0">
+      <c r="E236" t="s">
+        <v>68</v>
+      </c>
+      <c r="F236" t="s">
+        <v>279</v>
+      </c>
+      <c r="G236" t="s">
+        <v>280</v>
+      </c>
+      <c r="H236" t="s">
+        <v>173</v>
+      </c>
+      <c r="K236">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L236">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="237">
-[...15 lines deleted...]
-      <c r="D237" s="0">
+    <row r="237" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>219</v>
+      </c>
+      <c r="B237" t="s">
+        <v>58</v>
+      </c>
+      <c r="C237" t="s">
+        <v>59</v>
+      </c>
+      <c r="D237">
         <v>324</v>
       </c>
-      <c r="E237" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K237" s="0">
+      <c r="E237" t="s">
+        <v>68</v>
+      </c>
+      <c r="F237" t="s">
+        <v>279</v>
+      </c>
+      <c r="G237" t="s">
+        <v>280</v>
+      </c>
+      <c r="H237" t="s">
+        <v>150</v>
+      </c>
+      <c r="K237">
         <v>25</v>
       </c>
-      <c r="L237" s="0">
+      <c r="L237">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="238">
-[...15 lines deleted...]
-      <c r="D238" s="0">
+    <row r="238" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
+        <v>219</v>
+      </c>
+      <c r="B238" t="s">
+        <v>91</v>
+      </c>
+      <c r="C238" t="s">
+        <v>92</v>
+      </c>
+      <c r="D238">
         <v>325</v>
       </c>
-      <c r="E238" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K238" s="0">
+      <c r="E238" t="s">
+        <v>68</v>
+      </c>
+      <c r="F238" t="s">
+        <v>279</v>
+      </c>
+      <c r="G238" t="s">
+        <v>280</v>
+      </c>
+      <c r="H238" t="s">
+        <v>152</v>
+      </c>
+      <c r="K238">
         <v>6</v>
       </c>
-      <c r="L238" s="0">
+      <c r="L238">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="239">
-[...15 lines deleted...]
-      <c r="D239" s="0">
+    <row r="239" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>219</v>
+      </c>
+      <c r="B239" t="s">
+        <v>94</v>
+      </c>
+      <c r="C239" t="s">
+        <v>95</v>
+      </c>
+      <c r="D239">
         <v>326</v>
       </c>
-      <c r="E239" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L239" s="0">
+      <c r="E239" t="s">
+        <v>68</v>
+      </c>
+      <c r="F239" t="s">
+        <v>279</v>
+      </c>
+      <c r="G239" t="s">
+        <v>280</v>
+      </c>
+      <c r="H239" t="s">
+        <v>90</v>
+      </c>
+      <c r="K239">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L239">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="240">
-[...15 lines deleted...]
-      <c r="D240" s="0">
+    <row r="240" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>219</v>
+      </c>
+      <c r="B240" t="s">
+        <v>46</v>
+      </c>
+      <c r="C240" t="s">
+        <v>47</v>
+      </c>
+      <c r="D240">
         <v>328</v>
       </c>
-      <c r="E240" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K240" s="0">
+      <c r="E240" t="s">
+        <v>68</v>
+      </c>
+      <c r="F240" t="s">
+        <v>279</v>
+      </c>
+      <c r="G240" t="s">
+        <v>280</v>
+      </c>
+      <c r="H240" t="s">
+        <v>144</v>
+      </c>
+      <c r="K240">
         <v>20</v>
       </c>
-      <c r="L240" s="0">
+      <c r="L240">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="241">
-[...15 lines deleted...]
-      <c r="D241" s="0">
+    <row r="241" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
+        <v>219</v>
+      </c>
+      <c r="B241" t="s">
+        <v>244</v>
+      </c>
+      <c r="C241" t="s">
+        <v>245</v>
+      </c>
+      <c r="D241">
         <v>330</v>
       </c>
-      <c r="E241" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D242" s="0">
+      <c r="E241" t="s">
+        <v>68</v>
+      </c>
+      <c r="F241" t="s">
+        <v>279</v>
+      </c>
+      <c r="G241" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="242" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
+        <v>219</v>
+      </c>
+      <c r="B242" t="s">
+        <v>96</v>
+      </c>
+      <c r="C242" t="s">
+        <v>97</v>
+      </c>
+      <c r="D242">
         <v>331</v>
       </c>
-      <c r="E242" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L242" s="0">
+      <c r="E242" t="s">
+        <v>68</v>
+      </c>
+      <c r="F242" t="s">
+        <v>279</v>
+      </c>
+      <c r="G242" t="s">
+        <v>280</v>
+      </c>
+      <c r="H242" t="s">
+        <v>55</v>
+      </c>
+      <c r="K242">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L242">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="243">
-[...15 lines deleted...]
-      <c r="D243" s="0">
+    <row r="243" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
+        <v>219</v>
+      </c>
+      <c r="B243" t="s">
+        <v>61</v>
+      </c>
+      <c r="C243" t="s">
+        <v>62</v>
+      </c>
+      <c r="D243">
         <v>332</v>
       </c>
-      <c r="E243" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K243" s="0">
+      <c r="E243" t="s">
+        <v>68</v>
+      </c>
+      <c r="F243" t="s">
+        <v>279</v>
+      </c>
+      <c r="G243" t="s">
+        <v>280</v>
+      </c>
+      <c r="H243" t="s">
+        <v>246</v>
+      </c>
+      <c r="K243">
         <v>16</v>
       </c>
-      <c r="L243" s="0">
+      <c r="L243">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="244">
-[...15 lines deleted...]
-      <c r="D244" s="0">
+    <row r="244" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
+        <v>219</v>
+      </c>
+      <c r="B244" t="s">
+        <v>99</v>
+      </c>
+      <c r="C244" t="s">
+        <v>100</v>
+      </c>
+      <c r="D244">
         <v>333</v>
       </c>
-      <c r="E244" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K244" s="0">
+      <c r="E244" t="s">
+        <v>68</v>
+      </c>
+      <c r="F244" t="s">
+        <v>279</v>
+      </c>
+      <c r="G244" t="s">
+        <v>280</v>
+      </c>
+      <c r="H244" t="s">
+        <v>144</v>
+      </c>
+      <c r="K244">
         <v>1</v>
       </c>
-      <c r="L244" s="0">
+      <c r="L244">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="245">
-[...15 lines deleted...]
-      <c r="D245" s="0">
+    <row r="245" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
+        <v>219</v>
+      </c>
+      <c r="B245" t="s">
+        <v>165</v>
+      </c>
+      <c r="C245" t="s">
+        <v>166</v>
+      </c>
+      <c r="D245">
         <v>334</v>
       </c>
-      <c r="E245" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D246" s="0">
+      <c r="E245" t="s">
+        <v>68</v>
+      </c>
+      <c r="F245" t="s">
+        <v>279</v>
+      </c>
+      <c r="G245" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="246" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
+        <v>219</v>
+      </c>
+      <c r="B246" t="s">
+        <v>167</v>
+      </c>
+      <c r="C246" t="s">
+        <v>168</v>
+      </c>
+      <c r="D246">
         <v>335</v>
       </c>
-      <c r="E246" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D247" s="0">
+      <c r="E246" t="s">
+        <v>68</v>
+      </c>
+      <c r="F246" t="s">
+        <v>279</v>
+      </c>
+      <c r="G246" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="247" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
+        <v>219</v>
+      </c>
+      <c r="B247" t="s">
+        <v>39</v>
+      </c>
+      <c r="C247" t="s">
+        <v>251</v>
+      </c>
+      <c r="D247">
         <v>336</v>
       </c>
-      <c r="E247" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K247" s="0">
+      <c r="E247" t="s">
+        <v>68</v>
+      </c>
+      <c r="F247" t="s">
+        <v>279</v>
+      </c>
+      <c r="G247" t="s">
+        <v>280</v>
+      </c>
+      <c r="H247" t="s">
+        <v>131</v>
+      </c>
+      <c r="K247">
         <v>12</v>
       </c>
-      <c r="L247" s="0">
+      <c r="L247">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="248">
-[...15 lines deleted...]
-      <c r="D248" s="0">
+    <row r="248" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
+        <v>219</v>
+      </c>
+      <c r="B248" t="s">
+        <v>174</v>
+      </c>
+      <c r="C248" t="s">
+        <v>175</v>
+      </c>
+      <c r="D248">
         <v>337</v>
       </c>
-      <c r="E248" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K248" s="0">
+      <c r="E248" t="s">
+        <v>68</v>
+      </c>
+      <c r="F248" t="s">
+        <v>279</v>
+      </c>
+      <c r="G248" t="s">
+        <v>280</v>
+      </c>
+      <c r="H248" t="s">
+        <v>263</v>
+      </c>
+      <c r="K248">
         <v>0</v>
       </c>
-      <c r="L248" s="0">
+      <c r="L248">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="249">
-[...15 lines deleted...]
-      <c r="D249" s="0">
+    <row r="249" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
+        <v>219</v>
+      </c>
+      <c r="B249" t="s">
+        <v>253</v>
+      </c>
+      <c r="C249" t="s">
+        <v>254</v>
+      </c>
+      <c r="D249">
         <v>338</v>
       </c>
-      <c r="E249" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D250" s="0">
+      <c r="E249" t="s">
+        <v>68</v>
+      </c>
+      <c r="F249" t="s">
+        <v>279</v>
+      </c>
+      <c r="G249" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="250" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
+        <v>219</v>
+      </c>
+      <c r="B250" t="s">
+        <v>101</v>
+      </c>
+      <c r="C250" t="s">
+        <v>102</v>
+      </c>
+      <c r="D250">
         <v>339</v>
       </c>
-      <c r="E250" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K250" s="0">
+      <c r="E250" t="s">
+        <v>68</v>
+      </c>
+      <c r="F250" t="s">
+        <v>279</v>
+      </c>
+      <c r="G250" t="s">
+        <v>280</v>
+      </c>
+      <c r="H250" t="s">
+        <v>78</v>
+      </c>
+      <c r="K250">
         <v>0</v>
       </c>
-      <c r="L250" s="0">
+      <c r="L250">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="251">
-[...15 lines deleted...]
-      <c r="D251" s="0">
+    <row r="251" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
+        <v>219</v>
+      </c>
+      <c r="B251" t="s">
+        <v>63</v>
+      </c>
+      <c r="C251" t="s">
+        <v>64</v>
+      </c>
+      <c r="D251">
         <v>340</v>
       </c>
-      <c r="E251" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D252" s="0">
+      <c r="E251" t="s">
+        <v>37</v>
+      </c>
+      <c r="F251" t="s">
+        <v>279</v>
+      </c>
+      <c r="G251" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="252" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
+        <v>219</v>
+      </c>
+      <c r="B252" t="s">
+        <v>103</v>
+      </c>
+      <c r="C252" t="s">
+        <v>104</v>
+      </c>
+      <c r="D252">
         <v>341</v>
       </c>
-      <c r="E252" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L252" s="0">
+      <c r="E252" t="s">
+        <v>68</v>
+      </c>
+      <c r="F252" t="s">
+        <v>279</v>
+      </c>
+      <c r="G252" t="s">
+        <v>280</v>
+      </c>
+      <c r="H252" t="s">
+        <v>223</v>
+      </c>
+      <c r="K252">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L252">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="253">
-[...15 lines deleted...]
-      <c r="D253" s="0">
+    <row r="253" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
+        <v>219</v>
+      </c>
+      <c r="B253" t="s">
+        <v>180</v>
+      </c>
+      <c r="C253" t="s">
+        <v>181</v>
+      </c>
+      <c r="D253">
         <v>342</v>
       </c>
-      <c r="E253" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K253" s="0">
+      <c r="E253" t="s">
+        <v>68</v>
+      </c>
+      <c r="F253" t="s">
+        <v>279</v>
+      </c>
+      <c r="G253" t="s">
+        <v>280</v>
+      </c>
+      <c r="H253" t="s">
+        <v>284</v>
+      </c>
+      <c r="K253">
         <v>2</v>
       </c>
-      <c r="L253" s="0">
+      <c r="L253">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="254">
-[...15 lines deleted...]
-      <c r="D254" s="0">
+    <row r="254" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
+        <v>219</v>
+      </c>
+      <c r="B254" t="s">
+        <v>105</v>
+      </c>
+      <c r="C254" t="s">
+        <v>106</v>
+      </c>
+      <c r="D254">
         <v>351</v>
       </c>
-      <c r="E254" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D255" s="0">
+      <c r="E254" t="s">
+        <v>68</v>
+      </c>
+      <c r="F254" t="s">
+        <v>279</v>
+      </c>
+      <c r="G254" t="s">
+        <v>280</v>
+      </c>
+      <c r="H254" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="255" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
+        <v>219</v>
+      </c>
+      <c r="B255" t="s">
+        <v>258</v>
+      </c>
+      <c r="C255" t="s">
+        <v>259</v>
+      </c>
+      <c r="D255">
         <v>343</v>
       </c>
-      <c r="E255" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D256" s="0">
+      <c r="E255" t="s">
+        <v>68</v>
+      </c>
+      <c r="F255" t="s">
+        <v>279</v>
+      </c>
+      <c r="G255" t="s">
+        <v>280</v>
+      </c>
+      <c r="H255" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="256" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
+        <v>219</v>
+      </c>
+      <c r="B256" t="s">
+        <v>107</v>
+      </c>
+      <c r="C256" t="s">
+        <v>108</v>
+      </c>
+      <c r="D256">
         <v>344</v>
       </c>
-      <c r="E256" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K256" s="0">
+      <c r="E256" t="s">
+        <v>68</v>
+      </c>
+      <c r="F256" t="s">
+        <v>279</v>
+      </c>
+      <c r="G256" t="s">
+        <v>280</v>
+      </c>
+      <c r="K256">
         <v>25</v>
       </c>
-      <c r="L256" s="0">
+      <c r="L256">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="257">
-[...15 lines deleted...]
-      <c r="D257" s="0">
+    <row r="257" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
+        <v>219</v>
+      </c>
+      <c r="B257" t="s">
+        <v>110</v>
+      </c>
+      <c r="C257" t="s">
+        <v>111</v>
+      </c>
+      <c r="D257">
         <v>345</v>
       </c>
-      <c r="E257" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K257" s="0">
+      <c r="E257" t="s">
+        <v>68</v>
+      </c>
+      <c r="F257" t="s">
+        <v>279</v>
+      </c>
+      <c r="G257" t="s">
+        <v>280</v>
+      </c>
+      <c r="K257">
         <v>0</v>
       </c>
-      <c r="L257" s="0">
+      <c r="L257">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="258">
-[...15 lines deleted...]
-      <c r="D258" s="0">
+    <row r="258" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
+        <v>219</v>
+      </c>
+      <c r="B258" t="s">
+        <v>261</v>
+      </c>
+      <c r="C258" t="s">
+        <v>262</v>
+      </c>
+      <c r="D258">
         <v>346</v>
       </c>
-      <c r="E258" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K258" s="0">
+      <c r="E258" t="s">
+        <v>68</v>
+      </c>
+      <c r="F258" t="s">
+        <v>279</v>
+      </c>
+      <c r="G258" t="s">
+        <v>280</v>
+      </c>
+      <c r="H258" t="s">
+        <v>169</v>
+      </c>
+      <c r="K258">
         <v>0</v>
       </c>
-      <c r="L258" s="0">
+      <c r="L258">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="259">
-[...15 lines deleted...]
-      <c r="D259" s="0">
+    <row r="259" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
+        <v>219</v>
+      </c>
+      <c r="B259" t="s">
+        <v>112</v>
+      </c>
+      <c r="C259" t="s">
+        <v>113</v>
+      </c>
+      <c r="D259">
         <v>347</v>
       </c>
-      <c r="E259" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L259" s="0">
+      <c r="E259" t="s">
+        <v>68</v>
+      </c>
+      <c r="F259" t="s">
+        <v>279</v>
+      </c>
+      <c r="G259" t="s">
+        <v>280</v>
+      </c>
+      <c r="H259" t="s">
+        <v>277</v>
+      </c>
+      <c r="K259">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L259">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="260">
-[...15 lines deleted...]
-      <c r="D260" s="0">
+    <row r="260" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
+        <v>219</v>
+      </c>
+      <c r="B260" t="s">
+        <v>266</v>
+      </c>
+      <c r="C260" t="s">
+        <v>267</v>
+      </c>
+      <c r="D260">
         <v>348</v>
       </c>
-      <c r="E260" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D261" s="0">
+      <c r="E260" t="s">
+        <v>68</v>
+      </c>
+      <c r="F260" t="s">
+        <v>279</v>
+      </c>
+      <c r="G260" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
+        <v>219</v>
+      </c>
+      <c r="B261" t="s">
+        <v>114</v>
+      </c>
+      <c r="C261" t="s">
+        <v>115</v>
+      </c>
+      <c r="D261">
         <v>349</v>
       </c>
-      <c r="E261" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K261" s="0">
+      <c r="E261" t="s">
+        <v>68</v>
+      </c>
+      <c r="F261" t="s">
+        <v>279</v>
+      </c>
+      <c r="G261" t="s">
+        <v>280</v>
+      </c>
+      <c r="H261" t="s">
+        <v>221</v>
+      </c>
+      <c r="K261">
         <v>1.5</v>
       </c>
-      <c r="L261" s="0">
+      <c r="L261">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="262">
-[...15 lines deleted...]
-      <c r="D262" s="0">
+    <row r="262" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>219</v>
+      </c>
+      <c r="B262" t="s">
+        <v>271</v>
+      </c>
+      <c r="C262" t="s">
+        <v>272</v>
+      </c>
+      <c r="D262">
         <v>350</v>
       </c>
-      <c r="E262" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D263" s="0">
+      <c r="E262" t="s">
+        <v>68</v>
+      </c>
+      <c r="F262" t="s">
+        <v>279</v>
+      </c>
+      <c r="G262" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>219</v>
+      </c>
+      <c r="B263" t="s">
+        <v>76</v>
+      </c>
+      <c r="C263" t="s">
+        <v>77</v>
+      </c>
+      <c r="D263">
         <v>109</v>
       </c>
-      <c r="E263" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K263" s="0">
+      <c r="E263" t="s">
+        <v>68</v>
+      </c>
+      <c r="F263" t="s">
+        <v>285</v>
+      </c>
+      <c r="G263" t="s">
+        <v>286</v>
+      </c>
+      <c r="H263" t="s">
+        <v>133</v>
+      </c>
+      <c r="K263">
         <v>0</v>
       </c>
-      <c r="L263" s="0">
+      <c r="L263">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="264">
-[...15 lines deleted...]
-      <c r="D264" s="0">
+    <row r="264" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A264" t="s">
+        <v>219</v>
+      </c>
+      <c r="B264" t="s">
+        <v>79</v>
+      </c>
+      <c r="C264" t="s">
+        <v>80</v>
+      </c>
+      <c r="D264">
         <v>110</v>
       </c>
-      <c r="E264" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L264" s="0">
+      <c r="E264" t="s">
+        <v>68</v>
+      </c>
+      <c r="F264" t="s">
+        <v>285</v>
+      </c>
+      <c r="G264" t="s">
+        <v>286</v>
+      </c>
+      <c r="H264" t="s">
+        <v>138</v>
+      </c>
+      <c r="K264">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L264">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="265">
-[...15 lines deleted...]
-      <c r="D265" s="0">
+    <row r="265" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>219</v>
+      </c>
+      <c r="B265" t="s">
+        <v>82</v>
+      </c>
+      <c r="C265" t="s">
+        <v>83</v>
+      </c>
+      <c r="D265">
         <v>111</v>
       </c>
-      <c r="E265" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K265" s="0">
+      <c r="E265" t="s">
+        <v>68</v>
+      </c>
+      <c r="F265" t="s">
+        <v>285</v>
+      </c>
+      <c r="G265" t="s">
+        <v>286</v>
+      </c>
+      <c r="H265" t="s">
+        <v>176</v>
+      </c>
+      <c r="K265">
         <v>0.5</v>
       </c>
-      <c r="L265" s="0">
+      <c r="L265">
         <v>7</v>
       </c>
     </row>
-    <row outlineLevel="0" r="266">
-[...15 lines deleted...]
-      <c r="D266" s="0">
+    <row r="266" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A266" t="s">
+        <v>219</v>
+      </c>
+      <c r="B266" t="s">
+        <v>85</v>
+      </c>
+      <c r="C266" t="s">
+        <v>86</v>
+      </c>
+      <c r="D266">
         <v>112</v>
       </c>
-      <c r="E266" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K266" s="0">
+      <c r="E266" t="s">
+        <v>68</v>
+      </c>
+      <c r="F266" t="s">
+        <v>285</v>
+      </c>
+      <c r="G266" t="s">
+        <v>286</v>
+      </c>
+      <c r="H266" t="s">
+        <v>65</v>
+      </c>
+      <c r="K266">
         <v>0.5</v>
       </c>
-      <c r="L266" s="0">
+      <c r="L266">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="267">
-[...15 lines deleted...]
-      <c r="D267" s="0">
+    <row r="267" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A267" t="s">
+        <v>219</v>
+      </c>
+      <c r="B267" t="s">
+        <v>88</v>
+      </c>
+      <c r="C267" t="s">
+        <v>89</v>
+      </c>
+      <c r="D267">
         <v>113</v>
       </c>
-      <c r="E267" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K267" s="0">
+      <c r="E267" t="s">
+        <v>120</v>
+      </c>
+      <c r="F267" t="s">
+        <v>285</v>
+      </c>
+      <c r="G267" t="s">
+        <v>286</v>
+      </c>
+      <c r="H267" t="s">
+        <v>162</v>
+      </c>
+      <c r="K267">
         <v>4</v>
       </c>
-      <c r="L267" s="0">
+      <c r="L267">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="268">
-[...15 lines deleted...]
-      <c r="D268" s="0">
+    <row r="268" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A268" t="s">
+        <v>219</v>
+      </c>
+      <c r="B268" t="s">
+        <v>94</v>
+      </c>
+      <c r="C268" t="s">
+        <v>95</v>
+      </c>
+      <c r="D268">
         <v>114</v>
       </c>
-      <c r="E268" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K268" s="0">
+      <c r="E268" t="s">
+        <v>68</v>
+      </c>
+      <c r="F268" t="s">
+        <v>285</v>
+      </c>
+      <c r="G268" t="s">
+        <v>286</v>
+      </c>
+      <c r="H268" t="s">
+        <v>78</v>
+      </c>
+      <c r="K268">
         <v>0</v>
       </c>
-      <c r="L268" s="0">
+      <c r="L268">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="269">
-[...15 lines deleted...]
-      <c r="D269" s="0">
+    <row r="269" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A269" t="s">
+        <v>219</v>
+      </c>
+      <c r="B269" t="s">
+        <v>96</v>
+      </c>
+      <c r="C269" t="s">
+        <v>97</v>
+      </c>
+      <c r="D269">
         <v>115</v>
       </c>
-      <c r="E269" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L269" s="0">
+      <c r="E269" t="s">
+        <v>68</v>
+      </c>
+      <c r="F269" t="s">
+        <v>285</v>
+      </c>
+      <c r="G269" t="s">
+        <v>286</v>
+      </c>
+      <c r="H269" t="s">
+        <v>287</v>
+      </c>
+      <c r="K269">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L269">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="270">
-[...15 lines deleted...]
-      <c r="D270" s="0">
+    <row r="270" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A270" t="s">
+        <v>219</v>
+      </c>
+      <c r="B270" t="s">
+        <v>99</v>
+      </c>
+      <c r="C270" t="s">
+        <v>100</v>
+      </c>
+      <c r="D270">
         <v>116</v>
       </c>
-      <c r="E270" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L270" s="0">
+      <c r="E270" t="s">
+        <v>68</v>
+      </c>
+      <c r="F270" t="s">
+        <v>285</v>
+      </c>
+      <c r="G270" t="s">
+        <v>286</v>
+      </c>
+      <c r="H270" t="s">
+        <v>144</v>
+      </c>
+      <c r="K270">
+        <v>0.80000001192092896</v>
+      </c>
+      <c r="L270">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="271">
-[...15 lines deleted...]
-      <c r="D271" s="0">
+    <row r="271" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A271" t="s">
+        <v>219</v>
+      </c>
+      <c r="B271" t="s">
+        <v>110</v>
+      </c>
+      <c r="C271" t="s">
+        <v>111</v>
+      </c>
+      <c r="D271">
         <v>117</v>
       </c>
-      <c r="E271" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K271" s="0">
+      <c r="E271" t="s">
+        <v>68</v>
+      </c>
+      <c r="F271" t="s">
+        <v>285</v>
+      </c>
+      <c r="G271" t="s">
+        <v>286</v>
+      </c>
+      <c r="H271" t="s">
+        <v>288</v>
+      </c>
+      <c r="K271">
         <v>0</v>
       </c>
-      <c r="L271" s="0">
+      <c r="L271">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="272">
-[...15 lines deleted...]
-      <c r="D272" s="0">
+    <row r="272" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A272" t="s">
+        <v>219</v>
+      </c>
+      <c r="B272" t="s">
+        <v>114</v>
+      </c>
+      <c r="C272" t="s">
+        <v>115</v>
+      </c>
+      <c r="D272">
         <v>118</v>
       </c>
-      <c r="E272" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K272" s="0">
+      <c r="E272" t="s">
+        <v>68</v>
+      </c>
+      <c r="F272" t="s">
+        <v>285</v>
+      </c>
+      <c r="G272" t="s">
+        <v>286</v>
+      </c>
+      <c r="H272" t="s">
+        <v>221</v>
+      </c>
+      <c r="K272">
         <v>1</v>
       </c>
-      <c r="L272" s="0">
+      <c r="L272">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="273">
-[...15 lines deleted...]
-      <c r="D273" s="0">
+    <row r="273" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A273" t="s">
+        <v>219</v>
+      </c>
+      <c r="B273" t="s">
+        <v>76</v>
+      </c>
+      <c r="C273" t="s">
+        <v>77</v>
+      </c>
+      <c r="D273">
         <v>119</v>
       </c>
-      <c r="E273" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L273" s="0">
+      <c r="E273" t="s">
+        <v>120</v>
+      </c>
+      <c r="F273" t="s">
+        <v>289</v>
+      </c>
+      <c r="G273" t="s">
+        <v>290</v>
+      </c>
+      <c r="H273" t="s">
+        <v>284</v>
+      </c>
+      <c r="K273">
+        <v>0.80000001192092896</v>
+      </c>
+      <c r="L273">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="274">
-[...15 lines deleted...]
-      <c r="D274" s="0">
+    <row r="274" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A274" t="s">
+        <v>219</v>
+      </c>
+      <c r="B274" t="s">
+        <v>85</v>
+      </c>
+      <c r="C274" t="s">
+        <v>86</v>
+      </c>
+      <c r="D274">
         <v>120</v>
       </c>
-      <c r="E274" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K274" s="0">
+      <c r="E274" t="s">
+        <v>120</v>
+      </c>
+      <c r="F274" t="s">
+        <v>289</v>
+      </c>
+      <c r="G274" t="s">
+        <v>290</v>
+      </c>
+      <c r="H274" t="s">
+        <v>93</v>
+      </c>
+      <c r="K274">
         <v>10</v>
       </c>
-      <c r="L274" s="0">
+      <c r="L274">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="275">
-[...15 lines deleted...]
-      <c r="D275" s="0">
+    <row r="275" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A275" t="s">
+        <v>219</v>
+      </c>
+      <c r="B275" t="s">
+        <v>96</v>
+      </c>
+      <c r="C275" t="s">
+        <v>97</v>
+      </c>
+      <c r="D275">
         <v>121</v>
       </c>
-      <c r="E275" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K275" s="0">
+      <c r="E275" t="s">
+        <v>120</v>
+      </c>
+      <c r="F275" t="s">
+        <v>289</v>
+      </c>
+      <c r="G275" t="s">
+        <v>290</v>
+      </c>
+      <c r="H275" t="s">
+        <v>291</v>
+      </c>
+      <c r="K275">
         <v>5</v>
       </c>
-      <c r="L275" s="0">
+      <c r="L275">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="276">
-[...15 lines deleted...]
-      <c r="D276" s="0">
+    <row r="276" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A276" t="s">
+        <v>219</v>
+      </c>
+      <c r="B276" t="s">
+        <v>99</v>
+      </c>
+      <c r="C276" t="s">
+        <v>100</v>
+      </c>
+      <c r="D276">
         <v>122</v>
       </c>
-      <c r="E276" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K276" s="0">
+      <c r="E276" t="s">
+        <v>120</v>
+      </c>
+      <c r="F276" t="s">
+        <v>289</v>
+      </c>
+      <c r="G276" t="s">
+        <v>290</v>
+      </c>
+      <c r="H276" t="s">
+        <v>292</v>
+      </c>
+      <c r="K276">
         <v>3</v>
       </c>
-      <c r="L276" s="0">
+      <c r="L276">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="277">
-[...15 lines deleted...]
-      <c r="D277" s="0">
+    <row r="277" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A277" t="s">
+        <v>219</v>
+      </c>
+      <c r="B277" t="s">
+        <v>114</v>
+      </c>
+      <c r="C277" t="s">
+        <v>115</v>
+      </c>
+      <c r="D277">
         <v>123</v>
       </c>
-      <c r="E277" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K277" s="0">
+      <c r="E277" t="s">
+        <v>120</v>
+      </c>
+      <c r="F277" t="s">
+        <v>289</v>
+      </c>
+      <c r="G277" t="s">
+        <v>290</v>
+      </c>
+      <c r="H277" t="s">
+        <v>162</v>
+      </c>
+      <c r="K277">
         <v>25</v>
       </c>
-      <c r="L277" s="0">
+      <c r="L277">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="278">
-[...15 lines deleted...]
-      <c r="D278" s="0">
+    <row r="278" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A278" t="s">
+        <v>219</v>
+      </c>
+      <c r="B278" t="s">
+        <v>48</v>
+      </c>
+      <c r="C278" t="s">
+        <v>49</v>
+      </c>
+      <c r="D278">
         <v>74</v>
       </c>
-      <c r="E278" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D279" s="0">
+      <c r="E278" t="s">
+        <v>120</v>
+      </c>
+      <c r="F278" t="s">
+        <v>293</v>
+      </c>
+      <c r="G278" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="279" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A279" t="s">
+        <v>219</v>
+      </c>
+      <c r="B279" t="s">
+        <v>124</v>
+      </c>
+      <c r="C279" t="s">
+        <v>125</v>
+      </c>
+      <c r="D279">
         <v>75</v>
       </c>
-      <c r="E279" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D280" s="0">
+      <c r="E279" t="s">
+        <v>120</v>
+      </c>
+      <c r="F279" t="s">
+        <v>293</v>
+      </c>
+      <c r="G279" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="280" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A280" t="s">
+        <v>219</v>
+      </c>
+      <c r="B280" t="s">
         <v>76</v>
       </c>
-      <c r="E280" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D281" s="0">
+      <c r="C280" t="s">
         <v>77</v>
       </c>
-      <c r="E281" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D282" s="0">
+      <c r="D280">
+        <v>76</v>
+      </c>
+      <c r="E280" t="s">
+        <v>120</v>
+      </c>
+      <c r="F280" t="s">
+        <v>293</v>
+      </c>
+      <c r="G280" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="281" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A281" t="s">
+        <v>219</v>
+      </c>
+      <c r="B281" t="s">
+        <v>295</v>
+      </c>
+      <c r="C281" t="s">
+        <v>296</v>
+      </c>
+      <c r="D281">
+        <v>77</v>
+      </c>
+      <c r="E281" t="s">
+        <v>120</v>
+      </c>
+      <c r="F281" t="s">
+        <v>293</v>
+      </c>
+      <c r="G281" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="282" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A282" t="s">
+        <v>219</v>
+      </c>
+      <c r="B282" t="s">
+        <v>79</v>
+      </c>
+      <c r="C282" t="s">
+        <v>80</v>
+      </c>
+      <c r="D282">
         <v>78</v>
       </c>
-      <c r="E282" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D283" s="0">
+      <c r="E282" t="s">
+        <v>120</v>
+      </c>
+      <c r="F282" t="s">
+        <v>293</v>
+      </c>
+      <c r="G282" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="283" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A283" t="s">
+        <v>219</v>
+      </c>
+      <c r="B283" t="s">
+        <v>82</v>
+      </c>
+      <c r="C283" t="s">
+        <v>83</v>
+      </c>
+      <c r="D283">
         <v>79</v>
       </c>
-      <c r="E283" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D284" s="0">
+      <c r="E283" t="s">
+        <v>120</v>
+      </c>
+      <c r="F283" t="s">
+        <v>293</v>
+      </c>
+      <c r="G283" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="284" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A284" t="s">
+        <v>219</v>
+      </c>
+      <c r="B284" t="s">
+        <v>85</v>
+      </c>
+      <c r="C284" t="s">
+        <v>86</v>
+      </c>
+      <c r="D284">
         <v>80</v>
       </c>
-      <c r="E284" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D285" s="0">
+      <c r="E284" t="s">
+        <v>120</v>
+      </c>
+      <c r="F284" t="s">
+        <v>293</v>
+      </c>
+      <c r="G284" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="285" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A285" t="s">
+        <v>219</v>
+      </c>
+      <c r="B285" t="s">
+        <v>56</v>
+      </c>
+      <c r="C285" t="s">
+        <v>57</v>
+      </c>
+      <c r="D285">
         <v>81</v>
       </c>
-      <c r="E285" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D286" s="0">
+      <c r="E285" t="s">
+        <v>68</v>
+      </c>
+      <c r="F285" t="s">
+        <v>293</v>
+      </c>
+      <c r="G285" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="286" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A286" t="s">
+        <v>219</v>
+      </c>
+      <c r="B286" t="s">
+        <v>44</v>
+      </c>
+      <c r="C286" t="s">
+        <v>45</v>
+      </c>
+      <c r="D286">
         <v>82</v>
       </c>
-      <c r="E286" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K286" s="0">
+      <c r="E286" t="s">
+        <v>68</v>
+      </c>
+      <c r="F286" t="s">
+        <v>293</v>
+      </c>
+      <c r="G286" t="s">
+        <v>294</v>
+      </c>
+      <c r="H286" t="s">
+        <v>226</v>
+      </c>
+      <c r="K286">
         <v>4</v>
       </c>
-      <c r="L286" s="0">
+      <c r="L286">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="287">
-[...15 lines deleted...]
-      <c r="D287" s="0">
+    <row r="287" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A287" t="s">
+        <v>219</v>
+      </c>
+      <c r="B287" t="s">
+        <v>58</v>
+      </c>
+      <c r="C287" t="s">
+        <v>59</v>
+      </c>
+      <c r="D287">
         <v>83</v>
       </c>
-      <c r="E287" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K287" s="0">
+      <c r="E287" t="s">
+        <v>68</v>
+      </c>
+      <c r="F287" t="s">
+        <v>293</v>
+      </c>
+      <c r="G287" t="s">
+        <v>294</v>
+      </c>
+      <c r="H287" t="s">
+        <v>226</v>
+      </c>
+      <c r="K287">
         <v>2</v>
       </c>
-      <c r="L287" s="0">
+      <c r="L287">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="288">
-[...15 lines deleted...]
-      <c r="D288" s="0">
+    <row r="288" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A288" t="s">
+        <v>219</v>
+      </c>
+      <c r="B288" t="s">
+        <v>91</v>
+      </c>
+      <c r="C288" t="s">
+        <v>92</v>
+      </c>
+      <c r="D288">
         <v>84</v>
       </c>
-      <c r="E288" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L288" s="0">
+      <c r="E288" t="s">
+        <v>68</v>
+      </c>
+      <c r="F288" t="s">
+        <v>293</v>
+      </c>
+      <c r="G288" t="s">
+        <v>294</v>
+      </c>
+      <c r="H288" t="s">
+        <v>81</v>
+      </c>
+      <c r="K288">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L288">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="289">
-[...15 lines deleted...]
-      <c r="D289" s="0">
+    <row r="289" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A289" t="s">
+        <v>219</v>
+      </c>
+      <c r="B289" t="s">
+        <v>155</v>
+      </c>
+      <c r="C289" t="s">
+        <v>156</v>
+      </c>
+      <c r="D289">
         <v>86</v>
       </c>
-      <c r="E289" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K289" s="0">
+      <c r="E289" t="s">
+        <v>68</v>
+      </c>
+      <c r="F289" t="s">
+        <v>293</v>
+      </c>
+      <c r="G289" t="s">
+        <v>294</v>
+      </c>
+      <c r="H289" t="s">
+        <v>182</v>
+      </c>
+      <c r="K289">
         <v>1</v>
       </c>
-      <c r="L289" s="0">
+      <c r="L289">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="290">
-[...15 lines deleted...]
-      <c r="D290" s="0">
+    <row r="290" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A290" t="s">
+        <v>219</v>
+      </c>
+      <c r="B290" t="s">
+        <v>157</v>
+      </c>
+      <c r="C290" t="s">
+        <v>158</v>
+      </c>
+      <c r="D290">
         <v>87</v>
       </c>
-      <c r="E290" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L290" s="0">
+      <c r="E290" t="s">
+        <v>68</v>
+      </c>
+      <c r="F290" t="s">
+        <v>293</v>
+      </c>
+      <c r="G290" t="s">
+        <v>294</v>
+      </c>
+      <c r="H290" t="s">
+        <v>297</v>
+      </c>
+      <c r="K290">
+        <v>0.80000001192092896</v>
+      </c>
+      <c r="L290">
         <v>7</v>
       </c>
     </row>
-    <row outlineLevel="0" r="291">
-[...15 lines deleted...]
-      <c r="D291" s="0">
+    <row r="291" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A291" t="s">
+        <v>219</v>
+      </c>
+      <c r="B291" t="s">
+        <v>298</v>
+      </c>
+      <c r="C291" t="s">
+        <v>299</v>
+      </c>
+      <c r="D291">
         <v>85</v>
       </c>
-      <c r="E291" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D292" s="0">
+      <c r="E291" t="s">
+        <v>68</v>
+      </c>
+      <c r="F291" t="s">
+        <v>293</v>
+      </c>
+      <c r="G291" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="292" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A292" t="s">
+        <v>219</v>
+      </c>
+      <c r="B292" t="s">
+        <v>46</v>
+      </c>
+      <c r="C292" t="s">
+        <v>47</v>
+      </c>
+      <c r="D292">
         <v>88</v>
       </c>
-      <c r="E292" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K292" s="0">
+      <c r="E292" t="s">
+        <v>68</v>
+      </c>
+      <c r="F292" t="s">
+        <v>293</v>
+      </c>
+      <c r="G292" t="s">
+        <v>294</v>
+      </c>
+      <c r="H292" t="s">
+        <v>65</v>
+      </c>
+      <c r="K292">
         <v>1</v>
       </c>
-      <c r="L292" s="0">
+      <c r="L292">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="293">
-[...15 lines deleted...]
-      <c r="D293" s="0">
+    <row r="293" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A293" t="s">
+        <v>219</v>
+      </c>
+      <c r="B293" t="s">
+        <v>96</v>
+      </c>
+      <c r="C293" t="s">
+        <v>97</v>
+      </c>
+      <c r="D293">
         <v>145</v>
       </c>
-      <c r="E293" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D294" s="0">
+      <c r="E293" t="s">
+        <v>120</v>
+      </c>
+      <c r="F293" t="s">
+        <v>293</v>
+      </c>
+      <c r="G293" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A294" t="s">
+        <v>219</v>
+      </c>
+      <c r="B294" t="s">
+        <v>61</v>
+      </c>
+      <c r="C294" t="s">
+        <v>62</v>
+      </c>
+      <c r="D294">
         <v>89</v>
       </c>
-      <c r="E294" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L294" s="0">
+      <c r="E294" t="s">
+        <v>68</v>
+      </c>
+      <c r="F294" t="s">
+        <v>293</v>
+      </c>
+      <c r="G294" t="s">
+        <v>294</v>
+      </c>
+      <c r="H294" t="s">
+        <v>60</v>
+      </c>
+      <c r="K294">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L294">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="295">
-[...15 lines deleted...]
-      <c r="D295" s="0">
+    <row r="295" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A295" t="s">
+        <v>219</v>
+      </c>
+      <c r="B295" t="s">
+        <v>99</v>
+      </c>
+      <c r="C295" t="s">
+        <v>100</v>
+      </c>
+      <c r="D295">
         <v>90</v>
       </c>
-      <c r="E295" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D296" s="0">
+      <c r="E295" t="s">
+        <v>120</v>
+      </c>
+      <c r="F295" t="s">
+        <v>293</v>
+      </c>
+      <c r="G295" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="296" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A296" t="s">
+        <v>219</v>
+      </c>
+      <c r="B296" t="s">
+        <v>39</v>
+      </c>
+      <c r="C296" t="s">
+        <v>251</v>
+      </c>
+      <c r="D296">
         <v>534</v>
       </c>
-      <c r="E296" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D297" s="0">
+      <c r="E296" t="s">
+        <v>68</v>
+      </c>
+      <c r="F296" t="s">
+        <v>293</v>
+      </c>
+      <c r="G296" t="s">
+        <v>294</v>
+      </c>
+      <c r="H296" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="297" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A297" t="s">
+        <v>219</v>
+      </c>
+      <c r="B297" t="s">
+        <v>300</v>
+      </c>
+      <c r="C297" t="s">
+        <v>301</v>
+      </c>
+      <c r="D297">
         <v>91</v>
       </c>
-      <c r="E297" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D298" s="0">
+      <c r="E297" t="s">
+        <v>68</v>
+      </c>
+      <c r="F297" t="s">
+        <v>293</v>
+      </c>
+      <c r="G297" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="298" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A298" t="s">
+        <v>219</v>
+      </c>
+      <c r="B298" t="s">
+        <v>114</v>
+      </c>
+      <c r="C298" t="s">
+        <v>115</v>
+      </c>
+      <c r="D298">
         <v>92</v>
       </c>
-      <c r="E298" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D299" s="0">
+      <c r="E298" t="s">
+        <v>120</v>
+      </c>
+      <c r="F298" t="s">
+        <v>293</v>
+      </c>
+      <c r="G298" t="s">
+        <v>294</v>
+      </c>
+      <c r="H298" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="299" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A299" t="s">
+        <v>219</v>
+      </c>
+      <c r="B299" t="s">
+        <v>302</v>
+      </c>
+      <c r="C299" t="s">
+        <v>303</v>
+      </c>
+      <c r="D299">
         <v>278</v>
       </c>
-      <c r="E299" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L299" s="0">
+      <c r="E299" t="s">
+        <v>37</v>
+      </c>
+      <c r="F299" t="s">
+        <v>304</v>
+      </c>
+      <c r="G299" t="s">
+        <v>305</v>
+      </c>
+      <c r="H299" t="s">
+        <v>84</v>
+      </c>
+      <c r="K299">
+        <v>0.69999998807907104</v>
+      </c>
+      <c r="L299">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="300">
-[...15 lines deleted...]
-      <c r="D300" s="0">
+    <row r="300" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A300" t="s">
+        <v>219</v>
+      </c>
+      <c r="B300" t="s">
+        <v>306</v>
+      </c>
+      <c r="C300" t="s">
+        <v>307</v>
+      </c>
+      <c r="D300">
         <v>105</v>
       </c>
-      <c r="E300" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K300" s="0">
+      <c r="E300" t="s">
+        <v>308</v>
+      </c>
+      <c r="F300" t="s">
+        <v>304</v>
+      </c>
+      <c r="G300" t="s">
+        <v>305</v>
+      </c>
+      <c r="H300" t="s">
+        <v>287</v>
+      </c>
+      <c r="K300">
         <v>1</v>
       </c>
-      <c r="L300" s="0">
+      <c r="L300">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="301">
-[...15 lines deleted...]
-      <c r="D301" s="0">
+    <row r="301" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A301" t="s">
+        <v>219</v>
+      </c>
+      <c r="B301" t="s">
+        <v>309</v>
+      </c>
+      <c r="C301" t="s">
+        <v>310</v>
+      </c>
+      <c r="D301">
         <v>277</v>
       </c>
-      <c r="E301" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K301" s="0">
+      <c r="E301" t="s">
+        <v>37</v>
+      </c>
+      <c r="F301" t="s">
+        <v>304</v>
+      </c>
+      <c r="G301" t="s">
+        <v>305</v>
+      </c>
+      <c r="H301" t="s">
+        <v>311</v>
+      </c>
+      <c r="K301">
         <v>1.5</v>
       </c>
-      <c r="L301" s="0">
+      <c r="L301">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="302">
-[...15 lines deleted...]
-      <c r="D302" s="0">
+    <row r="302" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A302" t="s">
+        <v>219</v>
+      </c>
+      <c r="B302" t="s">
+        <v>312</v>
+      </c>
+      <c r="C302" t="s">
+        <v>313</v>
+      </c>
+      <c r="D302">
         <v>276</v>
       </c>
-      <c r="E302" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K302" s="0">
+      <c r="E302" t="s">
+        <v>37</v>
+      </c>
+      <c r="F302" t="s">
+        <v>304</v>
+      </c>
+      <c r="G302" t="s">
+        <v>305</v>
+      </c>
+      <c r="H302" t="s">
+        <v>311</v>
+      </c>
+      <c r="K302">
         <v>1</v>
       </c>
-      <c r="L302" s="0">
+      <c r="L302">
         <v>4</v>
       </c>
     </row>
-    <row outlineLevel="0" r="303">
-[...15 lines deleted...]
-      <c r="D303" s="0">
+    <row r="303" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A303" t="s">
+        <v>219</v>
+      </c>
+      <c r="B303" t="s">
+        <v>314</v>
+      </c>
+      <c r="C303" t="s">
+        <v>315</v>
+      </c>
+      <c r="D303">
         <v>131</v>
       </c>
-      <c r="E303" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L303" s="0">
+      <c r="E303" t="s">
+        <v>308</v>
+      </c>
+      <c r="F303" t="s">
+        <v>304</v>
+      </c>
+      <c r="G303" t="s">
+        <v>305</v>
+      </c>
+      <c r="H303" t="s">
+        <v>223</v>
+      </c>
+      <c r="K303">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L303">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="304">
-[...15 lines deleted...]
-      <c r="D304" s="0">
+    <row r="304" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A304" t="s">
+        <v>219</v>
+      </c>
+      <c r="B304" t="s">
+        <v>316</v>
+      </c>
+      <c r="C304" t="s">
+        <v>316</v>
+      </c>
+      <c r="D304">
         <v>443</v>
       </c>
-      <c r="E304" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L304" s="0">
+      <c r="E304" t="s">
+        <v>308</v>
+      </c>
+      <c r="F304" t="s">
+        <v>304</v>
+      </c>
+      <c r="G304" t="s">
+        <v>305</v>
+      </c>
+      <c r="H304" t="s">
+        <v>130</v>
+      </c>
+      <c r="K304">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L304">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="305">
-[...15 lines deleted...]
-      <c r="D305" s="0">
+    <row r="305" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A305" t="s">
+        <v>219</v>
+      </c>
+      <c r="B305" t="s">
+        <v>317</v>
+      </c>
+      <c r="C305" t="s">
+        <v>318</v>
+      </c>
+      <c r="D305">
         <v>106</v>
       </c>
-      <c r="E305" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K305" s="0">
+      <c r="E305" t="s">
+        <v>319</v>
+      </c>
+      <c r="F305" t="s">
+        <v>304</v>
+      </c>
+      <c r="G305" t="s">
+        <v>305</v>
+      </c>
+      <c r="H305" t="s">
+        <v>65</v>
+      </c>
+      <c r="K305">
         <v>2</v>
       </c>
-      <c r="L305" s="0">
+      <c r="L305">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="306">
-[...15 lines deleted...]
-      <c r="D306" s="0">
+    <row r="306" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A306" t="s">
+        <v>219</v>
+      </c>
+      <c r="B306" t="s">
+        <v>320</v>
+      </c>
+      <c r="C306" t="s">
+        <v>321</v>
+      </c>
+      <c r="D306">
         <v>538</v>
       </c>
-      <c r="E306" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D307" s="0">
+      <c r="E306" t="s">
+        <v>319</v>
+      </c>
+      <c r="F306" t="s">
+        <v>304</v>
+      </c>
+      <c r="G306" t="s">
+        <v>305</v>
+      </c>
+      <c r="H306" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="307" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A307" t="s">
+        <v>219</v>
+      </c>
+      <c r="B307" t="s">
+        <v>322</v>
+      </c>
+      <c r="C307" t="s">
+        <v>323</v>
+      </c>
+      <c r="D307">
         <v>73</v>
       </c>
-      <c r="E307" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K307" s="0">
+      <c r="E307" t="s">
+        <v>324</v>
+      </c>
+      <c r="F307" t="s">
+        <v>304</v>
+      </c>
+      <c r="G307" t="s">
+        <v>305</v>
+      </c>
+      <c r="H307" t="s">
+        <v>325</v>
+      </c>
+      <c r="K307">
         <v>0</v>
       </c>
-      <c r="L307" s="0">
+      <c r="L307">
         <v>2</v>
       </c>
     </row>
-    <row outlineLevel="0" r="308">
-[...15 lines deleted...]
-      <c r="D308" s="0">
+    <row r="308" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A308" t="s">
+        <v>219</v>
+      </c>
+      <c r="B308" t="s">
+        <v>326</v>
+      </c>
+      <c r="C308" t="s">
+        <v>327</v>
+      </c>
+      <c r="D308">
         <v>71</v>
       </c>
-      <c r="E308" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L308" s="0">
+      <c r="E308" t="s">
+        <v>324</v>
+      </c>
+      <c r="F308" t="s">
+        <v>304</v>
+      </c>
+      <c r="G308" t="s">
+        <v>305</v>
+      </c>
+      <c r="H308" t="s">
+        <v>328</v>
+      </c>
+      <c r="K308">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L308">
         <v>4</v>
       </c>
     </row>
-    <row outlineLevel="0" r="309">
-[...15 lines deleted...]
-      <c r="D309" s="0">
+    <row r="309" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>219</v>
+      </c>
+      <c r="B309" t="s">
+        <v>329</v>
+      </c>
+      <c r="C309" t="s">
+        <v>330</v>
+      </c>
+      <c r="D309">
         <v>72</v>
       </c>
-      <c r="E309" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K309" s="0">
+      <c r="E309" t="s">
+        <v>324</v>
+      </c>
+      <c r="F309" t="s">
+        <v>304</v>
+      </c>
+      <c r="G309" t="s">
+        <v>305</v>
+      </c>
+      <c r="H309" t="s">
+        <v>325</v>
+      </c>
+      <c r="K309">
         <v>0</v>
       </c>
-      <c r="L309" s="0">
+      <c r="L309">
         <v>4</v>
       </c>
     </row>
-    <row outlineLevel="0" r="310">
-[...15 lines deleted...]
-      <c r="D310" s="0">
+    <row r="310" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>219</v>
+      </c>
+      <c r="B310" t="s">
+        <v>331</v>
+      </c>
+      <c r="C310" t="s">
+        <v>332</v>
+      </c>
+      <c r="D310">
         <v>103</v>
       </c>
-      <c r="E310" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K310" s="0">
+      <c r="E310" t="s">
+        <v>308</v>
+      </c>
+      <c r="F310" t="s">
+        <v>304</v>
+      </c>
+      <c r="G310" t="s">
+        <v>305</v>
+      </c>
+      <c r="H310" t="s">
+        <v>333</v>
+      </c>
+      <c r="K310">
         <v>1.5</v>
       </c>
-      <c r="L310" s="0">
+      <c r="L310">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="311">
-[...15 lines deleted...]
-      <c r="D311" s="0">
+    <row r="311" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>219</v>
+      </c>
+      <c r="B311" t="s">
+        <v>334</v>
+      </c>
+      <c r="C311" t="s">
+        <v>335</v>
+      </c>
+      <c r="D311">
         <v>132</v>
       </c>
-      <c r="E311" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K311" s="0">
+      <c r="E311" t="s">
+        <v>308</v>
+      </c>
+      <c r="F311" t="s">
+        <v>304</v>
+      </c>
+      <c r="G311" t="s">
+        <v>305</v>
+      </c>
+      <c r="H311" t="s">
+        <v>336</v>
+      </c>
+      <c r="K311">
         <v>5</v>
       </c>
-      <c r="L311" s="0">
+      <c r="L311">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="312">
-[...15 lines deleted...]
-      <c r="D312" s="0">
+    <row r="312" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>219</v>
+      </c>
+      <c r="B312" t="s">
+        <v>337</v>
+      </c>
+      <c r="C312" t="s">
+        <v>338</v>
+      </c>
+      <c r="D312">
         <v>126</v>
       </c>
-      <c r="E312" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K312" s="0">
+      <c r="E312" t="s">
+        <v>308</v>
+      </c>
+      <c r="F312" t="s">
+        <v>304</v>
+      </c>
+      <c r="G312" t="s">
+        <v>305</v>
+      </c>
+      <c r="H312" t="s">
+        <v>339</v>
+      </c>
+      <c r="K312">
         <v>5.5</v>
       </c>
-      <c r="L312" s="0">
+      <c r="L312">
         <v>0</v>
       </c>
     </row>
-    <row outlineLevel="0" r="313">
-[...15 lines deleted...]
-      <c r="D313" s="0">
+    <row r="313" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>219</v>
+      </c>
+      <c r="B313" t="s">
+        <v>340</v>
+      </c>
+      <c r="C313" t="s">
+        <v>341</v>
+      </c>
+      <c r="D313">
         <v>127</v>
       </c>
-      <c r="E313" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K313" s="0">
+      <c r="E313" t="s">
+        <v>308</v>
+      </c>
+      <c r="F313" t="s">
+        <v>304</v>
+      </c>
+      <c r="G313" t="s">
+        <v>305</v>
+      </c>
+      <c r="H313" t="s">
+        <v>55</v>
+      </c>
+      <c r="K313">
         <v>4</v>
       </c>
-      <c r="L313" s="0">
+      <c r="L313">
         <v>4</v>
       </c>
     </row>
-    <row outlineLevel="0" r="314">
-[...15 lines deleted...]
-      <c r="D314" s="0">
+    <row r="314" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>219</v>
+      </c>
+      <c r="B314" t="s">
+        <v>342</v>
+      </c>
+      <c r="C314" t="s">
+        <v>343</v>
+      </c>
+      <c r="D314">
         <v>536</v>
       </c>
-      <c r="E314" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D315" s="0">
+      <c r="E314" t="s">
+        <v>308</v>
+      </c>
+      <c r="F314" t="s">
+        <v>304</v>
+      </c>
+      <c r="G314" t="s">
+        <v>305</v>
+      </c>
+      <c r="H314" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="315" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>219</v>
+      </c>
+      <c r="B315" t="s">
+        <v>344</v>
+      </c>
+      <c r="C315" t="s">
+        <v>345</v>
+      </c>
+      <c r="D315">
         <v>537</v>
       </c>
-      <c r="E315" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D316" s="0">
+      <c r="E315" t="s">
+        <v>308</v>
+      </c>
+      <c r="F315" t="s">
+        <v>304</v>
+      </c>
+      <c r="G315" t="s">
+        <v>305</v>
+      </c>
+      <c r="H315" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="316" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A316" t="s">
+        <v>219</v>
+      </c>
+      <c r="B316" t="s">
+        <v>346</v>
+      </c>
+      <c r="C316" t="s">
+        <v>347</v>
+      </c>
+      <c r="D316">
         <v>151</v>
       </c>
-      <c r="E316" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L316" s="0">
+      <c r="E316" t="s">
+        <v>68</v>
+      </c>
+      <c r="F316" t="s">
+        <v>198</v>
+      </c>
+      <c r="G316" t="s">
+        <v>199</v>
+      </c>
+      <c r="H316" t="s">
+        <v>222</v>
+      </c>
+      <c r="K316">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L316">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="317">
-[...15 lines deleted...]
-      <c r="D317" s="0">
+    <row r="317" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A317" t="s">
+        <v>219</v>
+      </c>
+      <c r="B317" t="s">
+        <v>348</v>
+      </c>
+      <c r="C317" t="s">
+        <v>349</v>
+      </c>
+      <c r="D317">
         <v>70</v>
       </c>
-      <c r="E317" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D318" s="0">
+      <c r="E317" t="s">
+        <v>68</v>
+      </c>
+      <c r="F317" t="s">
+        <v>198</v>
+      </c>
+      <c r="G317" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="318" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A318" t="s">
+        <v>219</v>
+      </c>
+      <c r="B318" t="s">
+        <v>350</v>
+      </c>
+      <c r="C318" t="s">
+        <v>351</v>
+      </c>
+      <c r="D318">
         <v>69</v>
       </c>
-      <c r="E318" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L318" s="0">
+      <c r="E318" t="s">
+        <v>68</v>
+      </c>
+      <c r="F318" t="s">
+        <v>198</v>
+      </c>
+      <c r="G318" t="s">
+        <v>199</v>
+      </c>
+      <c r="K318">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L318">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="319">
-[...15 lines deleted...]
-      <c r="D319" s="0">
+    <row r="319" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A319" t="s">
+        <v>219</v>
+      </c>
+      <c r="B319" t="s">
+        <v>195</v>
+      </c>
+      <c r="C319" t="s">
+        <v>196</v>
+      </c>
+      <c r="D319">
         <v>367</v>
       </c>
-      <c r="E319" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D320" s="0">
+      <c r="E319" t="s">
+        <v>197</v>
+      </c>
+      <c r="F319" t="s">
+        <v>198</v>
+      </c>
+      <c r="G319" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="320" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A320" t="s">
+        <v>219</v>
+      </c>
+      <c r="B320" t="s">
+        <v>200</v>
+      </c>
+      <c r="D320">
         <v>368</v>
       </c>
-      <c r="E320" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D321" s="0">
+      <c r="E320" t="s">
+        <v>201</v>
+      </c>
+      <c r="F320" t="s">
+        <v>198</v>
+      </c>
+      <c r="G320" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A321" t="s">
+        <v>219</v>
+      </c>
+      <c r="B321" t="s">
+        <v>352</v>
+      </c>
+      <c r="C321" t="s">
+        <v>353</v>
+      </c>
+      <c r="D321">
         <v>129</v>
       </c>
-      <c r="E321" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D322" s="0">
+      <c r="E321" t="s">
+        <v>68</v>
+      </c>
+      <c r="F321" t="s">
+        <v>198</v>
+      </c>
+      <c r="G321" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A322" t="s">
+        <v>219</v>
+      </c>
+      <c r="B322" t="s">
+        <v>354</v>
+      </c>
+      <c r="C322" t="s">
+        <v>355</v>
+      </c>
+      <c r="D322">
         <v>128</v>
       </c>
-      <c r="E322" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D323" s="0">
+      <c r="E322" t="s">
+        <v>68</v>
+      </c>
+      <c r="F322" t="s">
+        <v>198</v>
+      </c>
+      <c r="G322" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A323" t="s">
+        <v>219</v>
+      </c>
+      <c r="B323" t="s">
+        <v>356</v>
+      </c>
+      <c r="C323" t="s">
+        <v>356</v>
+      </c>
+      <c r="D323">
         <v>133</v>
       </c>
-      <c r="E323" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L323" s="0">
+      <c r="E323" t="s">
+        <v>308</v>
+      </c>
+      <c r="F323" t="s">
+        <v>198</v>
+      </c>
+      <c r="G323" t="s">
+        <v>199</v>
+      </c>
+      <c r="H323" t="s">
+        <v>81</v>
+      </c>
+      <c r="K323">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L323">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="324">
-[...15 lines deleted...]
-      <c r="D324" s="0">
+    <row r="324" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A324" t="s">
+        <v>219</v>
+      </c>
+      <c r="B324" t="s">
+        <v>357</v>
+      </c>
+      <c r="C324" t="s">
+        <v>358</v>
+      </c>
+      <c r="D324">
         <v>124</v>
       </c>
-      <c r="E324" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D325" s="0">
+      <c r="E324" t="s">
+        <v>68</v>
+      </c>
+      <c r="F324" t="s">
+        <v>139</v>
+      </c>
+      <c r="G324" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A325" t="s">
+        <v>219</v>
+      </c>
+      <c r="B325" t="s">
+        <v>360</v>
+      </c>
+      <c r="C325" t="s">
+        <v>361</v>
+      </c>
+      <c r="D325">
         <v>191</v>
       </c>
-      <c r="E325" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K325" s="0">
+      <c r="E325" t="s">
+        <v>362</v>
+      </c>
+      <c r="F325" t="s">
+        <v>363</v>
+      </c>
+      <c r="G325" t="s">
+        <v>364</v>
+      </c>
+      <c r="H325" t="s">
+        <v>147</v>
+      </c>
+      <c r="K325">
         <v>2</v>
       </c>
-      <c r="L325" s="0">
+      <c r="L325">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="326">
-[...15 lines deleted...]
-      <c r="D326" s="0">
+    <row r="326" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A326" t="s">
+        <v>219</v>
+      </c>
+      <c r="B326" t="s">
+        <v>48</v>
+      </c>
+      <c r="C326" t="s">
+        <v>49</v>
+      </c>
+      <c r="D326">
         <v>196</v>
       </c>
-      <c r="E326" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D327" s="0">
+      <c r="E326" t="s">
+        <v>362</v>
+      </c>
+      <c r="F326" t="s">
+        <v>363</v>
+      </c>
+      <c r="G326" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="327" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A327" t="s">
+        <v>219</v>
+      </c>
+      <c r="B327" t="s">
+        <v>53</v>
+      </c>
+      <c r="C327" t="s">
+        <v>54</v>
+      </c>
+      <c r="D327">
         <v>195</v>
       </c>
-      <c r="E327" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K327" s="0">
+      <c r="E327" t="s">
+        <v>362</v>
+      </c>
+      <c r="F327" t="s">
+        <v>363</v>
+      </c>
+      <c r="G327" t="s">
+        <v>364</v>
+      </c>
+      <c r="H327" t="s">
+        <v>147</v>
+      </c>
+      <c r="K327">
         <v>0</v>
       </c>
-      <c r="L327" s="0">
+      <c r="L327">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="328">
-[...15 lines deleted...]
-      <c r="D328" s="0">
+    <row r="328" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A328" t="s">
+        <v>219</v>
+      </c>
+      <c r="B328" t="s">
+        <v>44</v>
+      </c>
+      <c r="C328" t="s">
+        <v>45</v>
+      </c>
+      <c r="D328">
         <v>193</v>
       </c>
-      <c r="E328" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K328" s="0">
+      <c r="E328" t="s">
+        <v>362</v>
+      </c>
+      <c r="F328" t="s">
+        <v>363</v>
+      </c>
+      <c r="G328" t="s">
+        <v>364</v>
+      </c>
+      <c r="H328" t="s">
+        <v>365</v>
+      </c>
+      <c r="K328">
         <v>0</v>
       </c>
-      <c r="L328" s="0">
+      <c r="L328">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="329">
-[...15 lines deleted...]
-      <c r="D329" s="0">
+    <row r="329" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A329" t="s">
+        <v>219</v>
+      </c>
+      <c r="B329" t="s">
+        <v>58</v>
+      </c>
+      <c r="C329" t="s">
+        <v>59</v>
+      </c>
+      <c r="D329">
         <v>194</v>
       </c>
-      <c r="E329" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L329" s="0">
+      <c r="E329" t="s">
+        <v>362</v>
+      </c>
+      <c r="F329" t="s">
+        <v>363</v>
+      </c>
+      <c r="G329" t="s">
+        <v>364</v>
+      </c>
+      <c r="H329" t="s">
+        <v>263</v>
+      </c>
+      <c r="K329">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L329">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="330">
-[...15 lines deleted...]
-      <c r="D330" s="0">
+    <row r="330" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A330" t="s">
+        <v>219</v>
+      </c>
+      <c r="B330" t="s">
+        <v>46</v>
+      </c>
+      <c r="C330" t="s">
+        <v>47</v>
+      </c>
+      <c r="D330">
         <v>192</v>
       </c>
-      <c r="E330" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K330" s="0">
+      <c r="E330" t="s">
+        <v>362</v>
+      </c>
+      <c r="F330" t="s">
+        <v>363</v>
+      </c>
+      <c r="G330" t="s">
+        <v>364</v>
+      </c>
+      <c r="H330" t="s">
+        <v>278</v>
+      </c>
+      <c r="K330">
         <v>0</v>
       </c>
-      <c r="L330" s="0">
+      <c r="L330">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="331">
-[...15 lines deleted...]
-      <c r="D331" s="0">
+    <row r="331" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A331" t="s">
+        <v>219</v>
+      </c>
+      <c r="B331" t="s">
+        <v>360</v>
+      </c>
+      <c r="C331" t="s">
+        <v>361</v>
+      </c>
+      <c r="D331">
         <v>197</v>
       </c>
-      <c r="E331" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K331" s="0">
+      <c r="E331" t="s">
+        <v>362</v>
+      </c>
+      <c r="F331" t="s">
+        <v>366</v>
+      </c>
+      <c r="G331" t="s">
+        <v>367</v>
+      </c>
+      <c r="H331" t="s">
+        <v>52</v>
+      </c>
+      <c r="K331">
         <v>3</v>
       </c>
-      <c r="L331" s="0">
+      <c r="L331">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="332">
-[...15 lines deleted...]
-      <c r="D332" s="0">
+    <row r="332" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A332" t="s">
+        <v>219</v>
+      </c>
+      <c r="B332" t="s">
+        <v>48</v>
+      </c>
+      <c r="C332" t="s">
+        <v>49</v>
+      </c>
+      <c r="D332">
         <v>202</v>
       </c>
-      <c r="E332" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D333" s="0">
+      <c r="E332" t="s">
+        <v>362</v>
+      </c>
+      <c r="F332" t="s">
+        <v>366</v>
+      </c>
+      <c r="G332" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="333" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A333" t="s">
+        <v>219</v>
+      </c>
+      <c r="B333" t="s">
+        <v>53</v>
+      </c>
+      <c r="C333" t="s">
+        <v>54</v>
+      </c>
+      <c r="D333">
         <v>201</v>
       </c>
-      <c r="E333" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D334" s="0">
+      <c r="E333" t="s">
+        <v>362</v>
+      </c>
+      <c r="F333" t="s">
+        <v>366</v>
+      </c>
+      <c r="G333" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="334" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A334" t="s">
+        <v>219</v>
+      </c>
+      <c r="B334" t="s">
+        <v>44</v>
+      </c>
+      <c r="C334" t="s">
+        <v>45</v>
+      </c>
+      <c r="D334">
         <v>199</v>
       </c>
-      <c r="E334" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L334" s="0">
+      <c r="E334" t="s">
+        <v>362</v>
+      </c>
+      <c r="F334" t="s">
+        <v>366</v>
+      </c>
+      <c r="G334" t="s">
+        <v>367</v>
+      </c>
+      <c r="H334" t="s">
+        <v>78</v>
+      </c>
+      <c r="K334">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L334">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="335">
-[...15 lines deleted...]
-      <c r="D335" s="0">
+    <row r="335" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A335" t="s">
+        <v>219</v>
+      </c>
+      <c r="B335" t="s">
+        <v>58</v>
+      </c>
+      <c r="C335" t="s">
+        <v>59</v>
+      </c>
+      <c r="D335">
         <v>200</v>
       </c>
-      <c r="E335" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D336" s="0">
+      <c r="E335" t="s">
+        <v>362</v>
+      </c>
+      <c r="F335" t="s">
+        <v>366</v>
+      </c>
+      <c r="G335" t="s">
+        <v>367</v>
+      </c>
+      <c r="H335" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="336" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A336" t="s">
+        <v>219</v>
+      </c>
+      <c r="B336" t="s">
+        <v>46</v>
+      </c>
+      <c r="C336" t="s">
+        <v>47</v>
+      </c>
+      <c r="D336">
         <v>198</v>
       </c>
-      <c r="E336" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D337" s="0">
+      <c r="E336" t="s">
+        <v>362</v>
+      </c>
+      <c r="F336" t="s">
+        <v>366</v>
+      </c>
+      <c r="G336" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="337" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A337" t="s">
+        <v>219</v>
+      </c>
+      <c r="B337" t="s">
+        <v>360</v>
+      </c>
+      <c r="C337" t="s">
+        <v>361</v>
+      </c>
+      <c r="D337">
         <v>203</v>
       </c>
-      <c r="E337" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D338" s="0">
+      <c r="E337" t="s">
+        <v>362</v>
+      </c>
+      <c r="F337" t="s">
+        <v>368</v>
+      </c>
+      <c r="G337" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="338" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A338" t="s">
+        <v>219</v>
+      </c>
+      <c r="B338" t="s">
+        <v>48</v>
+      </c>
+      <c r="C338" t="s">
+        <v>49</v>
+      </c>
+      <c r="D338">
         <v>208</v>
       </c>
-      <c r="E338" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K338" s="0">
+      <c r="E338" t="s">
+        <v>362</v>
+      </c>
+      <c r="F338" t="s">
+        <v>368</v>
+      </c>
+      <c r="G338" t="s">
+        <v>369</v>
+      </c>
+      <c r="H338" t="s">
+        <v>370</v>
+      </c>
+      <c r="K338">
         <v>0</v>
       </c>
-      <c r="L338" s="0">
+      <c r="L338">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="339">
-[...15 lines deleted...]
-      <c r="D339" s="0">
+    <row r="339" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A339" t="s">
+        <v>219</v>
+      </c>
+      <c r="B339" t="s">
+        <v>53</v>
+      </c>
+      <c r="C339" t="s">
+        <v>54</v>
+      </c>
+      <c r="D339">
         <v>207</v>
       </c>
-      <c r="E339" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L339" s="0">
+      <c r="E339" t="s">
+        <v>362</v>
+      </c>
+      <c r="F339" t="s">
+        <v>368</v>
+      </c>
+      <c r="G339" t="s">
+        <v>369</v>
+      </c>
+      <c r="H339" t="s">
+        <v>151</v>
+      </c>
+      <c r="K339">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L339">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="340">
-[...15 lines deleted...]
-      <c r="D340" s="0">
+    <row r="340" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A340" t="s">
+        <v>219</v>
+      </c>
+      <c r="B340" t="s">
+        <v>56</v>
+      </c>
+      <c r="C340" t="s">
+        <v>57</v>
+      </c>
+      <c r="D340">
         <v>211</v>
       </c>
-      <c r="E340" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K340" s="0">
+      <c r="E340" t="s">
+        <v>362</v>
+      </c>
+      <c r="F340" t="s">
+        <v>368</v>
+      </c>
+      <c r="G340" t="s">
+        <v>369</v>
+      </c>
+      <c r="K340">
         <v>0</v>
       </c>
-      <c r="L340" s="0">
+      <c r="L340">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="341">
-[...15 lines deleted...]
-      <c r="D341" s="0">
+    <row r="341" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A341" t="s">
+        <v>219</v>
+      </c>
+      <c r="B341" t="s">
+        <v>371</v>
+      </c>
+      <c r="C341" t="s">
+        <v>29</v>
+      </c>
+      <c r="D341">
         <v>209</v>
       </c>
-      <c r="E341" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D342" s="0">
+      <c r="E341" t="s">
+        <v>362</v>
+      </c>
+      <c r="F341" t="s">
+        <v>368</v>
+      </c>
+      <c r="G341" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="342" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A342" t="s">
+        <v>219</v>
+      </c>
+      <c r="B342" t="s">
+        <v>44</v>
+      </c>
+      <c r="C342" t="s">
+        <v>45</v>
+      </c>
+      <c r="D342">
         <v>205</v>
       </c>
-      <c r="E342" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K342" s="0">
+      <c r="E342" t="s">
+        <v>362</v>
+      </c>
+      <c r="F342" t="s">
+        <v>368</v>
+      </c>
+      <c r="G342" t="s">
+        <v>369</v>
+      </c>
+      <c r="H342" t="s">
+        <v>372</v>
+      </c>
+      <c r="K342">
         <v>0</v>
       </c>
-      <c r="L342" s="0">
+      <c r="L342">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="343">
-[...15 lines deleted...]
-      <c r="D343" s="0">
+    <row r="343" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A343" t="s">
+        <v>219</v>
+      </c>
+      <c r="B343" t="s">
+        <v>58</v>
+      </c>
+      <c r="C343" t="s">
+        <v>59</v>
+      </c>
+      <c r="D343">
         <v>206</v>
       </c>
-      <c r="E343" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K343" s="0">
+      <c r="E343" t="s">
+        <v>362</v>
+      </c>
+      <c r="F343" t="s">
+        <v>368</v>
+      </c>
+      <c r="G343" t="s">
+        <v>369</v>
+      </c>
+      <c r="H343" t="s">
+        <v>90</v>
+      </c>
+      <c r="K343">
         <v>0</v>
       </c>
-      <c r="L343" s="0">
+      <c r="L343">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="344">
-[...15 lines deleted...]
-      <c r="D344" s="0">
+    <row r="344" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A344" t="s">
+        <v>219</v>
+      </c>
+      <c r="B344" t="s">
+        <v>91</v>
+      </c>
+      <c r="C344" t="s">
+        <v>92</v>
+      </c>
+      <c r="D344">
         <v>210</v>
       </c>
-      <c r="E344" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K344" s="0">
+      <c r="E344" t="s">
+        <v>362</v>
+      </c>
+      <c r="F344" t="s">
+        <v>368</v>
+      </c>
+      <c r="G344" t="s">
+        <v>369</v>
+      </c>
+      <c r="H344" t="s">
+        <v>288</v>
+      </c>
+      <c r="K344">
         <v>0</v>
       </c>
-      <c r="L344" s="0">
+      <c r="L344">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="345">
-[...15 lines deleted...]
-      <c r="D345" s="0">
+    <row r="345" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A345" t="s">
+        <v>219</v>
+      </c>
+      <c r="B345" t="s">
+        <v>46</v>
+      </c>
+      <c r="C345" t="s">
+        <v>47</v>
+      </c>
+      <c r="D345">
         <v>204</v>
       </c>
-      <c r="E345" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K345" s="0">
+      <c r="E345" t="s">
+        <v>362</v>
+      </c>
+      <c r="F345" t="s">
+        <v>368</v>
+      </c>
+      <c r="G345" t="s">
+        <v>369</v>
+      </c>
+      <c r="H345" t="s">
+        <v>373</v>
+      </c>
+      <c r="K345">
         <v>0</v>
       </c>
-      <c r="L345" s="0">
+      <c r="L345">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="346">
-[...15 lines deleted...]
-      <c r="D346" s="0">
+    <row r="346" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A346" t="s">
+        <v>219</v>
+      </c>
+      <c r="B346" t="s">
+        <v>360</v>
+      </c>
+      <c r="C346" t="s">
+        <v>361</v>
+      </c>
+      <c r="D346">
         <v>212</v>
       </c>
-      <c r="E346" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D347" s="0">
+      <c r="E346" t="s">
+        <v>362</v>
+      </c>
+      <c r="F346" t="s">
+        <v>374</v>
+      </c>
+      <c r="G346" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="347" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A347" t="s">
+        <v>219</v>
+      </c>
+      <c r="B347" t="s">
+        <v>48</v>
+      </c>
+      <c r="C347" t="s">
+        <v>49</v>
+      </c>
+      <c r="D347">
         <v>218</v>
       </c>
-      <c r="E347" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D348" s="0">
+      <c r="E347" t="s">
+        <v>362</v>
+      </c>
+      <c r="F347" t="s">
+        <v>374</v>
+      </c>
+      <c r="G347" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="348" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A348" t="s">
+        <v>219</v>
+      </c>
+      <c r="B348" t="s">
+        <v>53</v>
+      </c>
+      <c r="C348" t="s">
+        <v>54</v>
+      </c>
+      <c r="D348">
         <v>216</v>
       </c>
-      <c r="E348" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D349" s="0">
+      <c r="E348" t="s">
+        <v>362</v>
+      </c>
+      <c r="F348" t="s">
+        <v>374</v>
+      </c>
+      <c r="G348" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="349" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A349" t="s">
+        <v>219</v>
+      </c>
+      <c r="B349" t="s">
+        <v>56</v>
+      </c>
+      <c r="C349" t="s">
+        <v>57</v>
+      </c>
+      <c r="D349">
         <v>217</v>
       </c>
-      <c r="E349" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D350" s="0">
+      <c r="E349" t="s">
+        <v>362</v>
+      </c>
+      <c r="F349" t="s">
+        <v>374</v>
+      </c>
+      <c r="G349" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="350" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A350" t="s">
+        <v>219</v>
+      </c>
+      <c r="B350" t="s">
+        <v>371</v>
+      </c>
+      <c r="C350" t="s">
+        <v>29</v>
+      </c>
+      <c r="D350">
         <v>220</v>
       </c>
-      <c r="E350" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D351" s="0">
+      <c r="E350" t="s">
+        <v>362</v>
+      </c>
+      <c r="F350" t="s">
+        <v>374</v>
+      </c>
+      <c r="G350" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="351" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A351" t="s">
+        <v>219</v>
+      </c>
+      <c r="B351" t="s">
+        <v>44</v>
+      </c>
+      <c r="C351" t="s">
+        <v>45</v>
+      </c>
+      <c r="D351">
         <v>214</v>
       </c>
-      <c r="E351" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D352" s="0">
+      <c r="E351" t="s">
+        <v>362</v>
+      </c>
+      <c r="F351" t="s">
+        <v>374</v>
+      </c>
+      <c r="G351" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="352" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A352" t="s">
+        <v>219</v>
+      </c>
+      <c r="B352" t="s">
+        <v>58</v>
+      </c>
+      <c r="C352" t="s">
+        <v>59</v>
+      </c>
+      <c r="D352">
         <v>215</v>
       </c>
-      <c r="E352" s="0" t="inlineStr">
-[...72 lines deleted...]
-      <c r="D354" s="0">
+      <c r="E352" t="s">
+        <v>362</v>
+      </c>
+      <c r="F352" t="s">
+        <v>374</v>
+      </c>
+      <c r="G352" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="353" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A353" t="s">
+        <v>219</v>
+      </c>
+      <c r="B353" t="s">
+        <v>91</v>
+      </c>
+      <c r="C353" t="s">
+        <v>92</v>
+      </c>
+      <c r="D353">
+        <v>219</v>
+      </c>
+      <c r="E353" t="s">
+        <v>362</v>
+      </c>
+      <c r="F353" t="s">
+        <v>374</v>
+      </c>
+      <c r="G353" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="354" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A354" t="s">
+        <v>219</v>
+      </c>
+      <c r="B354" t="s">
+        <v>46</v>
+      </c>
+      <c r="C354" t="s">
+        <v>47</v>
+      </c>
+      <c r="D354">
         <v>213</v>
       </c>
-      <c r="E354" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D355" s="0">
+      <c r="E354" t="s">
+        <v>362</v>
+      </c>
+      <c r="F354" t="s">
+        <v>374</v>
+      </c>
+      <c r="G354" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="355" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A355" t="s">
+        <v>219</v>
+      </c>
+      <c r="B355" t="s">
+        <v>360</v>
+      </c>
+      <c r="C355" t="s">
+        <v>361</v>
+      </c>
+      <c r="D355">
         <v>221</v>
       </c>
-      <c r="E355" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K355" s="0">
+      <c r="E355" t="s">
+        <v>362</v>
+      </c>
+      <c r="F355" t="s">
+        <v>376</v>
+      </c>
+      <c r="G355" t="s">
+        <v>377</v>
+      </c>
+      <c r="H355" t="s">
+        <v>138</v>
+      </c>
+      <c r="K355">
         <v>0</v>
       </c>
-      <c r="L355" s="0">
+      <c r="L355">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="356">
-[...15 lines deleted...]
-      <c r="D356" s="0">
+    <row r="356" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A356" t="s">
+        <v>219</v>
+      </c>
+      <c r="B356" t="s">
+        <v>48</v>
+      </c>
+      <c r="C356" t="s">
+        <v>49</v>
+      </c>
+      <c r="D356">
         <v>226</v>
       </c>
-      <c r="E356" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L356" s="0">
+      <c r="E356" t="s">
+        <v>362</v>
+      </c>
+      <c r="F356" t="s">
+        <v>376</v>
+      </c>
+      <c r="G356" t="s">
+        <v>377</v>
+      </c>
+      <c r="K356">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L356">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="357">
-[...15 lines deleted...]
-      <c r="D357" s="0">
+    <row r="357" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A357" t="s">
+        <v>219</v>
+      </c>
+      <c r="B357" t="s">
+        <v>53</v>
+      </c>
+      <c r="C357" t="s">
+        <v>54</v>
+      </c>
+      <c r="D357">
         <v>224</v>
       </c>
-      <c r="E357" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K357" s="0">
+      <c r="E357" t="s">
+        <v>362</v>
+      </c>
+      <c r="F357" t="s">
+        <v>376</v>
+      </c>
+      <c r="G357" t="s">
+        <v>377</v>
+      </c>
+      <c r="H357" t="s">
+        <v>138</v>
+      </c>
+      <c r="K357">
         <v>0</v>
       </c>
-      <c r="L357" s="0">
+      <c r="L357">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="358">
-[...15 lines deleted...]
-      <c r="D358" s="0">
+    <row r="358" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
+        <v>219</v>
+      </c>
+      <c r="B358" t="s">
+        <v>56</v>
+      </c>
+      <c r="C358" t="s">
+        <v>57</v>
+      </c>
+      <c r="D358">
         <v>227</v>
       </c>
-      <c r="E358" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K358" s="0">
+      <c r="E358" t="s">
+        <v>362</v>
+      </c>
+      <c r="F358" t="s">
+        <v>376</v>
+      </c>
+      <c r="G358" t="s">
+        <v>377</v>
+      </c>
+      <c r="K358">
         <v>0</v>
       </c>
-      <c r="L358" s="0">
+      <c r="L358">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="359">
-[...15 lines deleted...]
-      <c r="D359" s="0">
+    <row r="359" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A359" t="s">
+        <v>219</v>
+      </c>
+      <c r="B359" t="s">
+        <v>371</v>
+      </c>
+      <c r="C359" t="s">
+        <v>29</v>
+      </c>
+      <c r="D359">
         <v>229</v>
       </c>
-      <c r="E359" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D360" s="0">
+      <c r="E359" t="s">
+        <v>362</v>
+      </c>
+      <c r="F359" t="s">
+        <v>376</v>
+      </c>
+      <c r="G359" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="360" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A360" t="s">
+        <v>219</v>
+      </c>
+      <c r="B360" t="s">
+        <v>44</v>
+      </c>
+      <c r="C360" t="s">
+        <v>45</v>
+      </c>
+      <c r="D360">
         <v>223</v>
       </c>
-      <c r="E360" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K360" s="0">
+      <c r="E360" t="s">
+        <v>362</v>
+      </c>
+      <c r="F360" t="s">
+        <v>376</v>
+      </c>
+      <c r="G360" t="s">
+        <v>377</v>
+      </c>
+      <c r="H360" t="s">
+        <v>378</v>
+      </c>
+      <c r="K360">
         <v>0</v>
       </c>
-      <c r="L360" s="0">
+      <c r="L360">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="361">
-[...15 lines deleted...]
-      <c r="D361" s="0">
+    <row r="361" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A361" t="s">
+        <v>219</v>
+      </c>
+      <c r="B361" t="s">
+        <v>58</v>
+      </c>
+      <c r="C361" t="s">
+        <v>59</v>
+      </c>
+      <c r="D361">
         <v>225</v>
       </c>
-      <c r="E361" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K361" s="0">
+      <c r="E361" t="s">
+        <v>362</v>
+      </c>
+      <c r="F361" t="s">
+        <v>376</v>
+      </c>
+      <c r="G361" t="s">
+        <v>377</v>
+      </c>
+      <c r="H361" t="s">
+        <v>379</v>
+      </c>
+      <c r="K361">
         <v>0</v>
       </c>
-      <c r="L361" s="0">
+      <c r="L361">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="362">
-[...15 lines deleted...]
-      <c r="D362" s="0">
+    <row r="362" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A362" t="s">
+        <v>219</v>
+      </c>
+      <c r="B362" t="s">
+        <v>91</v>
+      </c>
+      <c r="C362" t="s">
+        <v>92</v>
+      </c>
+      <c r="D362">
         <v>228</v>
       </c>
-      <c r="E362" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K362" s="0">
+      <c r="E362" t="s">
+        <v>362</v>
+      </c>
+      <c r="F362" t="s">
+        <v>376</v>
+      </c>
+      <c r="G362" t="s">
+        <v>377</v>
+      </c>
+      <c r="H362" t="s">
+        <v>380</v>
+      </c>
+      <c r="K362">
         <v>0</v>
       </c>
-      <c r="L362" s="0">
+      <c r="L362">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="363">
-[...15 lines deleted...]
-      <c r="D363" s="0">
+    <row r="363" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A363" t="s">
+        <v>219</v>
+      </c>
+      <c r="B363" t="s">
+        <v>46</v>
+      </c>
+      <c r="C363" t="s">
+        <v>47</v>
+      </c>
+      <c r="D363">
         <v>222</v>
       </c>
-      <c r="E363" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K363" s="0">
+      <c r="E363" t="s">
+        <v>362</v>
+      </c>
+      <c r="F363" t="s">
+        <v>376</v>
+      </c>
+      <c r="G363" t="s">
+        <v>377</v>
+      </c>
+      <c r="H363" t="s">
+        <v>288</v>
+      </c>
+      <c r="K363">
         <v>0</v>
       </c>
-      <c r="L363" s="0">
+      <c r="L363">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="364">
-[...15 lines deleted...]
-      <c r="D364" s="0">
+    <row r="364" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A364" t="s">
+        <v>219</v>
+      </c>
+      <c r="B364" t="s">
+        <v>360</v>
+      </c>
+      <c r="C364" t="s">
+        <v>361</v>
+      </c>
+      <c r="D364">
         <v>230</v>
       </c>
-      <c r="E364" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K364" s="0">
+      <c r="E364" t="s">
+        <v>362</v>
+      </c>
+      <c r="F364" t="s">
+        <v>381</v>
+      </c>
+      <c r="G364" t="s">
+        <v>382</v>
+      </c>
+      <c r="K364">
         <v>1</v>
       </c>
-      <c r="L364" s="0">
+      <c r="L364">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="365">
-[...15 lines deleted...]
-      <c r="D365" s="0">
+    <row r="365" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A365" t="s">
+        <v>219</v>
+      </c>
+      <c r="B365" t="s">
+        <v>48</v>
+      </c>
+      <c r="C365" t="s">
+        <v>49</v>
+      </c>
+      <c r="D365">
         <v>235</v>
       </c>
-      <c r="E365" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D366" s="0">
+      <c r="E365" t="s">
+        <v>362</v>
+      </c>
+      <c r="F365" t="s">
+        <v>381</v>
+      </c>
+      <c r="G365" t="s">
+        <v>382</v>
+      </c>
+      <c r="H365" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="366" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A366" t="s">
+        <v>219</v>
+      </c>
+      <c r="B366" t="s">
+        <v>53</v>
+      </c>
+      <c r="C366" t="s">
+        <v>54</v>
+      </c>
+      <c r="D366">
         <v>233</v>
       </c>
-      <c r="E366" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L366" s="0">
+      <c r="E366" t="s">
+        <v>362</v>
+      </c>
+      <c r="F366" t="s">
+        <v>381</v>
+      </c>
+      <c r="G366" t="s">
+        <v>382</v>
+      </c>
+      <c r="K366">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L366">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="367">
-[...15 lines deleted...]
-      <c r="D367" s="0">
+    <row r="367" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A367" t="s">
+        <v>219</v>
+      </c>
+      <c r="B367" t="s">
+        <v>56</v>
+      </c>
+      <c r="C367" t="s">
+        <v>57</v>
+      </c>
+      <c r="D367">
         <v>237</v>
       </c>
-      <c r="E367" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D368" s="0">
+      <c r="E367" t="s">
+        <v>362</v>
+      </c>
+      <c r="F367" t="s">
+        <v>381</v>
+      </c>
+      <c r="G367" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="368" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A368" t="s">
+        <v>219</v>
+      </c>
+      <c r="B368" t="s">
+        <v>371</v>
+      </c>
+      <c r="C368" t="s">
+        <v>29</v>
+      </c>
+      <c r="D368">
         <v>236</v>
       </c>
-      <c r="E368" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D369" s="0">
+      <c r="E368" t="s">
+        <v>362</v>
+      </c>
+      <c r="F368" t="s">
+        <v>381</v>
+      </c>
+      <c r="G368" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="369" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A369" t="s">
+        <v>219</v>
+      </c>
+      <c r="B369" t="s">
+        <v>44</v>
+      </c>
+      <c r="C369" t="s">
+        <v>45</v>
+      </c>
+      <c r="D369">
         <v>232</v>
       </c>
-      <c r="E369" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K369" s="0">
+      <c r="E369" t="s">
+        <v>362</v>
+      </c>
+      <c r="F369" t="s">
+        <v>381</v>
+      </c>
+      <c r="G369" t="s">
+        <v>382</v>
+      </c>
+      <c r="H369" t="s">
+        <v>260</v>
+      </c>
+      <c r="K369">
         <v>0</v>
       </c>
-      <c r="L369" s="0">
+      <c r="L369">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="370">
-[...15 lines deleted...]
-      <c r="D370" s="0">
+    <row r="370" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A370" t="s">
+        <v>219</v>
+      </c>
+      <c r="B370" t="s">
+        <v>58</v>
+      </c>
+      <c r="C370" t="s">
+        <v>59</v>
+      </c>
+      <c r="D370">
         <v>234</v>
       </c>
-      <c r="E370" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K370" s="0">
+      <c r="E370" t="s">
+        <v>362</v>
+      </c>
+      <c r="F370" t="s">
+        <v>381</v>
+      </c>
+      <c r="G370" t="s">
+        <v>382</v>
+      </c>
+      <c r="H370" t="s">
+        <v>263</v>
+      </c>
+      <c r="K370">
         <v>0</v>
       </c>
-      <c r="L370" s="0">
+      <c r="L370">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="371">
-[...15 lines deleted...]
-      <c r="D371" s="0">
+    <row r="371" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A371" t="s">
+        <v>219</v>
+      </c>
+      <c r="B371" t="s">
+        <v>91</v>
+      </c>
+      <c r="C371" t="s">
+        <v>92</v>
+      </c>
+      <c r="D371">
         <v>238</v>
       </c>
-      <c r="E371" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D372" s="0">
+      <c r="E371" t="s">
+        <v>362</v>
+      </c>
+      <c r="F371" t="s">
+        <v>381</v>
+      </c>
+      <c r="G371" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="372" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A372" t="s">
+        <v>219</v>
+      </c>
+      <c r="B372" t="s">
+        <v>46</v>
+      </c>
+      <c r="C372" t="s">
+        <v>47</v>
+      </c>
+      <c r="D372">
         <v>231</v>
       </c>
-      <c r="E372" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K372" s="0">
+      <c r="E372" t="s">
+        <v>362</v>
+      </c>
+      <c r="F372" t="s">
+        <v>381</v>
+      </c>
+      <c r="G372" t="s">
+        <v>382</v>
+      </c>
+      <c r="H372" t="s">
+        <v>378</v>
+      </c>
+      <c r="K372">
         <v>0</v>
       </c>
-      <c r="L372" s="0">
+      <c r="L372">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="373">
-[...15 lines deleted...]
-      <c r="D373" s="0">
+    <row r="373" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A373" t="s">
+        <v>219</v>
+      </c>
+      <c r="B373" t="s">
+        <v>48</v>
+      </c>
+      <c r="C373" t="s">
+        <v>49</v>
+      </c>
+      <c r="D373">
         <v>291</v>
       </c>
-      <c r="E373" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K373" s="0">
+      <c r="E373" t="s">
+        <v>68</v>
+      </c>
+      <c r="F373" t="s">
+        <v>383</v>
+      </c>
+      <c r="G373" t="s">
+        <v>384</v>
+      </c>
+      <c r="H373" t="s">
+        <v>116</v>
+      </c>
+      <c r="K373">
         <v>30</v>
       </c>
-      <c r="L373" s="0">
+      <c r="L373">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="374">
-[...15 lines deleted...]
-      <c r="D374" s="0">
+    <row r="374" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A374" t="s">
+        <v>219</v>
+      </c>
+      <c r="B374" t="s">
+        <v>66</v>
+      </c>
+      <c r="C374" t="s">
+        <v>67</v>
+      </c>
+      <c r="D374">
         <v>292</v>
       </c>
-      <c r="E374" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D375" s="0">
+      <c r="E374" t="s">
+        <v>68</v>
+      </c>
+      <c r="F374" t="s">
+        <v>383</v>
+      </c>
+      <c r="G374" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="375" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A375" t="s">
+        <v>219</v>
+      </c>
+      <c r="B375" t="s">
+        <v>124</v>
+      </c>
+      <c r="C375" t="s">
+        <v>125</v>
+      </c>
+      <c r="D375">
         <v>264</v>
       </c>
-      <c r="E375" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L375" s="0">
+      <c r="E375" t="s">
+        <v>68</v>
+      </c>
+      <c r="F375" t="s">
+        <v>383</v>
+      </c>
+      <c r="G375" t="s">
+        <v>384</v>
+      </c>
+      <c r="H375" t="s">
+        <v>81</v>
+      </c>
+      <c r="K375">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L375">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="376">
-[...15 lines deleted...]
-      <c r="D376" s="0">
+    <row r="376" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A376" t="s">
+        <v>219</v>
+      </c>
+      <c r="B376" t="s">
+        <v>53</v>
+      </c>
+      <c r="C376" t="s">
+        <v>54</v>
+      </c>
+      <c r="D376">
         <v>265</v>
       </c>
-      <c r="E376" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K376" s="0">
+      <c r="E376" t="s">
+        <v>68</v>
+      </c>
+      <c r="F376" t="s">
+        <v>383</v>
+      </c>
+      <c r="G376" t="s">
+        <v>384</v>
+      </c>
+      <c r="H376" t="s">
+        <v>169</v>
+      </c>
+      <c r="K376">
         <v>5</v>
       </c>
-      <c r="L376" s="0">
+      <c r="L376">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="377">
-[...15 lines deleted...]
-      <c r="D377" s="0">
+    <row r="377" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A377" t="s">
+        <v>219</v>
+      </c>
+      <c r="B377" t="s">
+        <v>76</v>
+      </c>
+      <c r="C377" t="s">
+        <v>77</v>
+      </c>
+      <c r="D377">
         <v>293</v>
       </c>
-      <c r="E377" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D378" s="0">
+      <c r="E377" t="s">
+        <v>68</v>
+      </c>
+      <c r="F377" t="s">
+        <v>383</v>
+      </c>
+      <c r="G377" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="378" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A378" t="s">
+        <v>219</v>
+      </c>
+      <c r="B378" t="s">
+        <v>82</v>
+      </c>
+      <c r="C378" t="s">
+        <v>83</v>
+      </c>
+      <c r="D378">
         <v>294</v>
       </c>
-      <c r="E378" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D379" s="0">
+      <c r="E378" t="s">
+        <v>68</v>
+      </c>
+      <c r="F378" t="s">
+        <v>383</v>
+      </c>
+      <c r="G378" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="379" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A379" t="s">
+        <v>219</v>
+      </c>
+      <c r="B379" t="s">
+        <v>79</v>
+      </c>
+      <c r="C379" t="s">
+        <v>80</v>
+      </c>
+      <c r="D379">
         <v>445</v>
       </c>
-      <c r="E379" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D380" s="0">
+      <c r="E379" t="s">
+        <v>68</v>
+      </c>
+      <c r="F379" t="s">
+        <v>383</v>
+      </c>
+      <c r="G379" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="380" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A380" t="s">
+        <v>219</v>
+      </c>
+      <c r="B380" t="s">
+        <v>85</v>
+      </c>
+      <c r="C380" t="s">
+        <v>86</v>
+      </c>
+      <c r="D380">
         <v>266</v>
       </c>
-      <c r="E380" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L380" s="0">
+      <c r="E380" t="s">
+        <v>68</v>
+      </c>
+      <c r="F380" t="s">
+        <v>383</v>
+      </c>
+      <c r="G380" t="s">
+        <v>384</v>
+      </c>
+      <c r="H380" t="s">
+        <v>147</v>
+      </c>
+      <c r="K380">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L380">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="381">
-[...15 lines deleted...]
-      <c r="D381" s="0">
+    <row r="381" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A381" t="s">
+        <v>219</v>
+      </c>
+      <c r="B381" t="s">
+        <v>56</v>
+      </c>
+      <c r="C381" t="s">
+        <v>57</v>
+      </c>
+      <c r="D381">
         <v>267</v>
       </c>
-      <c r="E381" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K381" s="0">
+      <c r="E381" t="s">
+        <v>68</v>
+      </c>
+      <c r="F381" t="s">
+        <v>383</v>
+      </c>
+      <c r="G381" t="s">
+        <v>384</v>
+      </c>
+      <c r="H381" t="s">
+        <v>240</v>
+      </c>
+      <c r="K381">
         <v>15</v>
       </c>
-      <c r="L381" s="0">
+      <c r="L381">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="382">
-[...15 lines deleted...]
-      <c r="D382" s="0">
+    <row r="382" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A382" t="s">
+        <v>219</v>
+      </c>
+      <c r="B382" t="s">
+        <v>44</v>
+      </c>
+      <c r="C382" t="s">
+        <v>45</v>
+      </c>
+      <c r="D382">
         <v>268</v>
       </c>
-      <c r="E382" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K382" s="0">
+      <c r="E382" t="s">
+        <v>68</v>
+      </c>
+      <c r="F382" t="s">
+        <v>383</v>
+      </c>
+      <c r="G382" t="s">
+        <v>384</v>
+      </c>
+      <c r="H382" t="s">
+        <v>144</v>
+      </c>
+      <c r="K382">
         <v>7</v>
       </c>
-      <c r="L382" s="0">
+      <c r="L382">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="383">
-[...15 lines deleted...]
-      <c r="D383" s="0">
+    <row r="383" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A383" t="s">
+        <v>219</v>
+      </c>
+      <c r="B383" t="s">
+        <v>58</v>
+      </c>
+      <c r="C383" t="s">
+        <v>59</v>
+      </c>
+      <c r="D383">
         <v>269</v>
       </c>
-      <c r="E383" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K383" s="0">
+      <c r="E383" t="s">
+        <v>68</v>
+      </c>
+      <c r="F383" t="s">
+        <v>383</v>
+      </c>
+      <c r="G383" t="s">
+        <v>384</v>
+      </c>
+      <c r="H383" t="s">
+        <v>385</v>
+      </c>
+      <c r="K383">
         <v>8</v>
       </c>
-      <c r="L383" s="0">
+      <c r="L383">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="384">
-[...15 lines deleted...]
-      <c r="D384" s="0">
+    <row r="384" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A384" t="s">
+        <v>219</v>
+      </c>
+      <c r="B384" t="s">
+        <v>91</v>
+      </c>
+      <c r="C384" t="s">
+        <v>92</v>
+      </c>
+      <c r="D384">
         <v>270</v>
       </c>
-      <c r="E384" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K384" s="0">
+      <c r="E384" t="s">
+        <v>68</v>
+      </c>
+      <c r="F384" t="s">
+        <v>383</v>
+      </c>
+      <c r="G384" t="s">
+        <v>384</v>
+      </c>
+      <c r="H384" t="s">
+        <v>284</v>
+      </c>
+      <c r="K384">
         <v>3</v>
       </c>
-      <c r="L384" s="0">
+      <c r="L384">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="385">
-[...15 lines deleted...]
-      <c r="D385" s="0">
+    <row r="385" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A385" t="s">
+        <v>219</v>
+      </c>
+      <c r="B385" t="s">
+        <v>46</v>
+      </c>
+      <c r="C385" t="s">
+        <v>47</v>
+      </c>
+      <c r="D385">
         <v>271</v>
       </c>
-      <c r="E385" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K385" s="0">
+      <c r="E385" t="s">
+        <v>68</v>
+      </c>
+      <c r="F385" t="s">
+        <v>383</v>
+      </c>
+      <c r="G385" t="s">
+        <v>384</v>
+      </c>
+      <c r="H385" t="s">
+        <v>176</v>
+      </c>
+      <c r="K385">
         <v>4</v>
       </c>
-      <c r="L385" s="0">
+      <c r="L385">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="386">
-[...15 lines deleted...]
-      <c r="D386" s="0">
+    <row r="386" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A386" t="s">
+        <v>219</v>
+      </c>
+      <c r="B386" t="s">
+        <v>61</v>
+      </c>
+      <c r="C386" t="s">
+        <v>62</v>
+      </c>
+      <c r="D386">
         <v>272</v>
       </c>
-      <c r="E386" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K386" s="0">
+      <c r="E386" t="s">
+        <v>68</v>
+      </c>
+      <c r="F386" t="s">
+        <v>383</v>
+      </c>
+      <c r="G386" t="s">
+        <v>384</v>
+      </c>
+      <c r="H386" t="s">
+        <v>194</v>
+      </c>
+      <c r="K386">
         <v>4</v>
       </c>
-      <c r="L386" s="0">
+      <c r="L386">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="387">
-[...15 lines deleted...]
-      <c r="D387" s="0">
+    <row r="387" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A387" t="s">
+        <v>219</v>
+      </c>
+      <c r="B387" t="s">
+        <v>101</v>
+      </c>
+      <c r="C387" t="s">
+        <v>102</v>
+      </c>
+      <c r="D387">
         <v>446</v>
       </c>
-      <c r="E387" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D388" s="0">
+      <c r="E387" t="s">
+        <v>68</v>
+      </c>
+      <c r="F387" t="s">
+        <v>383</v>
+      </c>
+      <c r="G387" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="388" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A388" t="s">
+        <v>219</v>
+      </c>
+      <c r="B388" t="s">
+        <v>99</v>
+      </c>
+      <c r="C388" t="s">
+        <v>100</v>
+      </c>
+      <c r="D388">
         <v>295</v>
       </c>
-      <c r="E388" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D389" s="0">
+      <c r="E388" t="s">
+        <v>68</v>
+      </c>
+      <c r="F388" t="s">
+        <v>383</v>
+      </c>
+      <c r="G388" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="389" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A389" t="s">
+        <v>219</v>
+      </c>
+      <c r="B389" t="s">
+        <v>114</v>
+      </c>
+      <c r="C389" t="s">
+        <v>115</v>
+      </c>
+      <c r="D389">
         <v>273</v>
       </c>
-      <c r="E389" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L389" s="0">
+      <c r="E389" t="s">
+        <v>68</v>
+      </c>
+      <c r="F389" t="s">
+        <v>383</v>
+      </c>
+      <c r="G389" t="s">
+        <v>384</v>
+      </c>
+      <c r="H389" t="s">
+        <v>176</v>
+      </c>
+      <c r="K389">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L389">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="390">
-[...15 lines deleted...]
-      <c r="D390" s="0">
+    <row r="390" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A390" t="s">
+        <v>219</v>
+      </c>
+      <c r="B390" t="s">
+        <v>44</v>
+      </c>
+      <c r="C390" t="s">
+        <v>45</v>
+      </c>
+      <c r="D390">
         <v>246</v>
       </c>
-      <c r="E390" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D391" s="0">
+      <c r="E390" t="s">
+        <v>68</v>
+      </c>
+      <c r="F390" t="s">
+        <v>386</v>
+      </c>
+      <c r="G390" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="391" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A391" t="s">
+        <v>219</v>
+      </c>
+      <c r="B391" t="s">
+        <v>61</v>
+      </c>
+      <c r="C391" t="s">
+        <v>62</v>
+      </c>
+      <c r="D391">
         <v>247</v>
       </c>
-      <c r="E391" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D392" s="0">
+      <c r="E391" t="s">
+        <v>68</v>
+      </c>
+      <c r="F391" t="s">
+        <v>386</v>
+      </c>
+      <c r="G391" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="392" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A392" t="s">
+        <v>219</v>
+      </c>
+      <c r="B392" t="s">
+        <v>44</v>
+      </c>
+      <c r="C392" t="s">
+        <v>45</v>
+      </c>
+      <c r="D392">
         <v>248</v>
       </c>
-      <c r="E392" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K392" s="0">
+      <c r="E392" t="s">
+        <v>68</v>
+      </c>
+      <c r="F392" t="s">
+        <v>388</v>
+      </c>
+      <c r="G392" t="s">
+        <v>389</v>
+      </c>
+      <c r="K392">
         <v>2</v>
       </c>
-      <c r="L392" s="0">
+      <c r="L392">
         <v>3</v>
       </c>
     </row>
-    <row outlineLevel="0" r="393">
-[...15 lines deleted...]
-      <c r="D393" s="0">
+    <row r="393" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A393" t="s">
+        <v>219</v>
+      </c>
+      <c r="B393" t="s">
+        <v>61</v>
+      </c>
+      <c r="C393" t="s">
+        <v>62</v>
+      </c>
+      <c r="D393">
         <v>245</v>
       </c>
-      <c r="E393" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K393" s="0">
+      <c r="E393" t="s">
+        <v>68</v>
+      </c>
+      <c r="F393" t="s">
+        <v>388</v>
+      </c>
+      <c r="G393" t="s">
+        <v>389</v>
+      </c>
+      <c r="K393">
         <v>1</v>
       </c>
-      <c r="L393" s="0">
+      <c r="L393">
         <v>3</v>
       </c>
     </row>
-    <row outlineLevel="0" r="394">
-[...15 lines deleted...]
-      <c r="D394" s="0">
+    <row r="394" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A394" t="s">
+        <v>219</v>
+      </c>
+      <c r="B394" t="s">
+        <v>128</v>
+      </c>
+      <c r="C394" t="s">
+        <v>129</v>
+      </c>
+      <c r="D394">
         <v>284</v>
       </c>
-      <c r="E394" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D395" s="0">
+      <c r="E394" t="s">
+        <v>68</v>
+      </c>
+      <c r="F394" t="s">
+        <v>42</v>
+      </c>
+      <c r="G394" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="395" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A395" t="s">
+        <v>219</v>
+      </c>
+      <c r="B395" t="s">
+        <v>35</v>
+      </c>
+      <c r="C395" t="s">
+        <v>36</v>
+      </c>
+      <c r="D395">
         <v>285</v>
       </c>
-      <c r="E395" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D396" s="0">
+      <c r="E395" t="s">
+        <v>68</v>
+      </c>
+      <c r="F395" t="s">
+        <v>42</v>
+      </c>
+      <c r="G395" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="396" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A396" t="s">
+        <v>219</v>
+      </c>
+      <c r="B396" t="s">
+        <v>139</v>
+      </c>
+      <c r="C396" t="s">
+        <v>140</v>
+      </c>
+      <c r="D396">
         <v>125</v>
       </c>
-      <c r="E396" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D397" s="0">
+      <c r="E396" t="s">
+        <v>68</v>
+      </c>
+      <c r="F396" t="s">
+        <v>42</v>
+      </c>
+      <c r="G396" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="397" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A397" t="s">
+        <v>219</v>
+      </c>
+      <c r="B397" t="s">
+        <v>157</v>
+      </c>
+      <c r="C397" t="s">
+        <v>158</v>
+      </c>
+      <c r="D397">
         <v>286</v>
       </c>
-      <c r="E397" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D398" s="0">
+      <c r="E397" t="s">
+        <v>68</v>
+      </c>
+      <c r="F397" t="s">
+        <v>42</v>
+      </c>
+      <c r="G397" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="398" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A398" t="s">
+        <v>219</v>
+      </c>
+      <c r="B398" t="s">
+        <v>76</v>
+      </c>
+      <c r="C398" t="s">
+        <v>77</v>
+      </c>
+      <c r="D398">
         <v>535</v>
       </c>
-      <c r="E398" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D399" s="0">
+      <c r="E398" t="s">
+        <v>68</v>
+      </c>
+      <c r="F398" t="s">
+        <v>391</v>
+      </c>
+      <c r="G398" t="s">
+        <v>392</v>
+      </c>
+      <c r="H398" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="399" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A399" t="s">
+        <v>219</v>
+      </c>
+      <c r="B399" t="s">
+        <v>85</v>
+      </c>
+      <c r="C399" t="s">
+        <v>86</v>
+      </c>
+      <c r="D399">
         <v>287</v>
       </c>
-      <c r="E399" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L399" s="0">
+      <c r="E399" t="s">
+        <v>68</v>
+      </c>
+      <c r="F399" t="s">
+        <v>391</v>
+      </c>
+      <c r="G399" t="s">
+        <v>392</v>
+      </c>
+      <c r="H399" t="s">
+        <v>173</v>
+      </c>
+      <c r="K399">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L399">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="400">
-[...15 lines deleted...]
-      <c r="D400" s="0">
+    <row r="400" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A400" t="s">
+        <v>219</v>
+      </c>
+      <c r="B400" t="s">
+        <v>56</v>
+      </c>
+      <c r="C400" t="s">
+        <v>57</v>
+      </c>
+      <c r="D400">
         <v>288</v>
       </c>
-      <c r="E400" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K400" s="0">
+      <c r="E400" t="s">
+        <v>68</v>
+      </c>
+      <c r="F400" t="s">
+        <v>391</v>
+      </c>
+      <c r="G400" t="s">
+        <v>392</v>
+      </c>
+      <c r="H400" t="s">
+        <v>144</v>
+      </c>
+      <c r="K400">
         <v>1</v>
       </c>
-      <c r="L400" s="0">
+      <c r="L400">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="401">
-[...15 lines deleted...]
-      <c r="D401" s="0">
+    <row r="401" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A401" t="s">
+        <v>219</v>
+      </c>
+      <c r="B401" t="s">
+        <v>91</v>
+      </c>
+      <c r="C401" t="s">
+        <v>92</v>
+      </c>
+      <c r="D401">
         <v>289</v>
       </c>
-      <c r="E401" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K401" s="0">
+      <c r="E401" t="s">
+        <v>68</v>
+      </c>
+      <c r="F401" t="s">
+        <v>391</v>
+      </c>
+      <c r="G401" t="s">
+        <v>392</v>
+      </c>
+      <c r="H401" t="s">
+        <v>182</v>
+      </c>
+      <c r="K401">
         <v>3</v>
       </c>
-      <c r="L401" s="0">
+      <c r="L401">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="402">
-[...15 lines deleted...]
-      <c r="D402" s="0">
+    <row r="402" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A402" t="s">
+        <v>219</v>
+      </c>
+      <c r="B402" t="s">
+        <v>114</v>
+      </c>
+      <c r="C402" t="s">
+        <v>115</v>
+      </c>
+      <c r="D402">
         <v>290</v>
       </c>
-      <c r="E402" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L402" s="0">
+      <c r="E402" t="s">
+        <v>68</v>
+      </c>
+      <c r="F402" t="s">
+        <v>391</v>
+      </c>
+      <c r="G402" t="s">
+        <v>392</v>
+      </c>
+      <c r="H402" t="s">
+        <v>65</v>
+      </c>
+      <c r="K402">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L402">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="403">
-[...15 lines deleted...]
-      <c r="D403" s="0">
+    <row r="403" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A403" t="s">
+        <v>219</v>
+      </c>
+      <c r="B403" t="s">
+        <v>155</v>
+      </c>
+      <c r="C403" t="s">
+        <v>156</v>
+      </c>
+      <c r="D403">
         <v>296</v>
       </c>
-      <c r="E403" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K403" s="0">
+      <c r="E403" t="s">
+        <v>68</v>
+      </c>
+      <c r="F403" t="s">
+        <v>393</v>
+      </c>
+      <c r="G403" t="s">
+        <v>394</v>
+      </c>
+      <c r="H403" t="s">
+        <v>65</v>
+      </c>
+      <c r="K403">
         <v>2</v>
       </c>
-      <c r="L403" s="0">
+      <c r="L403">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="404">
-[...15 lines deleted...]
-      <c r="D404" s="0">
+    <row r="404" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A404" t="s">
+        <v>219</v>
+      </c>
+      <c r="B404" t="s">
+        <v>157</v>
+      </c>
+      <c r="C404" t="s">
+        <v>158</v>
+      </c>
+      <c r="D404">
         <v>297</v>
       </c>
-      <c r="E404" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K404" s="0">
+      <c r="E404" t="s">
+        <v>68</v>
+      </c>
+      <c r="F404" t="s">
+        <v>393</v>
+      </c>
+      <c r="G404" t="s">
+        <v>394</v>
+      </c>
+      <c r="H404" t="s">
+        <v>284</v>
+      </c>
+      <c r="K404">
         <v>1.5</v>
       </c>
-      <c r="L404" s="0">
+      <c r="L404">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="405">
-[...15 lines deleted...]
-      <c r="D405" s="0">
+    <row r="405" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A405" t="s">
+        <v>219</v>
+      </c>
+      <c r="B405" t="s">
+        <v>395</v>
+      </c>
+      <c r="C405" t="s">
+        <v>395</v>
+      </c>
+      <c r="D405">
         <v>539</v>
       </c>
-      <c r="E405" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D406" s="0">
+      <c r="E405" t="s">
+        <v>362</v>
+      </c>
+      <c r="F405" t="s">
+        <v>393</v>
+      </c>
+      <c r="G405" t="s">
+        <v>394</v>
+      </c>
+      <c r="H405" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="406" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A406" t="s">
+        <v>219</v>
+      </c>
+      <c r="B406" t="s">
+        <v>396</v>
+      </c>
+      <c r="C406" t="s">
+        <v>397</v>
+      </c>
+      <c r="D406">
         <v>363</v>
       </c>
-      <c r="E406" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D407" s="0">
+      <c r="E406" t="s">
+        <v>68</v>
+      </c>
+      <c r="F406" t="s">
+        <v>398</v>
+      </c>
+      <c r="G406" t="s">
+        <v>399</v>
+      </c>
+      <c r="H406" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="407" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A407" t="s">
+        <v>219</v>
+      </c>
+      <c r="B407" t="s">
+        <v>401</v>
+      </c>
+      <c r="C407" t="s">
+        <v>402</v>
+      </c>
+      <c r="D407">
         <v>361</v>
       </c>
-      <c r="E407" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K407" s="0">
+      <c r="E407" t="s">
+        <v>68</v>
+      </c>
+      <c r="F407" t="s">
+        <v>398</v>
+      </c>
+      <c r="G407" t="s">
+        <v>399</v>
+      </c>
+      <c r="H407" t="s">
+        <v>123</v>
+      </c>
+      <c r="K407">
         <v>0</v>
       </c>
-      <c r="L407" s="0">
+      <c r="L407">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="408">
-[...15 lines deleted...]
-      <c r="D408" s="0">
+    <row r="408" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A408" t="s">
+        <v>219</v>
+      </c>
+      <c r="B408" t="s">
+        <v>403</v>
+      </c>
+      <c r="C408" t="s">
+        <v>404</v>
+      </c>
+      <c r="D408">
         <v>362</v>
       </c>
-      <c r="E408" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D409" s="0">
+      <c r="E408" t="s">
+        <v>68</v>
+      </c>
+      <c r="F408" t="s">
+        <v>398</v>
+      </c>
+      <c r="G408" t="s">
+        <v>399</v>
+      </c>
+      <c r="H408" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="409" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A409" t="s">
+        <v>219</v>
+      </c>
+      <c r="B409" t="s">
+        <v>406</v>
+      </c>
+      <c r="C409" t="s">
+        <v>407</v>
+      </c>
+      <c r="D409">
         <v>364</v>
       </c>
-      <c r="E409" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K409" s="0">
+      <c r="E409" t="s">
+        <v>68</v>
+      </c>
+      <c r="F409" t="s">
+        <v>398</v>
+      </c>
+      <c r="G409" t="s">
+        <v>399</v>
+      </c>
+      <c r="H409" t="s">
+        <v>221</v>
+      </c>
+      <c r="K409">
         <v>10</v>
       </c>
-      <c r="L409" s="0">
+      <c r="L409">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="410">
-[...15 lines deleted...]
-      <c r="D410" s="0">
+    <row r="410" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A410" t="s">
+        <v>219</v>
+      </c>
+      <c r="B410" t="s">
+        <v>408</v>
+      </c>
+      <c r="C410" t="s">
+        <v>409</v>
+      </c>
+      <c r="D410">
         <v>533</v>
       </c>
-      <c r="E410" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D411" s="0">
+      <c r="E410" t="s">
+        <v>68</v>
+      </c>
+      <c r="F410" t="s">
+        <v>398</v>
+      </c>
+      <c r="G410" t="s">
+        <v>399</v>
+      </c>
+      <c r="H410" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="411" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A411" t="s">
+        <v>219</v>
+      </c>
+      <c r="B411" t="s">
+        <v>410</v>
+      </c>
+      <c r="C411" t="s">
+        <v>411</v>
+      </c>
+      <c r="D411">
         <v>365</v>
       </c>
-      <c r="E411" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K411" s="0">
+      <c r="E411" t="s">
+        <v>412</v>
+      </c>
+      <c r="F411" t="s">
+        <v>398</v>
+      </c>
+      <c r="G411" t="s">
+        <v>399</v>
+      </c>
+      <c r="H411" t="s">
+        <v>147</v>
+      </c>
+      <c r="K411">
         <v>2</v>
       </c>
-      <c r="L411" s="0">
+      <c r="L411">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="412">
-[...15 lines deleted...]
-      <c r="D412" s="0">
+    <row r="412" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A412" t="s">
+        <v>219</v>
+      </c>
+      <c r="B412" t="s">
+        <v>413</v>
+      </c>
+      <c r="C412" t="s">
+        <v>414</v>
+      </c>
+      <c r="D412">
         <v>107</v>
       </c>
-      <c r="E412" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K412" s="0">
+      <c r="E412" t="s">
+        <v>68</v>
+      </c>
+      <c r="F412" t="s">
+        <v>398</v>
+      </c>
+      <c r="G412" t="s">
+        <v>399</v>
+      </c>
+      <c r="H412" t="s">
+        <v>144</v>
+      </c>
+      <c r="K412">
         <v>1</v>
       </c>
-      <c r="L412" s="0">
+      <c r="L412">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="413">
-[...15 lines deleted...]
-      <c r="D413" s="0">
+    <row r="413" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A413" t="s">
+        <v>219</v>
+      </c>
+      <c r="B413" t="s">
+        <v>415</v>
+      </c>
+      <c r="C413" t="s">
+        <v>416</v>
+      </c>
+      <c r="D413">
         <v>108</v>
       </c>
-      <c r="E413" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K413" s="0">
+      <c r="E413" t="s">
+        <v>68</v>
+      </c>
+      <c r="F413" t="s">
+        <v>398</v>
+      </c>
+      <c r="G413" t="s">
+        <v>399</v>
+      </c>
+      <c r="H413" t="s">
+        <v>65</v>
+      </c>
+      <c r="K413">
         <v>2.5</v>
       </c>
-      <c r="L413" s="0">
+      <c r="L413">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="414">
-[...15 lines deleted...]
-      <c r="D414" s="0">
+    <row r="414" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A414" t="s">
+        <v>219</v>
+      </c>
+      <c r="B414" t="s">
+        <v>124</v>
+      </c>
+      <c r="C414" t="s">
+        <v>125</v>
+      </c>
+      <c r="D414">
         <v>371</v>
       </c>
-      <c r="E414" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L414" s="0">
+      <c r="E414" t="s">
+        <v>68</v>
+      </c>
+      <c r="F414" t="s">
+        <v>417</v>
+      </c>
+      <c r="G414" t="s">
+        <v>418</v>
+      </c>
+      <c r="K414">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L414">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="415">
-[...15 lines deleted...]
-      <c r="D415" s="0">
+    <row r="415" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A415" t="s">
+        <v>219</v>
+      </c>
+      <c r="B415" t="s">
+        <v>85</v>
+      </c>
+      <c r="C415" t="s">
+        <v>86</v>
+      </c>
+      <c r="D415">
         <v>372</v>
       </c>
-      <c r="E415" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K415" s="0">
+      <c r="E415" t="s">
+        <v>68</v>
+      </c>
+      <c r="F415" t="s">
+        <v>417</v>
+      </c>
+      <c r="G415" t="s">
+        <v>418</v>
+      </c>
+      <c r="K415">
         <v>0</v>
       </c>
-      <c r="L415" s="0">
+      <c r="L415">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="416">
-[...15 lines deleted...]
-      <c r="D416" s="0">
+    <row r="416" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A416" t="s">
+        <v>219</v>
+      </c>
+      <c r="B416" t="s">
+        <v>56</v>
+      </c>
+      <c r="C416" t="s">
+        <v>57</v>
+      </c>
+      <c r="D416">
         <v>373</v>
       </c>
-      <c r="E416" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K416" s="0">
+      <c r="E416" t="s">
+        <v>68</v>
+      </c>
+      <c r="F416" t="s">
+        <v>417</v>
+      </c>
+      <c r="G416" t="s">
+        <v>418</v>
+      </c>
+      <c r="K416">
         <v>35</v>
       </c>
-      <c r="L416" s="0">
+      <c r="L416">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="417">
-[...15 lines deleted...]
-      <c r="D417" s="0">
+    <row r="417" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A417" t="s">
+        <v>219</v>
+      </c>
+      <c r="B417" t="s">
+        <v>91</v>
+      </c>
+      <c r="C417" t="s">
+        <v>92</v>
+      </c>
+      <c r="D417">
         <v>374</v>
       </c>
-      <c r="E417" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K417" s="0">
+      <c r="E417" t="s">
+        <v>68</v>
+      </c>
+      <c r="F417" t="s">
+        <v>417</v>
+      </c>
+      <c r="G417" t="s">
+        <v>418</v>
+      </c>
+      <c r="K417">
         <v>2</v>
       </c>
-      <c r="L417" s="0">
+      <c r="L417">
         <v>4</v>
       </c>
     </row>
-    <row outlineLevel="0" r="418">
-[...15 lines deleted...]
-      <c r="D418" s="0">
+    <row r="418" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A418" t="s">
+        <v>219</v>
+      </c>
+      <c r="B418" t="s">
+        <v>114</v>
+      </c>
+      <c r="C418" t="s">
+        <v>115</v>
+      </c>
+      <c r="D418">
         <v>375</v>
       </c>
-      <c r="E418" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L418" s="0">
+      <c r="E418" t="s">
+        <v>68</v>
+      </c>
+      <c r="F418" t="s">
+        <v>417</v>
+      </c>
+      <c r="G418" t="s">
+        <v>418</v>
+      </c>
+      <c r="K418">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L418">
         <v>3</v>
       </c>
     </row>
-    <row outlineLevel="0" r="419">
-[...15 lines deleted...]
-      <c r="D419" s="0">
+    <row r="419" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A419" t="s">
+        <v>219</v>
+      </c>
+      <c r="B419" t="s">
+        <v>128</v>
+      </c>
+      <c r="C419" t="s">
+        <v>129</v>
+      </c>
+      <c r="D419">
         <v>381</v>
       </c>
-      <c r="E419" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D420" s="0">
+      <c r="E419" t="s">
+        <v>68</v>
+      </c>
+      <c r="F419" t="s">
+        <v>419</v>
+      </c>
+      <c r="G419" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="420" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A420" t="s">
+        <v>219</v>
+      </c>
+      <c r="B420" t="s">
+        <v>35</v>
+      </c>
+      <c r="C420" t="s">
+        <v>36</v>
+      </c>
+      <c r="D420">
         <v>382</v>
       </c>
-      <c r="E420" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D421" s="0">
+      <c r="E420" t="s">
+        <v>68</v>
+      </c>
+      <c r="F420" t="s">
+        <v>419</v>
+      </c>
+      <c r="G420" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="421" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A421" t="s">
+        <v>219</v>
+      </c>
+      <c r="B421" t="s">
+        <v>139</v>
+      </c>
+      <c r="C421" t="s">
+        <v>140</v>
+      </c>
+      <c r="D421">
         <v>383</v>
       </c>
-      <c r="E421" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D422" s="0">
+      <c r="E421" t="s">
+        <v>68</v>
+      </c>
+      <c r="F421" t="s">
+        <v>419</v>
+      </c>
+      <c r="G421" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="422" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A422" t="s">
+        <v>219</v>
+      </c>
+      <c r="B422" t="s">
+        <v>300</v>
+      </c>
+      <c r="C422" t="s">
+        <v>301</v>
+      </c>
+      <c r="D422">
         <v>384</v>
       </c>
-      <c r="E422" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D423" s="0">
+      <c r="E422" t="s">
+        <v>68</v>
+      </c>
+      <c r="F422" t="s">
+        <v>419</v>
+      </c>
+      <c r="G422" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="423" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A423" t="s">
+        <v>219</v>
+      </c>
+      <c r="B423" t="s">
+        <v>421</v>
+      </c>
+      <c r="C423" t="s">
+        <v>422</v>
+      </c>
+      <c r="D423">
         <v>402</v>
       </c>
-      <c r="E423" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K423" s="0">
+      <c r="E423" t="s">
+        <v>423</v>
+      </c>
+      <c r="F423" t="s">
+        <v>424</v>
+      </c>
+      <c r="G423" t="s">
+        <v>425</v>
+      </c>
+      <c r="H423" t="s">
+        <v>144</v>
+      </c>
+      <c r="K423">
         <v>4</v>
       </c>
-      <c r="L423" s="0">
+      <c r="L423">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="424">
-[...15 lines deleted...]
-      <c r="D424" s="0">
+    <row r="424" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A424" t="s">
+        <v>219</v>
+      </c>
+      <c r="B424" t="s">
+        <v>426</v>
+      </c>
+      <c r="C424" t="s">
+        <v>427</v>
+      </c>
+      <c r="D424">
         <v>403</v>
       </c>
-      <c r="E424" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K424" s="0">
+      <c r="E424" t="s">
+        <v>423</v>
+      </c>
+      <c r="F424" t="s">
+        <v>424</v>
+      </c>
+      <c r="G424" t="s">
+        <v>425</v>
+      </c>
+      <c r="H424" t="s">
+        <v>144</v>
+      </c>
+      <c r="K424">
         <v>7</v>
       </c>
-      <c r="L424" s="0">
+      <c r="L424">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="425">
-[...15 lines deleted...]
-      <c r="D425" s="0">
+    <row r="425" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A425" t="s">
+        <v>219</v>
+      </c>
+      <c r="B425" t="s">
+        <v>428</v>
+      </c>
+      <c r="C425" t="s">
+        <v>429</v>
+      </c>
+      <c r="D425">
         <v>401</v>
       </c>
-      <c r="E425" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L425" s="0">
+      <c r="E425" t="s">
+        <v>423</v>
+      </c>
+      <c r="F425" t="s">
+        <v>424</v>
+      </c>
+      <c r="G425" t="s">
+        <v>425</v>
+      </c>
+      <c r="H425" t="s">
+        <v>182</v>
+      </c>
+      <c r="K425">
+        <v>0.69999998807907104</v>
+      </c>
+      <c r="L425">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="426">
-[...15 lines deleted...]
-      <c r="D426" s="0">
+    <row r="426" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A426" t="s">
+        <v>219</v>
+      </c>
+      <c r="B426" t="s">
+        <v>430</v>
+      </c>
+      <c r="C426" t="s">
+        <v>431</v>
+      </c>
+      <c r="D426">
         <v>404</v>
       </c>
-      <c r="E426" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L426" s="0">
+      <c r="E426" t="s">
+        <v>432</v>
+      </c>
+      <c r="F426" t="s">
+        <v>424</v>
+      </c>
+      <c r="G426" t="s">
+        <v>425</v>
+      </c>
+      <c r="H426" t="s">
+        <v>328</v>
+      </c>
+      <c r="K426">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L426">
         <v>1</v>
       </c>
     </row>
-    <row outlineLevel="0" r="427">
-[...15 lines deleted...]
-      <c r="D427" s="0">
+    <row r="427" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A427" t="s">
+        <v>219</v>
+      </c>
+      <c r="B427" t="s">
+        <v>118</v>
+      </c>
+      <c r="C427" t="s">
+        <v>119</v>
+      </c>
+      <c r="D427">
         <v>411</v>
       </c>
-      <c r="E427" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D428" s="0">
+      <c r="E427" t="s">
+        <v>120</v>
+      </c>
+      <c r="F427" t="s">
+        <v>433</v>
+      </c>
+      <c r="G427" t="s">
         <v>434</v>
       </c>
-      <c r="E428" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D429" s="0">
+    </row>
+    <row r="428" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A428" t="s">
+        <v>219</v>
+      </c>
+      <c r="B428" t="s">
+        <v>48</v>
+      </c>
+      <c r="C428" t="s">
+        <v>49</v>
+      </c>
+      <c r="D428">
+        <v>434</v>
+      </c>
+      <c r="E428" t="s">
+        <v>37</v>
+      </c>
+      <c r="F428" t="s">
+        <v>433</v>
+      </c>
+      <c r="G428" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="429" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A429" t="s">
+        <v>219</v>
+      </c>
+      <c r="B429" t="s">
+        <v>66</v>
+      </c>
+      <c r="C429" t="s">
+        <v>67</v>
+      </c>
+      <c r="D429">
         <v>412</v>
       </c>
-      <c r="E429" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D430" s="0">
+      <c r="E429" t="s">
+        <v>68</v>
+      </c>
+      <c r="F429" t="s">
+        <v>433</v>
+      </c>
+      <c r="G429" t="s">
+        <v>434</v>
+      </c>
+      <c r="H429" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="430" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A430" t="s">
+        <v>219</v>
+      </c>
+      <c r="B430" t="s">
+        <v>124</v>
+      </c>
+      <c r="C430" t="s">
+        <v>125</v>
+      </c>
+      <c r="D430">
         <v>413</v>
       </c>
-      <c r="E430" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D431" s="0">
+      <c r="E430" t="s">
+        <v>68</v>
+      </c>
+      <c r="F430" t="s">
+        <v>433</v>
+      </c>
+      <c r="G430" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="431" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A431" t="s">
+        <v>219</v>
+      </c>
+      <c r="B431" t="s">
+        <v>71</v>
+      </c>
+      <c r="C431" t="s">
+        <v>72</v>
+      </c>
+      <c r="D431">
         <v>414</v>
       </c>
-      <c r="E431" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D432" s="0">
+      <c r="E431" t="s">
+        <v>68</v>
+      </c>
+      <c r="F431" t="s">
+        <v>433</v>
+      </c>
+      <c r="G431" t="s">
+        <v>434</v>
+      </c>
+      <c r="H431" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="432" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A432" t="s">
+        <v>219</v>
+      </c>
+      <c r="B432" t="s">
+        <v>74</v>
+      </c>
+      <c r="C432" t="s">
+        <v>75</v>
+      </c>
+      <c r="D432">
         <v>415</v>
       </c>
-      <c r="E432" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D433" s="0">
+      <c r="E432" t="s">
+        <v>68</v>
+      </c>
+      <c r="F432" t="s">
+        <v>433</v>
+      </c>
+      <c r="G432" t="s">
+        <v>434</v>
+      </c>
+      <c r="H432" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A433" t="s">
+        <v>219</v>
+      </c>
+      <c r="B433" t="s">
+        <v>128</v>
+      </c>
+      <c r="C433" t="s">
+        <v>129</v>
+      </c>
+      <c r="D433">
         <v>416</v>
       </c>
-      <c r="E433" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D434" s="0">
+      <c r="E433" t="s">
+        <v>68</v>
+      </c>
+      <c r="F433" t="s">
+        <v>433</v>
+      </c>
+      <c r="G433" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A434" t="s">
+        <v>219</v>
+      </c>
+      <c r="B434" t="s">
+        <v>53</v>
+      </c>
+      <c r="C434" t="s">
+        <v>54</v>
+      </c>
+      <c r="D434">
         <v>444</v>
       </c>
-      <c r="E434" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D435" s="0">
+      <c r="E434" t="s">
+        <v>37</v>
+      </c>
+      <c r="F434" t="s">
+        <v>433</v>
+      </c>
+      <c r="G434" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A435" t="s">
+        <v>219</v>
+      </c>
+      <c r="B435" t="s">
+        <v>76</v>
+      </c>
+      <c r="C435" t="s">
+        <v>77</v>
+      </c>
+      <c r="D435">
         <v>417</v>
       </c>
-      <c r="E435" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D436" s="0">
+      <c r="E435" t="s">
+        <v>68</v>
+      </c>
+      <c r="F435" t="s">
+        <v>433</v>
+      </c>
+      <c r="G435" t="s">
+        <v>434</v>
+      </c>
+      <c r="H435" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A436" t="s">
+        <v>219</v>
+      </c>
+      <c r="B436" t="s">
+        <v>79</v>
+      </c>
+      <c r="C436" t="s">
+        <v>80</v>
+      </c>
+      <c r="D436">
         <v>418</v>
       </c>
-      <c r="E436" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D437" s="0">
+      <c r="E436" t="s">
+        <v>68</v>
+      </c>
+      <c r="F436" t="s">
+        <v>433</v>
+      </c>
+      <c r="G436" t="s">
+        <v>434</v>
+      </c>
+      <c r="H436" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A437" t="s">
+        <v>219</v>
+      </c>
+      <c r="B437" t="s">
+        <v>82</v>
+      </c>
+      <c r="C437" t="s">
+        <v>83</v>
+      </c>
+      <c r="D437">
         <v>419</v>
       </c>
-      <c r="E437" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D438" s="0">
+      <c r="E437" t="s">
+        <v>68</v>
+      </c>
+      <c r="F437" t="s">
+        <v>433</v>
+      </c>
+      <c r="G437" t="s">
+        <v>434</v>
+      </c>
+      <c r="H437" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A438" t="s">
+        <v>219</v>
+      </c>
+      <c r="B438" t="s">
+        <v>85</v>
+      </c>
+      <c r="C438" t="s">
+        <v>86</v>
+      </c>
+      <c r="D438">
         <v>420</v>
       </c>
-      <c r="E438" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D439" s="0">
+      <c r="E438" t="s">
+        <v>68</v>
+      </c>
+      <c r="F438" t="s">
+        <v>433</v>
+      </c>
+      <c r="G438" t="s">
+        <v>434</v>
+      </c>
+      <c r="H438" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A439" t="s">
+        <v>219</v>
+      </c>
+      <c r="B439" t="s">
+        <v>56</v>
+      </c>
+      <c r="C439" t="s">
+        <v>57</v>
+      </c>
+      <c r="D439">
         <v>435</v>
       </c>
-      <c r="E439" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D440" s="0">
+      <c r="E439" t="s">
+        <v>37</v>
+      </c>
+      <c r="F439" t="s">
+        <v>433</v>
+      </c>
+      <c r="G439" t="s">
+        <v>434</v>
+      </c>
+      <c r="H439" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A440" t="s">
+        <v>219</v>
+      </c>
+      <c r="B440" t="s">
+        <v>88</v>
+      </c>
+      <c r="C440" t="s">
+        <v>89</v>
+      </c>
+      <c r="D440">
         <v>421</v>
       </c>
-      <c r="E440" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D441" s="0">
+      <c r="E440" t="s">
+        <v>120</v>
+      </c>
+      <c r="F440" t="s">
+        <v>433</v>
+      </c>
+      <c r="G440" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A441" t="s">
+        <v>219</v>
+      </c>
+      <c r="B441" t="s">
+        <v>44</v>
+      </c>
+      <c r="C441" t="s">
+        <v>45</v>
+      </c>
+      <c r="D441">
         <v>436</v>
       </c>
-      <c r="E441" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D442" s="0">
+      <c r="E441" t="s">
+        <v>68</v>
+      </c>
+      <c r="F441" t="s">
+        <v>433</v>
+      </c>
+      <c r="G441" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A442" t="s">
+        <v>219</v>
+      </c>
+      <c r="B442" t="s">
+        <v>58</v>
+      </c>
+      <c r="C442" t="s">
+        <v>59</v>
+      </c>
+      <c r="D442">
         <v>437</v>
       </c>
-      <c r="E442" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D443" s="0">
+      <c r="E442" t="s">
+        <v>68</v>
+      </c>
+      <c r="F442" t="s">
+        <v>433</v>
+      </c>
+      <c r="G442" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A443" t="s">
+        <v>219</v>
+      </c>
+      <c r="B443" t="s">
+        <v>91</v>
+      </c>
+      <c r="C443" t="s">
+        <v>92</v>
+      </c>
+      <c r="D443">
         <v>438</v>
       </c>
-      <c r="E443" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D444" s="0">
+      <c r="E443" t="s">
+        <v>68</v>
+      </c>
+      <c r="F443" t="s">
+        <v>433</v>
+      </c>
+      <c r="G443" t="s">
+        <v>434</v>
+      </c>
+      <c r="H443" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A444" t="s">
+        <v>219</v>
+      </c>
+      <c r="B444" t="s">
+        <v>94</v>
+      </c>
+      <c r="C444" t="s">
+        <v>95</v>
+      </c>
+      <c r="D444">
         <v>422</v>
       </c>
-      <c r="E444" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D445" s="0">
+      <c r="E444" t="s">
+        <v>68</v>
+      </c>
+      <c r="F444" t="s">
+        <v>433</v>
+      </c>
+      <c r="G444" t="s">
+        <v>434</v>
+      </c>
+      <c r="H444" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A445" t="s">
+        <v>219</v>
+      </c>
+      <c r="B445" t="s">
+        <v>46</v>
+      </c>
+      <c r="C445" t="s">
+        <v>47</v>
+      </c>
+      <c r="D445">
         <v>441</v>
       </c>
-      <c r="E445" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D446" s="0">
+      <c r="E445" t="s">
+        <v>68</v>
+      </c>
+      <c r="F445" t="s">
+        <v>433</v>
+      </c>
+      <c r="G445" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A446" t="s">
+        <v>219</v>
+      </c>
+      <c r="B446" t="s">
+        <v>96</v>
+      </c>
+      <c r="C446" t="s">
+        <v>97</v>
+      </c>
+      <c r="D446">
         <v>423</v>
       </c>
-      <c r="E446" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D447" s="0">
+      <c r="E446" t="s">
+        <v>68</v>
+      </c>
+      <c r="F446" t="s">
+        <v>433</v>
+      </c>
+      <c r="G446" t="s">
+        <v>434</v>
+      </c>
+      <c r="H446" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A447" t="s">
+        <v>219</v>
+      </c>
+      <c r="B447" t="s">
+        <v>61</v>
+      </c>
+      <c r="C447" t="s">
+        <v>62</v>
+      </c>
+      <c r="D447">
         <v>439</v>
       </c>
-      <c r="E447" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D448" s="0">
+      <c r="E447" t="s">
+        <v>68</v>
+      </c>
+      <c r="F447" t="s">
+        <v>433</v>
+      </c>
+      <c r="G447" t="s">
+        <v>434</v>
+      </c>
+      <c r="H447" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A448" t="s">
+        <v>219</v>
+      </c>
+      <c r="B448" t="s">
+        <v>99</v>
+      </c>
+      <c r="C448" t="s">
+        <v>100</v>
+      </c>
+      <c r="D448">
         <v>424</v>
       </c>
-      <c r="E448" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D449" s="0">
+      <c r="E448" t="s">
+        <v>68</v>
+      </c>
+      <c r="F448" t="s">
+        <v>433</v>
+      </c>
+      <c r="G448" t="s">
+        <v>434</v>
+      </c>
+      <c r="H448" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="449" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A449" t="s">
+        <v>219</v>
+      </c>
+      <c r="B449" t="s">
+        <v>39</v>
+      </c>
+      <c r="C449" t="s">
+        <v>251</v>
+      </c>
+      <c r="D449">
         <v>442</v>
       </c>
-      <c r="E449" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D450" s="0">
+      <c r="E449" t="s">
+        <v>68</v>
+      </c>
+      <c r="F449" t="s">
+        <v>433</v>
+      </c>
+      <c r="G449" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="450" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A450" t="s">
+        <v>219</v>
+      </c>
+      <c r="B450" t="s">
+        <v>174</v>
+      </c>
+      <c r="C450" t="s">
+        <v>175</v>
+      </c>
+      <c r="D450">
         <v>425</v>
       </c>
-      <c r="E450" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D451" s="0">
+      <c r="E450" t="s">
+        <v>68</v>
+      </c>
+      <c r="F450" t="s">
+        <v>433</v>
+      </c>
+      <c r="G450" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="451" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A451" t="s">
+        <v>219</v>
+      </c>
+      <c r="B451" t="s">
+        <v>101</v>
+      </c>
+      <c r="C451" t="s">
+        <v>102</v>
+      </c>
+      <c r="D451">
         <v>426</v>
       </c>
-      <c r="E451" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D452" s="0">
+      <c r="E451" t="s">
+        <v>68</v>
+      </c>
+      <c r="F451" t="s">
+        <v>433</v>
+      </c>
+      <c r="G451" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="452" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A452" t="s">
+        <v>219</v>
+      </c>
+      <c r="B452" t="s">
+        <v>103</v>
+      </c>
+      <c r="C452" t="s">
+        <v>104</v>
+      </c>
+      <c r="D452">
         <v>427</v>
       </c>
-      <c r="E452" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D453" s="0">
+      <c r="E452" t="s">
+        <v>68</v>
+      </c>
+      <c r="F452" t="s">
+        <v>433</v>
+      </c>
+      <c r="G452" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="453" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A453" t="s">
+        <v>219</v>
+      </c>
+      <c r="B453" t="s">
+        <v>180</v>
+      </c>
+      <c r="C453" t="s">
+        <v>181</v>
+      </c>
+      <c r="D453">
         <v>428</v>
       </c>
-      <c r="E453" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D454" s="0">
+      <c r="E453" t="s">
+        <v>68</v>
+      </c>
+      <c r="F453" t="s">
+        <v>433</v>
+      </c>
+      <c r="G453" t="s">
+        <v>434</v>
+      </c>
+      <c r="H453" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="454" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A454" t="s">
+        <v>219</v>
+      </c>
+      <c r="B454" t="s">
+        <v>105</v>
+      </c>
+      <c r="C454" t="s">
+        <v>106</v>
+      </c>
+      <c r="D454">
         <v>429</v>
       </c>
-      <c r="E454" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D455" s="0">
+      <c r="E454" t="s">
+        <v>68</v>
+      </c>
+      <c r="F454" t="s">
+        <v>433</v>
+      </c>
+      <c r="G454" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="455" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A455" t="s">
+        <v>219</v>
+      </c>
+      <c r="B455" t="s">
+        <v>107</v>
+      </c>
+      <c r="C455" t="s">
+        <v>108</v>
+      </c>
+      <c r="D455">
         <v>430</v>
       </c>
-      <c r="E455" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D456" s="0">
+      <c r="E455" t="s">
+        <v>68</v>
+      </c>
+      <c r="F455" t="s">
+        <v>433</v>
+      </c>
+      <c r="G455" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="456" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A456" t="s">
+        <v>219</v>
+      </c>
+      <c r="B456" t="s">
+        <v>110</v>
+      </c>
+      <c r="C456" t="s">
+        <v>111</v>
+      </c>
+      <c r="D456">
         <v>431</v>
       </c>
-      <c r="E456" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D457" s="0">
+      <c r="E456" t="s">
+        <v>68</v>
+      </c>
+      <c r="F456" t="s">
+        <v>433</v>
+      </c>
+      <c r="G456" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="457" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A457" t="s">
+        <v>219</v>
+      </c>
+      <c r="B457" t="s">
+        <v>112</v>
+      </c>
+      <c r="C457" t="s">
+        <v>113</v>
+      </c>
+      <c r="D457">
         <v>432</v>
       </c>
-      <c r="E457" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D458" s="0">
+      <c r="E457" t="s">
+        <v>68</v>
+      </c>
+      <c r="F457" t="s">
         <v>433</v>
       </c>
-      <c r="E458" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D459" s="0">
+      <c r="G457" t="s">
+        <v>434</v>
+      </c>
+      <c r="H457" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="458" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A458" t="s">
+        <v>219</v>
+      </c>
+      <c r="B458" t="s">
+        <v>114</v>
+      </c>
+      <c r="C458" t="s">
+        <v>115</v>
+      </c>
+      <c r="D458">
+        <v>433</v>
+      </c>
+      <c r="E458" t="s">
+        <v>68</v>
+      </c>
+      <c r="F458" t="s">
+        <v>433</v>
+      </c>
+      <c r="G458" t="s">
+        <v>434</v>
+      </c>
+      <c r="H458" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="459" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A459" t="s">
+        <v>219</v>
+      </c>
+      <c r="B459" t="s">
+        <v>436</v>
+      </c>
+      <c r="C459" t="s">
+        <v>62</v>
+      </c>
+      <c r="D459">
         <v>504</v>
       </c>
-      <c r="E459" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L459" s="0">
+      <c r="E459" t="s">
+        <v>68</v>
+      </c>
+      <c r="F459" t="s">
+        <v>437</v>
+      </c>
+      <c r="G459" t="s">
+        <v>438</v>
+      </c>
+      <c r="K459">
+        <v>0.54000002145767201</v>
+      </c>
+      <c r="L459">
         <v>4</v>
       </c>
     </row>
-    <row outlineLevel="0" r="460">
-[...15 lines deleted...]
-      <c r="D460" s="0">
+    <row r="460" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A460" t="s">
+        <v>219</v>
+      </c>
+      <c r="B460" t="s">
+        <v>439</v>
+      </c>
+      <c r="C460" t="s">
+        <v>45</v>
+      </c>
+      <c r="D460">
         <v>503</v>
       </c>
-      <c r="E460" s="0" t="inlineStr">
-[...40 lines deleted...]
-      <c r="D461" s="0">
+      <c r="E460" t="s">
+        <v>68</v>
+      </c>
+      <c r="F460" t="s">
+        <v>437</v>
+      </c>
+      <c r="G460" t="s">
+        <v>438</v>
+      </c>
+      <c r="K460">
+        <v>2.7999999523162802</v>
+      </c>
+      <c r="L460">
+        <v>3.2000000476837198</v>
+      </c>
+    </row>
+    <row r="461" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A461" t="s">
+        <v>219</v>
+      </c>
+      <c r="B461" t="s">
+        <v>440</v>
+      </c>
+      <c r="C461" t="s">
+        <v>59</v>
+      </c>
+      <c r="D461">
         <v>502</v>
       </c>
-      <c r="E461" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K461" s="0">
+      <c r="E461" t="s">
+        <v>68</v>
+      </c>
+      <c r="F461" t="s">
+        <v>437</v>
+      </c>
+      <c r="G461" t="s">
+        <v>438</v>
+      </c>
+      <c r="K461">
         <v>0</v>
       </c>
-      <c r="L461" s="0">
-[...19 lines deleted...]
-      <c r="D462" s="0">
+      <c r="L461">
+        <v>3.4000000953674299</v>
+      </c>
+    </row>
+    <row r="462" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A462" t="s">
+        <v>219</v>
+      </c>
+      <c r="B462" t="s">
+        <v>441</v>
+      </c>
+      <c r="C462" t="s">
+        <v>54</v>
+      </c>
+      <c r="D462">
         <v>501</v>
       </c>
-      <c r="E462" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K462" s="0">
+      <c r="E462" t="s">
+        <v>68</v>
+      </c>
+      <c r="F462" t="s">
+        <v>437</v>
+      </c>
+      <c r="G462" t="s">
+        <v>438</v>
+      </c>
+      <c r="K462">
         <v>115</v>
       </c>
-      <c r="L462" s="0">
-[...19 lines deleted...]
-      <c r="D463" s="0">
+      <c r="L462">
+        <v>3.2000000476837198</v>
+      </c>
+    </row>
+    <row r="463" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A463" t="s">
+        <v>219</v>
+      </c>
+      <c r="B463" t="s">
+        <v>442</v>
+      </c>
+      <c r="C463" t="s">
+        <v>443</v>
+      </c>
+      <c r="D463">
         <v>508</v>
       </c>
-      <c r="E463" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L463" s="0">
+      <c r="E463" t="s">
+        <v>68</v>
+      </c>
+      <c r="F463" t="s">
+        <v>444</v>
+      </c>
+      <c r="G463" t="s">
+        <v>445</v>
+      </c>
+      <c r="K463">
+        <v>9.00000035762787E-2</v>
+      </c>
+      <c r="L463">
         <v>1.70000004768372</v>
       </c>
     </row>
-    <row outlineLevel="0" r="464">
-[...15 lines deleted...]
-      <c r="D464" s="0">
+    <row r="464" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A464" t="s">
+        <v>219</v>
+      </c>
+      <c r="B464" t="s">
+        <v>446</v>
+      </c>
+      <c r="C464" t="s">
+        <v>447</v>
+      </c>
+      <c r="D464">
         <v>507</v>
       </c>
-      <c r="E464" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K464" s="0">
+      <c r="E464" t="s">
+        <v>68</v>
+      </c>
+      <c r="F464" t="s">
+        <v>444</v>
+      </c>
+      <c r="G464" t="s">
+        <v>445</v>
+      </c>
+      <c r="K464">
         <v>0</v>
       </c>
-      <c r="L464" s="0">
-[...19 lines deleted...]
-      <c r="D465" s="0">
+      <c r="L464">
+        <v>4.4000000953674299</v>
+      </c>
+    </row>
+    <row r="465" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A465" t="s">
+        <v>219</v>
+      </c>
+      <c r="B465" t="s">
+        <v>448</v>
+      </c>
+      <c r="C465" t="s">
+        <v>449</v>
+      </c>
+      <c r="D465">
         <v>506</v>
       </c>
-      <c r="E465" s="0" t="inlineStr">
-[...40 lines deleted...]
-      <c r="D466" s="0">
+      <c r="E465" t="s">
+        <v>68</v>
+      </c>
+      <c r="F465" t="s">
+        <v>444</v>
+      </c>
+      <c r="G465" t="s">
+        <v>445</v>
+      </c>
+      <c r="K465">
+        <v>0.20999999344348899</v>
+      </c>
+      <c r="L465">
+        <v>2.7000000476837198</v>
+      </c>
+    </row>
+    <row r="466" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A466" t="s">
+        <v>219</v>
+      </c>
+      <c r="B466" t="s">
+        <v>450</v>
+      </c>
+      <c r="C466" t="s">
+        <v>451</v>
+      </c>
+      <c r="D466">
         <v>510</v>
       </c>
-      <c r="E466" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K466" s="0">
+      <c r="E466" t="s">
+        <v>452</v>
+      </c>
+      <c r="F466" t="s">
+        <v>453</v>
+      </c>
+      <c r="G466" t="s">
+        <v>454</v>
+      </c>
+      <c r="K466">
         <v>0.119999997317791</v>
       </c>
-      <c r="L466" s="0">
-[...19 lines deleted...]
-      <c r="D467" s="0">
+      <c r="L466">
+        <v>6.1999998092651403</v>
+      </c>
+    </row>
+    <row r="467" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A467" t="s">
+        <v>219</v>
+      </c>
+      <c r="B467" t="s">
+        <v>455</v>
+      </c>
+      <c r="C467" t="s">
+        <v>456</v>
+      </c>
+      <c r="D467">
         <v>509</v>
       </c>
-      <c r="E467" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L467" s="0">
+      <c r="E467" t="s">
+        <v>457</v>
+      </c>
+      <c r="F467" t="s">
+        <v>453</v>
+      </c>
+      <c r="G467" t="s">
+        <v>454</v>
+      </c>
+      <c r="K467">
+        <v>7.9999998211860698E-2</v>
+      </c>
+      <c r="L467">
         <v>3</v>
       </c>
     </row>
-    <row outlineLevel="0" r="468">
-[...15 lines deleted...]
-      <c r="D468" s="0">
+    <row r="468" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A468" t="s">
+        <v>219</v>
+      </c>
+      <c r="B468" t="s">
+        <v>458</v>
+      </c>
+      <c r="C468" t="s">
+        <v>59</v>
+      </c>
+      <c r="D468">
         <v>511</v>
       </c>
-      <c r="E468" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L468" s="0">
+      <c r="E468" t="s">
+        <v>459</v>
+      </c>
+      <c r="F468" t="s">
+        <v>453</v>
+      </c>
+      <c r="G468" t="s">
+        <v>454</v>
+      </c>
+      <c r="K468">
+        <v>0.18999999761581399</v>
+      </c>
+      <c r="L468">
         <v>1.70000004768372</v>
       </c>
     </row>
-    <row outlineLevel="0" r="469">
-[...15 lines deleted...]
-      <c r="D469" s="0">
+    <row r="469" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A469" t="s">
+        <v>219</v>
+      </c>
+      <c r="B469" t="s">
+        <v>460</v>
+      </c>
+      <c r="C469" t="s">
+        <v>327</v>
+      </c>
+      <c r="D469">
         <v>512</v>
       </c>
-      <c r="E469" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L469" s="0">
+      <c r="E469" t="s">
+        <v>324</v>
+      </c>
+      <c r="F469" t="s">
+        <v>453</v>
+      </c>
+      <c r="G469" t="s">
+        <v>454</v>
+      </c>
+      <c r="K469">
+        <v>5.9999998658895499E-2</v>
+      </c>
+      <c r="L469">
         <v>0</v>
       </c>
     </row>
-    <row outlineLevel="0" r="470">
-[...15 lines deleted...]
-      <c r="D470" s="0">
+    <row r="470" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A470" t="s">
+        <v>219</v>
+      </c>
+      <c r="B470" t="s">
+        <v>461</v>
+      </c>
+      <c r="C470" t="s">
+        <v>462</v>
+      </c>
+      <c r="D470">
         <v>527</v>
       </c>
-      <c r="E470" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L470" s="0">
+      <c r="E470" t="s">
+        <v>324</v>
+      </c>
+      <c r="F470" t="s">
+        <v>453</v>
+      </c>
+      <c r="G470" t="s">
+        <v>454</v>
+      </c>
+      <c r="K470">
+        <v>5.9999998658895499E-2</v>
+      </c>
+      <c r="L470">
         <v>0</v>
       </c>
     </row>
-    <row outlineLevel="0" r="471">
-[...15 lines deleted...]
-      <c r="D471" s="0">
+    <row r="471" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A471" t="s">
+        <v>219</v>
+      </c>
+      <c r="B471" t="s">
+        <v>463</v>
+      </c>
+      <c r="C471" t="s">
+        <v>464</v>
+      </c>
+      <c r="D471">
         <v>513</v>
       </c>
-      <c r="E471" s="0" t="inlineStr">
-[...40 lines deleted...]
-      <c r="D472" s="0">
+      <c r="E471" t="s">
+        <v>308</v>
+      </c>
+      <c r="F471" t="s">
+        <v>453</v>
+      </c>
+      <c r="G471" t="s">
+        <v>454</v>
+      </c>
+      <c r="K471">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L471">
+        <v>9.3000001907348597</v>
+      </c>
+    </row>
+    <row r="472" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A472" t="s">
+        <v>219</v>
+      </c>
+      <c r="B472" t="s">
+        <v>465</v>
+      </c>
+      <c r="C472" t="s">
+        <v>465</v>
+      </c>
+      <c r="D472">
         <v>514</v>
       </c>
-      <c r="E472" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K472" s="0">
+      <c r="E472" t="s">
+        <v>308</v>
+      </c>
+      <c r="F472" t="s">
+        <v>466</v>
+      </c>
+      <c r="G472" t="s">
+        <v>467</v>
+      </c>
+      <c r="K472">
         <v>1</v>
       </c>
-      <c r="L472" s="0">
+      <c r="L472">
         <v>0</v>
       </c>
     </row>
-    <row outlineLevel="0" r="473">
-[...15 lines deleted...]
-      <c r="D473" s="0">
+    <row r="473" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A473" t="s">
+        <v>219</v>
+      </c>
+      <c r="B473" t="s">
+        <v>468</v>
+      </c>
+      <c r="C473" t="s">
+        <v>468</v>
+      </c>
+      <c r="D473">
         <v>515</v>
       </c>
-      <c r="E473" s="0" t="inlineStr">
-[...40 lines deleted...]
-      <c r="D474" s="0">
+      <c r="E473" t="s">
+        <v>308</v>
+      </c>
+      <c r="F473" t="s">
+        <v>466</v>
+      </c>
+      <c r="G473" t="s">
+        <v>467</v>
+      </c>
+      <c r="K473">
+        <v>0.89999997615814198</v>
+      </c>
+      <c r="L473">
+        <v>3.7000000476837198</v>
+      </c>
+    </row>
+    <row r="474" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A474" t="s">
+        <v>219</v>
+      </c>
+      <c r="B474" t="s">
+        <v>469</v>
+      </c>
+      <c r="C474" t="s">
+        <v>469</v>
+      </c>
+      <c r="D474">
         <v>516</v>
       </c>
-      <c r="E474" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K474" s="0">
+      <c r="E474" t="s">
+        <v>308</v>
+      </c>
+      <c r="F474" t="s">
+        <v>466</v>
+      </c>
+      <c r="G474" t="s">
+        <v>467</v>
+      </c>
+      <c r="K474">
         <v>0.5</v>
       </c>
-      <c r="L474" s="0">
+      <c r="L474">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="475">
-[...15 lines deleted...]
-      <c r="D475" s="0">
+    <row r="475" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A475" t="s">
+        <v>219</v>
+      </c>
+      <c r="B475" t="s">
+        <v>470</v>
+      </c>
+      <c r="C475" t="s">
+        <v>471</v>
+      </c>
+      <c r="D475">
         <v>517</v>
       </c>
-      <c r="E475" s="0" t="inlineStr">
-[...40 lines deleted...]
-      <c r="D476" s="0">
+      <c r="E475" t="s">
+        <v>308</v>
+      </c>
+      <c r="F475" t="s">
+        <v>466</v>
+      </c>
+      <c r="G475" t="s">
+        <v>467</v>
+      </c>
+      <c r="K475">
+        <v>7.0000000298023196E-2</v>
+      </c>
+      <c r="L475">
+        <v>6.1999998092651403</v>
+      </c>
+    </row>
+    <row r="476" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A476" t="s">
+        <v>219</v>
+      </c>
+      <c r="B476" t="s">
+        <v>472</v>
+      </c>
+      <c r="C476" t="s">
+        <v>472</v>
+      </c>
+      <c r="D476">
         <v>518</v>
       </c>
-      <c r="E476" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K476" s="0">
+      <c r="E476" t="s">
+        <v>308</v>
+      </c>
+      <c r="F476" t="s">
+        <v>466</v>
+      </c>
+      <c r="G476" t="s">
+        <v>467</v>
+      </c>
+      <c r="K476">
         <v>0.119999997317791</v>
       </c>
-      <c r="L476" s="0">
-[...19 lines deleted...]
-      <c r="D477" s="0">
+      <c r="L476">
+        <v>6.1999998092651403</v>
+      </c>
+    </row>
+    <row r="477" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A477" t="s">
+        <v>219</v>
+      </c>
+      <c r="B477" t="s">
+        <v>473</v>
+      </c>
+      <c r="C477" t="s">
+        <v>310</v>
+      </c>
+      <c r="D477">
         <v>528</v>
       </c>
-      <c r="E477" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L477" s="0">
+      <c r="E477" t="s">
+        <v>308</v>
+      </c>
+      <c r="F477" t="s">
+        <v>466</v>
+      </c>
+      <c r="G477" t="s">
+        <v>467</v>
+      </c>
+      <c r="K477">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L477">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="478">
-[...15 lines deleted...]
-      <c r="D478" s="0">
+    <row r="478" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A478" t="s">
+        <v>219</v>
+      </c>
+      <c r="B478" t="s">
+        <v>474</v>
+      </c>
+      <c r="C478" t="s">
+        <v>475</v>
+      </c>
+      <c r="D478">
         <v>529</v>
       </c>
-      <c r="E478" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L478" s="0">
+      <c r="E478" t="s">
+        <v>308</v>
+      </c>
+      <c r="F478" t="s">
+        <v>466</v>
+      </c>
+      <c r="G478" t="s">
+        <v>467</v>
+      </c>
+      <c r="K478">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L478">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="479">
-[...15 lines deleted...]
-      <c r="D479" s="0">
+    <row r="479" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A479" t="s">
+        <v>219</v>
+      </c>
+      <c r="B479" t="s">
+        <v>476</v>
+      </c>
+      <c r="C479" t="s">
+        <v>475</v>
+      </c>
+      <c r="D479">
         <v>530</v>
       </c>
-      <c r="E479" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L479" s="0">
+      <c r="E479" t="s">
+        <v>308</v>
+      </c>
+      <c r="F479" t="s">
+        <v>466</v>
+      </c>
+      <c r="G479" t="s">
+        <v>467</v>
+      </c>
+      <c r="K479">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L479">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="480">
-[...15 lines deleted...]
-      <c r="D480" s="0">
+    <row r="480" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A480" t="s">
+        <v>219</v>
+      </c>
+      <c r="B480" t="s">
+        <v>477</v>
+      </c>
+      <c r="C480" t="s">
+        <v>307</v>
+      </c>
+      <c r="D480">
         <v>531</v>
       </c>
-      <c r="E480" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L480" s="0">
+      <c r="E480" t="s">
+        <v>308</v>
+      </c>
+      <c r="F480" t="s">
+        <v>466</v>
+      </c>
+      <c r="G480" t="s">
+        <v>467</v>
+      </c>
+      <c r="K480">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L480">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="481">
-[...15 lines deleted...]
-      <c r="D481" s="0">
+    <row r="481" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A481" t="s">
+        <v>219</v>
+      </c>
+      <c r="B481" t="s">
+        <v>478</v>
+      </c>
+      <c r="C481" t="s">
+        <v>307</v>
+      </c>
+      <c r="D481">
         <v>532</v>
       </c>
-      <c r="E481" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L481" s="0">
+      <c r="E481" t="s">
+        <v>308</v>
+      </c>
+      <c r="F481" t="s">
+        <v>466</v>
+      </c>
+      <c r="G481" t="s">
+        <v>467</v>
+      </c>
+      <c r="K481">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L481">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="482">
-[...15 lines deleted...]
-      <c r="D482" s="0">
+    <row r="482" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A482" t="s">
+        <v>219</v>
+      </c>
+      <c r="B482" t="s">
+        <v>53</v>
+      </c>
+      <c r="C482" t="s">
+        <v>54</v>
+      </c>
+      <c r="D482">
         <v>519</v>
       </c>
-      <c r="E482" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L482" s="0">
+      <c r="E482" t="s">
+        <v>362</v>
+      </c>
+      <c r="F482" t="s">
+        <v>479</v>
+      </c>
+      <c r="G482" t="s">
+        <v>480</v>
+      </c>
+      <c r="K482">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L482">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="483">
-[...15 lines deleted...]
-      <c r="D483" s="0">
+    <row r="483" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A483" t="s">
+        <v>219</v>
+      </c>
+      <c r="B483" t="s">
+        <v>58</v>
+      </c>
+      <c r="C483" t="s">
+        <v>59</v>
+      </c>
+      <c r="D483">
         <v>520</v>
       </c>
-      <c r="E483" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L483" s="0">
+      <c r="E483" t="s">
+        <v>362</v>
+      </c>
+      <c r="F483" t="s">
+        <v>479</v>
+      </c>
+      <c r="G483" t="s">
+        <v>480</v>
+      </c>
+      <c r="K483">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L483">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="484">
-[...15 lines deleted...]
-      <c r="D484" s="0">
+    <row r="484" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A484" t="s">
+        <v>219</v>
+      </c>
+      <c r="B484" t="s">
+        <v>46</v>
+      </c>
+      <c r="C484" t="s">
+        <v>47</v>
+      </c>
+      <c r="D484">
         <v>521</v>
       </c>
-      <c r="E484" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L484" s="0">
+      <c r="E484" t="s">
+        <v>362</v>
+      </c>
+      <c r="F484" t="s">
+        <v>479</v>
+      </c>
+      <c r="G484" t="s">
+        <v>480</v>
+      </c>
+      <c r="K484">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L484">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="485">
-[...15 lines deleted...]
-      <c r="D485" s="0">
+    <row r="485" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A485" t="s">
+        <v>219</v>
+      </c>
+      <c r="B485" t="s">
+        <v>44</v>
+      </c>
+      <c r="C485" t="s">
+        <v>45</v>
+      </c>
+      <c r="D485">
         <v>522</v>
       </c>
-      <c r="E485" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L485" s="0">
+      <c r="E485" t="s">
+        <v>362</v>
+      </c>
+      <c r="F485" t="s">
+        <v>479</v>
+      </c>
+      <c r="G485" t="s">
+        <v>480</v>
+      </c>
+      <c r="K485">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L485">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="486">
-[...15 lines deleted...]
-      <c r="D486" s="0">
+    <row r="486" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A486" t="s">
+        <v>219</v>
+      </c>
+      <c r="B486" t="s">
+        <v>371</v>
+      </c>
+      <c r="C486" t="s">
+        <v>481</v>
+      </c>
+      <c r="D486">
         <v>523</v>
       </c>
-      <c r="E486" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L486" s="0">
+      <c r="E486" t="s">
+        <v>362</v>
+      </c>
+      <c r="F486" t="s">
+        <v>479</v>
+      </c>
+      <c r="G486" t="s">
+        <v>480</v>
+      </c>
+      <c r="K486">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L486">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="487">
-[...15 lines deleted...]
-      <c r="D487" s="0">
+    <row r="487" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A487" t="s">
+        <v>219</v>
+      </c>
+      <c r="B487" t="s">
+        <v>482</v>
+      </c>
+      <c r="C487" t="s">
+        <v>483</v>
+      </c>
+      <c r="D487">
         <v>524</v>
       </c>
-      <c r="E487" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L487" s="0">
+      <c r="E487" t="s">
+        <v>362</v>
+      </c>
+      <c r="F487" t="s">
+        <v>479</v>
+      </c>
+      <c r="G487" t="s">
+        <v>480</v>
+      </c>
+      <c r="K487">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L487">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="488">
-[...15 lines deleted...]
-      <c r="D488" s="0">
+    <row r="488" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A488" t="s">
+        <v>219</v>
+      </c>
+      <c r="B488" t="s">
+        <v>484</v>
+      </c>
+      <c r="C488" t="s">
+        <v>485</v>
+      </c>
+      <c r="D488">
         <v>525</v>
       </c>
-      <c r="E488" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K488" s="0">
+      <c r="E488" t="s">
+        <v>362</v>
+      </c>
+      <c r="F488" t="s">
+        <v>479</v>
+      </c>
+      <c r="G488" t="s">
+        <v>480</v>
+      </c>
+      <c r="K488">
         <v>0.140000000596046</v>
       </c>
-      <c r="L488" s="0">
+      <c r="L488">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="489">
-[...15 lines deleted...]
-      <c r="D489" s="0">
+    <row r="489" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A489" t="s">
+        <v>219</v>
+      </c>
+      <c r="B489" t="s">
+        <v>486</v>
+      </c>
+      <c r="C489" t="s">
+        <v>487</v>
+      </c>
+      <c r="D489">
         <v>526</v>
       </c>
-      <c r="E489" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K489" s="0">
+      <c r="E489" t="s">
+        <v>308</v>
+      </c>
+      <c r="F489" t="s">
+        <v>479</v>
+      </c>
+      <c r="G489" t="s">
+        <v>480</v>
+      </c>
+      <c r="K489">
         <v>0.5</v>
       </c>
-      <c r="L489" s="0">
+      <c r="L489">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="490">
-[...15 lines deleted...]
-      <c r="D490" s="0">
+    <row r="490" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A490" t="s">
+        <v>488</v>
+      </c>
+      <c r="B490" t="s">
+        <v>118</v>
+      </c>
+      <c r="C490" t="s">
+        <v>119</v>
+      </c>
+      <c r="D490">
         <v>36</v>
       </c>
-      <c r="E490" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D491" s="0">
+      <c r="E490" t="s">
+        <v>120</v>
+      </c>
+      <c r="F490" t="s">
+        <v>192</v>
+      </c>
+      <c r="G490" t="s">
+        <v>122</v>
+      </c>
+      <c r="H490" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="491" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A491" t="s">
+        <v>488</v>
+      </c>
+      <c r="B491" t="s">
+        <v>48</v>
+      </c>
+      <c r="C491" t="s">
+        <v>49</v>
+      </c>
+      <c r="D491">
         <v>37</v>
       </c>
-      <c r="E491" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K491" s="0">
+      <c r="E491" t="s">
+        <v>37</v>
+      </c>
+      <c r="F491" t="s">
+        <v>192</v>
+      </c>
+      <c r="G491" t="s">
+        <v>122</v>
+      </c>
+      <c r="H491" t="s">
+        <v>98</v>
+      </c>
+      <c r="K491">
         <v>1.5</v>
       </c>
-      <c r="L491" s="0">
+      <c r="L491">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="492">
-[...15 lines deleted...]
-      <c r="D492" s="0">
+    <row r="492" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A492" t="s">
+        <v>488</v>
+      </c>
+      <c r="B492" t="s">
+        <v>66</v>
+      </c>
+      <c r="C492" t="s">
+        <v>67</v>
+      </c>
+      <c r="D492">
         <v>38</v>
       </c>
-      <c r="E492" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L492" s="0">
+      <c r="E492" t="s">
+        <v>68</v>
+      </c>
+      <c r="F492" t="s">
+        <v>192</v>
+      </c>
+      <c r="G492" t="s">
+        <v>122</v>
+      </c>
+      <c r="H492" t="s">
+        <v>133</v>
+      </c>
+      <c r="K492">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L492">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="493">
-[...15 lines deleted...]
-      <c r="D493" s="0">
+    <row r="493" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A493" t="s">
+        <v>488</v>
+      </c>
+      <c r="B493" t="s">
+        <v>124</v>
+      </c>
+      <c r="C493" t="s">
+        <v>125</v>
+      </c>
+      <c r="D493">
         <v>39</v>
       </c>
-      <c r="E493" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K493" s="0">
+      <c r="E493" t="s">
+        <v>68</v>
+      </c>
+      <c r="F493" t="s">
+        <v>192</v>
+      </c>
+      <c r="G493" t="s">
+        <v>122</v>
+      </c>
+      <c r="H493" t="s">
+        <v>55</v>
+      </c>
+      <c r="K493">
         <v>5</v>
       </c>
-      <c r="L493" s="0">
+      <c r="L493">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="494">
-[...15 lines deleted...]
-      <c r="D494" s="0">
+    <row r="494" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A494" t="s">
+        <v>488</v>
+      </c>
+      <c r="B494" t="s">
+        <v>71</v>
+      </c>
+      <c r="C494" t="s">
+        <v>72</v>
+      </c>
+      <c r="D494">
         <v>40</v>
       </c>
-      <c r="E494" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K494" s="0">
+      <c r="E494" t="s">
+        <v>68</v>
+      </c>
+      <c r="F494" t="s">
+        <v>192</v>
+      </c>
+      <c r="G494" t="s">
+        <v>122</v>
+      </c>
+      <c r="H494" t="s">
+        <v>73</v>
+      </c>
+      <c r="K494">
         <v>6</v>
       </c>
-      <c r="L494" s="0">
+      <c r="L494">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="495">
-[...15 lines deleted...]
-      <c r="D495" s="0">
+    <row r="495" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A495" t="s">
+        <v>488</v>
+      </c>
+      <c r="B495" t="s">
+        <v>74</v>
+      </c>
+      <c r="C495" t="s">
+        <v>75</v>
+      </c>
+      <c r="D495">
         <v>41</v>
       </c>
-      <c r="E495" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K495" s="0">
+      <c r="E495" t="s">
+        <v>120</v>
+      </c>
+      <c r="F495" t="s">
+        <v>192</v>
+      </c>
+      <c r="G495" t="s">
+        <v>122</v>
+      </c>
+      <c r="H495" t="s">
+        <v>109</v>
+      </c>
+      <c r="K495">
         <v>60</v>
       </c>
-      <c r="L495" s="0">
+      <c r="L495">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="496">
-[...15 lines deleted...]
-      <c r="D496" s="0">
+    <row r="496" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A496" t="s">
+        <v>488</v>
+      </c>
+      <c r="B496" t="s">
+        <v>126</v>
+      </c>
+      <c r="C496" t="s">
+        <v>127</v>
+      </c>
+      <c r="D496">
         <v>42</v>
       </c>
-      <c r="E496" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D497" s="0">
+      <c r="E496" t="s">
+        <v>120</v>
+      </c>
+      <c r="F496" t="s">
+        <v>192</v>
+      </c>
+      <c r="G496" t="s">
+        <v>122</v>
+      </c>
+      <c r="H496" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="497" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A497" t="s">
+        <v>488</v>
+      </c>
+      <c r="B497" t="s">
+        <v>491</v>
+      </c>
+      <c r="C497" t="s">
+        <v>492</v>
+      </c>
+      <c r="D497">
         <v>81</v>
       </c>
-      <c r="E497" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K497" s="0">
+      <c r="E497" t="s">
+        <v>37</v>
+      </c>
+      <c r="F497" t="s">
+        <v>192</v>
+      </c>
+      <c r="G497" t="s">
+        <v>122</v>
+      </c>
+      <c r="H497" t="s">
+        <v>73</v>
+      </c>
+      <c r="K497">
         <v>8.5</v>
       </c>
-      <c r="L497" s="0">
+      <c r="L497">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="498">
-[...15 lines deleted...]
-      <c r="D498" s="0">
+    <row r="498" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A498" t="s">
+        <v>488</v>
+      </c>
+      <c r="B498" t="s">
+        <v>493</v>
+      </c>
+      <c r="C498" t="s">
+        <v>310</v>
+      </c>
+      <c r="D498">
         <v>91</v>
       </c>
-      <c r="E498" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D499" s="0">
+      <c r="E498" t="s">
+        <v>37</v>
+      </c>
+      <c r="F498" t="s">
+        <v>192</v>
+      </c>
+      <c r="G498" t="s">
+        <v>122</v>
+      </c>
+      <c r="H498" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="499" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A499" t="s">
+        <v>488</v>
+      </c>
+      <c r="B499" t="s">
+        <v>494</v>
+      </c>
+      <c r="C499" t="s">
+        <v>471</v>
+      </c>
+      <c r="D499">
         <v>92</v>
       </c>
-      <c r="E499" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D500" s="0">
+      <c r="E499" t="s">
+        <v>37</v>
+      </c>
+      <c r="F499" t="s">
+        <v>192</v>
+      </c>
+      <c r="G499" t="s">
+        <v>122</v>
+      </c>
+      <c r="H499" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="500" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A500" t="s">
+        <v>488</v>
+      </c>
+      <c r="B500" t="s">
+        <v>53</v>
+      </c>
+      <c r="C500" t="s">
+        <v>54</v>
+      </c>
+      <c r="D500">
         <v>44</v>
       </c>
-      <c r="E500" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K500" s="0">
+      <c r="E500" t="s">
+        <v>37</v>
+      </c>
+      <c r="F500" t="s">
+        <v>192</v>
+      </c>
+      <c r="G500" t="s">
+        <v>122</v>
+      </c>
+      <c r="H500" t="s">
+        <v>87</v>
+      </c>
+      <c r="K500">
         <v>0</v>
       </c>
-      <c r="L500" s="0">
+      <c r="L500">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="501">
-[...15 lines deleted...]
-      <c r="D501" s="0">
+    <row r="501" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A501" t="s">
+        <v>488</v>
+      </c>
+      <c r="B501" t="s">
+        <v>76</v>
+      </c>
+      <c r="C501" t="s">
+        <v>77</v>
+      </c>
+      <c r="D501">
         <v>45</v>
       </c>
-      <c r="E501" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K501" s="0">
+      <c r="E501" t="s">
+        <v>68</v>
+      </c>
+      <c r="F501" t="s">
+        <v>192</v>
+      </c>
+      <c r="G501" t="s">
+        <v>122</v>
+      </c>
+      <c r="H501" t="s">
+        <v>90</v>
+      </c>
+      <c r="K501">
         <v>0</v>
       </c>
-      <c r="L501" s="0">
+      <c r="L501">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="502">
-[...15 lines deleted...]
-      <c r="D502" s="0">
+    <row r="502" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A502" t="s">
+        <v>488</v>
+      </c>
+      <c r="B502" t="s">
+        <v>227</v>
+      </c>
+      <c r="C502" t="s">
+        <v>228</v>
+      </c>
+      <c r="D502">
         <v>86</v>
       </c>
-      <c r="E502" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D503" s="0">
+      <c r="E502" t="s">
+        <v>68</v>
+      </c>
+      <c r="F502" t="s">
+        <v>192</v>
+      </c>
+      <c r="G502" t="s">
+        <v>122</v>
+      </c>
+      <c r="H502" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="503" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A503" t="s">
+        <v>488</v>
+      </c>
+      <c r="B503" t="s">
+        <v>35</v>
+      </c>
+      <c r="C503" t="s">
+        <v>36</v>
+      </c>
+      <c r="D503">
         <v>46</v>
       </c>
-      <c r="E503" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D504" s="0">
+      <c r="E503" t="s">
+        <v>68</v>
+      </c>
+      <c r="F503" t="s">
+        <v>192</v>
+      </c>
+      <c r="G503" t="s">
+        <v>122</v>
+      </c>
+      <c r="H503" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="504" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A504" t="s">
+        <v>488</v>
+      </c>
+      <c r="B504" t="s">
+        <v>79</v>
+      </c>
+      <c r="C504" t="s">
+        <v>80</v>
+      </c>
+      <c r="D504">
         <v>47</v>
       </c>
-      <c r="E504" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L504" s="0">
+      <c r="E504" t="s">
+        <v>68</v>
+      </c>
+      <c r="F504" t="s">
+        <v>192</v>
+      </c>
+      <c r="G504" t="s">
+        <v>122</v>
+      </c>
+      <c r="H504" t="s">
+        <v>84</v>
+      </c>
+      <c r="K504">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L504">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="505">
-[...15 lines deleted...]
-      <c r="D505" s="0">
+    <row r="505" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A505" t="s">
+        <v>488</v>
+      </c>
+      <c r="B505" t="s">
+        <v>82</v>
+      </c>
+      <c r="C505" t="s">
+        <v>83</v>
+      </c>
+      <c r="D505">
         <v>48</v>
       </c>
-      <c r="E505" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K505" s="0">
+      <c r="E505" t="s">
+        <v>68</v>
+      </c>
+      <c r="F505" t="s">
+        <v>192</v>
+      </c>
+      <c r="G505" t="s">
+        <v>122</v>
+      </c>
+      <c r="H505" t="s">
+        <v>284</v>
+      </c>
+      <c r="K505">
         <v>0</v>
       </c>
-      <c r="L505" s="0">
+      <c r="L505">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="506">
-[...15 lines deleted...]
-      <c r="D506" s="0">
+    <row r="506" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A506" t="s">
+        <v>488</v>
+      </c>
+      <c r="B506" t="s">
+        <v>85</v>
+      </c>
+      <c r="C506" t="s">
+        <v>86</v>
+      </c>
+      <c r="D506">
         <v>49</v>
       </c>
-      <c r="E506" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K506" s="0">
+      <c r="E506" t="s">
+        <v>68</v>
+      </c>
+      <c r="F506" t="s">
+        <v>192</v>
+      </c>
+      <c r="G506" t="s">
+        <v>122</v>
+      </c>
+      <c r="H506" t="s">
+        <v>93</v>
+      </c>
+      <c r="K506">
         <v>2</v>
       </c>
-      <c r="L506" s="0">
+      <c r="L506">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="507">
-[...15 lines deleted...]
-      <c r="D507" s="0">
+    <row r="507" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A507" t="s">
+        <v>488</v>
+      </c>
+      <c r="B507" t="s">
+        <v>139</v>
+      </c>
+      <c r="C507" t="s">
+        <v>140</v>
+      </c>
+      <c r="D507">
         <v>50</v>
       </c>
-      <c r="E507" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D508" s="0">
+      <c r="E507" t="s">
+        <v>68</v>
+      </c>
+      <c r="F507" t="s">
+        <v>192</v>
+      </c>
+      <c r="G507" t="s">
+        <v>122</v>
+      </c>
+      <c r="H507" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="508" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A508" t="s">
+        <v>488</v>
+      </c>
+      <c r="B508" t="s">
+        <v>56</v>
+      </c>
+      <c r="C508" t="s">
+        <v>57</v>
+      </c>
+      <c r="D508">
         <v>51</v>
       </c>
-      <c r="E508" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L508" s="0">
+      <c r="E508" t="s">
+        <v>37</v>
+      </c>
+      <c r="F508" t="s">
+        <v>192</v>
+      </c>
+      <c r="G508" t="s">
+        <v>122</v>
+      </c>
+      <c r="H508" t="s">
+        <v>84</v>
+      </c>
+      <c r="K508">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L508">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="509">
-[...15 lines deleted...]
-      <c r="D509" s="0">
+    <row r="509" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A509" t="s">
+        <v>488</v>
+      </c>
+      <c r="B509" t="s">
+        <v>142</v>
+      </c>
+      <c r="C509" t="s">
+        <v>143</v>
+      </c>
+      <c r="D509">
         <v>52</v>
       </c>
-      <c r="E509" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D510" s="0">
+      <c r="E509" t="s">
+        <v>120</v>
+      </c>
+      <c r="F509" t="s">
+        <v>192</v>
+      </c>
+      <c r="G509" t="s">
+        <v>122</v>
+      </c>
+      <c r="H509" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="510" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A510" t="s">
+        <v>488</v>
+      </c>
+      <c r="B510" t="s">
+        <v>88</v>
+      </c>
+      <c r="C510" t="s">
+        <v>89</v>
+      </c>
+      <c r="D510">
         <v>53</v>
       </c>
-      <c r="E510" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K510" s="0">
+      <c r="E510" t="s">
+        <v>120</v>
+      </c>
+      <c r="F510" t="s">
+        <v>192</v>
+      </c>
+      <c r="G510" t="s">
+        <v>122</v>
+      </c>
+      <c r="H510" t="s">
+        <v>131</v>
+      </c>
+      <c r="K510">
         <v>10</v>
       </c>
-      <c r="L510" s="0">
+      <c r="L510">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="511">
-[...15 lines deleted...]
-      <c r="D511" s="0">
+    <row r="511" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A511" t="s">
+        <v>488</v>
+      </c>
+      <c r="B511" t="s">
+        <v>145</v>
+      </c>
+      <c r="C511" t="s">
+        <v>146</v>
+      </c>
+      <c r="D511">
         <v>54</v>
       </c>
-      <c r="E511" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D512" s="0">
+      <c r="E511" t="s">
+        <v>120</v>
+      </c>
+      <c r="F511" t="s">
+        <v>192</v>
+      </c>
+      <c r="G511" t="s">
+        <v>122</v>
+      </c>
+      <c r="H511" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="512" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A512" t="s">
+        <v>488</v>
+      </c>
+      <c r="B512" t="s">
+        <v>44</v>
+      </c>
+      <c r="C512" t="s">
+        <v>45</v>
+      </c>
+      <c r="D512">
         <v>55</v>
       </c>
-      <c r="E512" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K512" s="0">
+      <c r="E512" t="s">
+        <v>37</v>
+      </c>
+      <c r="F512" t="s">
+        <v>192</v>
+      </c>
+      <c r="G512" t="s">
+        <v>122</v>
+      </c>
+      <c r="H512" t="s">
+        <v>499</v>
+      </c>
+      <c r="K512">
         <v>0.5</v>
       </c>
-      <c r="L512" s="0">
+      <c r="L512">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="513">
-[...15 lines deleted...]
-      <c r="D513" s="0">
+    <row r="513" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A513" t="s">
+        <v>488</v>
+      </c>
+      <c r="B513" t="s">
+        <v>148</v>
+      </c>
+      <c r="C513" t="s">
+        <v>149</v>
+      </c>
+      <c r="D513">
         <v>56</v>
       </c>
-      <c r="E513" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D514" s="0">
+      <c r="E513" t="s">
+        <v>68</v>
+      </c>
+      <c r="F513" t="s">
+        <v>192</v>
+      </c>
+      <c r="G513" t="s">
+        <v>122</v>
+      </c>
+      <c r="H513" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="514" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A514" t="s">
+        <v>488</v>
+      </c>
+      <c r="B514" t="s">
+        <v>58</v>
+      </c>
+      <c r="C514" t="s">
+        <v>59</v>
+      </c>
+      <c r="D514">
         <v>57</v>
       </c>
-      <c r="E514" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L514" s="0">
+      <c r="E514" t="s">
+        <v>37</v>
+      </c>
+      <c r="F514" t="s">
+        <v>192</v>
+      </c>
+      <c r="G514" t="s">
+        <v>122</v>
+      </c>
+      <c r="H514" t="s">
+        <v>151</v>
+      </c>
+      <c r="K514">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L514">
         <v>7</v>
       </c>
     </row>
-    <row outlineLevel="0" r="515">
-[...15 lines deleted...]
-      <c r="D515" s="0">
+    <row r="515" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A515" t="s">
+        <v>488</v>
+      </c>
+      <c r="B515" t="s">
+        <v>91</v>
+      </c>
+      <c r="C515" t="s">
+        <v>92</v>
+      </c>
+      <c r="D515">
         <v>58</v>
       </c>
-      <c r="E515" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K515" s="0">
+      <c r="E515" t="s">
+        <v>68</v>
+      </c>
+      <c r="F515" t="s">
+        <v>192</v>
+      </c>
+      <c r="G515" t="s">
+        <v>122</v>
+      </c>
+      <c r="H515" t="s">
+        <v>131</v>
+      </c>
+      <c r="K515">
         <v>5</v>
       </c>
-      <c r="L515" s="0">
+      <c r="L515">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="516">
-[...15 lines deleted...]
-      <c r="D516" s="0">
+    <row r="516" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A516" t="s">
+        <v>488</v>
+      </c>
+      <c r="B516" t="s">
+        <v>94</v>
+      </c>
+      <c r="C516" t="s">
+        <v>95</v>
+      </c>
+      <c r="D516">
         <v>59</v>
       </c>
-      <c r="E516" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L516" s="0">
+      <c r="E516" t="s">
+        <v>68</v>
+      </c>
+      <c r="F516" t="s">
+        <v>192</v>
+      </c>
+      <c r="G516" t="s">
+        <v>122</v>
+      </c>
+      <c r="H516" t="s">
+        <v>151</v>
+      </c>
+      <c r="K516">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L516">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="517">
-[...15 lines deleted...]
-      <c r="D517" s="0">
+    <row r="517" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A517" t="s">
+        <v>488</v>
+      </c>
+      <c r="B517" t="s">
+        <v>275</v>
+      </c>
+      <c r="C517" t="s">
+        <v>276</v>
+      </c>
+      <c r="D517">
         <v>64</v>
       </c>
-      <c r="E517" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L517" s="0">
+      <c r="E517" t="s">
+        <v>37</v>
+      </c>
+      <c r="F517" t="s">
+        <v>192</v>
+      </c>
+      <c r="G517" t="s">
+        <v>122</v>
+      </c>
+      <c r="H517" t="s">
+        <v>499</v>
+      </c>
+      <c r="K517">
+        <v>0.60000002384185802</v>
+      </c>
+      <c r="L517">
         <v>3</v>
       </c>
     </row>
-    <row outlineLevel="0" r="518">
-[...15 lines deleted...]
-      <c r="D518" s="0">
+    <row r="518" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A518" t="s">
+        <v>488</v>
+      </c>
+      <c r="B518" t="s">
+        <v>155</v>
+      </c>
+      <c r="C518" t="s">
+        <v>156</v>
+      </c>
+      <c r="D518">
         <v>60</v>
       </c>
-      <c r="E518" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D519" s="0">
+      <c r="E518" t="s">
+        <v>68</v>
+      </c>
+      <c r="F518" t="s">
+        <v>192</v>
+      </c>
+      <c r="G518" t="s">
+        <v>122</v>
+      </c>
+      <c r="H518" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="519" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A519" t="s">
+        <v>488</v>
+      </c>
+      <c r="B519" t="s">
+        <v>157</v>
+      </c>
+      <c r="C519" t="s">
+        <v>158</v>
+      </c>
+      <c r="D519">
         <v>61</v>
       </c>
-      <c r="E519" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D520" s="0">
+      <c r="E519" t="s">
+        <v>68</v>
+      </c>
+      <c r="F519" t="s">
+        <v>192</v>
+      </c>
+      <c r="G519" t="s">
+        <v>122</v>
+      </c>
+      <c r="H519" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="520" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A520" t="s">
+        <v>488</v>
+      </c>
+      <c r="B520" t="s">
+        <v>46</v>
+      </c>
+      <c r="C520" t="s">
+        <v>47</v>
+      </c>
+      <c r="D520">
         <v>62</v>
       </c>
-      <c r="E520" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L520" s="0">
+      <c r="E520" t="s">
+        <v>37</v>
+      </c>
+      <c r="F520" t="s">
+        <v>192</v>
+      </c>
+      <c r="G520" t="s">
+        <v>122</v>
+      </c>
+      <c r="H520" t="s">
+        <v>133</v>
+      </c>
+      <c r="K520">
+        <v>7.9999998211860698E-2</v>
+      </c>
+      <c r="L520">
         <v>7</v>
       </c>
     </row>
-    <row outlineLevel="0" r="521">
-[...15 lines deleted...]
-      <c r="D521" s="0">
+    <row r="521" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A521" t="s">
+        <v>488</v>
+      </c>
+      <c r="B521" t="s">
+        <v>96</v>
+      </c>
+      <c r="C521" t="s">
+        <v>97</v>
+      </c>
+      <c r="D521">
         <v>63</v>
       </c>
-      <c r="E521" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L521" s="0">
+      <c r="E521" t="s">
+        <v>68</v>
+      </c>
+      <c r="F521" t="s">
+        <v>192</v>
+      </c>
+      <c r="G521" t="s">
+        <v>122</v>
+      </c>
+      <c r="H521" t="s">
+        <v>84</v>
+      </c>
+      <c r="K521">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L521">
         <v>8</v>
       </c>
     </row>
-    <row outlineLevel="0" r="522">
-[...15 lines deleted...]
-      <c r="D522" s="0">
+    <row r="522" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A522" t="s">
+        <v>488</v>
+      </c>
+      <c r="B522" t="s">
+        <v>61</v>
+      </c>
+      <c r="C522" t="s">
+        <v>62</v>
+      </c>
+      <c r="D522">
         <v>65</v>
       </c>
-      <c r="E522" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L522" s="0">
+      <c r="E522" t="s">
+        <v>37</v>
+      </c>
+      <c r="F522" t="s">
+        <v>192</v>
+      </c>
+      <c r="G522" t="s">
+        <v>122</v>
+      </c>
+      <c r="H522" t="s">
+        <v>52</v>
+      </c>
+      <c r="K522">
+        <v>9.00000035762787E-2</v>
+      </c>
+      <c r="L522">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="523">
-[...15 lines deleted...]
-      <c r="D523" s="0">
+    <row r="523" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A523" t="s">
+        <v>488</v>
+      </c>
+      <c r="B523" t="s">
+        <v>99</v>
+      </c>
+      <c r="C523" t="s">
+        <v>100</v>
+      </c>
+      <c r="D523">
         <v>66</v>
       </c>
-      <c r="E523" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K523" s="0">
+      <c r="E523" t="s">
+        <v>68</v>
+      </c>
+      <c r="F523" t="s">
+        <v>192</v>
+      </c>
+      <c r="G523" t="s">
+        <v>122</v>
+      </c>
+      <c r="H523" t="s">
+        <v>87</v>
+      </c>
+      <c r="K523">
         <v>1</v>
       </c>
-      <c r="L523" s="0">
+      <c r="L523">
         <v>8</v>
       </c>
     </row>
-    <row outlineLevel="0" r="524">
-[...15 lines deleted...]
-      <c r="D524" s="0">
+    <row r="524" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A524" t="s">
+        <v>488</v>
+      </c>
+      <c r="B524" t="s">
+        <v>39</v>
+      </c>
+      <c r="C524" t="s">
+        <v>251</v>
+      </c>
+      <c r="D524">
         <v>79</v>
       </c>
-      <c r="E524" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K524" s="0">
+      <c r="E524" t="s">
+        <v>68</v>
+      </c>
+      <c r="F524" t="s">
+        <v>192</v>
+      </c>
+      <c r="G524" t="s">
+        <v>122</v>
+      </c>
+      <c r="H524" t="s">
+        <v>502</v>
+      </c>
+      <c r="K524">
         <v>200</v>
       </c>
-      <c r="L524" s="0">
+      <c r="L524">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="525">
-[...15 lines deleted...]
-      <c r="D525" s="0">
+    <row r="525" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A525" t="s">
+        <v>488</v>
+      </c>
+      <c r="B525" t="s">
+        <v>503</v>
+      </c>
+      <c r="C525" t="s">
+        <v>504</v>
+      </c>
+      <c r="D525">
         <v>67</v>
       </c>
-      <c r="E525" s="0" t="inlineStr">
-[...63 lines deleted...]
-      <c r="K526" s="0">
+      <c r="E525" t="s">
+        <v>68</v>
+      </c>
+      <c r="F525" t="s">
+        <v>192</v>
+      </c>
+      <c r="G525" t="s">
+        <v>122</v>
+      </c>
+      <c r="H525" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="526" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A526" t="s">
+        <v>488</v>
+      </c>
+      <c r="B526" t="s">
+        <v>174</v>
+      </c>
+      <c r="C526" t="s">
+        <v>175</v>
+      </c>
+      <c r="D526">
+        <v>68</v>
+      </c>
+      <c r="E526" t="s">
+        <v>120</v>
+      </c>
+      <c r="F526" t="s">
+        <v>192</v>
+      </c>
+      <c r="G526" t="s">
+        <v>122</v>
+      </c>
+      <c r="H526" t="s">
+        <v>274</v>
+      </c>
+      <c r="K526">
         <v>40</v>
       </c>
-      <c r="L526" s="0">
+      <c r="L526">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="527">
-[...15 lines deleted...]
-      <c r="D527" s="0">
+    <row r="527" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A527" t="s">
+        <v>488</v>
+      </c>
+      <c r="B527" t="s">
+        <v>101</v>
+      </c>
+      <c r="C527" t="s">
+        <v>102</v>
+      </c>
+      <c r="D527">
         <v>69</v>
       </c>
-      <c r="E527" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K527" s="0">
+      <c r="E527" t="s">
+        <v>120</v>
+      </c>
+      <c r="F527" t="s">
+        <v>192</v>
+      </c>
+      <c r="G527" t="s">
+        <v>122</v>
+      </c>
+      <c r="H527" t="s">
+        <v>131</v>
+      </c>
+      <c r="K527">
         <v>90</v>
       </c>
-      <c r="L527" s="0">
+      <c r="L527">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="528">
-[...15 lines deleted...]
-      <c r="D528" s="0">
+    <row r="528" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A528" t="s">
+        <v>488</v>
+      </c>
+      <c r="B528" t="s">
+        <v>63</v>
+      </c>
+      <c r="C528" t="s">
+        <v>64</v>
+      </c>
+      <c r="D528">
         <v>70</v>
       </c>
-      <c r="E528" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D529" s="0">
+      <c r="E528" t="s">
+        <v>37</v>
+      </c>
+      <c r="F528" t="s">
+        <v>192</v>
+      </c>
+      <c r="G528" t="s">
+        <v>122</v>
+      </c>
+      <c r="H528" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="529" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A529" t="s">
+        <v>488</v>
+      </c>
+      <c r="B529" t="s">
+        <v>103</v>
+      </c>
+      <c r="C529" t="s">
+        <v>104</v>
+      </c>
+      <c r="D529">
         <v>71</v>
       </c>
-      <c r="E529" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L529" s="0">
+      <c r="E529" t="s">
+        <v>68</v>
+      </c>
+      <c r="F529" t="s">
+        <v>192</v>
+      </c>
+      <c r="G529" t="s">
+        <v>122</v>
+      </c>
+      <c r="H529" t="s">
+        <v>55</v>
+      </c>
+      <c r="K529">
+        <v>0.80000001192092896</v>
+      </c>
+      <c r="L529">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="530">
-[...15 lines deleted...]
-      <c r="D530" s="0">
+    <row r="530" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A530" t="s">
+        <v>488</v>
+      </c>
+      <c r="B530" t="s">
+        <v>180</v>
+      </c>
+      <c r="C530" t="s">
+        <v>181</v>
+      </c>
+      <c r="D530">
         <v>72</v>
       </c>
-      <c r="E530" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K530" s="0">
+      <c r="E530" t="s">
+        <v>68</v>
+      </c>
+      <c r="F530" t="s">
+        <v>192</v>
+      </c>
+      <c r="G530" t="s">
+        <v>122</v>
+      </c>
+      <c r="H530" t="s">
+        <v>87</v>
+      </c>
+      <c r="K530">
         <v>2</v>
       </c>
-      <c r="L530" s="0">
+      <c r="L530">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="531">
-[...15 lines deleted...]
-      <c r="D531" s="0">
+    <row r="531" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A531" t="s">
+        <v>488</v>
+      </c>
+      <c r="B531" t="s">
+        <v>258</v>
+      </c>
+      <c r="C531" t="s">
+        <v>259</v>
+      </c>
+      <c r="D531">
         <v>84</v>
       </c>
-      <c r="E531" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D532" s="0">
+      <c r="E531" t="s">
+        <v>68</v>
+      </c>
+      <c r="F531" t="s">
+        <v>192</v>
+      </c>
+      <c r="G531" t="s">
+        <v>122</v>
+      </c>
+      <c r="H531" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="532" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A532" t="s">
+        <v>488</v>
+      </c>
+      <c r="B532" t="s">
+        <v>107</v>
+      </c>
+      <c r="C532" t="s">
+        <v>108</v>
+      </c>
+      <c r="D532">
         <v>73</v>
       </c>
-      <c r="E532" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D533" s="0">
+      <c r="E532" t="s">
+        <v>68</v>
+      </c>
+      <c r="F532" t="s">
+        <v>192</v>
+      </c>
+      <c r="G532" t="s">
+        <v>122</v>
+      </c>
+      <c r="H532" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="533" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A533" t="s">
+        <v>488</v>
+      </c>
+      <c r="B533" t="s">
+        <v>110</v>
+      </c>
+      <c r="C533" t="s">
+        <v>111</v>
+      </c>
+      <c r="D533">
         <v>83</v>
       </c>
-      <c r="E533" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K533" s="0">
+      <c r="E533" t="s">
+        <v>120</v>
+      </c>
+      <c r="F533" t="s">
+        <v>192</v>
+      </c>
+      <c r="G533" t="s">
+        <v>122</v>
+      </c>
+      <c r="H533" t="s">
+        <v>270</v>
+      </c>
+      <c r="K533">
         <v>0</v>
       </c>
-      <c r="L533" s="0">
+      <c r="L533">
         <v>0</v>
       </c>
     </row>
-    <row outlineLevel="0" r="534">
-[...15 lines deleted...]
-      <c r="D534" s="0">
+    <row r="534" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A534" t="s">
+        <v>488</v>
+      </c>
+      <c r="B534" t="s">
+        <v>261</v>
+      </c>
+      <c r="C534" t="s">
+        <v>262</v>
+      </c>
+      <c r="D534">
         <v>85</v>
       </c>
-      <c r="E534" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D535" s="0">
+      <c r="E534" t="s">
+        <v>68</v>
+      </c>
+      <c r="F534" t="s">
+        <v>192</v>
+      </c>
+      <c r="G534" t="s">
+        <v>122</v>
+      </c>
+      <c r="H534" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="535" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A535" t="s">
+        <v>488</v>
+      </c>
+      <c r="B535" t="s">
+        <v>112</v>
+      </c>
+      <c r="C535" t="s">
+        <v>113</v>
+      </c>
+      <c r="D535">
         <v>74</v>
       </c>
-      <c r="E535" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L535" s="0">
+      <c r="E535" t="s">
+        <v>68</v>
+      </c>
+      <c r="F535" t="s">
+        <v>192</v>
+      </c>
+      <c r="G535" t="s">
+        <v>122</v>
+      </c>
+      <c r="H535" t="s">
+        <v>52</v>
+      </c>
+      <c r="K535">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L535">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="536">
-[...15 lines deleted...]
-      <c r="D536" s="0">
+    <row r="536" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A536" t="s">
+        <v>488</v>
+      </c>
+      <c r="B536" t="s">
+        <v>114</v>
+      </c>
+      <c r="C536" t="s">
+        <v>115</v>
+      </c>
+      <c r="D536">
         <v>75</v>
       </c>
-      <c r="E536" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K536" s="0">
+      <c r="E536" t="s">
+        <v>68</v>
+      </c>
+      <c r="F536" t="s">
+        <v>192</v>
+      </c>
+      <c r="G536" t="s">
+        <v>122</v>
+      </c>
+      <c r="H536" t="s">
+        <v>123</v>
+      </c>
+      <c r="K536">
         <v>4</v>
       </c>
-      <c r="L536" s="0">
+      <c r="L536">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="537">
-[...15 lines deleted...]
-      <c r="D537" s="0">
+    <row r="537" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A537" t="s">
+        <v>488</v>
+      </c>
+      <c r="B537" t="s">
+        <v>507</v>
+      </c>
+      <c r="C537" t="s">
+        <v>508</v>
+      </c>
+      <c r="D537">
         <v>76</v>
       </c>
-      <c r="E537" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K537" s="0">
+      <c r="E537" t="s">
+        <v>68</v>
+      </c>
+      <c r="F537" t="s">
+        <v>198</v>
+      </c>
+      <c r="G537" t="s">
+        <v>199</v>
+      </c>
+      <c r="H537" t="s">
+        <v>509</v>
+      </c>
+      <c r="K537">
         <v>9</v>
       </c>
-      <c r="L537" s="0">
+      <c r="L537">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="538">
-[...15 lines deleted...]
-      <c r="D538" s="0">
+    <row r="538" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A538" t="s">
+        <v>488</v>
+      </c>
+      <c r="B538" t="s">
+        <v>510</v>
+      </c>
+      <c r="C538" t="s">
+        <v>511</v>
+      </c>
+      <c r="D538">
         <v>77</v>
       </c>
-      <c r="E538" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L538" s="0">
+      <c r="E538" t="s">
+        <v>308</v>
+      </c>
+      <c r="F538" t="s">
+        <v>198</v>
+      </c>
+      <c r="G538" t="s">
+        <v>199</v>
+      </c>
+      <c r="H538" t="s">
+        <v>512</v>
+      </c>
+      <c r="K538">
+        <v>0.89999997615814198</v>
+      </c>
+      <c r="L538">
         <v>0</v>
       </c>
     </row>
-    <row outlineLevel="0" r="539">
-[...15 lines deleted...]
-      <c r="D539" s="0">
+    <row r="539" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A539" t="s">
+        <v>488</v>
+      </c>
+      <c r="B539" t="s">
+        <v>513</v>
+      </c>
+      <c r="C539" t="s">
+        <v>514</v>
+      </c>
+      <c r="D539">
         <v>87</v>
       </c>
-      <c r="E539" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D540" s="0">
+      <c r="E539" t="s">
+        <v>308</v>
+      </c>
+      <c r="F539" t="s">
+        <v>198</v>
+      </c>
+      <c r="G539" t="s">
+        <v>199</v>
+      </c>
+      <c r="H539" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="540" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A540" t="s">
+        <v>488</v>
+      </c>
+      <c r="B540" t="s">
+        <v>516</v>
+      </c>
+      <c r="C540" t="s">
+        <v>517</v>
+      </c>
+      <c r="D540">
         <v>88</v>
       </c>
-      <c r="E540" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D541" s="0">
+      <c r="E540" t="s">
+        <v>37</v>
+      </c>
+      <c r="F540" t="s">
+        <v>198</v>
+      </c>
+      <c r="G540" t="s">
+        <v>199</v>
+      </c>
+      <c r="H540" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="541" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A541" t="s">
+        <v>488</v>
+      </c>
+      <c r="B541" t="s">
+        <v>519</v>
+      </c>
+      <c r="C541" t="s">
+        <v>519</v>
+      </c>
+      <c r="D541">
         <v>89</v>
       </c>
-      <c r="E541" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D542" s="0">
+      <c r="E541" t="s">
+        <v>37</v>
+      </c>
+      <c r="F541" t="s">
+        <v>198</v>
+      </c>
+      <c r="G541" t="s">
+        <v>199</v>
+      </c>
+      <c r="H541" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="542" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A542" t="s">
+        <v>488</v>
+      </c>
+      <c r="B542" t="s">
+        <v>520</v>
+      </c>
+      <c r="C542" t="s">
+        <v>520</v>
+      </c>
+      <c r="D542">
         <v>90</v>
       </c>
-      <c r="E542" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K542" s="0">
+      <c r="E542" t="s">
+        <v>308</v>
+      </c>
+      <c r="F542" t="s">
+        <v>198</v>
+      </c>
+      <c r="G542" t="s">
+        <v>199</v>
+      </c>
+      <c r="H542" t="s">
+        <v>521</v>
+      </c>
+      <c r="K542">
         <v>1</v>
       </c>
-      <c r="L542" s="0">
+      <c r="L542">
         <v>0</v>
       </c>
     </row>
-    <row outlineLevel="0" r="543">
-[...15 lines deleted...]
-      <c r="D543" s="0">
+    <row r="543" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A543" t="s">
+        <v>522</v>
+      </c>
+      <c r="B543" t="s">
+        <v>523</v>
+      </c>
+      <c r="C543" t="s">
+        <v>524</v>
+      </c>
+      <c r="D543">
         <v>1</v>
       </c>
-      <c r="E543" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D544" s="0">
+      <c r="E543" t="s">
+        <v>525</v>
+      </c>
+      <c r="F543" t="s">
+        <v>526</v>
+      </c>
+      <c r="G543" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="544" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A544" t="s">
+        <v>522</v>
+      </c>
+      <c r="B544" t="s">
+        <v>528</v>
+      </c>
+      <c r="C544" t="s">
+        <v>529</v>
+      </c>
+      <c r="D544">
         <v>2</v>
       </c>
-      <c r="E544" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D545" s="0">
+      <c r="E544" t="s">
+        <v>525</v>
+      </c>
+      <c r="F544" t="s">
+        <v>526</v>
+      </c>
+      <c r="G544" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="545" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A545" t="s">
+        <v>522</v>
+      </c>
+      <c r="B545" t="s">
+        <v>530</v>
+      </c>
+      <c r="C545" t="s">
+        <v>531</v>
+      </c>
+      <c r="D545">
         <v>3</v>
       </c>
-      <c r="E545" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D546" s="0">
+      <c r="E545" t="s">
+        <v>525</v>
+      </c>
+      <c r="F545" t="s">
+        <v>526</v>
+      </c>
+      <c r="G545" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="546" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A546" t="s">
+        <v>522</v>
+      </c>
+      <c r="B546" t="s">
+        <v>532</v>
+      </c>
+      <c r="C546" t="s">
+        <v>533</v>
+      </c>
+      <c r="D546">
         <v>4</v>
       </c>
-      <c r="E546" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D547" s="0">
+      <c r="E546" t="s">
+        <v>525</v>
+      </c>
+      <c r="F546" t="s">
+        <v>526</v>
+      </c>
+      <c r="G546" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="547" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A547" t="s">
+        <v>522</v>
+      </c>
+      <c r="B547" t="s">
+        <v>534</v>
+      </c>
+      <c r="C547" t="s">
+        <v>535</v>
+      </c>
+      <c r="D547">
         <v>5</v>
       </c>
-      <c r="E547" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D548" s="0">
+      <c r="E547" t="s">
+        <v>525</v>
+      </c>
+      <c r="F547" t="s">
+        <v>526</v>
+      </c>
+      <c r="G547" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="548" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A548" t="s">
+        <v>522</v>
+      </c>
+      <c r="B548" t="s">
+        <v>536</v>
+      </c>
+      <c r="C548" t="s">
+        <v>535</v>
+      </c>
+      <c r="D548">
         <v>6</v>
       </c>
-      <c r="E548" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D549" s="0">
+      <c r="E548" t="s">
+        <v>525</v>
+      </c>
+      <c r="F548" t="s">
+        <v>526</v>
+      </c>
+      <c r="G548" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="549" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A549" t="s">
+        <v>522</v>
+      </c>
+      <c r="B549" t="s">
+        <v>537</v>
+      </c>
+      <c r="C549" t="s">
+        <v>538</v>
+      </c>
+      <c r="D549">
         <v>7</v>
       </c>
-      <c r="E549" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D550" s="0">
+      <c r="E549" t="s">
+        <v>525</v>
+      </c>
+      <c r="F549" t="s">
+        <v>526</v>
+      </c>
+      <c r="G549" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="550" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A550" t="s">
+        <v>522</v>
+      </c>
+      <c r="B550" t="s">
+        <v>539</v>
+      </c>
+      <c r="C550" t="s">
+        <v>540</v>
+      </c>
+      <c r="D550">
         <v>8</v>
       </c>
-      <c r="E550" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D551" s="0">
+      <c r="E550" t="s">
+        <v>525</v>
+      </c>
+      <c r="F550" t="s">
+        <v>526</v>
+      </c>
+      <c r="G550" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="551" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A551" t="s">
+        <v>522</v>
+      </c>
+      <c r="B551" t="s">
+        <v>541</v>
+      </c>
+      <c r="C551" t="s">
+        <v>542</v>
+      </c>
+      <c r="D551">
         <v>9</v>
       </c>
-      <c r="E551" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D552" s="0">
+      <c r="E551" t="s">
+        <v>525</v>
+      </c>
+      <c r="F551" t="s">
+        <v>526</v>
+      </c>
+      <c r="G551" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="552" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A552" t="s">
+        <v>522</v>
+      </c>
+      <c r="B552" t="s">
+        <v>543</v>
+      </c>
+      <c r="C552" t="s">
+        <v>544</v>
+      </c>
+      <c r="D552">
         <v>10</v>
       </c>
-      <c r="E552" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D553" s="0">
+      <c r="E552" t="s">
+        <v>525</v>
+      </c>
+      <c r="F552" t="s">
+        <v>526</v>
+      </c>
+      <c r="G552" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="553" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A553" t="s">
+        <v>522</v>
+      </c>
+      <c r="B553" t="s">
+        <v>545</v>
+      </c>
+      <c r="C553" t="s">
+        <v>546</v>
+      </c>
+      <c r="D553">
         <v>11</v>
       </c>
-      <c r="E553" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D554" s="0">
+      <c r="E553" t="s">
+        <v>525</v>
+      </c>
+      <c r="F553" t="s">
+        <v>526</v>
+      </c>
+      <c r="G553" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="554" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A554" t="s">
+        <v>522</v>
+      </c>
+      <c r="B554" t="s">
+        <v>547</v>
+      </c>
+      <c r="C554" t="s">
+        <v>548</v>
+      </c>
+      <c r="D554">
         <v>12</v>
       </c>
-      <c r="E554" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D555" s="0">
+      <c r="E554" t="s">
+        <v>525</v>
+      </c>
+      <c r="F554" t="s">
+        <v>526</v>
+      </c>
+      <c r="G554" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="555" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A555" t="s">
+        <v>522</v>
+      </c>
+      <c r="B555" t="s">
+        <v>549</v>
+      </c>
+      <c r="C555" t="s">
+        <v>550</v>
+      </c>
+      <c r="D555">
         <v>13</v>
       </c>
-      <c r="E555" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D556" s="0">
+      <c r="E555" t="s">
+        <v>525</v>
+      </c>
+      <c r="F555" t="s">
+        <v>526</v>
+      </c>
+      <c r="G555" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="556" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A556" t="s">
+        <v>522</v>
+      </c>
+      <c r="B556" t="s">
+        <v>551</v>
+      </c>
+      <c r="C556" t="s">
+        <v>552</v>
+      </c>
+      <c r="D556">
         <v>14</v>
       </c>
-      <c r="E556" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D557" s="0">
+      <c r="E556" t="s">
+        <v>525</v>
+      </c>
+      <c r="F556" t="s">
+        <v>526</v>
+      </c>
+      <c r="G556" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="557" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A557" t="s">
+        <v>522</v>
+      </c>
+      <c r="B557" t="s">
+        <v>553</v>
+      </c>
+      <c r="C557" t="s">
+        <v>554</v>
+      </c>
+      <c r="D557">
         <v>15</v>
       </c>
-      <c r="E557" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D558" s="0">
+      <c r="E557" t="s">
+        <v>525</v>
+      </c>
+      <c r="F557" t="s">
+        <v>526</v>
+      </c>
+      <c r="G557" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="558" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A558" t="s">
+        <v>522</v>
+      </c>
+      <c r="B558" t="s">
+        <v>555</v>
+      </c>
+      <c r="C558" t="s">
+        <v>556</v>
+      </c>
+      <c r="D558">
         <v>16</v>
       </c>
-      <c r="E558" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D559" s="0">
+      <c r="E558" t="s">
+        <v>525</v>
+      </c>
+      <c r="F558" t="s">
+        <v>526</v>
+      </c>
+      <c r="G558" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="559" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A559" t="s">
+        <v>522</v>
+      </c>
+      <c r="B559" t="s">
+        <v>557</v>
+      </c>
+      <c r="C559" t="s">
+        <v>558</v>
+      </c>
+      <c r="D559">
         <v>17</v>
       </c>
-      <c r="E559" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D560" s="0">
+      <c r="E559" t="s">
+        <v>525</v>
+      </c>
+      <c r="F559" t="s">
+        <v>526</v>
+      </c>
+      <c r="G559" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="560" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A560" t="s">
+        <v>522</v>
+      </c>
+      <c r="B560" t="s">
+        <v>559</v>
+      </c>
+      <c r="C560" t="s">
+        <v>560</v>
+      </c>
+      <c r="D560">
         <v>18</v>
       </c>
-      <c r="E560" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D561" s="0">
+      <c r="E560" t="s">
+        <v>525</v>
+      </c>
+      <c r="F560" t="s">
+        <v>526</v>
+      </c>
+      <c r="G560" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="561" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A561" t="s">
+        <v>522</v>
+      </c>
+      <c r="B561" t="s">
+        <v>561</v>
+      </c>
+      <c r="C561" t="s">
+        <v>560</v>
+      </c>
+      <c r="D561">
         <v>19</v>
       </c>
-      <c r="E561" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D562" s="0">
+      <c r="E561" t="s">
+        <v>525</v>
+      </c>
+      <c r="F561" t="s">
+        <v>526</v>
+      </c>
+      <c r="G561" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="562" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A562" t="s">
+        <v>522</v>
+      </c>
+      <c r="B562" t="s">
+        <v>562</v>
+      </c>
+      <c r="C562" t="s">
+        <v>563</v>
+      </c>
+      <c r="D562">
         <v>20</v>
       </c>
-      <c r="E562" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D563" s="0">
+      <c r="E562" t="s">
+        <v>525</v>
+      </c>
+      <c r="F562" t="s">
+        <v>526</v>
+      </c>
+      <c r="G562" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="563" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A563" t="s">
+        <v>522</v>
+      </c>
+      <c r="B563" t="s">
+        <v>564</v>
+      </c>
+      <c r="C563" t="s">
+        <v>563</v>
+      </c>
+      <c r="D563">
         <v>21</v>
       </c>
-      <c r="E563" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D564" s="0">
+      <c r="E563" t="s">
+        <v>525</v>
+      </c>
+      <c r="F563" t="s">
+        <v>526</v>
+      </c>
+      <c r="G563" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="564" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A564" t="s">
+        <v>522</v>
+      </c>
+      <c r="B564" t="s">
+        <v>565</v>
+      </c>
+      <c r="C564" t="s">
+        <v>538</v>
+      </c>
+      <c r="D564">
         <v>22</v>
       </c>
-      <c r="E564" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D565" s="0">
+      <c r="E564" t="s">
+        <v>525</v>
+      </c>
+      <c r="F564" t="s">
+        <v>526</v>
+      </c>
+      <c r="G564" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="565" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A565" t="s">
+        <v>522</v>
+      </c>
+      <c r="B565" t="s">
+        <v>566</v>
+      </c>
+      <c r="C565" t="s">
+        <v>567</v>
+      </c>
+      <c r="D565">
         <v>23</v>
       </c>
-      <c r="E565" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D566" s="0">
+      <c r="E565" t="s">
+        <v>525</v>
+      </c>
+      <c r="F565" t="s">
+        <v>526</v>
+      </c>
+      <c r="G565" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="566" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A566" t="s">
+        <v>522</v>
+      </c>
+      <c r="B566" t="s">
+        <v>568</v>
+      </c>
+      <c r="C566" t="s">
+        <v>569</v>
+      </c>
+      <c r="D566">
         <v>24</v>
       </c>
-      <c r="E566" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D567" s="0">
+      <c r="E566" t="s">
+        <v>525</v>
+      </c>
+      <c r="F566" t="s">
+        <v>526</v>
+      </c>
+      <c r="G566" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="567" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A567" t="s">
+        <v>522</v>
+      </c>
+      <c r="B567" t="s">
+        <v>570</v>
+      </c>
+      <c r="C567" t="s">
+        <v>571</v>
+      </c>
+      <c r="D567">
         <v>25</v>
       </c>
-      <c r="E567" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D568" s="0">
+      <c r="E567" t="s">
+        <v>525</v>
+      </c>
+      <c r="F567" t="s">
+        <v>526</v>
+      </c>
+      <c r="G567" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="568" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A568" t="s">
+        <v>522</v>
+      </c>
+      <c r="B568" t="s">
+        <v>572</v>
+      </c>
+      <c r="C568" t="s">
+        <v>573</v>
+      </c>
+      <c r="D568">
         <v>26</v>
       </c>
-      <c r="E568" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D569" s="0">
+      <c r="E568" t="s">
+        <v>525</v>
+      </c>
+      <c r="F568" t="s">
+        <v>526</v>
+      </c>
+      <c r="G568" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="569" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A569" t="s">
+        <v>522</v>
+      </c>
+      <c r="B569" t="s">
+        <v>574</v>
+      </c>
+      <c r="C569" t="s">
+        <v>575</v>
+      </c>
+      <c r="D569">
         <v>27</v>
       </c>
-      <c r="E569" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D570" s="0">
+      <c r="E569" t="s">
+        <v>525</v>
+      </c>
+      <c r="F569" t="s">
+        <v>526</v>
+      </c>
+      <c r="G569" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="570" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A570" t="s">
+        <v>522</v>
+      </c>
+      <c r="B570" t="s">
+        <v>576</v>
+      </c>
+      <c r="C570" t="s">
+        <v>577</v>
+      </c>
+      <c r="D570">
         <v>28</v>
       </c>
-      <c r="E570" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D571" s="0">
+      <c r="E570" t="s">
+        <v>525</v>
+      </c>
+      <c r="F570" t="s">
+        <v>526</v>
+      </c>
+      <c r="G570" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="571" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A571" t="s">
+        <v>522</v>
+      </c>
+      <c r="B571" t="s">
+        <v>578</v>
+      </c>
+      <c r="C571" t="s">
+        <v>579</v>
+      </c>
+      <c r="D571">
         <v>29</v>
       </c>
-      <c r="E571" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D572" s="0">
+      <c r="E571" t="s">
+        <v>525</v>
+      </c>
+      <c r="F571" t="s">
+        <v>526</v>
+      </c>
+      <c r="G571" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="572" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A572" t="s">
+        <v>522</v>
+      </c>
+      <c r="B572" t="s">
+        <v>580</v>
+      </c>
+      <c r="C572" t="s">
+        <v>581</v>
+      </c>
+      <c r="D572">
         <v>30</v>
       </c>
-      <c r="E572" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D573" s="0">
+      <c r="E572" t="s">
+        <v>525</v>
+      </c>
+      <c r="F572" t="s">
+        <v>526</v>
+      </c>
+      <c r="G572" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="573" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A573" t="s">
+        <v>522</v>
+      </c>
+      <c r="B573" t="s">
+        <v>582</v>
+      </c>
+      <c r="C573" t="s">
+        <v>583</v>
+      </c>
+      <c r="D573">
         <v>31</v>
       </c>
-      <c r="E573" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D574" s="0">
+      <c r="E573" t="s">
+        <v>525</v>
+      </c>
+      <c r="F573" t="s">
+        <v>526</v>
+      </c>
+      <c r="G573" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="574" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A574" t="s">
+        <v>522</v>
+      </c>
+      <c r="B574" t="s">
+        <v>584</v>
+      </c>
+      <c r="C574" t="s">
+        <v>585</v>
+      </c>
+      <c r="D574">
         <v>32</v>
       </c>
-      <c r="E574" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D575" s="0">
+      <c r="E574" t="s">
+        <v>525</v>
+      </c>
+      <c r="F574" t="s">
+        <v>526</v>
+      </c>
+      <c r="G574" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="575" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A575" t="s">
+        <v>522</v>
+      </c>
+      <c r="B575" t="s">
+        <v>586</v>
+      </c>
+      <c r="C575" t="s">
+        <v>587</v>
+      </c>
+      <c r="D575">
         <v>33</v>
       </c>
-      <c r="E575" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D576" s="0">
+      <c r="E575" t="s">
+        <v>525</v>
+      </c>
+      <c r="F575" t="s">
+        <v>526</v>
+      </c>
+      <c r="G575" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="576" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A576" t="s">
+        <v>588</v>
+      </c>
+      <c r="B576" t="s">
+        <v>589</v>
+      </c>
+      <c r="C576" t="s">
+        <v>590</v>
+      </c>
+      <c r="D576">
         <v>3</v>
       </c>
-      <c r="E576" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K576" s="0">
+      <c r="E576" t="s">
+        <v>120</v>
+      </c>
+      <c r="F576" t="s">
+        <v>591</v>
+      </c>
+      <c r="G576" t="s">
+        <v>592</v>
+      </c>
+      <c r="H576" t="s">
+        <v>501</v>
+      </c>
+      <c r="K576">
         <v>5</v>
       </c>
-      <c r="L576" s="0">
+      <c r="L576">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="577">
-[...15 lines deleted...]
-      <c r="D577" s="0">
+    <row r="577" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A577" t="s">
+        <v>588</v>
+      </c>
+      <c r="B577" t="s">
+        <v>593</v>
+      </c>
+      <c r="C577" t="s">
+        <v>594</v>
+      </c>
+      <c r="D577">
         <v>2</v>
       </c>
-      <c r="E577" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K577" s="0">
+      <c r="E577" t="s">
+        <v>120</v>
+      </c>
+      <c r="F577" t="s">
+        <v>591</v>
+      </c>
+      <c r="G577" t="s">
+        <v>592</v>
+      </c>
+      <c r="H577" t="s">
+        <v>116</v>
+      </c>
+      <c r="K577">
         <v>2</v>
       </c>
-      <c r="L577" s="0">
+      <c r="L577">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="578">
-[...15 lines deleted...]
-      <c r="D578" s="0">
+    <row r="578" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A578" t="s">
+        <v>588</v>
+      </c>
+      <c r="B578" t="s">
+        <v>595</v>
+      </c>
+      <c r="C578" t="s">
+        <v>596</v>
+      </c>
+      <c r="D578">
         <v>6</v>
       </c>
-      <c r="E578" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K578" s="0">
+      <c r="E578" t="s">
+        <v>120</v>
+      </c>
+      <c r="F578" t="s">
+        <v>591</v>
+      </c>
+      <c r="G578" t="s">
+        <v>592</v>
+      </c>
+      <c r="H578" t="s">
+        <v>162</v>
+      </c>
+      <c r="K578">
         <v>8</v>
       </c>
-      <c r="L578" s="0">
+      <c r="L578">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="579">
-[...15 lines deleted...]
-      <c r="D579" s="0">
+    <row r="579" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A579" t="s">
+        <v>588</v>
+      </c>
+      <c r="B579" t="s">
+        <v>597</v>
+      </c>
+      <c r="C579" t="s">
+        <v>598</v>
+      </c>
+      <c r="D579">
         <v>10</v>
       </c>
-      <c r="E579" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K579" s="0">
+      <c r="E579" t="s">
+        <v>120</v>
+      </c>
+      <c r="F579" t="s">
+        <v>591</v>
+      </c>
+      <c r="G579" t="s">
+        <v>592</v>
+      </c>
+      <c r="H579" t="s">
+        <v>274</v>
+      </c>
+      <c r="K579">
         <v>14</v>
       </c>
-      <c r="L579" s="0">
+      <c r="L579">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="580">
-[...15 lines deleted...]
-      <c r="D580" s="0">
+    <row r="580" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A580" t="s">
+        <v>588</v>
+      </c>
+      <c r="B580" t="s">
+        <v>599</v>
+      </c>
+      <c r="C580" t="s">
+        <v>600</v>
+      </c>
+      <c r="D580">
         <v>13</v>
       </c>
-      <c r="E580" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K580" s="0">
+      <c r="E580" t="s">
+        <v>120</v>
+      </c>
+      <c r="F580" t="s">
+        <v>591</v>
+      </c>
+      <c r="G580" t="s">
+        <v>592</v>
+      </c>
+      <c r="H580" t="s">
+        <v>601</v>
+      </c>
+      <c r="K580">
         <v>20</v>
       </c>
-      <c r="L580" s="0">
+      <c r="L580">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="581">
-[...15 lines deleted...]
-      <c r="D581" s="0">
+    <row r="581" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A581" t="s">
+        <v>588</v>
+      </c>
+      <c r="B581" t="s">
+        <v>602</v>
+      </c>
+      <c r="C581" t="s">
+        <v>603</v>
+      </c>
+      <c r="D581">
         <v>11</v>
       </c>
-      <c r="E581" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K581" s="0">
+      <c r="E581" t="s">
+        <v>120</v>
+      </c>
+      <c r="F581" t="s">
+        <v>591</v>
+      </c>
+      <c r="G581" t="s">
+        <v>592</v>
+      </c>
+      <c r="H581" t="s">
+        <v>274</v>
+      </c>
+      <c r="K581">
         <v>20</v>
       </c>
-      <c r="L581" s="0">
+      <c r="L581">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="582">
-[...15 lines deleted...]
-      <c r="D582" s="0">
+    <row r="582" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A582" t="s">
+        <v>588</v>
+      </c>
+      <c r="B582" t="s">
+        <v>604</v>
+      </c>
+      <c r="C582" t="s">
+        <v>605</v>
+      </c>
+      <c r="D582">
         <v>16</v>
       </c>
-      <c r="E582" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K582" s="0">
+      <c r="E582" t="s">
+        <v>120</v>
+      </c>
+      <c r="F582" t="s">
+        <v>591</v>
+      </c>
+      <c r="G582" t="s">
+        <v>592</v>
+      </c>
+      <c r="H582" t="s">
+        <v>281</v>
+      </c>
+      <c r="K582">
         <v>5</v>
       </c>
-      <c r="L582" s="0">
+      <c r="L582">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="583">
-[...15 lines deleted...]
-      <c r="D583" s="0">
+    <row r="583" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A583" t="s">
+        <v>588</v>
+      </c>
+      <c r="B583" t="s">
+        <v>606</v>
+      </c>
+      <c r="C583" t="s">
+        <v>607</v>
+      </c>
+      <c r="D583">
         <v>12</v>
       </c>
-      <c r="E583" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K583" s="0">
+      <c r="E583" t="s">
+        <v>120</v>
+      </c>
+      <c r="F583" t="s">
+        <v>591</v>
+      </c>
+      <c r="G583" t="s">
+        <v>592</v>
+      </c>
+      <c r="H583" t="s">
+        <v>281</v>
+      </c>
+      <c r="K583">
         <v>15</v>
       </c>
-      <c r="L583" s="0">
+      <c r="L583">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="584">
-[...15 lines deleted...]
-      <c r="D584" s="0">
+    <row r="584" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A584" t="s">
+        <v>588</v>
+      </c>
+      <c r="B584" t="s">
+        <v>608</v>
+      </c>
+      <c r="C584" t="s">
+        <v>609</v>
+      </c>
+      <c r="D584">
         <v>9</v>
       </c>
-      <c r="E584" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K584" s="0">
+      <c r="E584" t="s">
+        <v>120</v>
+      </c>
+      <c r="F584" t="s">
+        <v>591</v>
+      </c>
+      <c r="G584" t="s">
+        <v>592</v>
+      </c>
+      <c r="H584" t="s">
+        <v>274</v>
+      </c>
+      <c r="K584">
         <v>20</v>
       </c>
-      <c r="L584" s="0">
+      <c r="L584">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="585">
-[...15 lines deleted...]
-      <c r="D585" s="0">
+    <row r="585" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A585" t="s">
+        <v>588</v>
+      </c>
+      <c r="B585" t="s">
+        <v>610</v>
+      </c>
+      <c r="C585" t="s">
+        <v>611</v>
+      </c>
+      <c r="D585">
         <v>14</v>
       </c>
-      <c r="E585" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K585" s="0">
+      <c r="E585" t="s">
+        <v>120</v>
+      </c>
+      <c r="F585" t="s">
+        <v>591</v>
+      </c>
+      <c r="G585" t="s">
+        <v>592</v>
+      </c>
+      <c r="H585" t="s">
+        <v>270</v>
+      </c>
+      <c r="K585">
         <v>4</v>
       </c>
-      <c r="L585" s="0">
+      <c r="L585">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="586">
-[...15 lines deleted...]
-      <c r="D586" s="0">
+    <row r="586" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A586" t="s">
+        <v>588</v>
+      </c>
+      <c r="B586" t="s">
+        <v>612</v>
+      </c>
+      <c r="C586" t="s">
+        <v>613</v>
+      </c>
+      <c r="D586">
         <v>7</v>
       </c>
-      <c r="E586" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K586" s="0">
+      <c r="E586" t="s">
+        <v>120</v>
+      </c>
+      <c r="F586" t="s">
+        <v>591</v>
+      </c>
+      <c r="G586" t="s">
+        <v>592</v>
+      </c>
+      <c r="H586" t="s">
+        <v>614</v>
+      </c>
+      <c r="K586">
         <v>25</v>
       </c>
-      <c r="L586" s="0">
+      <c r="L586">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="587">
-[...15 lines deleted...]
-      <c r="D587" s="0">
+    <row r="587" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A587" t="s">
+        <v>588</v>
+      </c>
+      <c r="B587" t="s">
+        <v>615</v>
+      </c>
+      <c r="C587" t="s">
+        <v>616</v>
+      </c>
+      <c r="D587">
         <v>4</v>
       </c>
-      <c r="E587" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K587" s="0">
+      <c r="E587" t="s">
+        <v>120</v>
+      </c>
+      <c r="F587" t="s">
+        <v>591</v>
+      </c>
+      <c r="G587" t="s">
+        <v>592</v>
+      </c>
+      <c r="H587" t="s">
+        <v>501</v>
+      </c>
+      <c r="K587">
         <v>6</v>
       </c>
-      <c r="L587" s="0">
+      <c r="L587">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="588">
-[...15 lines deleted...]
-      <c r="D588" s="0">
+    <row r="588" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A588" t="s">
+        <v>588</v>
+      </c>
+      <c r="B588" t="s">
+        <v>617</v>
+      </c>
+      <c r="C588" t="s">
+        <v>618</v>
+      </c>
+      <c r="D588">
         <v>15</v>
       </c>
-      <c r="E588" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K588" s="0">
+      <c r="E588" t="s">
+        <v>120</v>
+      </c>
+      <c r="F588" t="s">
+        <v>591</v>
+      </c>
+      <c r="G588" t="s">
+        <v>592</v>
+      </c>
+      <c r="H588" t="s">
+        <v>601</v>
+      </c>
+      <c r="K588">
         <v>5</v>
       </c>
-      <c r="L588" s="0">
+      <c r="L588">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="589">
-[...15 lines deleted...]
-      <c r="D589" s="0">
+    <row r="589" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A589" t="s">
+        <v>588</v>
+      </c>
+      <c r="B589" t="s">
+        <v>619</v>
+      </c>
+      <c r="C589" t="s">
+        <v>620</v>
+      </c>
+      <c r="D589">
         <v>1</v>
       </c>
-      <c r="E589" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K589" s="0">
+      <c r="E589" t="s">
+        <v>120</v>
+      </c>
+      <c r="F589" t="s">
+        <v>591</v>
+      </c>
+      <c r="G589" t="s">
+        <v>592</v>
+      </c>
+      <c r="H589" t="s">
+        <v>281</v>
+      </c>
+      <c r="K589">
         <v>7</v>
       </c>
-      <c r="L589" s="0">
+      <c r="L589">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="590">
-[...15 lines deleted...]
-      <c r="D590" s="0">
+    <row r="590" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A590" t="s">
+        <v>588</v>
+      </c>
+      <c r="B590" t="s">
+        <v>621</v>
+      </c>
+      <c r="C590" t="s">
+        <v>622</v>
+      </c>
+      <c r="D590">
         <v>5</v>
       </c>
-      <c r="E590" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K590" s="0">
+      <c r="E590" t="s">
+        <v>120</v>
+      </c>
+      <c r="F590" t="s">
+        <v>591</v>
+      </c>
+      <c r="G590" t="s">
+        <v>592</v>
+      </c>
+      <c r="H590" t="s">
+        <v>623</v>
+      </c>
+      <c r="K590">
         <v>20</v>
       </c>
-      <c r="L590" s="0">
+      <c r="L590">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="591">
-[...15 lines deleted...]
-      <c r="D591" s="0">
+    <row r="591" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A591" t="s">
+        <v>588</v>
+      </c>
+      <c r="B591" t="s">
+        <v>624</v>
+      </c>
+      <c r="C591" t="s">
+        <v>625</v>
+      </c>
+      <c r="D591">
         <v>8</v>
       </c>
-      <c r="E591" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K591" s="0">
+      <c r="E591" t="s">
+        <v>120</v>
+      </c>
+      <c r="F591" t="s">
+        <v>591</v>
+      </c>
+      <c r="G591" t="s">
+        <v>592</v>
+      </c>
+      <c r="H591" t="s">
+        <v>501</v>
+      </c>
+      <c r="K591">
         <v>30</v>
       </c>
-      <c r="L591" s="0">
+      <c r="L591">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="592">
-[...15 lines deleted...]
-      <c r="D592" s="0">
+    <row r="592" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A592" t="s">
+        <v>588</v>
+      </c>
+      <c r="B592" t="s">
+        <v>626</v>
+      </c>
+      <c r="C592" t="s">
+        <v>627</v>
+      </c>
+      <c r="D592">
         <v>244</v>
       </c>
-      <c r="E592" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K592" s="0">
+      <c r="E592" t="s">
+        <v>120</v>
+      </c>
+      <c r="F592" t="s">
+        <v>591</v>
+      </c>
+      <c r="G592" t="s">
+        <v>592</v>
+      </c>
+      <c r="H592" t="s">
+        <v>628</v>
+      </c>
+      <c r="K592">
         <v>210</v>
       </c>
-      <c r="L592" s="0">
+      <c r="L592">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="593">
-[...15 lines deleted...]
-      <c r="D593" s="0">
+    <row r="593" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A593" t="s">
+        <v>588</v>
+      </c>
+      <c r="B593" t="s">
+        <v>629</v>
+      </c>
+      <c r="C593" t="s">
+        <v>630</v>
+      </c>
+      <c r="D593">
         <v>296</v>
       </c>
-      <c r="E593" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D594" s="0">
+      <c r="E593" t="s">
+        <v>120</v>
+      </c>
+      <c r="F593" t="s">
+        <v>591</v>
+      </c>
+      <c r="G593" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="594" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A594" t="s">
+        <v>588</v>
+      </c>
+      <c r="B594" t="s">
+        <v>631</v>
+      </c>
+      <c r="C594" t="s">
+        <v>632</v>
+      </c>
+      <c r="D594">
         <v>31</v>
       </c>
-      <c r="E594" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K594" s="0">
+      <c r="E594" t="s">
+        <v>120</v>
+      </c>
+      <c r="F594" t="s">
+        <v>633</v>
+      </c>
+      <c r="G594" t="s">
+        <v>634</v>
+      </c>
+      <c r="H594" t="s">
+        <v>255</v>
+      </c>
+      <c r="K594">
         <v>0.5</v>
       </c>
-      <c r="L594" s="0">
+      <c r="L594">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="595">
-[...15 lines deleted...]
-      <c r="D595" s="0">
+    <row r="595" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A595" t="s">
+        <v>588</v>
+      </c>
+      <c r="B595" t="s">
+        <v>635</v>
+      </c>
+      <c r="C595" t="s">
+        <v>632</v>
+      </c>
+      <c r="D595">
         <v>32</v>
       </c>
-      <c r="E595" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D596" s="0">
+      <c r="E595" t="s">
+        <v>120</v>
+      </c>
+      <c r="F595" t="s">
+        <v>633</v>
+      </c>
+      <c r="G595" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="596" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A596" t="s">
+        <v>588</v>
+      </c>
+      <c r="B596" t="s">
+        <v>636</v>
+      </c>
+      <c r="C596" t="s">
+        <v>632</v>
+      </c>
+      <c r="D596">
         <v>33</v>
       </c>
-      <c r="E596" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K596" s="0">
+      <c r="E596" t="s">
+        <v>120</v>
+      </c>
+      <c r="F596" t="s">
+        <v>633</v>
+      </c>
+      <c r="G596" t="s">
+        <v>634</v>
+      </c>
+      <c r="H596" t="s">
+        <v>255</v>
+      </c>
+      <c r="K596">
         <v>1</v>
       </c>
-      <c r="L596" s="0">
+      <c r="L596">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="597">
-[...15 lines deleted...]
-      <c r="D597" s="0">
+    <row r="597" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A597" t="s">
+        <v>588</v>
+      </c>
+      <c r="B597" t="s">
+        <v>637</v>
+      </c>
+      <c r="C597" t="s">
+        <v>632</v>
+      </c>
+      <c r="D597">
         <v>201</v>
       </c>
-      <c r="E597" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K597" s="0">
+      <c r="E597" t="s">
+        <v>120</v>
+      </c>
+      <c r="F597" t="s">
+        <v>633</v>
+      </c>
+      <c r="G597" t="s">
+        <v>634</v>
+      </c>
+      <c r="H597" t="s">
+        <v>81</v>
+      </c>
+      <c r="K597">
         <v>0</v>
       </c>
-      <c r="L597" s="0">
+      <c r="L597">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="598">
-[...15 lines deleted...]
-      <c r="D598" s="0">
+    <row r="598" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A598" t="s">
+        <v>588</v>
+      </c>
+      <c r="B598" t="s">
+        <v>638</v>
+      </c>
+      <c r="C598" t="s">
+        <v>632</v>
+      </c>
+      <c r="D598">
         <v>202</v>
       </c>
-      <c r="E598" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D599" s="0">
+      <c r="E598" t="s">
+        <v>120</v>
+      </c>
+      <c r="F598" t="s">
+        <v>633</v>
+      </c>
+      <c r="G598" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="599" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A599" t="s">
+        <v>588</v>
+      </c>
+      <c r="B599" t="s">
+        <v>639</v>
+      </c>
+      <c r="C599" t="s">
+        <v>632</v>
+      </c>
+      <c r="D599">
         <v>34</v>
       </c>
-      <c r="E599" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K599" s="0">
+      <c r="E599" t="s">
+        <v>120</v>
+      </c>
+      <c r="F599" t="s">
+        <v>633</v>
+      </c>
+      <c r="G599" t="s">
+        <v>634</v>
+      </c>
+      <c r="H599" t="s">
+        <v>87</v>
+      </c>
+      <c r="K599">
         <v>0.5</v>
       </c>
-      <c r="L599" s="0">
+      <c r="L599">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="600">
-[...15 lines deleted...]
-      <c r="D600" s="0">
+    <row r="600" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A600" t="s">
+        <v>588</v>
+      </c>
+      <c r="B600" t="s">
+        <v>640</v>
+      </c>
+      <c r="C600" t="s">
+        <v>632</v>
+      </c>
+      <c r="D600">
         <v>35</v>
       </c>
-      <c r="E600" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K600" s="0">
+      <c r="E600" t="s">
+        <v>120</v>
+      </c>
+      <c r="F600" t="s">
+        <v>633</v>
+      </c>
+      <c r="G600" t="s">
+        <v>634</v>
+      </c>
+      <c r="H600" t="s">
+        <v>52</v>
+      </c>
+      <c r="K600">
         <v>0.5</v>
       </c>
-      <c r="L600" s="0">
+      <c r="L600">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="601">
-[...15 lines deleted...]
-      <c r="D601" s="0">
+    <row r="601" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A601" t="s">
+        <v>588</v>
+      </c>
+      <c r="B601" t="s">
+        <v>641</v>
+      </c>
+      <c r="C601" t="s">
+        <v>632</v>
+      </c>
+      <c r="D601">
         <v>203</v>
       </c>
-      <c r="E601" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D602" s="0">
+      <c r="E601" t="s">
+        <v>120</v>
+      </c>
+      <c r="F601" t="s">
+        <v>633</v>
+      </c>
+      <c r="G601" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="602" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A602" t="s">
+        <v>588</v>
+      </c>
+      <c r="B602" t="s">
+        <v>642</v>
+      </c>
+      <c r="C602" t="s">
+        <v>632</v>
+      </c>
+      <c r="D602">
         <v>36</v>
       </c>
-      <c r="E602" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K602" s="0">
+      <c r="E602" t="s">
+        <v>120</v>
+      </c>
+      <c r="F602" t="s">
+        <v>633</v>
+      </c>
+      <c r="G602" t="s">
+        <v>634</v>
+      </c>
+      <c r="H602" t="s">
+        <v>255</v>
+      </c>
+      <c r="K602">
         <v>0.5</v>
       </c>
-      <c r="L602" s="0">
+      <c r="L602">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="603">
-[...15 lines deleted...]
-      <c r="D603" s="0">
+    <row r="603" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A603" t="s">
+        <v>588</v>
+      </c>
+      <c r="B603" t="s">
+        <v>643</v>
+      </c>
+      <c r="C603" t="s">
+        <v>632</v>
+      </c>
+      <c r="D603">
         <v>204</v>
       </c>
-      <c r="E603" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D604" s="0">
+      <c r="E603" t="s">
+        <v>120</v>
+      </c>
+      <c r="F603" t="s">
+        <v>633</v>
+      </c>
+      <c r="G603" t="s">
+        <v>634</v>
+      </c>
+      <c r="H603" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="604" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A604" t="s">
+        <v>588</v>
+      </c>
+      <c r="B604" t="s">
+        <v>644</v>
+      </c>
+      <c r="C604" t="s">
+        <v>632</v>
+      </c>
+      <c r="D604">
         <v>205</v>
       </c>
-      <c r="E604" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D605" s="0">
+      <c r="E604" t="s">
+        <v>120</v>
+      </c>
+      <c r="F604" t="s">
+        <v>633</v>
+      </c>
+      <c r="G604" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="605" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A605" t="s">
+        <v>588</v>
+      </c>
+      <c r="B605" t="s">
+        <v>645</v>
+      </c>
+      <c r="C605" t="s">
+        <v>632</v>
+      </c>
+      <c r="D605">
         <v>37</v>
       </c>
-      <c r="E605" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K605" s="0">
+      <c r="E605" t="s">
+        <v>120</v>
+      </c>
+      <c r="F605" t="s">
+        <v>633</v>
+      </c>
+      <c r="G605" t="s">
+        <v>634</v>
+      </c>
+      <c r="H605" t="s">
+        <v>133</v>
+      </c>
+      <c r="K605">
         <v>0.5</v>
       </c>
-      <c r="L605" s="0">
+      <c r="L605">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="606">
-[...15 lines deleted...]
-      <c r="D606" s="0">
+    <row r="606" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A606" t="s">
+        <v>588</v>
+      </c>
+      <c r="B606" t="s">
+        <v>646</v>
+      </c>
+      <c r="C606" t="s">
+        <v>632</v>
+      </c>
+      <c r="D606">
         <v>38</v>
       </c>
-      <c r="E606" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K606" s="0">
+      <c r="E606" t="s">
+        <v>120</v>
+      </c>
+      <c r="F606" t="s">
+        <v>633</v>
+      </c>
+      <c r="G606" t="s">
+        <v>634</v>
+      </c>
+      <c r="H606" t="s">
+        <v>255</v>
+      </c>
+      <c r="K606">
         <v>1</v>
       </c>
-      <c r="L606" s="0">
+      <c r="L606">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="607">
-[...15 lines deleted...]
-      <c r="D607" s="0">
+    <row r="607" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A607" t="s">
+        <v>588</v>
+      </c>
+      <c r="B607" t="s">
+        <v>647</v>
+      </c>
+      <c r="C607" t="s">
+        <v>632</v>
+      </c>
+      <c r="D607">
         <v>39</v>
       </c>
-      <c r="E607" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K607" s="0">
+      <c r="E607" t="s">
+        <v>120</v>
+      </c>
+      <c r="F607" t="s">
+        <v>633</v>
+      </c>
+      <c r="G607" t="s">
+        <v>634</v>
+      </c>
+      <c r="H607" t="s">
+        <v>55</v>
+      </c>
+      <c r="K607">
         <v>0</v>
       </c>
-      <c r="L607" s="0">
+      <c r="L607">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="608">
-[...15 lines deleted...]
-      <c r="D608" s="0">
+    <row r="608" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A608" t="s">
+        <v>588</v>
+      </c>
+      <c r="B608" t="s">
+        <v>648</v>
+      </c>
+      <c r="C608" t="s">
+        <v>632</v>
+      </c>
+      <c r="D608">
         <v>40</v>
       </c>
-      <c r="E608" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K608" s="0">
+      <c r="E608" t="s">
+        <v>120</v>
+      </c>
+      <c r="F608" t="s">
+        <v>633</v>
+      </c>
+      <c r="G608" t="s">
+        <v>634</v>
+      </c>
+      <c r="H608" t="s">
+        <v>255</v>
+      </c>
+      <c r="K608">
         <v>1</v>
       </c>
-      <c r="L608" s="0">
+      <c r="L608">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="609">
-[...15 lines deleted...]
-      <c r="D609" s="0">
+    <row r="609" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A609" t="s">
+        <v>588</v>
+      </c>
+      <c r="B609" t="s">
+        <v>649</v>
+      </c>
+      <c r="C609" t="s">
+        <v>632</v>
+      </c>
+      <c r="D609">
         <v>41</v>
       </c>
-      <c r="E609" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K609" s="0">
+      <c r="E609" t="s">
+        <v>120</v>
+      </c>
+      <c r="F609" t="s">
+        <v>633</v>
+      </c>
+      <c r="G609" t="s">
+        <v>634</v>
+      </c>
+      <c r="H609" t="s">
+        <v>81</v>
+      </c>
+      <c r="K609">
         <v>1</v>
       </c>
-      <c r="L609" s="0">
+      <c r="L609">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="610">
-[...15 lines deleted...]
-      <c r="D610" s="0">
+    <row r="610" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A610" t="s">
+        <v>588</v>
+      </c>
+      <c r="B610" t="s">
+        <v>650</v>
+      </c>
+      <c r="C610" t="s">
+        <v>632</v>
+      </c>
+      <c r="D610">
         <v>206</v>
       </c>
-      <c r="E610" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D611" s="0">
+      <c r="E610" t="s">
+        <v>120</v>
+      </c>
+      <c r="F610" t="s">
+        <v>633</v>
+      </c>
+      <c r="G610" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="611" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A611" t="s">
+        <v>588</v>
+      </c>
+      <c r="B611" t="s">
+        <v>651</v>
+      </c>
+      <c r="C611" t="s">
+        <v>632</v>
+      </c>
+      <c r="D611">
         <v>207</v>
       </c>
-      <c r="E611" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D612" s="0">
+      <c r="E611" t="s">
+        <v>120</v>
+      </c>
+      <c r="F611" t="s">
+        <v>633</v>
+      </c>
+      <c r="G611" t="s">
+        <v>634</v>
+      </c>
+      <c r="H611" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="612" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A612" t="s">
+        <v>588</v>
+      </c>
+      <c r="B612" t="s">
+        <v>652</v>
+      </c>
+      <c r="C612" t="s">
+        <v>632</v>
+      </c>
+      <c r="D612">
         <v>208</v>
       </c>
-      <c r="E612" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D613" s="0">
+      <c r="E612" t="s">
+        <v>120</v>
+      </c>
+      <c r="F612" t="s">
+        <v>633</v>
+      </c>
+      <c r="G612" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="613" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A613" t="s">
+        <v>588</v>
+      </c>
+      <c r="B613" t="s">
+        <v>653</v>
+      </c>
+      <c r="C613" t="s">
+        <v>632</v>
+      </c>
+      <c r="D613">
         <v>42</v>
       </c>
-      <c r="E613" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K613" s="0">
+      <c r="E613" t="s">
+        <v>120</v>
+      </c>
+      <c r="F613" t="s">
+        <v>633</v>
+      </c>
+      <c r="G613" t="s">
+        <v>634</v>
+      </c>
+      <c r="H613" t="s">
+        <v>255</v>
+      </c>
+      <c r="K613">
         <v>1</v>
       </c>
-      <c r="L613" s="0">
+      <c r="L613">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="614">
-[...15 lines deleted...]
-      <c r="D614" s="0">
+    <row r="614" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A614" t="s">
+        <v>588</v>
+      </c>
+      <c r="B614" t="s">
+        <v>654</v>
+      </c>
+      <c r="C614" t="s">
+        <v>632</v>
+      </c>
+      <c r="D614">
         <v>209</v>
       </c>
-      <c r="E614" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D615" s="0">
+      <c r="E614" t="s">
+        <v>120</v>
+      </c>
+      <c r="F614" t="s">
+        <v>633</v>
+      </c>
+      <c r="G614" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="615" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A615" t="s">
+        <v>588</v>
+      </c>
+      <c r="B615" t="s">
+        <v>655</v>
+      </c>
+      <c r="C615" t="s">
+        <v>656</v>
+      </c>
+      <c r="D615">
         <v>245</v>
       </c>
-      <c r="E615" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K615" s="0">
+      <c r="E615" t="s">
+        <v>120</v>
+      </c>
+      <c r="F615" t="s">
+        <v>633</v>
+      </c>
+      <c r="G615" t="s">
+        <v>634</v>
+      </c>
+      <c r="H615" t="s">
+        <v>194</v>
+      </c>
+      <c r="K615">
         <v>4</v>
       </c>
-      <c r="L615" s="0">
+      <c r="L615">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="616">
-[...15 lines deleted...]
-      <c r="D616" s="0">
+    <row r="616" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A616" t="s">
+        <v>588</v>
+      </c>
+      <c r="B616" t="s">
+        <v>657</v>
+      </c>
+      <c r="C616" t="s">
+        <v>657</v>
+      </c>
+      <c r="D616">
         <v>54</v>
       </c>
-      <c r="E616" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D617" s="0">
+      <c r="E616" t="s">
+        <v>120</v>
+      </c>
+      <c r="F616" t="s">
+        <v>658</v>
+      </c>
+      <c r="G616" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="617" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A617" t="s">
+        <v>588</v>
+      </c>
+      <c r="B617" t="s">
+        <v>660</v>
+      </c>
+      <c r="C617" t="s">
+        <v>660</v>
+      </c>
+      <c r="D617">
         <v>56</v>
       </c>
-      <c r="E617" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D618" s="0">
+      <c r="E617" t="s">
+        <v>120</v>
+      </c>
+      <c r="F617" t="s">
+        <v>658</v>
+      </c>
+      <c r="G617" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="618" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A618" t="s">
+        <v>588</v>
+      </c>
+      <c r="B618" t="s">
+        <v>661</v>
+      </c>
+      <c r="C618" t="s">
+        <v>661</v>
+      </c>
+      <c r="D618">
         <v>57</v>
       </c>
-      <c r="E618" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D619" s="0">
+      <c r="E618" t="s">
+        <v>120</v>
+      </c>
+      <c r="F618" t="s">
+        <v>658</v>
+      </c>
+      <c r="G618" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="619" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A619" t="s">
+        <v>588</v>
+      </c>
+      <c r="B619" t="s">
+        <v>662</v>
+      </c>
+      <c r="C619" t="s">
+        <v>662</v>
+      </c>
+      <c r="D619">
         <v>99</v>
       </c>
-      <c r="E619" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D620" s="0">
+      <c r="E619" t="s">
+        <v>120</v>
+      </c>
+      <c r="F619" t="s">
+        <v>658</v>
+      </c>
+      <c r="G619" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="620" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A620" t="s">
+        <v>588</v>
+      </c>
+      <c r="B620" t="s">
+        <v>663</v>
+      </c>
+      <c r="C620" t="s">
+        <v>663</v>
+      </c>
+      <c r="D620">
         <v>55</v>
       </c>
-      <c r="E620" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K620" s="0">
+      <c r="E620" t="s">
+        <v>120</v>
+      </c>
+      <c r="F620" t="s">
+        <v>658</v>
+      </c>
+      <c r="G620" t="s">
+        <v>659</v>
+      </c>
+      <c r="H620" t="s">
+        <v>133</v>
+      </c>
+      <c r="K620">
         <v>3</v>
       </c>
-      <c r="L620" s="0">
+      <c r="L620">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="621">
-[...15 lines deleted...]
-      <c r="D621" s="0">
+    <row r="621" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A621" t="s">
+        <v>588</v>
+      </c>
+      <c r="B621" t="s">
+        <v>664</v>
+      </c>
+      <c r="C621" t="s">
+        <v>664</v>
+      </c>
+      <c r="D621">
         <v>58</v>
       </c>
-      <c r="E621" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D622" s="0">
+      <c r="E621" t="s">
+        <v>120</v>
+      </c>
+      <c r="F621" t="s">
+        <v>658</v>
+      </c>
+      <c r="G621" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="622" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A622" t="s">
+        <v>588</v>
+      </c>
+      <c r="B622" t="s">
+        <v>665</v>
+      </c>
+      <c r="C622" t="s">
+        <v>665</v>
+      </c>
+      <c r="D622">
         <v>59</v>
       </c>
-      <c r="E622" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D623" s="0">
+      <c r="E622" t="s">
+        <v>120</v>
+      </c>
+      <c r="F622" t="s">
+        <v>658</v>
+      </c>
+      <c r="G622" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="623" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A623" t="s">
+        <v>588</v>
+      </c>
+      <c r="B623" t="s">
+        <v>666</v>
+      </c>
+      <c r="C623" t="s">
+        <v>666</v>
+      </c>
+      <c r="D623">
         <v>100</v>
       </c>
-      <c r="E623" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D624" s="0">
+      <c r="E623" t="s">
+        <v>120</v>
+      </c>
+      <c r="F623" t="s">
+        <v>658</v>
+      </c>
+      <c r="G623" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="624" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A624" t="s">
+        <v>588</v>
+      </c>
+      <c r="B624" t="s">
+        <v>667</v>
+      </c>
+      <c r="C624" t="s">
+        <v>667</v>
+      </c>
+      <c r="D624">
         <v>71</v>
       </c>
-      <c r="E624" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D625" s="0">
+      <c r="E624" t="s">
+        <v>120</v>
+      </c>
+      <c r="F624" t="s">
+        <v>658</v>
+      </c>
+      <c r="G624" t="s">
+        <v>659</v>
+      </c>
+      <c r="H624" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="625" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A625" t="s">
+        <v>588</v>
+      </c>
+      <c r="B625" t="s">
+        <v>668</v>
+      </c>
+      <c r="C625" t="s">
+        <v>668</v>
+      </c>
+      <c r="D625">
         <v>79</v>
       </c>
-      <c r="E625" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D626" s="0">
+      <c r="E625" t="s">
+        <v>120</v>
+      </c>
+      <c r="F625" t="s">
+        <v>658</v>
+      </c>
+      <c r="G625" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="626" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A626" t="s">
+        <v>588</v>
+      </c>
+      <c r="B626" t="s">
+        <v>669</v>
+      </c>
+      <c r="C626" t="s">
+        <v>669</v>
+      </c>
+      <c r="D626">
         <v>61</v>
       </c>
-      <c r="E626" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K626" s="0">
+      <c r="E626" t="s">
+        <v>120</v>
+      </c>
+      <c r="F626" t="s">
+        <v>658</v>
+      </c>
+      <c r="G626" t="s">
+        <v>659</v>
+      </c>
+      <c r="H626" t="s">
+        <v>87</v>
+      </c>
+      <c r="K626">
         <v>0.5</v>
       </c>
-      <c r="L626" s="0">
+      <c r="L626">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="627">
-[...15 lines deleted...]
-      <c r="D627" s="0">
+    <row r="627" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A627" t="s">
+        <v>588</v>
+      </c>
+      <c r="B627" t="s">
+        <v>670</v>
+      </c>
+      <c r="C627" t="s">
+        <v>671</v>
+      </c>
+      <c r="D627">
         <v>80</v>
       </c>
-      <c r="E627" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D628" s="0">
+      <c r="E627" t="s">
+        <v>120</v>
+      </c>
+      <c r="F627" t="s">
+        <v>658</v>
+      </c>
+      <c r="G627" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="628" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A628" t="s">
+        <v>588</v>
+      </c>
+      <c r="B628" t="s">
+        <v>672</v>
+      </c>
+      <c r="C628" t="s">
+        <v>673</v>
+      </c>
+      <c r="D628">
         <v>62</v>
       </c>
-      <c r="E628" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K628" s="0">
+      <c r="E628" t="s">
+        <v>120</v>
+      </c>
+      <c r="F628" t="s">
+        <v>658</v>
+      </c>
+      <c r="G628" t="s">
+        <v>659</v>
+      </c>
+      <c r="H628" t="s">
+        <v>52</v>
+      </c>
+      <c r="K628">
         <v>0.5</v>
       </c>
-      <c r="L628" s="0">
+      <c r="L628">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="629">
-[...15 lines deleted...]
-      <c r="D629" s="0">
+    <row r="629" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A629" t="s">
+        <v>588</v>
+      </c>
+      <c r="B629" t="s">
+        <v>674</v>
+      </c>
+      <c r="C629" t="s">
+        <v>675</v>
+      </c>
+      <c r="D629">
         <v>76</v>
       </c>
-      <c r="E629" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D630" s="0">
+      <c r="E629" t="s">
+        <v>120</v>
+      </c>
+      <c r="F629" t="s">
+        <v>658</v>
+      </c>
+      <c r="G629" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="630" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A630" t="s">
+        <v>588</v>
+      </c>
+      <c r="B630" t="s">
+        <v>676</v>
+      </c>
+      <c r="C630" t="s">
+        <v>676</v>
+      </c>
+      <c r="D630">
         <v>74</v>
       </c>
-      <c r="E630" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D631" s="0">
+      <c r="E630" t="s">
+        <v>120</v>
+      </c>
+      <c r="F630" t="s">
+        <v>658</v>
+      </c>
+      <c r="G630" t="s">
+        <v>659</v>
+      </c>
+      <c r="H630" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="631" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A631" t="s">
+        <v>588</v>
+      </c>
+      <c r="B631" t="s">
+        <v>677</v>
+      </c>
+      <c r="C631" t="s">
+        <v>678</v>
+      </c>
+      <c r="D631">
         <v>64</v>
       </c>
-      <c r="E631" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D632" s="0">
+      <c r="E631" t="s">
+        <v>120</v>
+      </c>
+      <c r="F631" t="s">
+        <v>658</v>
+      </c>
+      <c r="G631" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="632" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A632" t="s">
+        <v>588</v>
+      </c>
+      <c r="B632" t="s">
+        <v>679</v>
+      </c>
+      <c r="C632" t="s">
+        <v>679</v>
+      </c>
+      <c r="D632">
         <v>72</v>
       </c>
-      <c r="E632" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K632" s="0">
+      <c r="E632" t="s">
+        <v>120</v>
+      </c>
+      <c r="F632" t="s">
+        <v>658</v>
+      </c>
+      <c r="G632" t="s">
+        <v>659</v>
+      </c>
+      <c r="H632" t="s">
+        <v>281</v>
+      </c>
+      <c r="K632">
         <v>2</v>
       </c>
-      <c r="L632" s="0">
+      <c r="L632">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="633">
-[...15 lines deleted...]
-      <c r="D633" s="0">
+    <row r="633" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A633" t="s">
+        <v>588</v>
+      </c>
+      <c r="B633" t="s">
+        <v>680</v>
+      </c>
+      <c r="C633" t="s">
+        <v>680</v>
+      </c>
+      <c r="D633">
         <v>81</v>
       </c>
-      <c r="E633" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D634" s="0">
+      <c r="E633" t="s">
+        <v>120</v>
+      </c>
+      <c r="F633" t="s">
+        <v>658</v>
+      </c>
+      <c r="G633" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="634" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A634" t="s">
+        <v>588</v>
+      </c>
+      <c r="B634" t="s">
+        <v>681</v>
+      </c>
+      <c r="C634" t="s">
+        <v>681</v>
+      </c>
+      <c r="D634">
         <v>82</v>
       </c>
-      <c r="E634" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D635" s="0">
+      <c r="E634" t="s">
+        <v>120</v>
+      </c>
+      <c r="F634" t="s">
+        <v>658</v>
+      </c>
+      <c r="G634" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="635" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A635" t="s">
+        <v>588</v>
+      </c>
+      <c r="B635" t="s">
+        <v>682</v>
+      </c>
+      <c r="C635" t="s">
+        <v>682</v>
+      </c>
+      <c r="D635">
         <v>73</v>
       </c>
-      <c r="E635" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D636" s="0">
+      <c r="E635" t="s">
+        <v>120</v>
+      </c>
+      <c r="F635" t="s">
+        <v>658</v>
+      </c>
+      <c r="G635" t="s">
+        <v>659</v>
+      </c>
+      <c r="H635" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="636" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A636" t="s">
+        <v>588</v>
+      </c>
+      <c r="B636" t="s">
+        <v>683</v>
+      </c>
+      <c r="C636" t="s">
+        <v>684</v>
+      </c>
+      <c r="D636">
         <v>63</v>
       </c>
-      <c r="E636" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D637" s="0">
+      <c r="E636" t="s">
+        <v>120</v>
+      </c>
+      <c r="F636" t="s">
+        <v>658</v>
+      </c>
+      <c r="G636" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="637" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A637" t="s">
+        <v>588</v>
+      </c>
+      <c r="B637" t="s">
+        <v>685</v>
+      </c>
+      <c r="C637" t="s">
+        <v>685</v>
+      </c>
+      <c r="D637">
         <v>77</v>
       </c>
-      <c r="E637" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D638" s="0">
+      <c r="E637" t="s">
+        <v>120</v>
+      </c>
+      <c r="F637" t="s">
+        <v>658</v>
+      </c>
+      <c r="G637" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="638" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A638" t="s">
+        <v>588</v>
+      </c>
+      <c r="B638" t="s">
+        <v>686</v>
+      </c>
+      <c r="C638" t="s">
+        <v>686</v>
+      </c>
+      <c r="D638">
         <v>78</v>
       </c>
-      <c r="E638" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D639" s="0">
+      <c r="E638" t="s">
+        <v>120</v>
+      </c>
+      <c r="F638" t="s">
+        <v>658</v>
+      </c>
+      <c r="G638" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="639" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A639" t="s">
+        <v>588</v>
+      </c>
+      <c r="B639" t="s">
+        <v>687</v>
+      </c>
+      <c r="C639" t="s">
+        <v>687</v>
+      </c>
+      <c r="D639">
         <v>52</v>
       </c>
-      <c r="E639" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K639" s="0">
+      <c r="E639" t="s">
+        <v>120</v>
+      </c>
+      <c r="F639" t="s">
+        <v>658</v>
+      </c>
+      <c r="G639" t="s">
+        <v>659</v>
+      </c>
+      <c r="H639" t="s">
+        <v>109</v>
+      </c>
+      <c r="K639">
         <v>0</v>
       </c>
-      <c r="L639" s="0">
+      <c r="L639">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="640">
-[...15 lines deleted...]
-      <c r="D640" s="0">
+    <row r="640" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A640" t="s">
+        <v>588</v>
+      </c>
+      <c r="B640" t="s">
+        <v>688</v>
+      </c>
+      <c r="C640" t="s">
+        <v>688</v>
+      </c>
+      <c r="D640">
         <v>51</v>
       </c>
-      <c r="E640" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K640" s="0">
+      <c r="E640" t="s">
+        <v>120</v>
+      </c>
+      <c r="F640" t="s">
+        <v>658</v>
+      </c>
+      <c r="G640" t="s">
+        <v>659</v>
+      </c>
+      <c r="H640" t="s">
+        <v>138</v>
+      </c>
+      <c r="K640">
         <v>1</v>
       </c>
-      <c r="L640" s="0">
+      <c r="L640">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="641">
-[...15 lines deleted...]
-      <c r="D641" s="0">
+    <row r="641" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A641" t="s">
+        <v>588</v>
+      </c>
+      <c r="B641" t="s">
+        <v>689</v>
+      </c>
+      <c r="C641" t="s">
+        <v>689</v>
+      </c>
+      <c r="D641">
         <v>65</v>
       </c>
-      <c r="E641" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D642" s="0">
+      <c r="E641" t="s">
+        <v>120</v>
+      </c>
+      <c r="F641" t="s">
+        <v>658</v>
+      </c>
+      <c r="G641" t="s">
+        <v>659</v>
+      </c>
+      <c r="H641" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="642" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A642" t="s">
+        <v>588</v>
+      </c>
+      <c r="B642" t="s">
+        <v>690</v>
+      </c>
+      <c r="C642" t="s">
+        <v>691</v>
+      </c>
+      <c r="D642">
         <v>96</v>
       </c>
-      <c r="E642" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K642" s="0">
+      <c r="E642" t="s">
+        <v>120</v>
+      </c>
+      <c r="F642" t="s">
+        <v>658</v>
+      </c>
+      <c r="G642" t="s">
+        <v>659</v>
+      </c>
+      <c r="H642" t="s">
+        <v>93</v>
+      </c>
+      <c r="K642">
         <v>1</v>
       </c>
-      <c r="L642" s="0">
+      <c r="L642">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="643">
-[...15 lines deleted...]
-      <c r="D643" s="0">
+    <row r="643" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A643" t="s">
+        <v>588</v>
+      </c>
+      <c r="B643" t="s">
+        <v>692</v>
+      </c>
+      <c r="C643" t="s">
+        <v>693</v>
+      </c>
+      <c r="D643">
         <v>94</v>
       </c>
-      <c r="E643" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K643" s="0">
+      <c r="E643" t="s">
+        <v>120</v>
+      </c>
+      <c r="F643" t="s">
+        <v>658</v>
+      </c>
+      <c r="G643" t="s">
+        <v>659</v>
+      </c>
+      <c r="H643" t="s">
+        <v>52</v>
+      </c>
+      <c r="K643">
         <v>0.5</v>
       </c>
-      <c r="L643" s="0">
+      <c r="L643">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="644">
-[...15 lines deleted...]
-      <c r="D644" s="0">
+    <row r="644" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A644" t="s">
+        <v>588</v>
+      </c>
+      <c r="B644" t="s">
+        <v>694</v>
+      </c>
+      <c r="C644" t="s">
+        <v>695</v>
+      </c>
+      <c r="D644">
         <v>92</v>
       </c>
-      <c r="E644" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K644" s="0">
+      <c r="E644" t="s">
+        <v>120</v>
+      </c>
+      <c r="F644" t="s">
+        <v>658</v>
+      </c>
+      <c r="G644" t="s">
+        <v>659</v>
+      </c>
+      <c r="H644" t="s">
+        <v>116</v>
+      </c>
+      <c r="K644">
         <v>1</v>
       </c>
-      <c r="L644" s="0">
+      <c r="L644">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="645">
-[...15 lines deleted...]
-      <c r="D645" s="0">
+    <row r="645" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A645" t="s">
+        <v>588</v>
+      </c>
+      <c r="B645" t="s">
+        <v>696</v>
+      </c>
+      <c r="C645" t="s">
+        <v>697</v>
+      </c>
+      <c r="D645">
         <v>95</v>
       </c>
-      <c r="E645" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K645" s="0">
+      <c r="E645" t="s">
+        <v>120</v>
+      </c>
+      <c r="F645" t="s">
+        <v>658</v>
+      </c>
+      <c r="G645" t="s">
+        <v>659</v>
+      </c>
+      <c r="H645" t="s">
+        <v>123</v>
+      </c>
+      <c r="K645">
         <v>0.5</v>
       </c>
-      <c r="L645" s="0">
+      <c r="L645">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="646">
-[...15 lines deleted...]
-      <c r="D646" s="0">
+    <row r="646" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A646" t="s">
+        <v>588</v>
+      </c>
+      <c r="B646" t="s">
+        <v>698</v>
+      </c>
+      <c r="C646" t="s">
+        <v>699</v>
+      </c>
+      <c r="D646">
         <v>93</v>
       </c>
-      <c r="E646" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K646" s="0">
+      <c r="E646" t="s">
+        <v>120</v>
+      </c>
+      <c r="F646" t="s">
+        <v>658</v>
+      </c>
+      <c r="G646" t="s">
+        <v>659</v>
+      </c>
+      <c r="H646" t="s">
+        <v>73</v>
+      </c>
+      <c r="K646">
         <v>0.5</v>
       </c>
-      <c r="L646" s="0">
+      <c r="L646">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="647">
-[...15 lines deleted...]
-      <c r="D647" s="0">
+    <row r="647" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A647" t="s">
+        <v>588</v>
+      </c>
+      <c r="B647" t="s">
+        <v>700</v>
+      </c>
+      <c r="C647" t="s">
+        <v>701</v>
+      </c>
+      <c r="D647">
         <v>91</v>
       </c>
-      <c r="E647" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K647" s="0">
+      <c r="E647" t="s">
+        <v>120</v>
+      </c>
+      <c r="F647" t="s">
+        <v>658</v>
+      </c>
+      <c r="G647" t="s">
+        <v>659</v>
+      </c>
+      <c r="H647" t="s">
+        <v>601</v>
+      </c>
+      <c r="K647">
         <v>2</v>
       </c>
-      <c r="L647" s="0">
+      <c r="L647">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="648">
-[...15 lines deleted...]
-      <c r="D648" s="0">
+    <row r="648" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A648" t="s">
+        <v>588</v>
+      </c>
+      <c r="B648" t="s">
+        <v>702</v>
+      </c>
+      <c r="C648" t="s">
+        <v>702</v>
+      </c>
+      <c r="D648">
         <v>53</v>
       </c>
-      <c r="E648" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K648" s="0">
+      <c r="E648" t="s">
+        <v>120</v>
+      </c>
+      <c r="F648" t="s">
+        <v>658</v>
+      </c>
+      <c r="G648" t="s">
+        <v>659</v>
+      </c>
+      <c r="H648" t="s">
+        <v>220</v>
+      </c>
+      <c r="K648">
         <v>0.5</v>
       </c>
-      <c r="L648" s="0">
+      <c r="L648">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="649">
-[...15 lines deleted...]
-      <c r="D649" s="0">
+    <row r="649" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A649" t="s">
+        <v>588</v>
+      </c>
+      <c r="B649" t="s">
+        <v>703</v>
+      </c>
+      <c r="C649" t="s">
+        <v>703</v>
+      </c>
+      <c r="D649">
         <v>101</v>
       </c>
-      <c r="E649" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D650" s="0">
+      <c r="E649" t="s">
+        <v>120</v>
+      </c>
+      <c r="F649" t="s">
+        <v>658</v>
+      </c>
+      <c r="G649" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="650" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A650" t="s">
+        <v>588</v>
+      </c>
+      <c r="B650" t="s">
+        <v>704</v>
+      </c>
+      <c r="C650" t="s">
+        <v>705</v>
+      </c>
+      <c r="D650">
         <v>83</v>
       </c>
-      <c r="E650" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D651" s="0">
+      <c r="E650" t="s">
+        <v>120</v>
+      </c>
+      <c r="F650" t="s">
+        <v>658</v>
+      </c>
+      <c r="G650" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="651" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A651" t="s">
+        <v>588</v>
+      </c>
+      <c r="B651" t="s">
+        <v>706</v>
+      </c>
+      <c r="C651" t="s">
+        <v>706</v>
+      </c>
+      <c r="D651">
         <v>84</v>
       </c>
-      <c r="E651" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D652" s="0">
+      <c r="E651" t="s">
+        <v>120</v>
+      </c>
+      <c r="F651" t="s">
+        <v>658</v>
+      </c>
+      <c r="G651" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="652" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A652" t="s">
+        <v>588</v>
+      </c>
+      <c r="B652" t="s">
+        <v>707</v>
+      </c>
+      <c r="C652" t="s">
+        <v>707</v>
+      </c>
+      <c r="D652">
         <v>75</v>
       </c>
-      <c r="E652" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D653" s="0">
+      <c r="E652" t="s">
+        <v>120</v>
+      </c>
+      <c r="F652" t="s">
+        <v>658</v>
+      </c>
+      <c r="G652" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="653" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A653" t="s">
+        <v>588</v>
+      </c>
+      <c r="B653" t="s">
+        <v>507</v>
+      </c>
+      <c r="C653" t="s">
+        <v>508</v>
+      </c>
+      <c r="D653">
         <v>118</v>
       </c>
-      <c r="E653" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D654" s="0">
+      <c r="E653" t="s">
+        <v>68</v>
+      </c>
+      <c r="F653" t="s">
+        <v>198</v>
+      </c>
+      <c r="G653" t="s">
+        <v>708</v>
+      </c>
+      <c r="H653" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="654" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A654" t="s">
+        <v>588</v>
+      </c>
+      <c r="B654" t="s">
+        <v>348</v>
+      </c>
+      <c r="C654" t="s">
+        <v>349</v>
+      </c>
+      <c r="D654">
         <v>139</v>
       </c>
-      <c r="E654" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K654" s="0">
+      <c r="E654" t="s">
+        <v>68</v>
+      </c>
+      <c r="F654" t="s">
+        <v>198</v>
+      </c>
+      <c r="G654" t="s">
+        <v>708</v>
+      </c>
+      <c r="H654" t="s">
+        <v>90</v>
+      </c>
+      <c r="K654">
         <v>0</v>
       </c>
-      <c r="L654" s="0">
+      <c r="L654">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="655">
-[...15 lines deleted...]
-      <c r="D655" s="0">
+    <row r="655" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A655" t="s">
+        <v>588</v>
+      </c>
+      <c r="B655" t="s">
+        <v>709</v>
+      </c>
+      <c r="C655" t="s">
+        <v>710</v>
+      </c>
+      <c r="D655">
         <v>300</v>
       </c>
-      <c r="E655" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D656" s="0">
+      <c r="E655" t="s">
+        <v>68</v>
+      </c>
+      <c r="F655" t="s">
+        <v>198</v>
+      </c>
+      <c r="G655" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="656" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A656" t="s">
+        <v>588</v>
+      </c>
+      <c r="B656" t="s">
+        <v>350</v>
+      </c>
+      <c r="C656" t="s">
+        <v>351</v>
+      </c>
+      <c r="D656">
         <v>138</v>
       </c>
-      <c r="E656" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K656" s="0">
+      <c r="E656" t="s">
+        <v>68</v>
+      </c>
+      <c r="F656" t="s">
+        <v>198</v>
+      </c>
+      <c r="G656" t="s">
+        <v>708</v>
+      </c>
+      <c r="H656" t="s">
+        <v>93</v>
+      </c>
+      <c r="K656">
         <v>0.5</v>
       </c>
-      <c r="L656" s="0">
+      <c r="L656">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="657">
-[...15 lines deleted...]
-      <c r="D657" s="0">
+    <row r="657" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A657" t="s">
+        <v>588</v>
+      </c>
+      <c r="B657" t="s">
+        <v>711</v>
+      </c>
+      <c r="C657" t="s">
+        <v>711</v>
+      </c>
+      <c r="D657">
         <v>119</v>
       </c>
-      <c r="E657" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K657" s="0">
+      <c r="E657" t="s">
+        <v>68</v>
+      </c>
+      <c r="F657" t="s">
+        <v>198</v>
+      </c>
+      <c r="G657" t="s">
+        <v>708</v>
+      </c>
+      <c r="H657" t="s">
+        <v>93</v>
+      </c>
+      <c r="K657">
         <v>0</v>
       </c>
-      <c r="L657" s="0">
+      <c r="L657">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="658">
-[...15 lines deleted...]
-      <c r="D658" s="0">
+    <row r="658" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A658" t="s">
+        <v>588</v>
+      </c>
+      <c r="B658" t="s">
+        <v>712</v>
+      </c>
+      <c r="C658" t="s">
+        <v>712</v>
+      </c>
+      <c r="D658">
         <v>121</v>
       </c>
-      <c r="E658" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K658" s="0">
+      <c r="E658" t="s">
+        <v>37</v>
+      </c>
+      <c r="F658" t="s">
+        <v>198</v>
+      </c>
+      <c r="G658" t="s">
+        <v>708</v>
+      </c>
+      <c r="H658" t="s">
+        <v>52</v>
+      </c>
+      <c r="K658">
         <v>1</v>
       </c>
-      <c r="L658" s="0">
+      <c r="L658">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="659">
-[...15 lines deleted...]
-      <c r="D659" s="0">
+    <row r="659" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A659" t="s">
+        <v>588</v>
+      </c>
+      <c r="B659" t="s">
+        <v>713</v>
+      </c>
+      <c r="C659" t="s">
+        <v>713</v>
+      </c>
+      <c r="D659">
         <v>120</v>
       </c>
-      <c r="E659" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K659" s="0">
+      <c r="E659" t="s">
+        <v>37</v>
+      </c>
+      <c r="F659" t="s">
+        <v>198</v>
+      </c>
+      <c r="G659" t="s">
+        <v>708</v>
+      </c>
+      <c r="H659" t="s">
+        <v>87</v>
+      </c>
+      <c r="K659">
         <v>3</v>
       </c>
-      <c r="L659" s="0">
+      <c r="L659">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="660">
-[...15 lines deleted...]
-      <c r="D660" s="0">
+    <row r="660" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A660" t="s">
+        <v>588</v>
+      </c>
+      <c r="B660" t="s">
+        <v>714</v>
+      </c>
+      <c r="C660" t="s">
+        <v>715</v>
+      </c>
+      <c r="D660">
         <v>112</v>
       </c>
-      <c r="E660" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K660" s="0">
+      <c r="E660" t="s">
+        <v>68</v>
+      </c>
+      <c r="F660" t="s">
+        <v>198</v>
+      </c>
+      <c r="G660" t="s">
+        <v>708</v>
+      </c>
+      <c r="H660" t="s">
+        <v>716</v>
+      </c>
+      <c r="K660">
         <v>25</v>
       </c>
-      <c r="L660" s="0">
+      <c r="L660">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="661">
-[...15 lines deleted...]
-      <c r="D661" s="0">
+    <row r="661" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A661" t="s">
+        <v>588</v>
+      </c>
+      <c r="B661" t="s">
+        <v>717</v>
+      </c>
+      <c r="C661" t="s">
+        <v>718</v>
+      </c>
+      <c r="D661">
         <v>111</v>
       </c>
-      <c r="E661" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D662" s="0">
+      <c r="E661" t="s">
+        <v>68</v>
+      </c>
+      <c r="F661" t="s">
+        <v>198</v>
+      </c>
+      <c r="G661" t="s">
+        <v>708</v>
+      </c>
+      <c r="H661" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="662" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A662" t="s">
+        <v>588</v>
+      </c>
+      <c r="B662" t="s">
+        <v>719</v>
+      </c>
+      <c r="C662" t="s">
+        <v>719</v>
+      </c>
+      <c r="D662">
         <v>130</v>
       </c>
-      <c r="E662" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K662" s="0">
+      <c r="E662" t="s">
+        <v>308</v>
+      </c>
+      <c r="F662" t="s">
+        <v>198</v>
+      </c>
+      <c r="G662" t="s">
+        <v>708</v>
+      </c>
+      <c r="H662" t="s">
+        <v>52</v>
+      </c>
+      <c r="K662">
         <v>5</v>
       </c>
-      <c r="L662" s="0">
+      <c r="L662">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="663">
-[...15 lines deleted...]
-      <c r="D663" s="0">
+    <row r="663" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A663" t="s">
+        <v>588</v>
+      </c>
+      <c r="B663" t="s">
+        <v>720</v>
+      </c>
+      <c r="C663" t="s">
+        <v>721</v>
+      </c>
+      <c r="D663">
         <v>297</v>
       </c>
-      <c r="E663" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D664" s="0">
+      <c r="E663" t="s">
+        <v>308</v>
+      </c>
+      <c r="F663" t="s">
+        <v>198</v>
+      </c>
+      <c r="G663" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="664" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A664" t="s">
+        <v>588</v>
+      </c>
+      <c r="B664" t="s">
+        <v>722</v>
+      </c>
+      <c r="C664" t="s">
+        <v>723</v>
+      </c>
+      <c r="D664">
         <v>298</v>
       </c>
-      <c r="E664" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D665" s="0">
+      <c r="E664" t="s">
+        <v>308</v>
+      </c>
+      <c r="F664" t="s">
+        <v>198</v>
+      </c>
+      <c r="G664" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="665" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A665" t="s">
+        <v>588</v>
+      </c>
+      <c r="B665" t="s">
+        <v>724</v>
+      </c>
+      <c r="C665" t="s">
+        <v>724</v>
+      </c>
+      <c r="D665">
         <v>131</v>
       </c>
-      <c r="E665" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K665" s="0">
+      <c r="E665" t="s">
+        <v>308</v>
+      </c>
+      <c r="F665" t="s">
+        <v>198</v>
+      </c>
+      <c r="G665" t="s">
+        <v>708</v>
+      </c>
+      <c r="H665" t="s">
+        <v>84</v>
+      </c>
+      <c r="K665">
         <v>9</v>
       </c>
-      <c r="L665" s="0">
+      <c r="L665">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="666">
-[...15 lines deleted...]
-      <c r="D666" s="0">
+    <row r="666" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A666" t="s">
+        <v>588</v>
+      </c>
+      <c r="B666" t="s">
+        <v>725</v>
+      </c>
+      <c r="C666" t="s">
+        <v>725</v>
+      </c>
+      <c r="D666">
         <v>132</v>
       </c>
-      <c r="E666" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D667" s="0">
+      <c r="E666" t="s">
+        <v>308</v>
+      </c>
+      <c r="F666" t="s">
+        <v>198</v>
+      </c>
+      <c r="G666" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="667" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A667" t="s">
+        <v>588</v>
+      </c>
+      <c r="B667" t="s">
+        <v>726</v>
+      </c>
+      <c r="C667" t="s">
+        <v>727</v>
+      </c>
+      <c r="D667">
         <v>299</v>
       </c>
-      <c r="E667" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D668" s="0">
+      <c r="E667" t="s">
+        <v>308</v>
+      </c>
+      <c r="F667" t="s">
+        <v>198</v>
+      </c>
+      <c r="G667" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="668" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A668" t="s">
+        <v>588</v>
+      </c>
+      <c r="B668" t="s">
+        <v>66</v>
+      </c>
+      <c r="C668" t="s">
+        <v>67</v>
+      </c>
+      <c r="D668">
         <v>140</v>
       </c>
-      <c r="E668" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K668" s="0">
+      <c r="E668" t="s">
+        <v>68</v>
+      </c>
+      <c r="F668" t="s">
+        <v>728</v>
+      </c>
+      <c r="G668" t="s">
+        <v>729</v>
+      </c>
+      <c r="H668" t="s">
+        <v>98</v>
+      </c>
+      <c r="K668">
         <v>1</v>
       </c>
-      <c r="L668" s="0">
+      <c r="L668">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="669">
-[...15 lines deleted...]
-      <c r="D669" s="0">
+    <row r="669" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A669" t="s">
+        <v>588</v>
+      </c>
+      <c r="B669" t="s">
+        <v>71</v>
+      </c>
+      <c r="C669" t="s">
+        <v>72</v>
+      </c>
+      <c r="D669">
         <v>241</v>
       </c>
-      <c r="E669" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K669" s="0">
+      <c r="E669" t="s">
+        <v>68</v>
+      </c>
+      <c r="F669" t="s">
+        <v>728</v>
+      </c>
+      <c r="G669" t="s">
+        <v>729</v>
+      </c>
+      <c r="H669" t="s">
+        <v>194</v>
+      </c>
+      <c r="K669">
         <v>15</v>
       </c>
-      <c r="L669" s="0">
+      <c r="L669">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="670">
-[...15 lines deleted...]
-      <c r="D670" s="0">
+    <row r="670" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A670" t="s">
+        <v>588</v>
+      </c>
+      <c r="B670" t="s">
+        <v>76</v>
+      </c>
+      <c r="C670" t="s">
+        <v>77</v>
+      </c>
+      <c r="D670">
         <v>141</v>
       </c>
-      <c r="E670" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L670" s="0">
+      <c r="E670" t="s">
+        <v>68</v>
+      </c>
+      <c r="F670" t="s">
+        <v>728</v>
+      </c>
+      <c r="G670" t="s">
+        <v>729</v>
+      </c>
+      <c r="H670" t="s">
+        <v>133</v>
+      </c>
+      <c r="K670">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L670">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="671">
-[...15 lines deleted...]
-      <c r="D671" s="0">
+    <row r="671" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A671" t="s">
+        <v>588</v>
+      </c>
+      <c r="B671" t="s">
+        <v>79</v>
+      </c>
+      <c r="C671" t="s">
+        <v>80</v>
+      </c>
+      <c r="D671">
         <v>242</v>
       </c>
-      <c r="E671" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K671" s="0">
+      <c r="E671" t="s">
+        <v>68</v>
+      </c>
+      <c r="F671" t="s">
+        <v>728</v>
+      </c>
+      <c r="G671" t="s">
+        <v>729</v>
+      </c>
+      <c r="H671" t="s">
+        <v>138</v>
+      </c>
+      <c r="K671">
         <v>0.5</v>
       </c>
-      <c r="L671" s="0">
+      <c r="L671">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="672">
-[...15 lines deleted...]
-      <c r="D672" s="0">
+    <row r="672" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A672" t="s">
+        <v>588</v>
+      </c>
+      <c r="B672" t="s">
+        <v>82</v>
+      </c>
+      <c r="C672" t="s">
+        <v>83</v>
+      </c>
+      <c r="D672">
         <v>142</v>
       </c>
-      <c r="E672" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K672" s="0">
+      <c r="E672" t="s">
+        <v>68</v>
+      </c>
+      <c r="F672" t="s">
+        <v>728</v>
+      </c>
+      <c r="G672" t="s">
+        <v>729</v>
+      </c>
+      <c r="H672" t="s">
+        <v>116</v>
+      </c>
+      <c r="K672">
         <v>7</v>
       </c>
-      <c r="L672" s="0">
+      <c r="L672">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="673">
-[...15 lines deleted...]
-      <c r="D673" s="0">
+    <row r="673" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A673" t="s">
+        <v>588</v>
+      </c>
+      <c r="B673" t="s">
+        <v>85</v>
+      </c>
+      <c r="C673" t="s">
+        <v>86</v>
+      </c>
+      <c r="D673">
         <v>143</v>
       </c>
-      <c r="E673" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K673" s="0">
+      <c r="E673" t="s">
+        <v>68</v>
+      </c>
+      <c r="F673" t="s">
+        <v>728</v>
+      </c>
+      <c r="G673" t="s">
+        <v>729</v>
+      </c>
+      <c r="H673" t="s">
+        <v>73</v>
+      </c>
+      <c r="K673">
         <v>2</v>
       </c>
-      <c r="L673" s="0">
+      <c r="L673">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="674">
-[...15 lines deleted...]
-      <c r="D674" s="0">
+    <row r="674" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A674" t="s">
+        <v>588</v>
+      </c>
+      <c r="B674" t="s">
+        <v>88</v>
+      </c>
+      <c r="C674" t="s">
+        <v>89</v>
+      </c>
+      <c r="D674">
         <v>144</v>
       </c>
-      <c r="E674" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K674" s="0">
+      <c r="E674" t="s">
+        <v>68</v>
+      </c>
+      <c r="F674" t="s">
+        <v>728</v>
+      </c>
+      <c r="G674" t="s">
+        <v>729</v>
+      </c>
+      <c r="H674" t="s">
+        <v>55</v>
+      </c>
+      <c r="K674">
         <v>0</v>
       </c>
-      <c r="L674" s="0">
+      <c r="L674">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="675">
-[...15 lines deleted...]
-      <c r="D675" s="0">
+    <row r="675" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A675" t="s">
+        <v>588</v>
+      </c>
+      <c r="B675" t="s">
+        <v>94</v>
+      </c>
+      <c r="C675" t="s">
+        <v>95</v>
+      </c>
+      <c r="D675">
         <v>243</v>
       </c>
-      <c r="E675" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L675" s="0">
+      <c r="E675" t="s">
+        <v>68</v>
+      </c>
+      <c r="F675" t="s">
+        <v>728</v>
+      </c>
+      <c r="G675" t="s">
+        <v>729</v>
+      </c>
+      <c r="H675" t="s">
+        <v>730</v>
+      </c>
+      <c r="K675">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L675">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="676">
-[...15 lines deleted...]
-      <c r="D676" s="0">
+    <row r="676" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A676" t="s">
+        <v>588</v>
+      </c>
+      <c r="B676" t="s">
+        <v>96</v>
+      </c>
+      <c r="C676" t="s">
+        <v>97</v>
+      </c>
+      <c r="D676">
         <v>145</v>
       </c>
-      <c r="E676" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K676" s="0">
+      <c r="E676" t="s">
+        <v>68</v>
+      </c>
+      <c r="F676" t="s">
+        <v>728</v>
+      </c>
+      <c r="G676" t="s">
+        <v>729</v>
+      </c>
+      <c r="H676" t="s">
+        <v>65</v>
+      </c>
+      <c r="K676">
         <v>1</v>
       </c>
-      <c r="L676" s="0">
+      <c r="L676">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="677">
-[...15 lines deleted...]
-      <c r="D677" s="0">
+    <row r="677" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A677" t="s">
+        <v>588</v>
+      </c>
+      <c r="B677" t="s">
+        <v>99</v>
+      </c>
+      <c r="C677" t="s">
+        <v>100</v>
+      </c>
+      <c r="D677">
         <v>146</v>
       </c>
-      <c r="E677" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K677" s="0">
+      <c r="E677" t="s">
+        <v>68</v>
+      </c>
+      <c r="F677" t="s">
+        <v>728</v>
+      </c>
+      <c r="G677" t="s">
+        <v>729</v>
+      </c>
+      <c r="H677" t="s">
+        <v>116</v>
+      </c>
+      <c r="K677">
         <v>4</v>
       </c>
-      <c r="L677" s="0">
+      <c r="L677">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="678">
-[...15 lines deleted...]
-      <c r="D678" s="0">
+    <row r="678" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A678" t="s">
+        <v>588</v>
+      </c>
+      <c r="B678" t="s">
+        <v>174</v>
+      </c>
+      <c r="C678" t="s">
+        <v>175</v>
+      </c>
+      <c r="D678">
         <v>301</v>
       </c>
-      <c r="E678" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D679" s="0">
+      <c r="E678" t="s">
+        <v>68</v>
+      </c>
+      <c r="F678" t="s">
+        <v>728</v>
+      </c>
+      <c r="G678" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="679" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A679" t="s">
+        <v>588</v>
+      </c>
+      <c r="B679" t="s">
+        <v>103</v>
+      </c>
+      <c r="C679" t="s">
+        <v>104</v>
+      </c>
+      <c r="D679">
         <v>302</v>
       </c>
-      <c r="E679" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D680" s="0">
+      <c r="E679" t="s">
+        <v>68</v>
+      </c>
+      <c r="F679" t="s">
+        <v>728</v>
+      </c>
+      <c r="G679" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="680" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A680" t="s">
+        <v>588</v>
+      </c>
+      <c r="B680" t="s">
+        <v>112</v>
+      </c>
+      <c r="C680" t="s">
+        <v>113</v>
+      </c>
+      <c r="D680">
         <v>303</v>
       </c>
-      <c r="E680" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D681" s="0">
+      <c r="E680" t="s">
+        <v>68</v>
+      </c>
+      <c r="F680" t="s">
+        <v>728</v>
+      </c>
+      <c r="G680" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="681" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A681" t="s">
+        <v>588</v>
+      </c>
+      <c r="B681" t="s">
+        <v>114</v>
+      </c>
+      <c r="C681" t="s">
+        <v>115</v>
+      </c>
+      <c r="D681">
         <v>147</v>
       </c>
-      <c r="E681" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K681" s="0">
+      <c r="E681" t="s">
+        <v>68</v>
+      </c>
+      <c r="F681" t="s">
+        <v>728</v>
+      </c>
+      <c r="G681" t="s">
+        <v>729</v>
+      </c>
+      <c r="H681" t="s">
+        <v>162</v>
+      </c>
+      <c r="K681">
         <v>8</v>
       </c>
-      <c r="L681" s="0">
+      <c r="L681">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="682">
-[...15 lines deleted...]
-      <c r="D682" s="0">
+    <row r="682" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A682" t="s">
+        <v>588</v>
+      </c>
+      <c r="B682" t="s">
+        <v>731</v>
+      </c>
+      <c r="C682" t="s">
+        <v>732</v>
+      </c>
+      <c r="D682">
         <v>155</v>
       </c>
-      <c r="E682" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K682" s="0">
+      <c r="E682" t="s">
+        <v>733</v>
+      </c>
+      <c r="F682" t="s">
+        <v>734</v>
+      </c>
+      <c r="G682" t="s">
+        <v>735</v>
+      </c>
+      <c r="H682" t="s">
+        <v>260</v>
+      </c>
+      <c r="K682">
         <v>16</v>
       </c>
-      <c r="L682" s="0">
+      <c r="L682">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="683">
-[...15 lines deleted...]
-      <c r="D683" s="0">
+    <row r="683" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A683" t="s">
+        <v>588</v>
+      </c>
+      <c r="B683" t="s">
+        <v>736</v>
+      </c>
+      <c r="C683" t="s">
+        <v>737</v>
+      </c>
+      <c r="D683">
         <v>152</v>
       </c>
-      <c r="E683" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L683" s="0">
+      <c r="E683" t="s">
+        <v>733</v>
+      </c>
+      <c r="F683" t="s">
+        <v>734</v>
+      </c>
+      <c r="G683" t="s">
+        <v>735</v>
+      </c>
+      <c r="H683" t="s">
+        <v>173</v>
+      </c>
+      <c r="K683">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L683">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="684">
-[...15 lines deleted...]
-      <c r="D684" s="0">
+    <row r="684" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A684" t="s">
+        <v>588</v>
+      </c>
+      <c r="B684" t="s">
+        <v>738</v>
+      </c>
+      <c r="C684" t="s">
+        <v>739</v>
+      </c>
+      <c r="D684">
         <v>154</v>
       </c>
-      <c r="E684" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K684" s="0">
+      <c r="E684" t="s">
+        <v>733</v>
+      </c>
+      <c r="F684" t="s">
+        <v>734</v>
+      </c>
+      <c r="G684" t="s">
+        <v>735</v>
+      </c>
+      <c r="H684" t="s">
+        <v>87</v>
+      </c>
+      <c r="K684">
         <v>1</v>
       </c>
-      <c r="L684" s="0">
+      <c r="L684">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="685">
-[...15 lines deleted...]
-      <c r="D685" s="0">
+    <row r="685" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A685" t="s">
+        <v>588</v>
+      </c>
+      <c r="B685" t="s">
+        <v>740</v>
+      </c>
+      <c r="C685" t="s">
+        <v>741</v>
+      </c>
+      <c r="D685">
         <v>151</v>
       </c>
-      <c r="E685" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K685" s="0">
+      <c r="E685" t="s">
+        <v>733</v>
+      </c>
+      <c r="F685" t="s">
+        <v>734</v>
+      </c>
+      <c r="G685" t="s">
+        <v>735</v>
+      </c>
+      <c r="H685" t="s">
+        <v>52</v>
+      </c>
+      <c r="K685">
         <v>0</v>
       </c>
-      <c r="L685" s="0">
+      <c r="L685">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="686">
-[...15 lines deleted...]
-      <c r="D686" s="0">
+    <row r="686" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A686" t="s">
+        <v>588</v>
+      </c>
+      <c r="B686" t="s">
+        <v>742</v>
+      </c>
+      <c r="C686" t="s">
+        <v>743</v>
+      </c>
+      <c r="D686">
         <v>153</v>
       </c>
-      <c r="E686" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K686" s="0">
+      <c r="E686" t="s">
+        <v>733</v>
+      </c>
+      <c r="F686" t="s">
+        <v>734</v>
+      </c>
+      <c r="G686" t="s">
+        <v>735</v>
+      </c>
+      <c r="H686" t="s">
+        <v>98</v>
+      </c>
+      <c r="K686">
         <v>1</v>
       </c>
-      <c r="L686" s="0">
+      <c r="L686">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="687">
-[...15 lines deleted...]
-      <c r="D687" s="0">
+    <row r="687" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A687" t="s">
+        <v>588</v>
+      </c>
+      <c r="B687" t="s">
+        <v>744</v>
+      </c>
+      <c r="C687" t="s">
+        <v>745</v>
+      </c>
+      <c r="D687">
         <v>150</v>
       </c>
-      <c r="E687" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K687" s="0">
+      <c r="E687" t="s">
+        <v>733</v>
+      </c>
+      <c r="F687" t="s">
+        <v>734</v>
+      </c>
+      <c r="G687" t="s">
+        <v>735</v>
+      </c>
+      <c r="H687" t="s">
+        <v>182</v>
+      </c>
+      <c r="K687">
         <v>3</v>
       </c>
-      <c r="L687" s="0">
+      <c r="L687">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="688">
-[...15 lines deleted...]
-      <c r="D688" s="0">
+    <row r="688" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A688" t="s">
+        <v>588</v>
+      </c>
+      <c r="B688" t="s">
+        <v>746</v>
+      </c>
+      <c r="C688" t="s">
+        <v>747</v>
+      </c>
+      <c r="D688">
         <v>156</v>
       </c>
-      <c r="E688" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K688" s="0">
+      <c r="E688" t="s">
+        <v>733</v>
+      </c>
+      <c r="F688" t="s">
+        <v>734</v>
+      </c>
+      <c r="G688" t="s">
+        <v>735</v>
+      </c>
+      <c r="H688" t="s">
+        <v>169</v>
+      </c>
+      <c r="K688">
         <v>100</v>
       </c>
-      <c r="L688" s="0">
+      <c r="L688">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="689">
-[...15 lines deleted...]
-      <c r="D689" s="0">
+    <row r="689" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A689" t="s">
+        <v>588</v>
+      </c>
+      <c r="B689" t="s">
+        <v>748</v>
+      </c>
+      <c r="C689" t="s">
+        <v>749</v>
+      </c>
+      <c r="D689">
         <v>164</v>
       </c>
-      <c r="E689" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K689" s="0">
+      <c r="E689" t="s">
+        <v>733</v>
+      </c>
+      <c r="F689" t="s">
+        <v>750</v>
+      </c>
+      <c r="G689" t="s">
+        <v>751</v>
+      </c>
+      <c r="H689" t="s">
+        <v>274</v>
+      </c>
+      <c r="K689">
         <v>30</v>
       </c>
-      <c r="L689" s="0">
+      <c r="L689">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="690">
-[...15 lines deleted...]
-      <c r="D690" s="0">
+    <row r="690" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A690" t="s">
+        <v>588</v>
+      </c>
+      <c r="B690" t="s">
+        <v>752</v>
+      </c>
+      <c r="C690" t="s">
+        <v>753</v>
+      </c>
+      <c r="D690">
         <v>160</v>
       </c>
-      <c r="E690" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K690" s="0">
+      <c r="E690" t="s">
+        <v>733</v>
+      </c>
+      <c r="F690" t="s">
+        <v>750</v>
+      </c>
+      <c r="G690" t="s">
+        <v>751</v>
+      </c>
+      <c r="H690" t="s">
+        <v>274</v>
+      </c>
+      <c r="K690">
         <v>4</v>
       </c>
-      <c r="L690" s="0">
+      <c r="L690">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="691">
-[...15 lines deleted...]
-      <c r="D691" s="0">
+    <row r="691" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A691" t="s">
+        <v>588</v>
+      </c>
+      <c r="B691" t="s">
+        <v>754</v>
+      </c>
+      <c r="C691" t="s">
+        <v>754</v>
+      </c>
+      <c r="D691">
         <v>165</v>
       </c>
-      <c r="E691" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K691" s="0">
+      <c r="E691" t="s">
+        <v>733</v>
+      </c>
+      <c r="F691" t="s">
+        <v>750</v>
+      </c>
+      <c r="G691" t="s">
+        <v>751</v>
+      </c>
+      <c r="H691" t="s">
+        <v>116</v>
+      </c>
+      <c r="K691">
         <v>0.5</v>
       </c>
-      <c r="L691" s="0">
+      <c r="L691">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="692">
-[...15 lines deleted...]
-      <c r="D692" s="0">
+    <row r="692" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A692" t="s">
+        <v>588</v>
+      </c>
+      <c r="B692" t="s">
+        <v>755</v>
+      </c>
+      <c r="C692" t="s">
+        <v>756</v>
+      </c>
+      <c r="D692">
         <v>162</v>
       </c>
-      <c r="E692" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K692" s="0">
+      <c r="E692" t="s">
+        <v>733</v>
+      </c>
+      <c r="F692" t="s">
+        <v>750</v>
+      </c>
+      <c r="G692" t="s">
+        <v>751</v>
+      </c>
+      <c r="H692" t="s">
+        <v>123</v>
+      </c>
+      <c r="K692">
         <v>2</v>
       </c>
-      <c r="L692" s="0">
+      <c r="L692">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="693">
-[...15 lines deleted...]
-      <c r="D693" s="0">
+    <row r="693" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A693" t="s">
+        <v>588</v>
+      </c>
+      <c r="B693" t="s">
+        <v>757</v>
+      </c>
+      <c r="C693" t="s">
+        <v>758</v>
+      </c>
+      <c r="D693">
         <v>159</v>
       </c>
-      <c r="E693" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K693" s="0">
+      <c r="E693" t="s">
+        <v>733</v>
+      </c>
+      <c r="F693" t="s">
+        <v>750</v>
+      </c>
+      <c r="G693" t="s">
+        <v>751</v>
+      </c>
+      <c r="H693" t="s">
+        <v>274</v>
+      </c>
+      <c r="K693">
         <v>0</v>
       </c>
-      <c r="L693" s="0">
+      <c r="L693">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="694">
-[...15 lines deleted...]
-      <c r="D694" s="0">
+    <row r="694" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A694" t="s">
+        <v>588</v>
+      </c>
+      <c r="B694" t="s">
+        <v>759</v>
+      </c>
+      <c r="C694" t="s">
+        <v>760</v>
+      </c>
+      <c r="D694">
         <v>161</v>
       </c>
-      <c r="E694" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D695" s="0">
+      <c r="E694" t="s">
+        <v>733</v>
+      </c>
+      <c r="F694" t="s">
+        <v>750</v>
+      </c>
+      <c r="G694" t="s">
+        <v>751</v>
+      </c>
+      <c r="H694" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="695" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A695" t="s">
+        <v>588</v>
+      </c>
+      <c r="B695" t="s">
+        <v>761</v>
+      </c>
+      <c r="C695" t="s">
+        <v>762</v>
+      </c>
+      <c r="D695">
         <v>163</v>
       </c>
-      <c r="E695" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K695" s="0">
+      <c r="E695" t="s">
+        <v>733</v>
+      </c>
+      <c r="F695" t="s">
+        <v>750</v>
+      </c>
+      <c r="G695" t="s">
+        <v>751</v>
+      </c>
+      <c r="H695" t="s">
+        <v>270</v>
+      </c>
+      <c r="K695">
         <v>0</v>
       </c>
-      <c r="L695" s="0">
+      <c r="L695">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="696">
-[...15 lines deleted...]
-      <c r="D696" s="0">
+    <row r="696" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A696" t="s">
+        <v>588</v>
+      </c>
+      <c r="B696" t="s">
+        <v>763</v>
+      </c>
+      <c r="C696" t="s">
+        <v>764</v>
+      </c>
+      <c r="D696">
         <v>158</v>
       </c>
-      <c r="E696" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K696" s="0">
+      <c r="E696" t="s">
+        <v>733</v>
+      </c>
+      <c r="F696" t="s">
+        <v>750</v>
+      </c>
+      <c r="G696" t="s">
+        <v>751</v>
+      </c>
+      <c r="H696" t="s">
+        <v>274</v>
+      </c>
+      <c r="K696">
         <v>0</v>
       </c>
-      <c r="L696" s="0">
+      <c r="L696">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="697">
-[...15 lines deleted...]
-      <c r="D697" s="0">
+    <row r="697" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A697" t="s">
+        <v>588</v>
+      </c>
+      <c r="B697" t="s">
+        <v>765</v>
+      </c>
+      <c r="C697" t="s">
+        <v>766</v>
+      </c>
+      <c r="D697">
         <v>157</v>
       </c>
-      <c r="E697" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K697" s="0">
+      <c r="E697" t="s">
+        <v>733</v>
+      </c>
+      <c r="F697" t="s">
+        <v>750</v>
+      </c>
+      <c r="G697" t="s">
+        <v>751</v>
+      </c>
+      <c r="K697">
         <v>1</v>
       </c>
-      <c r="L697" s="0">
+      <c r="L697">
         <v>25</v>
       </c>
     </row>
-    <row outlineLevel="0" r="698">
-[...15 lines deleted...]
-      <c r="D698" s="0">
+    <row r="698" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A698" t="s">
+        <v>588</v>
+      </c>
+      <c r="B698" t="s">
+        <v>767</v>
+      </c>
+      <c r="C698" t="s">
+        <v>768</v>
+      </c>
+      <c r="D698">
         <v>166</v>
       </c>
-      <c r="E698" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K698" s="0">
+      <c r="E698" t="s">
+        <v>733</v>
+      </c>
+      <c r="F698" t="s">
+        <v>750</v>
+      </c>
+      <c r="G698" t="s">
+        <v>751</v>
+      </c>
+      <c r="H698" t="s">
+        <v>614</v>
+      </c>
+      <c r="K698">
         <v>30</v>
       </c>
-      <c r="L698" s="0">
+      <c r="L698">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="699">
-[...15 lines deleted...]
-      <c r="D699" s="0">
+    <row r="699" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A699" t="s">
+        <v>588</v>
+      </c>
+      <c r="B699" t="s">
+        <v>769</v>
+      </c>
+      <c r="C699" t="s">
+        <v>770</v>
+      </c>
+      <c r="D699">
         <v>221</v>
       </c>
-      <c r="E699" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D700" s="0">
+      <c r="E699" t="s">
+        <v>733</v>
+      </c>
+      <c r="F699" t="s">
+        <v>771</v>
+      </c>
+      <c r="G699" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="700" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A700" t="s">
+        <v>588</v>
+      </c>
+      <c r="B700" t="s">
+        <v>773</v>
+      </c>
+      <c r="C700" t="s">
+        <v>774</v>
+      </c>
+      <c r="D700">
         <v>222</v>
       </c>
-      <c r="E700" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D701" s="0">
+      <c r="E700" t="s">
+        <v>733</v>
+      </c>
+      <c r="F700" t="s">
+        <v>771</v>
+      </c>
+      <c r="G700" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="701" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A701" t="s">
+        <v>588</v>
+      </c>
+      <c r="B701" t="s">
+        <v>775</v>
+      </c>
+      <c r="C701" t="s">
+        <v>776</v>
+      </c>
+      <c r="D701">
         <v>223</v>
       </c>
-      <c r="E701" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D702" s="0">
+      <c r="E701" t="s">
+        <v>733</v>
+      </c>
+      <c r="F701" t="s">
+        <v>771</v>
+      </c>
+      <c r="G701" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="702" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A702" t="s">
+        <v>588</v>
+      </c>
+      <c r="B702" t="s">
+        <v>777</v>
+      </c>
+      <c r="C702" t="s">
+        <v>778</v>
+      </c>
+      <c r="D702">
         <v>224</v>
       </c>
-      <c r="E702" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D703" s="0">
+      <c r="E702" t="s">
+        <v>733</v>
+      </c>
+      <c r="F702" t="s">
+        <v>771</v>
+      </c>
+      <c r="G702" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="703" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A703" t="s">
+        <v>588</v>
+      </c>
+      <c r="B703" t="s">
+        <v>779</v>
+      </c>
+      <c r="C703" t="s">
+        <v>780</v>
+      </c>
+      <c r="D703">
         <v>225</v>
       </c>
-      <c r="E703" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D704" s="0">
+      <c r="E703" t="s">
+        <v>733</v>
+      </c>
+      <c r="F703" t="s">
+        <v>771</v>
+      </c>
+      <c r="G703" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="704" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A704" t="s">
+        <v>588</v>
+      </c>
+      <c r="B704" t="s">
+        <v>781</v>
+      </c>
+      <c r="C704" t="s">
+        <v>782</v>
+      </c>
+      <c r="D704">
         <v>226</v>
       </c>
-      <c r="E704" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D705" s="0">
+      <c r="E704" t="s">
+        <v>733</v>
+      </c>
+      <c r="F704" t="s">
+        <v>771</v>
+      </c>
+      <c r="G704" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="705" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A705" t="s">
+        <v>588</v>
+      </c>
+      <c r="B705" t="s">
+        <v>783</v>
+      </c>
+      <c r="C705" t="s">
+        <v>784</v>
+      </c>
+      <c r="D705">
         <v>227</v>
       </c>
-      <c r="E705" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D706" s="0">
+      <c r="E705" t="s">
+        <v>733</v>
+      </c>
+      <c r="F705" t="s">
+        <v>771</v>
+      </c>
+      <c r="G705" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="706" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A706" t="s">
+        <v>588</v>
+      </c>
+      <c r="B706" t="s">
+        <v>785</v>
+      </c>
+      <c r="C706" t="s">
+        <v>786</v>
+      </c>
+      <c r="D706">
         <v>228</v>
       </c>
-      <c r="E706" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D707" s="0">
+      <c r="E706" t="s">
+        <v>733</v>
+      </c>
+      <c r="F706" t="s">
+        <v>771</v>
+      </c>
+      <c r="G706" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="707" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A707" t="s">
+        <v>588</v>
+      </c>
+      <c r="B707" t="s">
+        <v>787</v>
+      </c>
+      <c r="C707" t="s">
+        <v>788</v>
+      </c>
+      <c r="D707">
         <v>229</v>
       </c>
-      <c r="E707" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D708" s="0">
+      <c r="E707" t="s">
+        <v>733</v>
+      </c>
+      <c r="F707" t="s">
+        <v>771</v>
+      </c>
+      <c r="G707" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="708" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A708" t="s">
+        <v>588</v>
+      </c>
+      <c r="B708" t="s">
+        <v>789</v>
+      </c>
+      <c r="C708" t="s">
+        <v>790</v>
+      </c>
+      <c r="D708">
         <v>230</v>
       </c>
-      <c r="E708" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D709" s="0">
+      <c r="E708" t="s">
+        <v>733</v>
+      </c>
+      <c r="F708" t="s">
+        <v>771</v>
+      </c>
+      <c r="G708" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="709" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A709" t="s">
+        <v>588</v>
+      </c>
+      <c r="B709" t="s">
+        <v>791</v>
+      </c>
+      <c r="C709" t="s">
+        <v>792</v>
+      </c>
+      <c r="D709">
         <v>171</v>
       </c>
-      <c r="E709" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D710" s="0">
+      <c r="E709" t="s">
+        <v>120</v>
+      </c>
+      <c r="F709" t="s">
+        <v>793</v>
+      </c>
+      <c r="G709" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="710" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A710" t="s">
+        <v>588</v>
+      </c>
+      <c r="B710" t="s">
+        <v>795</v>
+      </c>
+      <c r="C710" t="s">
+        <v>795</v>
+      </c>
+      <c r="D710">
         <v>170</v>
       </c>
-      <c r="E710" s="0" t="inlineStr">
-[...16 lines deleted...]
-      <c r="J710" s="0"/>
+      <c r="E710" t="s">
+        <v>120</v>
+      </c>
+      <c r="F710" t="s">
+        <v>793</v>
+      </c>
+      <c r="G710" t="s">
+        <v>794</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:C8"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0" rightToLeft="false">
+    <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row outlineLevel="0" r="1">
-[...22 lines deleted...]
-      <c r="B2" s="0">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>796</v>
+      </c>
+      <c r="B1" t="s">
+        <v>797</v>
+      </c>
+      <c r="C1" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2">
         <v>1</v>
       </c>
-      <c r="C2" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B3" s="0">
+      <c r="C2" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B3">
         <v>1</v>
       </c>
-      <c r="C3" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B4" s="0">
+      <c r="C3" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>219</v>
+      </c>
+      <c r="B4">
         <v>1</v>
       </c>
-      <c r="C4" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B5" s="0">
+      <c r="C4" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>488</v>
+      </c>
+      <c r="B5">
         <v>1</v>
       </c>
-      <c r="C5" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B6" s="0">
+      <c r="C5" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>800</v>
+      </c>
+      <c r="B6">
         <v>1</v>
       </c>
-      <c r="C6" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B7" s="0">
+      <c r="C6" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>522</v>
+      </c>
+      <c r="B7">
         <v>1</v>
       </c>
-      <c r="C7" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B8" s="0">
+      <c r="C7" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>588</v>
+      </c>
+      <c r="B8">
         <v>1</v>
       </c>
-      <c r="C8" s="0" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C8" t="s">
+        <v>799</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Access</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>A266FF2A662E84b639DA</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Measurands</vt:lpstr>
+      <vt:lpstr>Measurands_Rangenames</vt:lpstr>
+      <vt:lpstr>Determinands</vt:lpstr>
+      <vt:lpstr>Determinands_Rangenames</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Groenwold, Jan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>