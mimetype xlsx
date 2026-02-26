--- v1 (2026-01-11)
+++ v2 (2026-02-26)
@@ -1,72 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\WEPAL\Determinant\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\PROJECTS\WEPAL_WEBDATA\PUBLIC\Measurands_List\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{00296195-66AA-4822-B848-3921DB958A9A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA1B4FF6-FEBB-4FB9-96F5-8B0199929FB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2730" yWindow="2730" windowWidth="28800" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-10980" yWindow="-21720" windowWidth="51840" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Measurands" sheetId="1" r:id="rId1"/>
     <sheet name="Measurands_Rangenames" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="Determinands">Measurands!$A$1:$L$710</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Measurands!$A$1:$L$714</definedName>
+    <definedName name="Determinands">Measurands!$A$1:$L$714</definedName>
     <definedName name="Determinands_Rangenames">Measurands_Rangenames!$A$1:$C$8</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4721" uniqueCount="801">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4745" uniqueCount="803">
   <si>
     <t>Program</t>
   </si>
   <si>
     <t>MeasurandName</t>
   </si>
   <si>
     <t>MeasurandFullName</t>
   </si>
   <si>
     <t>MeasurandNumber</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>MethodGroupCode</t>
   </si>
   <si>
     <t>MethodGroepName</t>
   </si>
   <si>
     <t>Range1</t>
   </si>
   <si>
@@ -2425,87 +2426,102 @@
     <t>Bis(2-ethylhexyl) phthalate</t>
   </si>
   <si>
     <t>EXP</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>Tributyl Tin (TBT)</t>
   </si>
   <si>
     <t>program</t>
   </si>
   <si>
     <t>RangeNr</t>
   </si>
   <si>
     <t>RangeName</t>
   </si>
   <si>
     <t>concentration range</t>
   </si>
   <si>
     <t>PEP</t>
+  </si>
+  <si>
+    <t>M1</t>
+  </si>
+  <si>
+    <t>Mehlich-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -2770,20354 +2786,20448 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L710"/>
+  <dimension ref="A1:L714"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="A4" sqref="A1:XFD1048576"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="8.42578125" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="18.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="8.453125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="25.1796875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="60.81640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="18.453125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.26953125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="18.26953125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="60" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="10.5703125" bestFit="1" customWidth="1"/>
-    <col min="9" max="10" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.54296875" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="7.453125" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A1" t="s">
+    <row r="1" spans="1:12" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" t="s">
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" t="s">
+      <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" t="s">
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" t="s">
+      <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" t="s">
+      <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
+      <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
+      <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
+      <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" t="s">
+      <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
         <v>12</v>
       </c>
       <c r="B2" t="s">
         <v>13</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2">
         <v>80</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
       <c r="H2" t="s">
         <v>17</v>
       </c>
       <c r="K2">
         <v>0.30000001192092901</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3">
         <v>81</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
       <c r="K3">
         <v>0.5</v>
       </c>
       <c r="L3">
         <v>10</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
         <v>2</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
         <v>16</v>
       </c>
       <c r="H4" t="s">
         <v>22</v>
       </c>
       <c r="K4">
         <v>0.30000001192092901</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5">
         <v>82</v>
       </c>
       <c r="E5" t="s">
         <v>14</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
         <v>16</v>
       </c>
       <c r="H5" t="s">
         <v>24</v>
       </c>
       <c r="K5">
         <v>1.5</v>
       </c>
       <c r="L5">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
         <v>83</v>
       </c>
       <c r="E6" t="s">
         <v>14</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>27</v>
       </c>
       <c r="H6" t="s">
         <v>28</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>29</v>
       </c>
       <c r="C7" t="s">
         <v>29</v>
       </c>
       <c r="D7">
         <v>84</v>
       </c>
       <c r="E7" t="s">
         <v>14</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
       <c r="H7" t="s">
         <v>30</v>
       </c>
       <c r="K7">
         <v>0.30000001192092901</v>
       </c>
       <c r="L7">
         <v>2.5</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8">
         <v>85</v>
       </c>
       <c r="E8" t="s">
         <v>14</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>32</v>
       </c>
       <c r="K8">
         <v>0.10000000149011599</v>
       </c>
       <c r="L8">
         <v>7.5</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>33</v>
       </c>
       <c r="D9">
         <v>86</v>
       </c>
       <c r="E9" t="s">
         <v>14</v>
       </c>
       <c r="F9" t="s">
         <v>26</v>
       </c>
       <c r="G9" t="s">
         <v>27</v>
       </c>
       <c r="H9" t="s">
         <v>34</v>
       </c>
       <c r="K9">
         <v>1.5</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
       <c r="C10" t="s">
         <v>36</v>
       </c>
       <c r="D10">
         <v>15</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="F10" t="s">
         <v>26</v>
       </c>
       <c r="G10" t="s">
         <v>27</v>
       </c>
       <c r="H10" t="s">
         <v>38</v>
       </c>
       <c r="K10">
         <v>0.20000000298023199</v>
       </c>
       <c r="L10">
         <v>20</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11" t="s">
         <v>39</v>
       </c>
       <c r="C11" t="s">
         <v>40</v>
       </c>
       <c r="D11">
         <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11" t="s">
         <v>27</v>
       </c>
       <c r="H11" t="s">
         <v>41</v>
       </c>
       <c r="K11">
         <v>0.5</v>
       </c>
       <c r="L11">
         <v>17.5</v>
       </c>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>42</v>
       </c>
       <c r="G12" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>44</v>
       </c>
       <c r="C13" t="s">
         <v>45</v>
       </c>
       <c r="D13">
         <v>21</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>42</v>
       </c>
       <c r="G13" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>46</v>
       </c>
       <c r="C14" t="s">
         <v>47</v>
       </c>
       <c r="D14">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>49</v>
       </c>
       <c r="D15">
         <v>31</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>50</v>
       </c>
       <c r="G15" t="s">
         <v>51</v>
       </c>
       <c r="H15" t="s">
         <v>52</v>
       </c>
       <c r="K15">
         <v>0.10000000149011599</v>
       </c>
       <c r="L15">
         <v>17.5</v>
       </c>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
         <v>53</v>
       </c>
       <c r="C16" t="s">
         <v>54</v>
       </c>
       <c r="D16">
         <v>32</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>50</v>
       </c>
       <c r="G16" t="s">
         <v>51</v>
       </c>
       <c r="H16" t="s">
         <v>55</v>
       </c>
       <c r="K16">
         <v>0.5</v>
       </c>
       <c r="L16">
         <v>12.5</v>
       </c>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17" t="s">
         <v>56</v>
       </c>
       <c r="C17" t="s">
         <v>57</v>
       </c>
       <c r="D17">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="F17" t="s">
         <v>50</v>
       </c>
       <c r="G17" t="s">
         <v>51</v>
       </c>
       <c r="H17" t="s">
         <v>55</v>
       </c>
       <c r="K17">
         <v>0</v>
       </c>
       <c r="L17">
         <v>22.5</v>
       </c>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
         <v>12</v>
       </c>
       <c r="B18" t="s">
         <v>44</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18">
         <v>34</v>
       </c>
       <c r="E18" t="s">
         <v>37</v>
       </c>
       <c r="F18" t="s">
         <v>50</v>
       </c>
       <c r="G18" t="s">
         <v>51</v>
       </c>
       <c r="H18" t="s">
         <v>55</v>
       </c>
       <c r="K18">
         <v>0.5</v>
       </c>
       <c r="L18">
         <v>12.5</v>
       </c>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" t="s">
         <v>58</v>
       </c>
       <c r="C19" t="s">
         <v>59</v>
       </c>
       <c r="D19">
         <v>35</v>
       </c>
       <c r="E19" t="s">
         <v>37</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
         <v>51</v>
       </c>
       <c r="H19" t="s">
         <v>60</v>
       </c>
       <c r="K19">
         <v>0.10000000149011599</v>
       </c>
       <c r="L19">
         <v>20</v>
       </c>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
         <v>12</v>
       </c>
       <c r="B20" t="s">
         <v>46</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>36</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20" t="s">
         <v>60</v>
       </c>
       <c r="K20">
         <v>0.10000000149011599</v>
       </c>
       <c r="L20">
         <v>20</v>
       </c>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" t="s">
         <v>62</v>
       </c>
       <c r="D21">
         <v>37</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>52</v>
       </c>
       <c r="K21">
         <v>0</v>
       </c>
       <c r="L21">
         <v>22.5</v>
       </c>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
         <v>12</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" t="s">
         <v>64</v>
       </c>
       <c r="D22">
         <v>38</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
       </c>
       <c r="F22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22" t="s">
         <v>65</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>17.5</v>
       </c>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A23" t="s">
         <v>12</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
       <c r="D23">
         <v>51</v>
       </c>
       <c r="E23" t="s">
         <v>68</v>
       </c>
       <c r="F23" t="s">
         <v>69</v>
       </c>
       <c r="G23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A24" t="s">
         <v>12</v>
       </c>
       <c r="B24" t="s">
         <v>71</v>
       </c>
       <c r="C24" t="s">
         <v>72</v>
       </c>
       <c r="D24">
         <v>52</v>
       </c>
       <c r="E24" t="s">
         <v>68</v>
       </c>
       <c r="F24" t="s">
         <v>69</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
         <v>73</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>22.5</v>
       </c>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A25" t="s">
         <v>12</v>
       </c>
       <c r="B25" t="s">
         <v>74</v>
       </c>
       <c r="C25" t="s">
         <v>75</v>
       </c>
       <c r="D25">
         <v>53</v>
       </c>
       <c r="E25" t="s">
         <v>68</v>
       </c>
       <c r="F25" t="s">
         <v>69</v>
       </c>
       <c r="G25" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
         <v>12</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
       <c r="C26" t="s">
         <v>77</v>
       </c>
       <c r="D26">
         <v>54</v>
       </c>
       <c r="E26" t="s">
         <v>68</v>
       </c>
       <c r="F26" t="s">
         <v>69</v>
       </c>
       <c r="G26" t="s">
         <v>70</v>
       </c>
       <c r="H26" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A27" t="s">
         <v>12</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
       <c r="C27" t="s">
         <v>80</v>
       </c>
       <c r="D27">
         <v>55</v>
       </c>
       <c r="E27" t="s">
         <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>69</v>
       </c>
       <c r="G27" t="s">
         <v>70</v>
       </c>
       <c r="H27" t="s">
         <v>81</v>
       </c>
       <c r="K27">
         <v>0.60000002384185802</v>
       </c>
       <c r="L27">
         <v>25</v>
       </c>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" t="s">
         <v>82</v>
       </c>
       <c r="C28" t="s">
         <v>83</v>
       </c>
       <c r="D28">
         <v>56</v>
       </c>
       <c r="E28" t="s">
         <v>68</v>
       </c>
       <c r="F28" t="s">
         <v>69</v>
       </c>
       <c r="G28" t="s">
         <v>70</v>
       </c>
       <c r="H28" t="s">
         <v>84</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28">
         <v>25</v>
       </c>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A29" t="s">
         <v>12</v>
       </c>
       <c r="B29" t="s">
         <v>85</v>
       </c>
       <c r="C29" t="s">
         <v>86</v>
       </c>
       <c r="D29">
         <v>57</v>
       </c>
       <c r="E29" t="s">
         <v>68</v>
       </c>
       <c r="F29" t="s">
         <v>69</v>
       </c>
       <c r="G29" t="s">
         <v>70</v>
       </c>
       <c r="H29" t="s">
         <v>87</v>
       </c>
       <c r="K29">
         <v>1</v>
       </c>
       <c r="L29">
         <v>12.5</v>
       </c>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A30" t="s">
         <v>12</v>
       </c>
       <c r="B30" t="s">
         <v>88</v>
       </c>
       <c r="C30" t="s">
         <v>89</v>
       </c>
       <c r="D30">
         <v>58</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>69</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30" t="s">
         <v>90</v>
       </c>
       <c r="K30">
         <v>0</v>
       </c>
       <c r="L30">
         <v>12.5</v>
       </c>
     </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A31" t="s">
         <v>12</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
       <c r="C31" t="s">
         <v>92</v>
       </c>
       <c r="D31">
         <v>59</v>
       </c>
       <c r="E31" t="s">
         <v>68</v>
       </c>
       <c r="F31" t="s">
         <v>69</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
       <c r="H31" t="s">
         <v>93</v>
       </c>
       <c r="K31">
         <v>5</v>
       </c>
       <c r="L31">
         <v>17.5</v>
       </c>
     </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A32" t="s">
         <v>12</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
       <c r="C32" t="s">
         <v>95</v>
       </c>
       <c r="D32">
         <v>60</v>
       </c>
       <c r="E32" t="s">
         <v>68</v>
       </c>
       <c r="F32" t="s">
         <v>69</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A33" t="s">
         <v>12</v>
       </c>
       <c r="B33" t="s">
         <v>96</v>
       </c>
       <c r="C33" t="s">
         <v>97</v>
       </c>
       <c r="D33">
         <v>61</v>
       </c>
       <c r="E33" t="s">
         <v>68</v>
       </c>
       <c r="F33" t="s">
         <v>69</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
         <v>98</v>
       </c>
       <c r="K33">
         <v>1</v>
       </c>
       <c r="L33">
         <v>17.5</v>
       </c>
     </row>
-    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A34" t="s">
         <v>12</v>
       </c>
       <c r="B34" t="s">
         <v>99</v>
       </c>
       <c r="C34" t="s">
         <v>100</v>
       </c>
       <c r="D34">
         <v>62</v>
       </c>
       <c r="E34" t="s">
         <v>68</v>
       </c>
       <c r="F34" t="s">
         <v>69</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34" t="s">
         <v>87</v>
       </c>
       <c r="K34">
         <v>5</v>
       </c>
       <c r="L34">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" t="s">
         <v>101</v>
       </c>
       <c r="C35" t="s">
         <v>102</v>
       </c>
       <c r="D35">
         <v>64</v>
       </c>
       <c r="E35" t="s">
         <v>68</v>
       </c>
       <c r="F35" t="s">
         <v>69</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A36" t="s">
         <v>12</v>
       </c>
       <c r="B36" t="s">
         <v>103</v>
       </c>
       <c r="C36" t="s">
         <v>104</v>
       </c>
       <c r="D36">
         <v>65</v>
       </c>
       <c r="E36" t="s">
         <v>68</v>
       </c>
       <c r="F36" t="s">
         <v>69</v>
       </c>
       <c r="G36" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A37" t="s">
         <v>12</v>
       </c>
       <c r="B37" t="s">
         <v>105</v>
       </c>
       <c r="C37" t="s">
         <v>106</v>
       </c>
       <c r="D37">
         <v>66</v>
       </c>
       <c r="E37" t="s">
         <v>68</v>
       </c>
       <c r="F37" t="s">
         <v>69</v>
       </c>
       <c r="G37" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A38" t="s">
         <v>12</v>
       </c>
       <c r="B38" t="s">
         <v>107</v>
       </c>
       <c r="C38" t="s">
         <v>108</v>
       </c>
       <c r="D38">
         <v>71</v>
       </c>
       <c r="E38" t="s">
         <v>68</v>
       </c>
       <c r="F38" t="s">
         <v>69</v>
       </c>
       <c r="G38" t="s">
         <v>70</v>
       </c>
       <c r="H38" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A39" t="s">
         <v>12</v>
       </c>
       <c r="B39" t="s">
         <v>110</v>
       </c>
       <c r="C39" t="s">
         <v>111</v>
       </c>
       <c r="D39">
         <v>67</v>
       </c>
       <c r="E39" t="s">
         <v>68</v>
       </c>
       <c r="F39" t="s">
         <v>69</v>
       </c>
       <c r="G39" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A40" t="s">
         <v>12</v>
       </c>
       <c r="B40" t="s">
         <v>112</v>
       </c>
       <c r="C40" t="s">
         <v>113</v>
       </c>
       <c r="D40">
         <v>68</v>
       </c>
       <c r="E40" t="s">
         <v>68</v>
       </c>
       <c r="F40" t="s">
         <v>69</v>
       </c>
       <c r="G40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
         <v>52</v>
       </c>
       <c r="K40">
         <v>0.5</v>
       </c>
       <c r="L40">
         <v>25</v>
       </c>
     </row>
-    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41" t="s">
         <v>114</v>
       </c>
       <c r="C41" t="s">
         <v>115</v>
       </c>
       <c r="D41">
         <v>69</v>
       </c>
       <c r="E41" t="s">
         <v>68</v>
       </c>
       <c r="F41" t="s">
         <v>69</v>
       </c>
       <c r="G41" t="s">
         <v>70</v>
       </c>
       <c r="H41" t="s">
         <v>116</v>
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41">
         <v>15</v>
       </c>
     </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A42" t="s">
         <v>117</v>
       </c>
       <c r="B42" t="s">
         <v>118</v>
       </c>
       <c r="C42" t="s">
         <v>119</v>
       </c>
       <c r="D42">
         <v>41</v>
       </c>
       <c r="E42" t="s">
         <v>120</v>
       </c>
       <c r="F42" t="s">
         <v>121</v>
       </c>
       <c r="G42" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A43" t="s">
         <v>117</v>
       </c>
       <c r="B43" t="s">
         <v>66</v>
       </c>
       <c r="C43" t="s">
         <v>67</v>
       </c>
       <c r="D43">
         <v>20</v>
       </c>
       <c r="E43" t="s">
         <v>120</v>
       </c>
       <c r="F43" t="s">
         <v>121</v>
       </c>
       <c r="G43" t="s">
         <v>122</v>
       </c>
       <c r="H43" t="s">
         <v>123</v>
       </c>
       <c r="K43">
         <v>10</v>
       </c>
       <c r="L43">
         <v>12.5</v>
       </c>
     </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A44" t="s">
         <v>117</v>
       </c>
       <c r="B44" t="s">
         <v>124</v>
       </c>
       <c r="C44" t="s">
         <v>125</v>
       </c>
       <c r="D44">
         <v>2</v>
       </c>
       <c r="E44" t="s">
         <v>68</v>
       </c>
       <c r="F44" t="s">
         <v>121</v>
       </c>
       <c r="G44" t="s">
         <v>122</v>
       </c>
       <c r="H44" t="s">
         <v>65</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44">
         <v>10</v>
       </c>
     </row>
-    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A45" t="s">
         <v>117</v>
       </c>
       <c r="B45" t="s">
         <v>71</v>
       </c>
       <c r="C45" t="s">
         <v>72</v>
       </c>
       <c r="D45">
         <v>33</v>
       </c>
       <c r="E45" t="s">
         <v>68</v>
       </c>
       <c r="F45" t="s">
         <v>121</v>
       </c>
       <c r="G45" t="s">
         <v>122</v>
       </c>
       <c r="H45" t="s">
         <v>84</v>
       </c>
       <c r="K45">
         <v>0.20000000298023199</v>
       </c>
       <c r="L45">
         <v>10</v>
       </c>
     </row>
-    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A46" t="s">
         <v>117</v>
       </c>
       <c r="B46" t="s">
         <v>74</v>
       </c>
       <c r="C46" t="s">
         <v>75</v>
       </c>
       <c r="D46">
         <v>42</v>
       </c>
       <c r="E46" t="s">
         <v>120</v>
       </c>
       <c r="F46" t="s">
         <v>121</v>
       </c>
       <c r="G46" t="s">
         <v>122</v>
       </c>
       <c r="H46" t="s">
         <v>84</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
         <v>25</v>
       </c>
     </row>
-    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A47" t="s">
         <v>117</v>
       </c>
       <c r="B47" t="s">
         <v>126</v>
       </c>
       <c r="C47" t="s">
         <v>127</v>
       </c>
       <c r="D47">
         <v>34</v>
       </c>
       <c r="E47" t="s">
         <v>120</v>
       </c>
       <c r="F47" t="s">
         <v>121</v>
       </c>
       <c r="G47" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A48" t="s">
         <v>117</v>
       </c>
       <c r="B48" t="s">
         <v>128</v>
       </c>
       <c r="C48" t="s">
         <v>129</v>
       </c>
       <c r="D48">
         <v>21</v>
       </c>
       <c r="E48" t="s">
         <v>68</v>
       </c>
       <c r="F48" t="s">
         <v>121</v>
       </c>
       <c r="G48" t="s">
         <v>122</v>
       </c>
       <c r="H48" t="s">
         <v>55</v>
       </c>
       <c r="K48">
         <v>0.10000000149011599</v>
       </c>
       <c r="L48">
         <v>10</v>
       </c>
     </row>
-    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A49" t="s">
         <v>117</v>
       </c>
       <c r="B49" t="s">
         <v>53</v>
       </c>
       <c r="C49" t="s">
         <v>54</v>
       </c>
       <c r="D49">
         <v>55</v>
       </c>
       <c r="E49" t="s">
         <v>37</v>
       </c>
       <c r="F49" t="s">
         <v>121</v>
       </c>
       <c r="G49" t="s">
         <v>122</v>
       </c>
       <c r="H49" t="s">
         <v>130</v>
       </c>
       <c r="K49">
         <v>0.10000000149011599</v>
       </c>
       <c r="L49">
         <v>7.5</v>
       </c>
     </row>
-    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A50" t="s">
         <v>117</v>
       </c>
       <c r="B50" t="s">
         <v>76</v>
       </c>
       <c r="C50" t="s">
         <v>77</v>
       </c>
       <c r="D50">
         <v>22</v>
       </c>
       <c r="E50" t="s">
         <v>120</v>
       </c>
       <c r="F50" t="s">
         <v>121</v>
       </c>
       <c r="G50" t="s">
         <v>122</v>
       </c>
       <c r="H50" t="s">
         <v>131</v>
       </c>
       <c r="K50">
         <v>5</v>
       </c>
       <c r="L50">
         <v>12.5</v>
       </c>
     </row>
-    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A51" t="s">
         <v>117</v>
       </c>
       <c r="B51" t="s">
         <v>132</v>
       </c>
       <c r="C51" t="s">
         <v>36</v>
       </c>
       <c r="D51">
         <v>56</v>
       </c>
       <c r="E51" t="s">
         <v>37</v>
       </c>
       <c r="F51" t="s">
         <v>121</v>
       </c>
       <c r="G51" t="s">
         <v>122</v>
       </c>
       <c r="H51" t="s">
         <v>133</v>
       </c>
       <c r="K51">
         <v>0.20000000298023199</v>
       </c>
       <c r="L51">
         <v>7.5</v>
       </c>
     </row>
-    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A52" t="s">
         <v>117</v>
       </c>
       <c r="B52" t="s">
         <v>79</v>
       </c>
       <c r="C52" t="s">
         <v>80</v>
       </c>
       <c r="D52">
         <v>23</v>
       </c>
       <c r="E52" t="s">
         <v>120</v>
       </c>
       <c r="F52" t="s">
         <v>121</v>
       </c>
       <c r="G52" t="s">
         <v>122</v>
       </c>
       <c r="H52" t="s">
         <v>134</v>
       </c>
       <c r="K52">
         <v>10</v>
       </c>
       <c r="L52">
         <v>12.5</v>
       </c>
     </row>
-    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A53" t="s">
         <v>117</v>
       </c>
       <c r="B53" t="s">
         <v>82</v>
       </c>
       <c r="C53" t="s">
         <v>83</v>
       </c>
       <c r="D53">
         <v>24</v>
       </c>
       <c r="E53" t="s">
         <v>120</v>
       </c>
       <c r="F53" t="s">
         <v>121</v>
       </c>
       <c r="G53" t="s">
         <v>122</v>
       </c>
       <c r="H53" t="s">
         <v>135</v>
       </c>
       <c r="K53">
         <v>120</v>
       </c>
       <c r="L53">
         <v>12.5</v>
       </c>
     </row>
-    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A54" t="s">
         <v>117</v>
       </c>
       <c r="B54" t="s">
         <v>136</v>
       </c>
       <c r="C54" t="s">
         <v>137</v>
       </c>
       <c r="D54">
         <v>43</v>
       </c>
       <c r="E54" t="s">
         <v>120</v>
       </c>
       <c r="F54" t="s">
         <v>121</v>
       </c>
       <c r="G54" t="s">
         <v>122</v>
       </c>
       <c r="H54" t="s">
         <v>87</v>
       </c>
       <c r="K54">
         <v>6</v>
       </c>
       <c r="L54">
         <v>15</v>
       </c>
     </row>
-    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A55" t="s">
         <v>117</v>
       </c>
       <c r="B55" t="s">
         <v>85</v>
       </c>
       <c r="C55" t="s">
         <v>86</v>
       </c>
       <c r="D55">
         <v>3</v>
       </c>
       <c r="E55" t="s">
         <v>68</v>
       </c>
       <c r="F55" t="s">
         <v>121</v>
       </c>
       <c r="G55" t="s">
         <v>122</v>
       </c>
       <c r="H55" t="s">
         <v>138</v>
       </c>
       <c r="K55">
         <v>0.5</v>
       </c>
       <c r="L55">
         <v>9</v>
       </c>
     </row>
-    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A56" t="s">
         <v>117</v>
       </c>
       <c r="B56" t="s">
         <v>139</v>
       </c>
       <c r="C56" t="s">
         <v>140</v>
       </c>
       <c r="D56">
         <v>5</v>
       </c>
       <c r="E56" t="s">
         <v>68</v>
       </c>
       <c r="F56" t="s">
         <v>121</v>
       </c>
       <c r="G56" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="57" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>56</v>
       </c>
       <c r="C57" t="s">
         <v>57</v>
       </c>
       <c r="D57">
         <v>4</v>
       </c>
       <c r="E57" t="s">
         <v>68</v>
       </c>
       <c r="F57" t="s">
         <v>121</v>
       </c>
       <c r="G57" t="s">
         <v>122</v>
       </c>
       <c r="H57" t="s">
         <v>141</v>
       </c>
       <c r="K57">
         <v>5</v>
       </c>
       <c r="L57">
         <v>10</v>
       </c>
     </row>
-    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A58" t="s">
         <v>117</v>
       </c>
       <c r="B58" t="s">
         <v>142</v>
       </c>
       <c r="C58" t="s">
         <v>143</v>
       </c>
       <c r="D58">
         <v>25</v>
       </c>
       <c r="E58" t="s">
         <v>120</v>
       </c>
       <c r="F58" t="s">
         <v>121</v>
       </c>
       <c r="G58" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A59" t="s">
         <v>117</v>
       </c>
       <c r="B59" t="s">
         <v>88</v>
       </c>
       <c r="C59" t="s">
         <v>89</v>
       </c>
       <c r="D59">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>120</v>
       </c>
       <c r="F59" t="s">
         <v>121</v>
       </c>
       <c r="G59" t="s">
         <v>122</v>
       </c>
       <c r="H59" t="s">
         <v>144</v>
       </c>
       <c r="K59">
         <v>2</v>
       </c>
       <c r="L59">
         <v>12.5</v>
       </c>
     </row>
-    <row r="60" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A60" t="s">
         <v>117</v>
       </c>
       <c r="B60" t="s">
         <v>145</v>
       </c>
       <c r="C60" t="s">
         <v>146</v>
       </c>
       <c r="D60">
         <v>27</v>
       </c>
       <c r="E60" t="s">
         <v>120</v>
       </c>
       <c r="F60" t="s">
         <v>121</v>
       </c>
       <c r="G60" t="s">
         <v>122</v>
       </c>
       <c r="H60" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="61" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A61" t="s">
         <v>117</v>
       </c>
       <c r="B61" t="s">
         <v>44</v>
       </c>
       <c r="C61" t="s">
         <v>45</v>
       </c>
       <c r="D61">
         <v>57</v>
       </c>
       <c r="E61" t="s">
         <v>37</v>
       </c>
       <c r="F61" t="s">
         <v>121</v>
       </c>
       <c r="G61" t="s">
         <v>122</v>
       </c>
       <c r="H61" t="s">
         <v>147</v>
       </c>
       <c r="K61">
         <v>0.20000000298023199</v>
       </c>
       <c r="L61">
         <v>7.5</v>
       </c>
     </row>
-    <row r="62" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A62" t="s">
         <v>117</v>
       </c>
       <c r="B62" t="s">
         <v>148</v>
       </c>
       <c r="C62" t="s">
         <v>149</v>
       </c>
       <c r="D62">
         <v>28</v>
       </c>
       <c r="E62" t="s">
         <v>120</v>
       </c>
       <c r="F62" t="s">
         <v>121</v>
       </c>
       <c r="G62" t="s">
         <v>122</v>
       </c>
       <c r="H62" t="s">
         <v>150</v>
       </c>
       <c r="K62">
         <v>45</v>
       </c>
       <c r="L62">
         <v>15</v>
       </c>
     </row>
-    <row r="63" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A63" t="s">
         <v>117</v>
       </c>
       <c r="B63" t="s">
         <v>58</v>
       </c>
       <c r="C63" t="s">
         <v>59</v>
       </c>
       <c r="D63">
         <v>58</v>
       </c>
       <c r="E63" t="s">
         <v>37</v>
       </c>
       <c r="F63" t="s">
         <v>121</v>
       </c>
       <c r="G63" t="s">
         <v>122</v>
       </c>
       <c r="H63" t="s">
         <v>151</v>
       </c>
       <c r="K63">
         <v>0</v>
       </c>
       <c r="L63">
         <v>7.5</v>
       </c>
     </row>
-    <row r="64" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A64" t="s">
         <v>117</v>
       </c>
       <c r="B64" t="s">
         <v>91</v>
       </c>
       <c r="C64" t="s">
         <v>92</v>
       </c>
       <c r="D64">
         <v>6</v>
       </c>
       <c r="E64" t="s">
         <v>68</v>
       </c>
       <c r="F64" t="s">
         <v>121</v>
       </c>
       <c r="G64" t="s">
         <v>122</v>
       </c>
       <c r="H64" t="s">
         <v>93</v>
       </c>
       <c r="K64">
         <v>1</v>
       </c>
       <c r="L64">
         <v>7.5</v>
       </c>
     </row>
-    <row r="65" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A65" t="s">
         <v>117</v>
       </c>
       <c r="B65" t="s">
         <v>94</v>
       </c>
       <c r="C65" t="s">
         <v>95</v>
       </c>
       <c r="D65">
         <v>29</v>
       </c>
       <c r="E65" t="s">
         <v>120</v>
       </c>
       <c r="F65" t="s">
         <v>121</v>
       </c>
       <c r="G65" t="s">
         <v>122</v>
       </c>
       <c r="H65" t="s">
         <v>152</v>
       </c>
       <c r="K65">
         <v>35</v>
       </c>
       <c r="L65">
         <v>12.5</v>
       </c>
     </row>
-    <row r="66" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A66" t="s">
         <v>117</v>
       </c>
       <c r="B66" t="s">
         <v>153</v>
       </c>
       <c r="C66" t="s">
         <v>154</v>
       </c>
       <c r="D66">
         <v>59</v>
       </c>
       <c r="E66" t="s">
         <v>37</v>
       </c>
       <c r="F66" t="s">
         <v>121</v>
       </c>
       <c r="G66" t="s">
         <v>122</v>
       </c>
       <c r="H66" t="s">
         <v>52</v>
       </c>
       <c r="K66">
         <v>0.5</v>
       </c>
       <c r="L66">
         <v>5</v>
       </c>
     </row>
-    <row r="67" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A67" t="s">
         <v>117</v>
       </c>
       <c r="B67" t="s">
         <v>155</v>
       </c>
       <c r="C67" t="s">
         <v>156</v>
       </c>
       <c r="D67">
         <v>60</v>
       </c>
       <c r="E67" t="s">
         <v>68</v>
       </c>
       <c r="F67" t="s">
         <v>121</v>
       </c>
       <c r="G67" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="68" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A68" t="s">
         <v>117</v>
       </c>
       <c r="B68" t="s">
         <v>157</v>
       </c>
       <c r="C68" t="s">
         <v>158</v>
       </c>
       <c r="D68">
         <v>61</v>
       </c>
       <c r="E68" t="s">
         <v>68</v>
       </c>
       <c r="F68" t="s">
         <v>121</v>
       </c>
       <c r="G68" t="s">
         <v>122</v>
       </c>
       <c r="H68" t="s">
         <v>159</v>
       </c>
       <c r="K68">
         <v>30</v>
       </c>
       <c r="L68">
         <v>7.5</v>
       </c>
     </row>
-    <row r="69" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A69" t="s">
         <v>117</v>
       </c>
       <c r="B69" t="s">
         <v>46</v>
       </c>
       <c r="C69" t="s">
         <v>47</v>
       </c>
       <c r="D69">
         <v>62</v>
       </c>
       <c r="E69" t="s">
         <v>68</v>
       </c>
       <c r="F69" t="s">
         <v>121</v>
       </c>
       <c r="G69" t="s">
         <v>122</v>
       </c>
       <c r="H69" t="s">
         <v>131</v>
       </c>
       <c r="K69">
         <v>20</v>
       </c>
       <c r="L69">
         <v>10</v>
       </c>
     </row>
-    <row r="70" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A70" t="s">
         <v>117</v>
       </c>
       <c r="B70" t="s">
         <v>96</v>
       </c>
       <c r="C70" t="s">
         <v>97</v>
       </c>
       <c r="D70">
         <v>30</v>
       </c>
       <c r="E70" t="s">
         <v>120</v>
       </c>
       <c r="F70" t="s">
         <v>121</v>
       </c>
       <c r="G70" t="s">
         <v>122</v>
       </c>
       <c r="H70" t="s">
         <v>135</v>
       </c>
       <c r="K70">
         <v>70</v>
       </c>
       <c r="L70">
         <v>15</v>
       </c>
     </row>
-    <row r="71" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A71" t="s">
         <v>117</v>
       </c>
       <c r="B71" t="s">
         <v>160</v>
       </c>
       <c r="C71" t="s">
         <v>161</v>
       </c>
       <c r="D71">
         <v>63</v>
       </c>
       <c r="E71" t="s">
         <v>37</v>
       </c>
       <c r="F71" t="s">
         <v>121</v>
       </c>
       <c r="G71" t="s">
         <v>122</v>
       </c>
       <c r="H71" t="s">
         <v>81</v>
       </c>
       <c r="K71">
         <v>0</v>
       </c>
       <c r="L71">
         <v>7.5</v>
       </c>
     </row>
-    <row r="72" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A72" t="s">
         <v>117</v>
       </c>
       <c r="B72" t="s">
         <v>99</v>
       </c>
       <c r="C72" t="s">
         <v>100</v>
       </c>
       <c r="D72">
         <v>31</v>
       </c>
       <c r="E72" t="s">
         <v>120</v>
       </c>
       <c r="F72" t="s">
         <v>121</v>
       </c>
       <c r="G72" t="s">
         <v>122</v>
       </c>
       <c r="H72" t="s">
         <v>162</v>
       </c>
       <c r="K72">
         <v>35</v>
       </c>
       <c r="L72">
         <v>15</v>
       </c>
     </row>
-    <row r="73" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A73" t="s">
         <v>117</v>
       </c>
       <c r="B73" t="s">
         <v>163</v>
       </c>
       <c r="C73" t="s">
         <v>164</v>
       </c>
       <c r="D73">
         <v>52</v>
       </c>
       <c r="E73" t="s">
         <v>120</v>
       </c>
       <c r="F73" t="s">
         <v>121</v>
       </c>
       <c r="G73" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="74" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A74" t="s">
         <v>117</v>
       </c>
       <c r="B74" t="s">
         <v>165</v>
       </c>
       <c r="C74" t="s">
         <v>166</v>
       </c>
       <c r="D74">
         <v>53</v>
       </c>
       <c r="E74" t="s">
         <v>120</v>
       </c>
       <c r="F74" t="s">
         <v>121</v>
       </c>
       <c r="G74" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="75" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A75" t="s">
         <v>117</v>
       </c>
       <c r="B75" t="s">
         <v>167</v>
       </c>
       <c r="C75" t="s">
         <v>168</v>
       </c>
       <c r="D75">
         <v>44</v>
       </c>
       <c r="E75" t="s">
         <v>120</v>
       </c>
       <c r="F75" t="s">
         <v>121</v>
       </c>
       <c r="G75" t="s">
         <v>122</v>
       </c>
       <c r="H75" t="s">
         <v>169</v>
       </c>
       <c r="K75">
         <v>0</v>
       </c>
       <c r="L75">
         <v>10</v>
       </c>
     </row>
-    <row r="76" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A76" t="s">
         <v>117</v>
       </c>
       <c r="B76" t="s">
         <v>170</v>
       </c>
       <c r="C76" t="s">
         <v>168</v>
       </c>
       <c r="D76">
         <v>54</v>
       </c>
       <c r="E76" t="s">
         <v>120</v>
       </c>
       <c r="F76" t="s">
         <v>121</v>
       </c>
       <c r="G76" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="77" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A77" t="s">
         <v>117</v>
       </c>
       <c r="B77" t="s">
         <v>171</v>
       </c>
       <c r="C77" t="s">
         <v>172</v>
       </c>
       <c r="D77">
         <v>64</v>
       </c>
       <c r="E77" t="s">
         <v>37</v>
       </c>
       <c r="F77" t="s">
         <v>121</v>
       </c>
       <c r="G77" t="s">
         <v>122</v>
       </c>
       <c r="H77" t="s">
         <v>173</v>
       </c>
       <c r="K77">
         <v>0</v>
       </c>
       <c r="L77">
         <v>10</v>
       </c>
     </row>
-    <row r="78" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A78" t="s">
         <v>117</v>
       </c>
       <c r="B78" t="s">
         <v>174</v>
       </c>
       <c r="C78" t="s">
         <v>175</v>
       </c>
       <c r="D78">
         <v>35</v>
       </c>
       <c r="E78" t="s">
         <v>120</v>
       </c>
       <c r="F78" t="s">
         <v>121</v>
       </c>
       <c r="G78" t="s">
         <v>122</v>
       </c>
       <c r="H78" t="s">
         <v>176</v>
       </c>
       <c r="K78">
         <v>8</v>
       </c>
       <c r="L78">
         <v>20</v>
       </c>
     </row>
-    <row r="79" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A79" t="s">
         <v>117</v>
       </c>
       <c r="B79" t="s">
         <v>101</v>
       </c>
       <c r="C79" t="s">
         <v>102</v>
       </c>
       <c r="D79">
         <v>32</v>
       </c>
       <c r="E79" t="s">
         <v>120</v>
       </c>
       <c r="F79" t="s">
         <v>121</v>
       </c>
       <c r="G79" t="s">
         <v>122</v>
       </c>
       <c r="H79" t="s">
         <v>177</v>
       </c>
       <c r="K79">
         <v>15</v>
       </c>
       <c r="L79">
         <v>20</v>
       </c>
     </row>
-    <row r="80" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A80" t="s">
         <v>117</v>
       </c>
       <c r="B80" t="s">
         <v>103</v>
       </c>
       <c r="C80" t="s">
         <v>104</v>
       </c>
       <c r="D80">
         <v>36</v>
       </c>
       <c r="E80" t="s">
         <v>120</v>
       </c>
       <c r="F80" t="s">
         <v>121</v>
       </c>
       <c r="G80" t="s">
         <v>122</v>
       </c>
       <c r="H80" t="s">
         <v>159</v>
       </c>
       <c r="K80">
         <v>6</v>
       </c>
       <c r="L80">
         <v>20</v>
       </c>
     </row>
-    <row r="81" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A81" t="s">
         <v>117</v>
       </c>
       <c r="B81" t="s">
         <v>178</v>
       </c>
       <c r="C81" t="s">
         <v>179</v>
       </c>
       <c r="D81">
         <v>65</v>
       </c>
       <c r="E81" t="s">
         <v>37</v>
       </c>
       <c r="F81" t="s">
         <v>121</v>
       </c>
       <c r="G81" t="s">
         <v>122</v>
       </c>
       <c r="K81">
         <v>0.30000001192092901</v>
       </c>
       <c r="L81">
         <v>12.5</v>
       </c>
     </row>
-    <row r="82" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A82" t="s">
         <v>117</v>
       </c>
       <c r="B82" t="s">
         <v>180</v>
       </c>
       <c r="C82" t="s">
         <v>181</v>
       </c>
       <c r="D82">
         <v>40</v>
       </c>
       <c r="E82" t="s">
         <v>68</v>
       </c>
       <c r="F82" t="s">
         <v>121</v>
       </c>
       <c r="G82" t="s">
         <v>122</v>
       </c>
       <c r="H82" t="s">
         <v>182</v>
       </c>
       <c r="K82">
         <v>0</v>
       </c>
       <c r="L82">
         <v>10</v>
       </c>
     </row>
-    <row r="83" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A83" t="s">
         <v>117</v>
       </c>
       <c r="B83" t="s">
         <v>107</v>
       </c>
       <c r="C83" t="s">
         <v>108</v>
       </c>
       <c r="D83">
         <v>37</v>
       </c>
       <c r="E83" t="s">
         <v>68</v>
       </c>
       <c r="F83" t="s">
         <v>121</v>
       </c>
       <c r="G83" t="s">
         <v>122</v>
       </c>
       <c r="H83" t="s">
         <v>138</v>
       </c>
       <c r="K83">
         <v>0</v>
       </c>
       <c r="L83">
         <v>50</v>
       </c>
     </row>
-    <row r="84" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A84" t="s">
         <v>117</v>
       </c>
       <c r="B84" t="s">
         <v>112</v>
       </c>
       <c r="C84" t="s">
         <v>113</v>
       </c>
       <c r="D84">
         <v>38</v>
       </c>
       <c r="E84" t="s">
         <v>120</v>
       </c>
       <c r="F84" t="s">
         <v>121</v>
       </c>
       <c r="G84" t="s">
         <v>122</v>
       </c>
       <c r="H84" t="s">
         <v>131</v>
       </c>
       <c r="K84">
         <v>15</v>
       </c>
       <c r="L84">
         <v>15</v>
       </c>
     </row>
-    <row r="85" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A85" t="s">
         <v>117</v>
       </c>
       <c r="B85" t="s">
         <v>114</v>
       </c>
       <c r="C85" t="s">
         <v>115</v>
       </c>
       <c r="D85">
         <v>8</v>
       </c>
       <c r="E85" t="s">
         <v>68</v>
       </c>
       <c r="F85" t="s">
         <v>121</v>
       </c>
       <c r="G85" t="s">
         <v>122</v>
       </c>
       <c r="H85" t="s">
         <v>65</v>
       </c>
       <c r="K85">
         <v>2</v>
       </c>
       <c r="L85">
         <v>7.5</v>
       </c>
     </row>
-    <row r="86" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A86" t="s">
         <v>117</v>
       </c>
       <c r="B86" t="s">
         <v>48</v>
       </c>
       <c r="C86" t="s">
         <v>49</v>
       </c>
       <c r="D86">
         <v>48</v>
       </c>
       <c r="E86" t="s">
         <v>68</v>
       </c>
       <c r="F86" t="s">
         <v>183</v>
       </c>
       <c r="G86" t="s">
         <v>184</v>
       </c>
       <c r="H86" t="s">
         <v>109</v>
       </c>
       <c r="K86">
         <v>5</v>
       </c>
       <c r="L86">
         <v>25</v>
       </c>
     </row>
-    <row r="87" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A87" t="s">
         <v>117</v>
       </c>
       <c r="B87" t="s">
         <v>185</v>
       </c>
       <c r="C87" t="s">
         <v>186</v>
       </c>
       <c r="D87">
         <v>47</v>
       </c>
       <c r="E87" t="s">
         <v>37</v>
       </c>
       <c r="F87" t="s">
         <v>183</v>
       </c>
       <c r="G87" t="s">
         <v>184</v>
       </c>
       <c r="H87" t="s">
         <v>187</v>
       </c>
       <c r="K87">
         <v>15</v>
       </c>
       <c r="L87">
         <v>2</v>
       </c>
     </row>
-    <row r="88" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A88" t="s">
         <v>117</v>
       </c>
       <c r="B88" t="s">
         <v>188</v>
       </c>
       <c r="C88" t="s">
         <v>189</v>
       </c>
       <c r="D88">
         <v>66</v>
       </c>
       <c r="E88" t="s">
         <v>37</v>
       </c>
       <c r="F88" t="s">
         <v>183</v>
       </c>
       <c r="G88" t="s">
         <v>184</v>
       </c>
       <c r="H88" t="s">
         <v>52</v>
       </c>
       <c r="K88">
         <v>0.5</v>
       </c>
       <c r="L88">
         <v>4</v>
       </c>
     </row>
-    <row r="89" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A89" t="s">
         <v>117</v>
       </c>
       <c r="B89" t="s">
         <v>190</v>
       </c>
       <c r="C89" t="s">
         <v>191</v>
       </c>
       <c r="D89">
         <v>237</v>
       </c>
       <c r="E89" t="s">
         <v>37</v>
       </c>
       <c r="F89" t="s">
         <v>183</v>
       </c>
       <c r="G89" t="s">
         <v>184</v>
       </c>
       <c r="H89" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="90" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A90" t="s">
         <v>117</v>
       </c>
       <c r="B90" t="s">
         <v>63</v>
       </c>
       <c r="C90" t="s">
         <v>64</v>
       </c>
       <c r="D90">
         <v>50</v>
       </c>
       <c r="E90" t="s">
         <v>68</v>
       </c>
       <c r="F90" t="s">
         <v>183</v>
       </c>
       <c r="G90" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="91" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A91" t="s">
         <v>117</v>
       </c>
       <c r="B91" t="s">
         <v>48</v>
       </c>
       <c r="C91" t="s">
         <v>49</v>
       </c>
       <c r="D91">
         <v>49</v>
       </c>
       <c r="E91" t="s">
         <v>68</v>
       </c>
       <c r="F91" t="s">
         <v>192</v>
       </c>
       <c r="G91" t="s">
         <v>193</v>
       </c>
       <c r="H91" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="92" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A92" t="s">
         <v>117</v>
       </c>
       <c r="B92" t="s">
         <v>63</v>
       </c>
       <c r="C92" t="s">
         <v>64</v>
       </c>
       <c r="D92">
         <v>51</v>
       </c>
       <c r="E92" t="s">
         <v>68</v>
       </c>
       <c r="F92" t="s">
         <v>192</v>
       </c>
       <c r="G92" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="93" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A93" t="s">
         <v>117</v>
       </c>
       <c r="B93" t="s">
         <v>195</v>
       </c>
       <c r="C93" t="s">
         <v>196</v>
       </c>
       <c r="D93">
         <v>67</v>
       </c>
       <c r="E93" t="s">
         <v>197</v>
       </c>
       <c r="F93" t="s">
         <v>198</v>
       </c>
       <c r="G93" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="94" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A94" t="s">
         <v>117</v>
       </c>
       <c r="B94" t="s">
         <v>200</v>
       </c>
       <c r="D94">
         <v>68</v>
       </c>
       <c r="E94" t="s">
         <v>201</v>
       </c>
       <c r="F94" t="s">
         <v>198</v>
       </c>
       <c r="G94" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="95" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A95" t="s">
         <v>117</v>
       </c>
       <c r="B95" t="s">
         <v>202</v>
       </c>
       <c r="C95" t="s">
         <v>203</v>
       </c>
       <c r="D95">
         <v>205</v>
       </c>
       <c r="E95" t="s">
         <v>37</v>
       </c>
       <c r="F95" t="s">
         <v>204</v>
       </c>
       <c r="G95" t="s">
         <v>205</v>
       </c>
       <c r="H95" t="s">
         <v>177</v>
       </c>
       <c r="K95">
         <v>10</v>
       </c>
       <c r="L95">
         <v>12.5</v>
       </c>
     </row>
-    <row r="96" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A96" t="s">
         <v>117</v>
       </c>
       <c r="B96" t="s">
         <v>206</v>
       </c>
       <c r="C96" t="s">
         <v>206</v>
       </c>
       <c r="D96">
         <v>200</v>
       </c>
       <c r="E96" t="s">
         <v>37</v>
       </c>
       <c r="F96" t="s">
         <v>204</v>
       </c>
       <c r="G96" t="s">
         <v>205</v>
       </c>
       <c r="H96" t="s">
         <v>207</v>
       </c>
       <c r="K96">
         <v>5</v>
       </c>
       <c r="L96">
         <v>10</v>
       </c>
     </row>
-    <row r="97" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A97" t="s">
         <v>117</v>
       </c>
       <c r="B97" t="s">
         <v>208</v>
       </c>
       <c r="C97" t="s">
         <v>209</v>
       </c>
       <c r="D97">
         <v>206</v>
       </c>
       <c r="E97" t="s">
         <v>37</v>
       </c>
       <c r="F97" t="s">
         <v>204</v>
       </c>
       <c r="G97" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="98" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A98" t="s">
         <v>117</v>
       </c>
       <c r="B98" t="s">
         <v>210</v>
       </c>
       <c r="C98" t="s">
         <v>211</v>
       </c>
       <c r="D98">
         <v>207</v>
       </c>
       <c r="E98" t="s">
         <v>37</v>
       </c>
       <c r="F98" t="s">
         <v>204</v>
       </c>
       <c r="G98" t="s">
         <v>205</v>
       </c>
       <c r="H98" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="99" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A99" t="s">
         <v>117</v>
       </c>
       <c r="B99" t="s">
         <v>213</v>
       </c>
       <c r="C99" t="s">
         <v>213</v>
       </c>
       <c r="D99">
         <v>212</v>
       </c>
       <c r="E99" t="s">
         <v>37</v>
       </c>
       <c r="F99" t="s">
         <v>204</v>
       </c>
       <c r="G99" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="100" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A100" t="s">
         <v>117</v>
       </c>
       <c r="B100" t="s">
         <v>214</v>
       </c>
       <c r="C100" t="s">
         <v>214</v>
       </c>
       <c r="D100">
         <v>208</v>
       </c>
       <c r="E100" t="s">
         <v>37</v>
       </c>
       <c r="F100" t="s">
         <v>204</v>
       </c>
       <c r="G100" t="s">
         <v>205</v>
       </c>
       <c r="H100" t="s">
         <v>215</v>
       </c>
       <c r="K100">
         <v>2.5</v>
       </c>
       <c r="L100">
         <v>5</v>
       </c>
     </row>
-    <row r="101" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A101" t="s">
         <v>117</v>
       </c>
       <c r="B101" t="s">
         <v>216</v>
       </c>
       <c r="C101" t="s">
         <v>216</v>
       </c>
       <c r="D101">
         <v>211</v>
       </c>
       <c r="E101" t="s">
         <v>37</v>
       </c>
       <c r="F101" t="s">
         <v>204</v>
       </c>
       <c r="G101" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="102" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A102" t="s">
         <v>117</v>
       </c>
       <c r="B102" t="s">
         <v>217</v>
       </c>
       <c r="C102" t="s">
         <v>217</v>
       </c>
       <c r="D102">
         <v>209</v>
       </c>
       <c r="E102" t="s">
         <v>37</v>
       </c>
       <c r="F102" t="s">
         <v>204</v>
       </c>
       <c r="G102" t="s">
         <v>205</v>
       </c>
       <c r="K102">
         <v>4</v>
       </c>
       <c r="L102">
         <v>25</v>
       </c>
     </row>
-    <row r="103" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A103" t="s">
         <v>117</v>
       </c>
       <c r="B103" t="s">
         <v>218</v>
       </c>
       <c r="C103" t="s">
         <v>218</v>
       </c>
       <c r="D103">
         <v>210</v>
       </c>
       <c r="E103" t="s">
         <v>37</v>
       </c>
       <c r="F103" t="s">
         <v>204</v>
       </c>
       <c r="G103" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="104" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A104" t="s">
         <v>219</v>
       </c>
       <c r="B104" t="s">
         <v>118</v>
       </c>
       <c r="C104" t="s">
         <v>119</v>
       </c>
       <c r="D104">
         <v>240</v>
       </c>
       <c r="E104" t="s">
         <v>68</v>
       </c>
       <c r="F104" t="s">
         <v>183</v>
       </c>
       <c r="G104" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="105" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A105" t="s">
         <v>219</v>
       </c>
       <c r="B105" t="s">
         <v>48</v>
       </c>
       <c r="C105" t="s">
         <v>49</v>
       </c>
       <c r="D105">
         <v>1</v>
       </c>
       <c r="E105" t="s">
         <v>37</v>
       </c>
       <c r="F105" t="s">
         <v>183</v>
       </c>
       <c r="G105" t="s">
         <v>184</v>
       </c>
       <c r="H105" t="s">
         <v>220</v>
       </c>
       <c r="K105">
         <v>1</v>
       </c>
       <c r="L105">
         <v>4</v>
       </c>
     </row>
-    <row r="106" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A106" t="s">
         <v>219</v>
       </c>
       <c r="B106" t="s">
         <v>66</v>
       </c>
       <c r="C106" t="s">
         <v>67</v>
       </c>
       <c r="D106">
         <v>2</v>
       </c>
       <c r="E106" t="s">
         <v>68</v>
       </c>
       <c r="F106" t="s">
         <v>183</v>
       </c>
       <c r="G106" t="s">
         <v>184</v>
       </c>
       <c r="H106" t="s">
         <v>173</v>
       </c>
       <c r="K106">
         <v>0.80000001192092896</v>
       </c>
       <c r="L106">
         <v>10</v>
       </c>
     </row>
-    <row r="107" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A107" t="s">
         <v>219</v>
       </c>
       <c r="B107" t="s">
         <v>124</v>
       </c>
       <c r="C107" t="s">
         <v>125</v>
       </c>
       <c r="D107">
         <v>3</v>
       </c>
       <c r="E107" t="s">
         <v>68</v>
       </c>
       <c r="F107" t="s">
         <v>183</v>
       </c>
       <c r="G107" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="108" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A108" t="s">
         <v>219</v>
       </c>
       <c r="B108" t="s">
         <v>71</v>
       </c>
       <c r="C108" t="s">
         <v>72</v>
       </c>
       <c r="D108">
         <v>4</v>
       </c>
       <c r="E108" t="s">
         <v>68</v>
       </c>
       <c r="F108" t="s">
         <v>183</v>
       </c>
       <c r="G108" t="s">
         <v>184</v>
       </c>
       <c r="H108" t="s">
         <v>221</v>
       </c>
       <c r="K108">
         <v>8</v>
       </c>
       <c r="L108">
         <v>7.5</v>
       </c>
     </row>
-    <row r="109" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A109" t="s">
         <v>219</v>
       </c>
       <c r="B109" t="s">
         <v>74</v>
       </c>
       <c r="C109" t="s">
         <v>75</v>
       </c>
       <c r="D109">
         <v>146</v>
       </c>
       <c r="E109" t="s">
         <v>68</v>
       </c>
       <c r="F109" t="s">
         <v>183</v>
       </c>
       <c r="G109" t="s">
         <v>184</v>
       </c>
       <c r="H109" t="s">
         <v>222</v>
       </c>
       <c r="K109">
         <v>0.10000000149011599</v>
       </c>
       <c r="L109">
         <v>15</v>
       </c>
     </row>
-    <row r="110" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A110" t="s">
         <v>219</v>
       </c>
       <c r="B110" t="s">
         <v>126</v>
       </c>
       <c r="C110" t="s">
         <v>127</v>
       </c>
       <c r="D110">
         <v>243</v>
       </c>
       <c r="E110" t="s">
         <v>68</v>
       </c>
       <c r="F110" t="s">
         <v>183</v>
       </c>
       <c r="G110" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="111" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A111" t="s">
         <v>219</v>
       </c>
       <c r="B111" t="s">
         <v>128</v>
       </c>
       <c r="C111" t="s">
         <v>129</v>
       </c>
       <c r="D111">
         <v>5</v>
       </c>
       <c r="E111" t="s">
         <v>68</v>
       </c>
       <c r="F111" t="s">
         <v>183</v>
       </c>
       <c r="G111" t="s">
         <v>184</v>
       </c>
       <c r="H111" t="s">
         <v>223</v>
       </c>
       <c r="K111">
         <v>1</v>
       </c>
       <c r="L111">
         <v>10</v>
       </c>
     </row>
-    <row r="112" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A112" t="s">
         <v>219</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" t="s">
         <v>186</v>
       </c>
       <c r="D112">
         <v>130</v>
       </c>
       <c r="E112" t="s">
         <v>37</v>
       </c>
       <c r="F112" t="s">
         <v>183</v>
       </c>
       <c r="G112" t="s">
         <v>184</v>
       </c>
       <c r="H112" t="s">
         <v>225</v>
       </c>
       <c r="K112">
         <v>1</v>
       </c>
       <c r="L112">
         <v>3</v>
       </c>
     </row>
-    <row r="113" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A113" t="s">
         <v>219</v>
       </c>
       <c r="B113" t="s">
         <v>53</v>
       </c>
       <c r="C113" t="s">
         <v>54</v>
       </c>
       <c r="D113">
         <v>6</v>
       </c>
       <c r="E113" t="s">
         <v>37</v>
       </c>
       <c r="F113" t="s">
         <v>183</v>
       </c>
       <c r="G113" t="s">
         <v>184</v>
       </c>
       <c r="H113" t="s">
         <v>226</v>
       </c>
       <c r="K113">
         <v>0.20000000298023199</v>
       </c>
       <c r="L113">
         <v>6</v>
       </c>
     </row>
-    <row r="114" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A114" t="s">
         <v>219</v>
       </c>
       <c r="B114" t="s">
         <v>76</v>
       </c>
       <c r="C114" t="s">
         <v>77</v>
       </c>
       <c r="D114">
         <v>7</v>
       </c>
       <c r="E114" t="s">
         <v>68</v>
       </c>
       <c r="F114" t="s">
         <v>183</v>
       </c>
       <c r="G114" t="s">
         <v>184</v>
       </c>
       <c r="H114" t="s">
         <v>133</v>
       </c>
       <c r="K114">
         <v>0</v>
       </c>
       <c r="L114">
         <v>10</v>
       </c>
     </row>
-    <row r="115" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A115" t="s">
         <v>219</v>
       </c>
       <c r="B115" t="s">
         <v>227</v>
       </c>
       <c r="C115" t="s">
         <v>228</v>
       </c>
       <c r="D115">
         <v>249</v>
       </c>
       <c r="E115" t="s">
         <v>68</v>
       </c>
       <c r="F115" t="s">
         <v>183</v>
       </c>
       <c r="G115" t="s">
         <v>184</v>
       </c>
       <c r="H115" t="s">
         <v>220</v>
       </c>
       <c r="K115">
         <v>5</v>
       </c>
       <c r="L115">
         <v>10</v>
       </c>
     </row>
-    <row r="116" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A116" t="s">
         <v>219</v>
       </c>
       <c r="B116" t="s">
         <v>79</v>
       </c>
       <c r="C116" t="s">
         <v>80</v>
       </c>
       <c r="D116">
         <v>8</v>
       </c>
       <c r="E116" t="s">
         <v>68</v>
       </c>
       <c r="F116" t="s">
         <v>183</v>
       </c>
       <c r="G116" t="s">
         <v>184</v>
       </c>
       <c r="H116" t="s">
         <v>151</v>
       </c>
       <c r="K116">
         <v>0.5</v>
       </c>
       <c r="L116">
         <v>15</v>
       </c>
     </row>
-    <row r="117" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A117" t="s">
         <v>219</v>
       </c>
       <c r="B117" t="s">
         <v>82</v>
       </c>
       <c r="C117" t="s">
         <v>83</v>
       </c>
       <c r="D117">
         <v>9</v>
       </c>
       <c r="E117" t="s">
         <v>68</v>
       </c>
       <c r="F117" t="s">
         <v>183</v>
       </c>
       <c r="G117" t="s">
         <v>184</v>
       </c>
       <c r="H117" t="s">
         <v>229</v>
       </c>
       <c r="K117">
         <v>8</v>
       </c>
       <c r="L117">
         <v>10</v>
       </c>
     </row>
-    <row r="118" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A118" t="s">
         <v>219</v>
       </c>
       <c r="B118" t="s">
         <v>136</v>
       </c>
       <c r="C118" t="s">
         <v>137</v>
       </c>
       <c r="D118">
         <v>279</v>
       </c>
       <c r="E118" t="s">
         <v>68</v>
       </c>
       <c r="F118" t="s">
         <v>183</v>
       </c>
       <c r="G118" t="s">
         <v>184</v>
       </c>
       <c r="H118" t="s">
         <v>60</v>
       </c>
       <c r="K118">
         <v>0.10000000149011599</v>
       </c>
       <c r="L118">
         <v>20</v>
       </c>
     </row>
-    <row r="119" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A119" t="s">
         <v>219</v>
       </c>
       <c r="B119" t="s">
         <v>85</v>
       </c>
       <c r="C119" t="s">
         <v>86</v>
       </c>
       <c r="D119">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>68</v>
       </c>
       <c r="F119" t="s">
         <v>183</v>
       </c>
       <c r="G119" t="s">
         <v>184</v>
       </c>
       <c r="H119" t="s">
         <v>65</v>
       </c>
       <c r="K119">
         <v>2.5</v>
       </c>
       <c r="L119">
         <v>10</v>
       </c>
     </row>
-    <row r="120" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A120" t="s">
         <v>219</v>
       </c>
       <c r="B120" t="s">
         <v>230</v>
       </c>
       <c r="C120" t="s">
         <v>231</v>
       </c>
       <c r="D120">
         <v>451</v>
       </c>
       <c r="E120" t="s">
         <v>68</v>
       </c>
       <c r="F120" t="s">
         <v>183</v>
       </c>
       <c r="G120" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="121" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A121" t="s">
         <v>219</v>
       </c>
       <c r="B121" t="s">
         <v>139</v>
       </c>
       <c r="C121" t="s">
         <v>140</v>
       </c>
       <c r="D121">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>68</v>
       </c>
       <c r="F121" t="s">
         <v>183</v>
       </c>
       <c r="G121" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="122" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A122" t="s">
         <v>219</v>
       </c>
       <c r="B122" t="s">
         <v>56</v>
       </c>
       <c r="C122" t="s">
         <v>57</v>
       </c>
       <c r="D122">
         <v>12</v>
       </c>
       <c r="E122" t="s">
         <v>37</v>
       </c>
       <c r="F122" t="s">
         <v>183</v>
       </c>
       <c r="G122" t="s">
         <v>184</v>
       </c>
       <c r="H122" t="s">
         <v>98</v>
       </c>
       <c r="K122">
         <v>0.40000000596046398</v>
       </c>
       <c r="L122">
         <v>5</v>
       </c>
     </row>
-    <row r="123" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A123" t="s">
         <v>219</v>
       </c>
       <c r="B123" t="s">
         <v>142</v>
       </c>
       <c r="C123" t="s">
         <v>143</v>
       </c>
       <c r="D123">
         <v>13</v>
       </c>
       <c r="E123" t="s">
         <v>68</v>
       </c>
       <c r="F123" t="s">
         <v>183</v>
       </c>
       <c r="G123" t="s">
         <v>184</v>
       </c>
       <c r="H123" t="s">
         <v>151</v>
       </c>
       <c r="K123">
         <v>2</v>
       </c>
       <c r="L123">
         <v>10</v>
       </c>
     </row>
-    <row r="124" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A124" t="s">
         <v>219</v>
       </c>
       <c r="B124" t="s">
         <v>232</v>
       </c>
       <c r="C124" t="s">
         <v>233</v>
       </c>
       <c r="D124">
         <v>450</v>
       </c>
       <c r="E124" t="s">
         <v>68</v>
       </c>
       <c r="F124" t="s">
         <v>183</v>
       </c>
       <c r="G124" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="125" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A125" t="s">
         <v>219</v>
       </c>
       <c r="B125" t="s">
         <v>234</v>
       </c>
       <c r="C125" t="s">
         <v>235</v>
       </c>
       <c r="D125">
         <v>280</v>
       </c>
       <c r="E125" t="s">
         <v>68</v>
       </c>
       <c r="F125" t="s">
         <v>183</v>
       </c>
       <c r="G125" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="126" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A126" t="s">
         <v>219</v>
       </c>
       <c r="B126" t="s">
         <v>88</v>
       </c>
       <c r="C126" t="s">
         <v>89</v>
       </c>
       <c r="D126">
         <v>298</v>
       </c>
       <c r="E126" t="s">
         <v>120</v>
       </c>
       <c r="F126" t="s">
         <v>183</v>
       </c>
       <c r="G126" t="s">
         <v>184</v>
       </c>
       <c r="H126" t="s">
         <v>236</v>
       </c>
       <c r="K126">
         <v>3</v>
       </c>
       <c r="L126">
         <v>10</v>
       </c>
     </row>
-    <row r="127" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A127" t="s">
         <v>219</v>
       </c>
       <c r="B127" t="s">
         <v>145</v>
       </c>
       <c r="C127" t="s">
         <v>146</v>
       </c>
       <c r="D127">
         <v>15</v>
       </c>
       <c r="E127" t="s">
         <v>68</v>
       </c>
       <c r="F127" t="s">
         <v>183</v>
       </c>
       <c r="G127" t="s">
         <v>184</v>
       </c>
       <c r="H127" t="s">
         <v>138</v>
       </c>
       <c r="K127">
         <v>2</v>
       </c>
       <c r="L127">
         <v>20</v>
       </c>
     </row>
-    <row r="128" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A128" t="s">
         <v>219</v>
       </c>
       <c r="B128" t="s">
         <v>44</v>
       </c>
       <c r="C128" t="s">
         <v>45</v>
       </c>
       <c r="D128">
         <v>16</v>
       </c>
       <c r="E128" t="s">
         <v>68</v>
       </c>
       <c r="F128" t="s">
         <v>183</v>
       </c>
       <c r="G128" t="s">
         <v>184</v>
       </c>
       <c r="H128" t="s">
         <v>237</v>
       </c>
       <c r="K128">
         <v>350</v>
       </c>
       <c r="L128">
         <v>5</v>
       </c>
     </row>
-    <row r="129" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A129" t="s">
         <v>219</v>
       </c>
       <c r="B129" t="s">
         <v>238</v>
       </c>
       <c r="C129" t="s">
         <v>239</v>
       </c>
       <c r="D129">
         <v>250</v>
       </c>
       <c r="E129" t="s">
         <v>68</v>
       </c>
       <c r="F129" t="s">
         <v>183</v>
       </c>
       <c r="G129" t="s">
         <v>184</v>
       </c>
       <c r="H129" t="s">
         <v>173</v>
       </c>
       <c r="K129">
         <v>2.5</v>
       </c>
       <c r="L129">
         <v>7.5</v>
       </c>
     </row>
-    <row r="130" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A130" t="s">
         <v>219</v>
       </c>
       <c r="B130" t="s">
         <v>148</v>
       </c>
       <c r="C130" t="s">
         <v>149</v>
       </c>
       <c r="D130">
         <v>17</v>
       </c>
       <c r="E130" t="s">
         <v>68</v>
       </c>
       <c r="F130" t="s">
         <v>183</v>
       </c>
       <c r="G130" t="s">
         <v>184</v>
       </c>
       <c r="H130" t="s">
         <v>173</v>
       </c>
       <c r="K130">
         <v>2</v>
       </c>
       <c r="L130">
         <v>15</v>
       </c>
     </row>
-    <row r="131" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A131" t="s">
         <v>219</v>
       </c>
       <c r="B131" t="s">
         <v>58</v>
       </c>
       <c r="C131" t="s">
         <v>59</v>
       </c>
       <c r="D131">
         <v>18</v>
       </c>
       <c r="E131" t="s">
         <v>68</v>
       </c>
       <c r="F131" t="s">
         <v>183</v>
       </c>
       <c r="G131" t="s">
         <v>184</v>
       </c>
       <c r="H131" t="s">
         <v>237</v>
       </c>
       <c r="K131">
         <v>120</v>
       </c>
       <c r="L131">
         <v>7.5</v>
       </c>
     </row>
-    <row r="132" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A132" t="s">
         <v>219</v>
       </c>
       <c r="B132" t="s">
         <v>91</v>
       </c>
       <c r="C132" t="s">
         <v>92</v>
       </c>
       <c r="D132">
         <v>19</v>
       </c>
       <c r="E132" t="s">
         <v>68</v>
       </c>
       <c r="F132" t="s">
         <v>183</v>
       </c>
       <c r="G132" t="s">
         <v>184</v>
       </c>
       <c r="H132" t="s">
         <v>240</v>
       </c>
       <c r="K132">
         <v>20</v>
       </c>
       <c r="L132">
         <v>6</v>
       </c>
     </row>
-    <row r="133" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A133" t="s">
         <v>219</v>
       </c>
       <c r="B133" t="s">
         <v>94</v>
       </c>
       <c r="C133" t="s">
         <v>95</v>
       </c>
       <c r="D133">
         <v>20</v>
       </c>
       <c r="E133" t="s">
         <v>68</v>
       </c>
       <c r="F133" t="s">
         <v>183</v>
       </c>
       <c r="G133" t="s">
         <v>184</v>
       </c>
       <c r="H133" t="s">
         <v>90</v>
       </c>
       <c r="K133">
         <v>0.20000000298023199</v>
       </c>
       <c r="L133">
         <v>20</v>
       </c>
     </row>
-    <row r="134" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A134" t="s">
         <v>219</v>
       </c>
       <c r="B134" t="s">
         <v>188</v>
       </c>
       <c r="C134" t="s">
         <v>189</v>
       </c>
       <c r="D134">
         <v>244</v>
       </c>
       <c r="E134" t="s">
         <v>37</v>
       </c>
       <c r="F134" t="s">
         <v>183</v>
       </c>
       <c r="G134" t="s">
         <v>184</v>
       </c>
       <c r="H134" t="s">
         <v>241</v>
       </c>
       <c r="K134">
         <v>0.10000000149011599</v>
       </c>
       <c r="L134">
         <v>5</v>
       </c>
     </row>
-    <row r="135" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A135" t="s">
         <v>219</v>
       </c>
       <c r="B135" t="s">
         <v>46</v>
       </c>
       <c r="C135" t="s">
         <v>47</v>
       </c>
       <c r="D135">
         <v>21</v>
       </c>
       <c r="E135" t="s">
         <v>68</v>
       </c>
       <c r="F135" t="s">
         <v>183</v>
       </c>
       <c r="G135" t="s">
         <v>184</v>
       </c>
       <c r="H135" t="s">
         <v>135</v>
       </c>
       <c r="K135">
         <v>300</v>
       </c>
       <c r="L135">
         <v>6</v>
       </c>
     </row>
-    <row r="136" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A136" t="s">
         <v>219</v>
       </c>
       <c r="B136" t="s">
         <v>242</v>
       </c>
       <c r="C136" t="s">
         <v>243</v>
       </c>
       <c r="D136">
         <v>251</v>
       </c>
       <c r="E136" t="s">
         <v>68</v>
       </c>
       <c r="F136" t="s">
         <v>183</v>
       </c>
       <c r="G136" t="s">
         <v>184</v>
       </c>
       <c r="H136" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="137" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A137" t="s">
         <v>219</v>
       </c>
       <c r="B137" t="s">
         <v>244</v>
       </c>
       <c r="C137" t="s">
         <v>245</v>
       </c>
       <c r="D137">
         <v>252</v>
       </c>
       <c r="E137" t="s">
         <v>68</v>
       </c>
       <c r="F137" t="s">
         <v>183</v>
       </c>
       <c r="G137" t="s">
         <v>184</v>
       </c>
       <c r="H137" t="s">
         <v>52</v>
       </c>
       <c r="K137">
         <v>3</v>
       </c>
       <c r="L137">
         <v>12.5</v>
       </c>
     </row>
-    <row r="138" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A138" t="s">
         <v>219</v>
       </c>
       <c r="B138" t="s">
         <v>96</v>
       </c>
       <c r="C138" t="s">
         <v>97</v>
       </c>
       <c r="D138">
         <v>22</v>
       </c>
       <c r="E138" t="s">
         <v>68</v>
       </c>
       <c r="F138" t="s">
         <v>183</v>
       </c>
       <c r="G138" t="s">
         <v>184</v>
       </c>
       <c r="H138" t="s">
         <v>220</v>
       </c>
       <c r="K138">
         <v>2</v>
       </c>
       <c r="L138">
         <v>10</v>
       </c>
     </row>
-    <row r="139" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A139" t="s">
         <v>219</v>
       </c>
       <c r="B139" t="s">
         <v>61</v>
       </c>
       <c r="C139" t="s">
         <v>62</v>
       </c>
       <c r="D139">
         <v>23</v>
       </c>
       <c r="E139" t="s">
         <v>68</v>
       </c>
       <c r="F139" t="s">
         <v>183</v>
       </c>
       <c r="G139" t="s">
         <v>184</v>
       </c>
       <c r="H139" t="s">
         <v>246</v>
       </c>
       <c r="K139">
         <v>55</v>
       </c>
       <c r="L139">
         <v>10</v>
       </c>
     </row>
-    <row r="140" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A140" t="s">
         <v>219</v>
       </c>
       <c r="B140" t="s">
         <v>99</v>
       </c>
       <c r="C140" t="s">
         <v>100</v>
       </c>
       <c r="D140">
         <v>24</v>
       </c>
       <c r="E140" t="s">
         <v>68</v>
       </c>
       <c r="F140" t="s">
         <v>183</v>
       </c>
       <c r="G140" t="s">
         <v>184</v>
       </c>
       <c r="H140" t="s">
         <v>144</v>
       </c>
       <c r="K140">
         <v>2</v>
       </c>
       <c r="L140">
         <v>7.5</v>
       </c>
     </row>
-    <row r="141" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A141" t="s">
         <v>219</v>
       </c>
       <c r="B141" t="s">
         <v>163</v>
       </c>
       <c r="C141" t="s">
         <v>164</v>
       </c>
       <c r="D141">
         <v>281</v>
       </c>
       <c r="E141" t="s">
         <v>68</v>
       </c>
       <c r="F141" t="s">
         <v>183</v>
       </c>
       <c r="G141" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="142" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A142" t="s">
         <v>219</v>
       </c>
       <c r="B142" t="s">
         <v>247</v>
       </c>
       <c r="C142" t="s">
         <v>248</v>
       </c>
       <c r="D142">
         <v>449</v>
       </c>
       <c r="E142" t="s">
         <v>68</v>
       </c>
       <c r="F142" t="s">
         <v>183</v>
       </c>
       <c r="G142" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="143" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A143" t="s">
         <v>219</v>
       </c>
       <c r="B143" t="s">
         <v>165</v>
       </c>
       <c r="C143" t="s">
         <v>166</v>
       </c>
       <c r="D143">
         <v>274</v>
       </c>
       <c r="E143" t="s">
         <v>68</v>
       </c>
       <c r="F143" t="s">
         <v>183</v>
       </c>
       <c r="G143" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="144" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A144" t="s">
         <v>219</v>
       </c>
       <c r="B144" t="s">
         <v>167</v>
       </c>
       <c r="C144" t="s">
         <v>168</v>
       </c>
       <c r="D144">
         <v>25</v>
       </c>
       <c r="E144" t="s">
         <v>68</v>
       </c>
       <c r="F144" t="s">
         <v>183</v>
       </c>
       <c r="G144" t="s">
         <v>184</v>
       </c>
       <c r="H144" t="s">
         <v>249</v>
       </c>
       <c r="K144">
         <v>2</v>
       </c>
       <c r="L144">
         <v>5</v>
       </c>
     </row>
-    <row r="145" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A145" t="s">
         <v>219</v>
       </c>
       <c r="B145" t="s">
         <v>170</v>
       </c>
       <c r="C145" t="s">
         <v>250</v>
       </c>
       <c r="D145">
         <v>282</v>
       </c>
       <c r="E145" t="s">
         <v>68</v>
       </c>
       <c r="F145" t="s">
         <v>183</v>
       </c>
       <c r="G145" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="146" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A146" t="s">
         <v>219</v>
       </c>
       <c r="B146" t="s">
         <v>39</v>
       </c>
       <c r="C146" t="s">
         <v>251</v>
       </c>
       <c r="D146">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>68</v>
       </c>
       <c r="F146" t="s">
         <v>183</v>
       </c>
       <c r="G146" t="s">
         <v>184</v>
       </c>
       <c r="H146" t="s">
         <v>131</v>
       </c>
       <c r="K146">
         <v>90</v>
       </c>
       <c r="L146">
         <v>12.5</v>
       </c>
     </row>
-    <row r="147" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A147" t="s">
         <v>219</v>
       </c>
       <c r="B147" t="s">
         <v>174</v>
       </c>
       <c r="C147" t="s">
         <v>175</v>
       </c>
       <c r="D147">
         <v>134</v>
       </c>
       <c r="E147" t="s">
         <v>68</v>
       </c>
       <c r="F147" t="s">
         <v>183</v>
       </c>
       <c r="G147" t="s">
         <v>184</v>
       </c>
       <c r="H147" t="s">
         <v>252</v>
       </c>
       <c r="K147">
         <v>0.20000000298023199</v>
       </c>
       <c r="L147">
         <v>15</v>
       </c>
     </row>
-    <row r="148" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A148" t="s">
         <v>219</v>
       </c>
       <c r="B148" t="s">
         <v>253</v>
       </c>
       <c r="C148" t="s">
         <v>254</v>
       </c>
       <c r="D148">
         <v>253</v>
       </c>
       <c r="E148" t="s">
         <v>68</v>
       </c>
       <c r="F148" t="s">
         <v>183</v>
       </c>
       <c r="G148" t="s">
         <v>184</v>
       </c>
       <c r="H148" t="s">
         <v>151</v>
       </c>
       <c r="K148">
         <v>0.20000000298023199</v>
       </c>
       <c r="L148">
         <v>15</v>
       </c>
     </row>
-    <row r="149" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A149" t="s">
         <v>219</v>
       </c>
       <c r="B149" t="s">
         <v>101</v>
       </c>
       <c r="C149" t="s">
         <v>102</v>
       </c>
       <c r="D149">
         <v>27</v>
       </c>
       <c r="E149" t="s">
         <v>68</v>
       </c>
       <c r="F149" t="s">
         <v>183</v>
       </c>
       <c r="G149" t="s">
         <v>184</v>
       </c>
       <c r="H149" t="s">
         <v>255</v>
       </c>
       <c r="K149">
         <v>0.60000002384185802</v>
       </c>
       <c r="L149">
         <v>25</v>
       </c>
     </row>
-    <row r="150" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A150" t="s">
         <v>219</v>
       </c>
       <c r="B150" t="s">
         <v>63</v>
       </c>
       <c r="C150" t="s">
         <v>64</v>
       </c>
       <c r="D150">
         <v>28</v>
       </c>
       <c r="E150" t="s">
         <v>37</v>
       </c>
       <c r="F150" t="s">
         <v>183</v>
       </c>
       <c r="G150" t="s">
         <v>184</v>
       </c>
       <c r="H150" t="s">
         <v>229</v>
       </c>
       <c r="K150">
         <v>8.3999996185302699</v>
       </c>
       <c r="L150">
         <v>2</v>
       </c>
     </row>
-    <row r="151" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A151" t="s">
         <v>219</v>
       </c>
       <c r="B151" t="s">
         <v>256</v>
       </c>
       <c r="C151" t="s">
         <v>257</v>
       </c>
       <c r="D151">
         <v>448</v>
       </c>
       <c r="E151" t="s">
         <v>68</v>
       </c>
       <c r="F151" t="s">
         <v>183</v>
       </c>
       <c r="G151" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="152" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A152" t="s">
         <v>219</v>
       </c>
       <c r="B152" t="s">
         <v>103</v>
       </c>
       <c r="C152" t="s">
         <v>104</v>
       </c>
       <c r="D152">
         <v>29</v>
       </c>
       <c r="E152" t="s">
         <v>68</v>
       </c>
       <c r="F152" t="s">
         <v>183</v>
       </c>
       <c r="G152" t="s">
         <v>184</v>
       </c>
       <c r="H152" t="s">
         <v>52</v>
       </c>
       <c r="K152">
         <v>0.60000002384185802</v>
       </c>
       <c r="L152">
         <v>15</v>
       </c>
     </row>
-    <row r="153" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A153" t="s">
         <v>219</v>
       </c>
       <c r="B153" t="s">
         <v>180</v>
       </c>
       <c r="C153" t="s">
         <v>181</v>
       </c>
       <c r="D153">
         <v>30</v>
       </c>
       <c r="E153" t="s">
         <v>68</v>
       </c>
       <c r="F153" t="s">
         <v>183</v>
       </c>
       <c r="G153" t="s">
         <v>184</v>
       </c>
       <c r="H153" t="s">
         <v>144</v>
       </c>
       <c r="K153">
         <v>3.5</v>
       </c>
       <c r="L153">
         <v>6</v>
       </c>
     </row>
-    <row r="154" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A154" t="s">
         <v>219</v>
       </c>
       <c r="B154" t="s">
         <v>105</v>
       </c>
       <c r="C154" t="s">
         <v>106</v>
       </c>
       <c r="D154">
         <v>390</v>
       </c>
       <c r="E154" t="s">
         <v>68</v>
       </c>
       <c r="F154" t="s">
         <v>183</v>
       </c>
       <c r="G154" t="s">
         <v>184</v>
       </c>
       <c r="H154" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="155" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A155" t="s">
         <v>219</v>
       </c>
       <c r="B155" t="s">
         <v>258</v>
       </c>
       <c r="C155" t="s">
         <v>259</v>
       </c>
       <c r="D155">
         <v>254</v>
       </c>
       <c r="E155" t="s">
         <v>68</v>
       </c>
       <c r="F155" t="s">
         <v>183</v>
       </c>
       <c r="G155" t="s">
         <v>184</v>
       </c>
       <c r="H155" t="s">
         <v>133</v>
       </c>
       <c r="K155">
         <v>0.80000001192092896</v>
       </c>
       <c r="L155">
         <v>10</v>
       </c>
     </row>
-    <row r="156" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A156" t="s">
         <v>219</v>
       </c>
       <c r="B156" t="s">
         <v>107</v>
       </c>
       <c r="C156" t="s">
         <v>108</v>
       </c>
       <c r="D156">
         <v>239</v>
       </c>
       <c r="E156" t="s">
         <v>68</v>
       </c>
       <c r="F156" t="s">
         <v>183</v>
       </c>
       <c r="G156" t="s">
         <v>184</v>
       </c>
       <c r="H156" t="s">
         <v>162</v>
       </c>
       <c r="K156">
         <v>105</v>
       </c>
       <c r="L156">
         <v>5</v>
       </c>
     </row>
-    <row r="157" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A157" t="s">
         <v>219</v>
       </c>
       <c r="B157" t="s">
         <v>110</v>
       </c>
       <c r="C157" t="s">
         <v>111</v>
       </c>
       <c r="D157">
         <v>147</v>
       </c>
       <c r="E157" t="s">
         <v>68</v>
       </c>
       <c r="F157" t="s">
         <v>183</v>
       </c>
       <c r="G157" t="s">
         <v>184</v>
       </c>
       <c r="H157" t="s">
         <v>260</v>
       </c>
       <c r="K157">
         <v>0.10000000149011599</v>
       </c>
       <c r="L157">
         <v>15</v>
       </c>
     </row>
-    <row r="158" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A158" t="s">
         <v>219</v>
       </c>
       <c r="B158" t="s">
         <v>261</v>
       </c>
       <c r="C158" t="s">
         <v>262</v>
       </c>
       <c r="D158">
         <v>255</v>
       </c>
       <c r="E158" t="s">
         <v>68</v>
       </c>
       <c r="F158" t="s">
         <v>183</v>
       </c>
       <c r="G158" t="s">
         <v>184</v>
       </c>
       <c r="H158" t="s">
         <v>263</v>
       </c>
       <c r="K158">
         <v>0.30000001192092901</v>
       </c>
       <c r="L158">
         <v>20</v>
       </c>
     </row>
-    <row r="159" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A159" t="s">
         <v>219</v>
       </c>
       <c r="B159" t="s">
         <v>112</v>
       </c>
       <c r="C159" t="s">
         <v>113</v>
       </c>
       <c r="D159">
         <v>150</v>
       </c>
       <c r="E159" t="s">
         <v>68</v>
       </c>
       <c r="F159" t="s">
         <v>183</v>
       </c>
       <c r="G159" t="s">
         <v>184</v>
       </c>
       <c r="H159" t="s">
         <v>65</v>
       </c>
       <c r="K159">
         <v>3</v>
       </c>
       <c r="L159">
         <v>7.5</v>
       </c>
     </row>
-    <row r="160" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A160" t="s">
         <v>219</v>
       </c>
       <c r="B160" t="s">
         <v>264</v>
       </c>
       <c r="C160" t="s">
         <v>265</v>
       </c>
       <c r="D160">
         <v>283</v>
       </c>
       <c r="E160" t="s">
         <v>68</v>
       </c>
       <c r="F160" t="s">
         <v>183</v>
       </c>
       <c r="G160" t="s">
         <v>184</v>
       </c>
       <c r="H160" t="s">
         <v>263</v>
       </c>
       <c r="K160">
         <v>0.40000000596046398</v>
       </c>
       <c r="L160">
         <v>17.5</v>
       </c>
     </row>
-    <row r="161" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A161" t="s">
         <v>219</v>
       </c>
       <c r="B161" t="s">
         <v>266</v>
       </c>
       <c r="C161" t="s">
         <v>267</v>
       </c>
       <c r="D161">
         <v>31</v>
       </c>
       <c r="E161" t="s">
         <v>68</v>
       </c>
       <c r="F161" t="s">
         <v>183</v>
       </c>
       <c r="G161" t="s">
         <v>184</v>
       </c>
       <c r="H161" t="s">
         <v>130</v>
       </c>
       <c r="K161">
         <v>1.5</v>
       </c>
       <c r="L161">
         <v>7.5</v>
       </c>
     </row>
-    <row r="162" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A162" t="s">
         <v>219</v>
       </c>
       <c r="B162" t="s">
         <v>268</v>
       </c>
       <c r="C162" t="s">
         <v>269</v>
       </c>
       <c r="D162">
         <v>447</v>
       </c>
       <c r="E162" t="s">
         <v>68</v>
       </c>
       <c r="F162" t="s">
         <v>183</v>
       </c>
       <c r="G162" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="163" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A163" t="s">
         <v>219</v>
       </c>
       <c r="B163" t="s">
         <v>114</v>
       </c>
       <c r="C163" t="s">
         <v>115</v>
       </c>
       <c r="D163">
         <v>32</v>
       </c>
       <c r="E163" t="s">
         <v>68</v>
       </c>
       <c r="F163" t="s">
         <v>183</v>
       </c>
       <c r="G163" t="s">
         <v>184</v>
       </c>
       <c r="H163" t="s">
         <v>270</v>
       </c>
       <c r="K163">
         <v>3</v>
       </c>
       <c r="L163">
         <v>7.5</v>
       </c>
     </row>
-    <row r="164" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A164" t="s">
         <v>219</v>
       </c>
       <c r="B164" t="s">
         <v>271</v>
       </c>
       <c r="C164" t="s">
         <v>272</v>
       </c>
       <c r="D164">
         <v>33</v>
       </c>
       <c r="E164" t="s">
         <v>68</v>
       </c>
       <c r="F164" t="s">
         <v>183</v>
       </c>
       <c r="G164" t="s">
         <v>184</v>
       </c>
       <c r="H164" t="s">
         <v>144</v>
       </c>
       <c r="K164">
         <v>13</v>
       </c>
       <c r="L164">
         <v>7.5</v>
       </c>
     </row>
-    <row r="165" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A165" t="s">
         <v>219</v>
       </c>
       <c r="B165" t="s">
         <v>118</v>
       </c>
       <c r="C165" t="s">
         <v>119</v>
       </c>
       <c r="D165">
         <v>241</v>
       </c>
       <c r="E165" t="s">
         <v>68</v>
       </c>
       <c r="F165" t="s">
         <v>192</v>
       </c>
       <c r="G165" t="s">
         <v>193</v>
       </c>
       <c r="H165" t="s">
         <v>222</v>
       </c>
       <c r="K165">
         <v>1</v>
       </c>
       <c r="L165">
         <v>15</v>
       </c>
     </row>
-    <row r="166" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A166" t="s">
         <v>219</v>
       </c>
       <c r="B166" t="s">
         <v>48</v>
       </c>
       <c r="C166" t="s">
         <v>49</v>
       </c>
       <c r="D166">
         <v>34</v>
       </c>
       <c r="E166" t="s">
         <v>37</v>
       </c>
       <c r="F166" t="s">
         <v>192</v>
       </c>
       <c r="G166" t="s">
         <v>193</v>
       </c>
       <c r="H166" t="s">
         <v>173</v>
       </c>
       <c r="K166">
         <v>0</v>
       </c>
       <c r="L166">
         <v>25</v>
       </c>
     </row>
-    <row r="167" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A167" t="s">
         <v>219</v>
       </c>
       <c r="B167" t="s">
         <v>66</v>
       </c>
       <c r="C167" t="s">
         <v>67</v>
       </c>
       <c r="D167">
         <v>35</v>
       </c>
       <c r="E167" t="s">
         <v>68</v>
       </c>
       <c r="F167" t="s">
         <v>192</v>
       </c>
       <c r="G167" t="s">
         <v>193</v>
       </c>
       <c r="H167" t="s">
         <v>273</v>
       </c>
       <c r="K167">
         <v>0.5</v>
       </c>
       <c r="L167">
         <v>10</v>
       </c>
     </row>
-    <row r="168" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A168" t="s">
         <v>219</v>
       </c>
       <c r="B168" t="s">
         <v>124</v>
       </c>
       <c r="C168" t="s">
         <v>125</v>
       </c>
       <c r="D168">
         <v>36</v>
       </c>
       <c r="E168" t="s">
         <v>68</v>
       </c>
       <c r="F168" t="s">
         <v>192</v>
       </c>
       <c r="G168" t="s">
         <v>193</v>
       </c>
       <c r="H168" t="s">
         <v>52</v>
       </c>
       <c r="K168">
         <v>1</v>
       </c>
       <c r="L168">
         <v>25</v>
       </c>
     </row>
-    <row r="169" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A169" t="s">
         <v>219</v>
       </c>
       <c r="B169" t="s">
         <v>71</v>
       </c>
       <c r="C169" t="s">
         <v>72</v>
       </c>
       <c r="D169">
         <v>37</v>
       </c>
       <c r="E169" t="s">
         <v>68</v>
       </c>
       <c r="F169" t="s">
         <v>192</v>
       </c>
       <c r="G169" t="s">
         <v>193</v>
       </c>
       <c r="H169" t="s">
         <v>141</v>
       </c>
       <c r="K169">
         <v>5</v>
       </c>
       <c r="L169">
         <v>10</v>
       </c>
     </row>
-    <row r="170" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A170" t="s">
         <v>219</v>
       </c>
       <c r="B170" t="s">
         <v>74</v>
       </c>
       <c r="C170" t="s">
         <v>75</v>
       </c>
       <c r="D170">
         <v>148</v>
       </c>
       <c r="E170" t="s">
         <v>68</v>
       </c>
       <c r="F170" t="s">
         <v>192</v>
       </c>
       <c r="G170" t="s">
         <v>193</v>
       </c>
       <c r="H170" t="s">
         <v>78</v>
       </c>
       <c r="K170">
         <v>0</v>
       </c>
       <c r="L170">
         <v>17.5</v>
       </c>
     </row>
-    <row r="171" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A171" t="s">
         <v>219</v>
       </c>
       <c r="B171" t="s">
         <v>126</v>
       </c>
       <c r="C171" t="s">
         <v>127</v>
       </c>
       <c r="D171">
         <v>256</v>
       </c>
       <c r="E171" t="s">
         <v>68</v>
       </c>
       <c r="F171" t="s">
         <v>192</v>
       </c>
       <c r="G171" t="s">
         <v>193</v>
       </c>
       <c r="K171">
         <v>0</v>
       </c>
       <c r="L171">
         <v>12.5</v>
       </c>
     </row>
-    <row r="172" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A172" t="s">
         <v>219</v>
       </c>
       <c r="B172" t="s">
         <v>128</v>
       </c>
       <c r="C172" t="s">
         <v>129</v>
       </c>
       <c r="D172">
         <v>38</v>
       </c>
       <c r="E172" t="s">
         <v>68</v>
       </c>
       <c r="F172" t="s">
         <v>192</v>
       </c>
       <c r="G172" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="173" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A173" t="s">
         <v>219</v>
       </c>
       <c r="B173" t="s">
         <v>53</v>
       </c>
       <c r="C173" t="s">
         <v>54</v>
       </c>
       <c r="D173">
         <v>40</v>
       </c>
       <c r="E173" t="s">
         <v>37</v>
       </c>
       <c r="F173" t="s">
         <v>192</v>
       </c>
       <c r="G173" t="s">
         <v>193</v>
       </c>
       <c r="H173" t="s">
         <v>176</v>
       </c>
       <c r="K173">
         <v>0.20000000298023199</v>
       </c>
       <c r="L173">
         <v>7.5</v>
       </c>
     </row>
-    <row r="174" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A174" t="s">
         <v>219</v>
       </c>
       <c r="B174" t="s">
         <v>76</v>
       </c>
       <c r="C174" t="s">
         <v>77</v>
       </c>
       <c r="D174">
         <v>41</v>
       </c>
       <c r="E174" t="s">
         <v>68</v>
       </c>
       <c r="F174" t="s">
         <v>192</v>
       </c>
       <c r="G174" t="s">
         <v>193</v>
       </c>
       <c r="H174" t="s">
         <v>60</v>
       </c>
       <c r="K174">
         <v>0</v>
       </c>
       <c r="L174">
         <v>10</v>
       </c>
     </row>
-    <row r="175" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A175" t="s">
         <v>219</v>
       </c>
       <c r="B175" t="s">
         <v>227</v>
       </c>
       <c r="C175" t="s">
         <v>228</v>
       </c>
       <c r="D175">
         <v>257</v>
       </c>
       <c r="E175" t="s">
         <v>68</v>
       </c>
       <c r="F175" t="s">
         <v>192</v>
       </c>
       <c r="G175" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="176" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A176" t="s">
         <v>219</v>
       </c>
       <c r="B176" t="s">
         <v>79</v>
       </c>
       <c r="C176" t="s">
         <v>80</v>
       </c>
       <c r="D176">
         <v>42</v>
       </c>
       <c r="E176" t="s">
         <v>68</v>
       </c>
       <c r="F176" t="s">
         <v>192</v>
       </c>
       <c r="G176" t="s">
         <v>193</v>
       </c>
       <c r="H176" t="s">
         <v>138</v>
       </c>
       <c r="K176">
         <v>0.5</v>
       </c>
       <c r="L176">
         <v>10</v>
       </c>
     </row>
-    <row r="177" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A177" t="s">
         <v>219</v>
       </c>
       <c r="B177" t="s">
         <v>82</v>
       </c>
       <c r="C177" t="s">
         <v>83</v>
       </c>
       <c r="D177">
         <v>43</v>
       </c>
       <c r="E177" t="s">
         <v>68</v>
       </c>
       <c r="F177" t="s">
         <v>192</v>
       </c>
       <c r="G177" t="s">
         <v>193</v>
       </c>
       <c r="H177" t="s">
         <v>226</v>
       </c>
       <c r="K177">
         <v>4</v>
       </c>
       <c r="L177">
         <v>12.5</v>
       </c>
     </row>
-    <row r="178" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A178" t="s">
         <v>219</v>
       </c>
       <c r="B178" t="s">
         <v>85</v>
       </c>
       <c r="C178" t="s">
         <v>86</v>
       </c>
       <c r="D178">
         <v>44</v>
       </c>
       <c r="E178" t="s">
         <v>68</v>
       </c>
       <c r="F178" t="s">
         <v>192</v>
       </c>
       <c r="G178" t="s">
         <v>193</v>
       </c>
       <c r="H178" t="s">
         <v>65</v>
       </c>
       <c r="K178">
         <v>0.80000001192092896</v>
       </c>
       <c r="L178">
         <v>10</v>
       </c>
     </row>
-    <row r="179" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A179" t="s">
         <v>219</v>
       </c>
       <c r="B179" t="s">
         <v>139</v>
       </c>
       <c r="C179" t="s">
         <v>140</v>
       </c>
       <c r="D179">
         <v>45</v>
       </c>
       <c r="E179" t="s">
         <v>68</v>
       </c>
       <c r="F179" t="s">
         <v>192</v>
       </c>
       <c r="G179" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="180" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A180" t="s">
         <v>219</v>
       </c>
       <c r="B180" t="s">
         <v>56</v>
       </c>
       <c r="C180" t="s">
         <v>57</v>
       </c>
       <c r="D180">
         <v>46</v>
       </c>
       <c r="E180" t="s">
         <v>37</v>
       </c>
       <c r="F180" t="s">
         <v>192</v>
       </c>
       <c r="G180" t="s">
         <v>193</v>
       </c>
       <c r="H180" t="s">
         <v>173</v>
       </c>
       <c r="K180">
         <v>0.40000000596046398</v>
       </c>
       <c r="L180">
         <v>12.5</v>
       </c>
     </row>
-    <row r="181" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A181" t="s">
         <v>219</v>
       </c>
       <c r="B181" t="s">
         <v>142</v>
       </c>
       <c r="C181" t="s">
         <v>143</v>
       </c>
       <c r="D181">
         <v>47</v>
       </c>
       <c r="E181" t="s">
         <v>68</v>
       </c>
       <c r="F181" t="s">
         <v>192</v>
       </c>
       <c r="G181" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="182" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A182" t="s">
         <v>219</v>
       </c>
       <c r="B182" t="s">
         <v>88</v>
       </c>
       <c r="C182" t="s">
         <v>89</v>
       </c>
       <c r="D182">
         <v>299</v>
       </c>
       <c r="E182" t="s">
         <v>120</v>
       </c>
       <c r="F182" t="s">
         <v>192</v>
       </c>
       <c r="G182" t="s">
         <v>193</v>
       </c>
       <c r="H182" t="s">
         <v>162</v>
       </c>
       <c r="K182">
         <v>7</v>
       </c>
       <c r="L182">
         <v>12.5</v>
       </c>
     </row>
-    <row r="183" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A183" t="s">
         <v>219</v>
       </c>
       <c r="B183" t="s">
         <v>145</v>
       </c>
       <c r="C183" t="s">
         <v>146</v>
       </c>
       <c r="D183">
         <v>49</v>
       </c>
       <c r="E183" t="s">
         <v>68</v>
       </c>
       <c r="F183" t="s">
         <v>192</v>
       </c>
       <c r="G183" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="184" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A184" t="s">
         <v>219</v>
       </c>
       <c r="B184" t="s">
         <v>44</v>
       </c>
       <c r="C184" t="s">
         <v>45</v>
       </c>
       <c r="D184">
         <v>50</v>
       </c>
       <c r="E184" t="s">
         <v>68</v>
       </c>
       <c r="F184" t="s">
         <v>192</v>
       </c>
       <c r="G184" t="s">
         <v>193</v>
       </c>
       <c r="H184" t="s">
         <v>274</v>
       </c>
       <c r="K184">
         <v>0</v>
       </c>
       <c r="L184">
         <v>25</v>
       </c>
     </row>
-    <row r="185" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A185" t="s">
         <v>219</v>
       </c>
       <c r="B185" t="s">
         <v>238</v>
       </c>
       <c r="C185" t="s">
         <v>239</v>
       </c>
       <c r="D185">
         <v>258</v>
       </c>
       <c r="E185" t="s">
         <v>68</v>
       </c>
       <c r="F185" t="s">
         <v>192</v>
       </c>
       <c r="G185" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="186" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A186" t="s">
         <v>219</v>
       </c>
       <c r="B186" t="s">
         <v>148</v>
       </c>
       <c r="C186" t="s">
         <v>149</v>
       </c>
       <c r="D186">
         <v>51</v>
       </c>
       <c r="E186" t="s">
         <v>68</v>
       </c>
       <c r="F186" t="s">
         <v>192</v>
       </c>
       <c r="G186" t="s">
         <v>193</v>
       </c>
       <c r="H186" t="s">
         <v>52</v>
       </c>
       <c r="K186">
         <v>3</v>
       </c>
       <c r="L186">
         <v>20</v>
       </c>
     </row>
-    <row r="187" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A187" t="s">
         <v>219</v>
       </c>
       <c r="B187" t="s">
         <v>58</v>
       </c>
       <c r="C187" t="s">
         <v>59</v>
       </c>
       <c r="D187">
         <v>52</v>
       </c>
       <c r="E187" t="s">
         <v>68</v>
       </c>
       <c r="F187" t="s">
         <v>192</v>
       </c>
       <c r="G187" t="s">
         <v>193</v>
       </c>
       <c r="H187" t="s">
         <v>150</v>
       </c>
       <c r="K187">
         <v>55</v>
       </c>
       <c r="L187">
         <v>10</v>
       </c>
     </row>
-    <row r="188" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A188" t="s">
         <v>219</v>
       </c>
       <c r="B188" t="s">
         <v>91</v>
       </c>
       <c r="C188" t="s">
         <v>92</v>
       </c>
       <c r="D188">
         <v>53</v>
       </c>
       <c r="E188" t="s">
         <v>68</v>
       </c>
       <c r="F188" t="s">
         <v>192</v>
       </c>
       <c r="G188" t="s">
         <v>193</v>
       </c>
       <c r="H188" t="s">
         <v>221</v>
       </c>
       <c r="K188">
         <v>11</v>
       </c>
       <c r="L188">
         <v>10</v>
       </c>
     </row>
-    <row r="189" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A189" t="s">
         <v>219</v>
       </c>
       <c r="B189" t="s">
         <v>94</v>
       </c>
       <c r="C189" t="s">
         <v>95</v>
       </c>
       <c r="D189">
         <v>54</v>
       </c>
       <c r="E189" t="s">
         <v>68</v>
       </c>
       <c r="F189" t="s">
         <v>192</v>
       </c>
       <c r="G189" t="s">
         <v>193</v>
       </c>
       <c r="H189" t="s">
         <v>90</v>
       </c>
       <c r="K189">
         <v>0.10000000149011599</v>
       </c>
       <c r="L189">
         <v>15</v>
       </c>
     </row>
-    <row r="190" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A190" t="s">
         <v>219</v>
       </c>
       <c r="B190" t="s">
         <v>275</v>
       </c>
       <c r="C190" t="s">
         <v>276</v>
       </c>
       <c r="D190">
         <v>55</v>
       </c>
       <c r="E190" t="s">
         <v>37</v>
       </c>
       <c r="F190" t="s">
         <v>192</v>
       </c>
       <c r="G190" t="s">
         <v>193</v>
       </c>
       <c r="H190" t="s">
         <v>81</v>
       </c>
       <c r="K190">
         <v>0.10000000149011599</v>
       </c>
       <c r="L190">
         <v>7.5</v>
       </c>
     </row>
-    <row r="191" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A191" t="s">
         <v>219</v>
       </c>
       <c r="B191" t="s">
         <v>46</v>
       </c>
       <c r="C191" t="s">
         <v>47</v>
       </c>
       <c r="D191">
         <v>56</v>
       </c>
       <c r="E191" t="s">
         <v>68</v>
       </c>
       <c r="F191" t="s">
         <v>192</v>
       </c>
       <c r="G191" t="s">
         <v>193</v>
       </c>
       <c r="H191" t="s">
         <v>207</v>
       </c>
       <c r="K191">
         <v>25</v>
       </c>
       <c r="L191">
         <v>25</v>
       </c>
     </row>
-    <row r="192" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A192" t="s">
         <v>219</v>
       </c>
       <c r="B192" t="s">
         <v>242</v>
       </c>
       <c r="C192" t="s">
         <v>243</v>
       </c>
       <c r="D192">
         <v>259</v>
       </c>
       <c r="E192" t="s">
         <v>68</v>
       </c>
       <c r="F192" t="s">
         <v>192</v>
       </c>
       <c r="G192" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="193" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A193" t="s">
         <v>219</v>
       </c>
       <c r="B193" t="s">
         <v>244</v>
       </c>
       <c r="C193" t="s">
         <v>245</v>
       </c>
       <c r="D193">
         <v>260</v>
       </c>
       <c r="E193" t="s">
         <v>68</v>
       </c>
       <c r="F193" t="s">
         <v>192</v>
       </c>
       <c r="G193" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="194" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A194" t="s">
         <v>219</v>
       </c>
       <c r="B194" t="s">
         <v>96</v>
       </c>
       <c r="C194" t="s">
         <v>97</v>
       </c>
       <c r="D194">
         <v>57</v>
       </c>
       <c r="E194" t="s">
         <v>68</v>
       </c>
       <c r="F194" t="s">
         <v>192</v>
       </c>
       <c r="G194" t="s">
         <v>193</v>
       </c>
       <c r="H194" t="s">
         <v>55</v>
       </c>
       <c r="K194">
         <v>0.89999997615814198</v>
       </c>
       <c r="L194">
         <v>10</v>
       </c>
     </row>
-    <row r="195" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A195" t="s">
         <v>219</v>
       </c>
       <c r="B195" t="s">
         <v>61</v>
       </c>
       <c r="C195" t="s">
         <v>62</v>
       </c>
       <c r="D195">
         <v>58</v>
       </c>
       <c r="E195" t="s">
         <v>68</v>
       </c>
       <c r="F195" t="s">
         <v>192</v>
       </c>
       <c r="G195" t="s">
         <v>193</v>
       </c>
       <c r="H195" t="s">
         <v>131</v>
       </c>
       <c r="K195">
         <v>22</v>
       </c>
       <c r="L195">
         <v>10</v>
       </c>
     </row>
-    <row r="196" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A196" t="s">
         <v>219</v>
       </c>
       <c r="B196" t="s">
         <v>99</v>
       </c>
       <c r="C196" t="s">
         <v>100</v>
       </c>
       <c r="D196">
         <v>59</v>
       </c>
       <c r="E196" t="s">
         <v>68</v>
       </c>
       <c r="F196" t="s">
         <v>192</v>
       </c>
       <c r="G196" t="s">
         <v>193</v>
       </c>
       <c r="H196" t="s">
         <v>144</v>
       </c>
       <c r="K196">
         <v>1</v>
       </c>
       <c r="L196">
         <v>10</v>
       </c>
     </row>
-    <row r="197" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A197" t="s">
         <v>219</v>
       </c>
       <c r="B197" t="s">
         <v>165</v>
       </c>
       <c r="C197" t="s">
         <v>166</v>
       </c>
       <c r="D197">
         <v>275</v>
       </c>
       <c r="E197" t="s">
         <v>68</v>
       </c>
       <c r="F197" t="s">
         <v>192</v>
       </c>
       <c r="G197" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="198" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A198" t="s">
         <v>219</v>
       </c>
       <c r="B198" t="s">
         <v>167</v>
       </c>
       <c r="C198" t="s">
         <v>168</v>
       </c>
       <c r="D198">
         <v>60</v>
       </c>
       <c r="E198" t="s">
         <v>68</v>
       </c>
       <c r="F198" t="s">
         <v>192</v>
       </c>
       <c r="G198" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="199" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A199" t="s">
         <v>219</v>
       </c>
       <c r="B199" t="s">
         <v>39</v>
       </c>
       <c r="C199" t="s">
         <v>251</v>
       </c>
       <c r="D199">
         <v>61</v>
       </c>
       <c r="E199" t="s">
         <v>68</v>
       </c>
       <c r="F199" t="s">
         <v>192</v>
       </c>
       <c r="G199" t="s">
         <v>193</v>
       </c>
       <c r="H199" t="s">
         <v>131</v>
       </c>
       <c r="K199">
         <v>30</v>
       </c>
       <c r="L199">
         <v>10</v>
       </c>
     </row>
-    <row r="200" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A200" t="s">
         <v>219</v>
       </c>
       <c r="B200" t="s">
         <v>174</v>
       </c>
       <c r="C200" t="s">
         <v>175</v>
       </c>
       <c r="D200">
         <v>135</v>
       </c>
       <c r="E200" t="s">
         <v>68</v>
       </c>
       <c r="F200" t="s">
         <v>192</v>
       </c>
       <c r="G200" t="s">
         <v>193</v>
       </c>
       <c r="H200" t="s">
         <v>263</v>
       </c>
       <c r="K200">
         <v>0.30000001192092901</v>
       </c>
       <c r="L200">
         <v>20</v>
       </c>
     </row>
-    <row r="201" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A201" t="s">
         <v>219</v>
       </c>
       <c r="B201" t="s">
         <v>253</v>
       </c>
       <c r="C201" t="s">
         <v>254</v>
       </c>
       <c r="D201">
         <v>261</v>
       </c>
       <c r="E201" t="s">
         <v>68</v>
       </c>
       <c r="F201" t="s">
         <v>192</v>
       </c>
       <c r="G201" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="202" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A202" t="s">
         <v>219</v>
       </c>
       <c r="B202" t="s">
         <v>101</v>
       </c>
       <c r="C202" t="s">
         <v>102</v>
       </c>
       <c r="D202">
         <v>62</v>
       </c>
       <c r="E202" t="s">
         <v>68</v>
       </c>
       <c r="F202" t="s">
         <v>192</v>
       </c>
       <c r="G202" t="s">
         <v>193</v>
       </c>
       <c r="H202" t="s">
         <v>222</v>
       </c>
       <c r="K202">
         <v>0</v>
       </c>
       <c r="L202">
         <v>25</v>
       </c>
     </row>
-    <row r="203" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A203" t="s">
         <v>219</v>
       </c>
       <c r="B203" t="s">
         <v>63</v>
       </c>
       <c r="C203" t="s">
         <v>64</v>
       </c>
       <c r="D203">
         <v>63</v>
       </c>
       <c r="E203" t="s">
         <v>37</v>
       </c>
       <c r="F203" t="s">
         <v>192</v>
       </c>
       <c r="G203" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="204" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A204" t="s">
         <v>219</v>
       </c>
       <c r="B204" t="s">
         <v>103</v>
       </c>
       <c r="C204" t="s">
         <v>104</v>
       </c>
       <c r="D204">
         <v>64</v>
       </c>
       <c r="E204" t="s">
         <v>68</v>
       </c>
       <c r="F204" t="s">
         <v>192</v>
       </c>
       <c r="G204" t="s">
         <v>193</v>
       </c>
       <c r="H204" t="s">
         <v>130</v>
       </c>
       <c r="K204">
         <v>0.40000000596046398</v>
       </c>
       <c r="L204">
         <v>15</v>
       </c>
     </row>
-    <row r="205" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A205" t="s">
         <v>219</v>
       </c>
       <c r="B205" t="s">
         <v>180</v>
       </c>
       <c r="C205" t="s">
         <v>181</v>
       </c>
       <c r="D205">
         <v>65</v>
       </c>
       <c r="E205" t="s">
         <v>68</v>
       </c>
       <c r="F205" t="s">
         <v>192</v>
       </c>
       <c r="G205" t="s">
         <v>193</v>
       </c>
       <c r="H205" t="s">
         <v>277</v>
       </c>
       <c r="K205">
         <v>2</v>
       </c>
       <c r="L205">
         <v>7.5</v>
       </c>
     </row>
-    <row r="206" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A206" t="s">
         <v>219</v>
       </c>
       <c r="B206" t="s">
         <v>105</v>
       </c>
       <c r="C206" t="s">
         <v>106</v>
       </c>
       <c r="D206">
         <v>391</v>
       </c>
       <c r="E206" t="s">
         <v>68</v>
       </c>
       <c r="F206" t="s">
         <v>192</v>
       </c>
       <c r="G206" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="207" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A207" t="s">
         <v>219</v>
       </c>
       <c r="B207" t="s">
         <v>258</v>
       </c>
       <c r="C207" t="s">
         <v>259</v>
       </c>
       <c r="D207">
         <v>262</v>
       </c>
       <c r="E207" t="s">
         <v>68</v>
       </c>
       <c r="F207" t="s">
         <v>192</v>
       </c>
       <c r="G207" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="208" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A208" t="s">
         <v>219</v>
       </c>
       <c r="B208" t="s">
         <v>107</v>
       </c>
       <c r="C208" t="s">
         <v>108</v>
       </c>
       <c r="D208">
         <v>242</v>
       </c>
       <c r="E208" t="s">
         <v>68</v>
       </c>
       <c r="F208" t="s">
         <v>192</v>
       </c>
       <c r="G208" t="s">
         <v>193</v>
       </c>
       <c r="H208" t="s">
         <v>144</v>
       </c>
       <c r="K208">
         <v>38</v>
       </c>
       <c r="L208">
         <v>25</v>
       </c>
     </row>
-    <row r="209" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A209" t="s">
         <v>219</v>
       </c>
       <c r="B209" t="s">
         <v>110</v>
       </c>
       <c r="C209" t="s">
         <v>111</v>
       </c>
       <c r="D209">
         <v>149</v>
       </c>
       <c r="E209" t="s">
         <v>68</v>
       </c>
       <c r="F209" t="s">
         <v>192</v>
       </c>
       <c r="G209" t="s">
         <v>193</v>
       </c>
       <c r="H209" t="s">
         <v>278</v>
       </c>
       <c r="K209">
         <v>0</v>
       </c>
       <c r="L209">
         <v>25</v>
       </c>
     </row>
-    <row r="210" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A210" t="s">
         <v>219</v>
       </c>
       <c r="B210" t="s">
         <v>261</v>
       </c>
       <c r="C210" t="s">
         <v>262</v>
       </c>
       <c r="D210">
         <v>263</v>
       </c>
       <c r="E210" t="s">
         <v>68</v>
       </c>
       <c r="F210" t="s">
         <v>192</v>
       </c>
       <c r="G210" t="s">
         <v>193</v>
       </c>
       <c r="K210">
         <v>0</v>
       </c>
       <c r="L210">
         <v>17.5</v>
       </c>
     </row>
-    <row r="211" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A211" t="s">
         <v>219</v>
       </c>
       <c r="B211" t="s">
         <v>112</v>
       </c>
       <c r="C211" t="s">
         <v>113</v>
       </c>
       <c r="D211">
         <v>104</v>
       </c>
       <c r="E211" t="s">
         <v>68</v>
       </c>
       <c r="F211" t="s">
         <v>192</v>
       </c>
       <c r="G211" t="s">
         <v>193</v>
       </c>
       <c r="H211" t="s">
         <v>84</v>
       </c>
       <c r="K211">
         <v>0</v>
       </c>
       <c r="L211">
         <v>17.5</v>
       </c>
     </row>
-    <row r="212" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A212" t="s">
         <v>219</v>
       </c>
       <c r="B212" t="s">
         <v>266</v>
       </c>
       <c r="C212" t="s">
         <v>267</v>
       </c>
       <c r="D212">
         <v>66</v>
       </c>
       <c r="E212" t="s">
         <v>68</v>
       </c>
       <c r="F212" t="s">
         <v>192</v>
       </c>
       <c r="G212" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="213" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A213" t="s">
         <v>219</v>
       </c>
       <c r="B213" t="s">
         <v>114</v>
       </c>
       <c r="C213" t="s">
         <v>115</v>
       </c>
       <c r="D213">
         <v>67</v>
       </c>
       <c r="E213" t="s">
         <v>68</v>
       </c>
       <c r="F213" t="s">
         <v>192</v>
       </c>
       <c r="G213" t="s">
         <v>193</v>
       </c>
       <c r="H213" t="s">
         <v>221</v>
       </c>
       <c r="K213">
         <v>2.5</v>
       </c>
       <c r="L213">
         <v>10</v>
       </c>
     </row>
-    <row r="214" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A214" t="s">
         <v>219</v>
       </c>
       <c r="B214" t="s">
         <v>271</v>
       </c>
       <c r="C214" t="s">
         <v>272</v>
       </c>
       <c r="D214">
         <v>68</v>
       </c>
       <c r="E214" t="s">
         <v>68</v>
       </c>
       <c r="F214" t="s">
         <v>192</v>
       </c>
       <c r="G214" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="215" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A215" t="s">
         <v>219</v>
       </c>
       <c r="B215" t="s">
         <v>118</v>
       </c>
       <c r="C215" t="s">
         <v>119</v>
       </c>
       <c r="D215">
         <v>301</v>
       </c>
       <c r="E215" t="s">
         <v>120</v>
       </c>
       <c r="F215" t="s">
         <v>279</v>
       </c>
       <c r="G215" t="s">
         <v>280</v>
       </c>
       <c r="H215" t="s">
         <v>281</v>
       </c>
     </row>
-    <row r="216" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A216" t="s">
         <v>219</v>
       </c>
       <c r="B216" t="s">
         <v>48</v>
       </c>
       <c r="C216" t="s">
         <v>49</v>
       </c>
       <c r="D216">
         <v>302</v>
       </c>
       <c r="E216" t="s">
         <v>37</v>
       </c>
       <c r="F216" t="s">
         <v>279</v>
       </c>
       <c r="G216" t="s">
         <v>280</v>
       </c>
       <c r="H216" t="s">
         <v>173</v>
       </c>
       <c r="K216">
         <v>0</v>
       </c>
       <c r="L216">
         <v>15</v>
       </c>
     </row>
-    <row r="217" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A217" t="s">
         <v>219</v>
       </c>
       <c r="B217" t="s">
         <v>66</v>
       </c>
       <c r="C217" t="s">
         <v>67</v>
       </c>
       <c r="D217">
         <v>303</v>
       </c>
       <c r="E217" t="s">
         <v>68</v>
       </c>
       <c r="F217" t="s">
         <v>279</v>
       </c>
       <c r="G217" t="s">
         <v>280</v>
       </c>
       <c r="H217" t="s">
         <v>52</v>
       </c>
       <c r="K217">
         <v>0.20000000298023199</v>
       </c>
       <c r="L217">
         <v>10</v>
       </c>
     </row>
-    <row r="218" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A218" t="s">
         <v>219</v>
       </c>
       <c r="B218" t="s">
         <v>124</v>
       </c>
       <c r="C218" t="s">
         <v>125</v>
       </c>
       <c r="D218">
         <v>304</v>
       </c>
       <c r="E218" t="s">
         <v>68</v>
       </c>
       <c r="F218" t="s">
         <v>279</v>
       </c>
       <c r="G218" t="s">
         <v>280</v>
       </c>
       <c r="H218" t="s">
         <v>130</v>
       </c>
       <c r="K218">
         <v>2.5</v>
       </c>
       <c r="L218">
         <v>25</v>
       </c>
     </row>
-    <row r="219" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A219" t="s">
         <v>219</v>
       </c>
       <c r="B219" t="s">
         <v>71</v>
       </c>
       <c r="C219" t="s">
         <v>72</v>
       </c>
       <c r="D219">
         <v>305</v>
       </c>
       <c r="E219" t="s">
         <v>68</v>
       </c>
       <c r="F219" t="s">
         <v>279</v>
       </c>
       <c r="G219" t="s">
         <v>280</v>
       </c>
       <c r="H219" t="s">
         <v>93</v>
       </c>
       <c r="K219">
         <v>2</v>
       </c>
       <c r="L219">
         <v>12.5</v>
       </c>
     </row>
-    <row r="220" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A220" t="s">
         <v>219</v>
       </c>
       <c r="B220" t="s">
         <v>74</v>
       </c>
       <c r="C220" t="s">
         <v>75</v>
       </c>
       <c r="D220">
         <v>306</v>
       </c>
       <c r="E220" t="s">
         <v>68</v>
       </c>
       <c r="F220" t="s">
         <v>279</v>
       </c>
       <c r="G220" t="s">
         <v>280</v>
       </c>
       <c r="H220" t="s">
         <v>78</v>
       </c>
       <c r="K220">
         <v>0</v>
       </c>
       <c r="L220">
         <v>10</v>
       </c>
     </row>
-    <row r="221" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A221" t="s">
         <v>219</v>
       </c>
       <c r="B221" t="s">
         <v>126</v>
       </c>
       <c r="C221" t="s">
         <v>127</v>
       </c>
       <c r="D221">
         <v>307</v>
       </c>
       <c r="E221" t="s">
         <v>68</v>
       </c>
       <c r="F221" t="s">
         <v>279</v>
       </c>
       <c r="G221" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="222" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A222" t="s">
         <v>219</v>
       </c>
       <c r="B222" t="s">
         <v>128</v>
       </c>
       <c r="C222" t="s">
         <v>129</v>
       </c>
       <c r="D222">
         <v>308</v>
       </c>
       <c r="E222" t="s">
         <v>68</v>
       </c>
       <c r="F222" t="s">
         <v>279</v>
       </c>
       <c r="G222" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="223" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A223" t="s">
         <v>219</v>
       </c>
       <c r="B223" t="s">
         <v>53</v>
       </c>
       <c r="C223" t="s">
         <v>54</v>
       </c>
       <c r="D223">
         <v>310</v>
       </c>
       <c r="E223" t="s">
         <v>37</v>
       </c>
       <c r="F223" t="s">
         <v>279</v>
       </c>
       <c r="G223" t="s">
         <v>280</v>
       </c>
       <c r="H223" t="s">
         <v>226</v>
       </c>
       <c r="K223">
         <v>0.10000000149011599</v>
       </c>
       <c r="L223">
         <v>7.5</v>
       </c>
     </row>
-    <row r="224" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A224" t="s">
         <v>219</v>
       </c>
       <c r="B224" t="s">
         <v>76</v>
       </c>
       <c r="C224" t="s">
         <v>77</v>
       </c>
       <c r="D224">
         <v>311</v>
       </c>
       <c r="E224" t="s">
         <v>68</v>
       </c>
       <c r="F224" t="s">
         <v>279</v>
       </c>
       <c r="G224" t="s">
         <v>280</v>
       </c>
       <c r="H224" t="s">
         <v>60</v>
       </c>
       <c r="K224">
         <v>0</v>
       </c>
       <c r="L224">
         <v>10</v>
       </c>
     </row>
-    <row r="225" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A225" t="s">
         <v>219</v>
       </c>
       <c r="B225" t="s">
         <v>227</v>
       </c>
       <c r="C225" t="s">
         <v>228</v>
       </c>
       <c r="D225">
         <v>312</v>
       </c>
       <c r="E225" t="s">
         <v>68</v>
       </c>
       <c r="F225" t="s">
         <v>279</v>
       </c>
       <c r="G225" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="226" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A226" t="s">
         <v>219</v>
       </c>
       <c r="B226" t="s">
         <v>79</v>
       </c>
       <c r="C226" t="s">
         <v>80</v>
       </c>
       <c r="D226">
         <v>313</v>
       </c>
       <c r="E226" t="s">
         <v>68</v>
       </c>
       <c r="F226" t="s">
         <v>279</v>
       </c>
       <c r="G226" t="s">
         <v>280</v>
       </c>
       <c r="H226" t="s">
         <v>138</v>
       </c>
       <c r="K226">
         <v>0.10000000149011599</v>
       </c>
       <c r="L226">
         <v>10</v>
       </c>
     </row>
-    <row r="227" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A227" t="s">
         <v>219</v>
       </c>
       <c r="B227" t="s">
         <v>82</v>
       </c>
       <c r="C227" t="s">
         <v>83</v>
       </c>
       <c r="D227">
         <v>314</v>
       </c>
       <c r="E227" t="s">
         <v>68</v>
       </c>
       <c r="F227" t="s">
         <v>279</v>
       </c>
       <c r="G227" t="s">
         <v>280</v>
       </c>
       <c r="H227" t="s">
         <v>226</v>
       </c>
       <c r="K227">
         <v>2</v>
       </c>
       <c r="L227">
         <v>10</v>
       </c>
     </row>
-    <row r="228" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A228" t="s">
         <v>219</v>
       </c>
       <c r="B228" t="s">
         <v>85</v>
       </c>
       <c r="C228" t="s">
         <v>86</v>
       </c>
       <c r="D228">
         <v>315</v>
       </c>
       <c r="E228" t="s">
         <v>68</v>
       </c>
       <c r="F228" t="s">
         <v>279</v>
       </c>
       <c r="G228" t="s">
         <v>280</v>
       </c>
       <c r="K228">
         <v>0.69999998807907104</v>
       </c>
       <c r="L228">
         <v>10</v>
       </c>
     </row>
-    <row r="229" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A229" t="s">
         <v>219</v>
       </c>
       <c r="B229" t="s">
         <v>139</v>
       </c>
       <c r="C229" t="s">
         <v>140</v>
       </c>
       <c r="D229">
         <v>316</v>
       </c>
       <c r="E229" t="s">
         <v>68</v>
       </c>
       <c r="F229" t="s">
         <v>279</v>
       </c>
       <c r="G229" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="230" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A230" t="s">
         <v>219</v>
       </c>
       <c r="B230" t="s">
         <v>56</v>
       </c>
       <c r="C230" t="s">
         <v>57</v>
       </c>
       <c r="D230">
         <v>317</v>
       </c>
       <c r="E230" t="s">
         <v>37</v>
       </c>
       <c r="F230" t="s">
         <v>279</v>
       </c>
       <c r="G230" t="s">
         <v>280</v>
       </c>
       <c r="H230" t="s">
         <v>282</v>
       </c>
       <c r="K230">
         <v>0.20000000298023199</v>
       </c>
       <c r="L230">
         <v>7.5</v>
       </c>
     </row>
-    <row r="231" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A231" t="s">
         <v>219</v>
       </c>
       <c r="B231" t="s">
         <v>142</v>
       </c>
       <c r="C231" t="s">
         <v>143</v>
       </c>
       <c r="D231">
         <v>318</v>
       </c>
       <c r="E231" t="s">
         <v>68</v>
       </c>
       <c r="F231" t="s">
         <v>279</v>
       </c>
       <c r="G231" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="232" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A232" t="s">
         <v>219</v>
       </c>
       <c r="B232" t="s">
         <v>88</v>
       </c>
       <c r="C232" t="s">
         <v>89</v>
       </c>
       <c r="D232">
         <v>319</v>
       </c>
       <c r="E232" t="s">
         <v>120</v>
       </c>
       <c r="F232" t="s">
         <v>279</v>
       </c>
       <c r="G232" t="s">
         <v>280</v>
       </c>
       <c r="H232" t="s">
         <v>283</v>
       </c>
       <c r="K232">
         <v>8</v>
       </c>
       <c r="L232">
         <v>10</v>
       </c>
     </row>
-    <row r="233" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A233" t="s">
         <v>219</v>
       </c>
       <c r="B233" t="s">
         <v>145</v>
       </c>
       <c r="C233" t="s">
         <v>146</v>
       </c>
       <c r="D233">
         <v>320</v>
       </c>
       <c r="E233" t="s">
         <v>68</v>
       </c>
       <c r="F233" t="s">
         <v>279</v>
       </c>
       <c r="G233" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="234" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A234" t="s">
         <v>219</v>
       </c>
       <c r="B234" t="s">
         <v>44</v>
       </c>
       <c r="C234" t="s">
         <v>45</v>
       </c>
       <c r="D234">
         <v>321</v>
       </c>
       <c r="E234" t="s">
         <v>68</v>
       </c>
       <c r="F234" t="s">
         <v>279</v>
       </c>
       <c r="G234" t="s">
         <v>280</v>
       </c>
       <c r="H234" t="s">
         <v>274</v>
       </c>
       <c r="K234">
         <v>0</v>
       </c>
       <c r="L234">
         <v>17.5</v>
       </c>
     </row>
-    <row r="235" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A235" t="s">
         <v>219</v>
       </c>
       <c r="B235" t="s">
         <v>238</v>
       </c>
       <c r="C235" t="s">
         <v>239</v>
       </c>
       <c r="D235">
         <v>322</v>
       </c>
       <c r="E235" t="s">
         <v>68</v>
       </c>
       <c r="F235" t="s">
         <v>279</v>
       </c>
       <c r="G235" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="236" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A236" t="s">
         <v>219</v>
       </c>
       <c r="B236" t="s">
         <v>148</v>
       </c>
       <c r="C236" t="s">
         <v>149</v>
       </c>
       <c r="D236">
         <v>323</v>
       </c>
       <c r="E236" t="s">
         <v>68</v>
       </c>
       <c r="F236" t="s">
         <v>279</v>
       </c>
       <c r="G236" t="s">
         <v>280</v>
       </c>
       <c r="H236" t="s">
         <v>173</v>
       </c>
       <c r="K236">
         <v>0.40000000596046398</v>
       </c>
       <c r="L236">
         <v>20</v>
       </c>
     </row>
-    <row r="237" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A237" t="s">
         <v>219</v>
       </c>
       <c r="B237" t="s">
         <v>58</v>
       </c>
       <c r="C237" t="s">
         <v>59</v>
       </c>
       <c r="D237">
         <v>324</v>
       </c>
       <c r="E237" t="s">
         <v>68</v>
       </c>
       <c r="F237" t="s">
         <v>279</v>
       </c>
       <c r="G237" t="s">
         <v>280</v>
       </c>
       <c r="H237" t="s">
         <v>150</v>
       </c>
       <c r="K237">
         <v>25</v>
       </c>
       <c r="L237">
         <v>10</v>
       </c>
     </row>
-    <row r="238" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A238" t="s">
         <v>219</v>
       </c>
       <c r="B238" t="s">
         <v>91</v>
       </c>
       <c r="C238" t="s">
         <v>92</v>
       </c>
       <c r="D238">
         <v>325</v>
       </c>
       <c r="E238" t="s">
         <v>68</v>
       </c>
       <c r="F238" t="s">
         <v>279</v>
       </c>
       <c r="G238" t="s">
         <v>280</v>
       </c>
       <c r="H238" t="s">
         <v>152</v>
       </c>
       <c r="K238">
         <v>6</v>
       </c>
       <c r="L238">
         <v>7.5</v>
       </c>
     </row>
-    <row r="239" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A239" t="s">
         <v>219</v>
       </c>
       <c r="B239" t="s">
         <v>94</v>
       </c>
       <c r="C239" t="s">
         <v>95</v>
       </c>
       <c r="D239">
         <v>326</v>
       </c>
       <c r="E239" t="s">
         <v>68</v>
       </c>
       <c r="F239" t="s">
         <v>279</v>
       </c>
       <c r="G239" t="s">
         <v>280</v>
       </c>
       <c r="H239" t="s">
         <v>90</v>
       </c>
       <c r="K239">
         <v>0.10000000149011599</v>
       </c>
       <c r="L239">
         <v>12.5</v>
       </c>
     </row>
-    <row r="240" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A240" t="s">
         <v>219</v>
       </c>
       <c r="B240" t="s">
         <v>46</v>
       </c>
       <c r="C240" t="s">
         <v>47</v>
       </c>
       <c r="D240">
         <v>328</v>
       </c>
       <c r="E240" t="s">
         <v>68</v>
       </c>
       <c r="F240" t="s">
         <v>279</v>
       </c>
       <c r="G240" t="s">
         <v>280</v>
       </c>
       <c r="H240" t="s">
         <v>144</v>
       </c>
       <c r="K240">
         <v>20</v>
       </c>
       <c r="L240">
         <v>17.5</v>
       </c>
     </row>
-    <row r="241" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A241" t="s">
         <v>219</v>
       </c>
       <c r="B241" t="s">
         <v>244</v>
       </c>
       <c r="C241" t="s">
         <v>245</v>
       </c>
       <c r="D241">
         <v>330</v>
       </c>
       <c r="E241" t="s">
         <v>68</v>
       </c>
       <c r="F241" t="s">
         <v>279</v>
       </c>
       <c r="G241" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="242" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A242" t="s">
         <v>219</v>
       </c>
       <c r="B242" t="s">
         <v>96</v>
       </c>
       <c r="C242" t="s">
         <v>97</v>
       </c>
       <c r="D242">
         <v>331</v>
       </c>
       <c r="E242" t="s">
         <v>68</v>
       </c>
       <c r="F242" t="s">
         <v>279</v>
       </c>
       <c r="G242" t="s">
         <v>280</v>
       </c>
       <c r="H242" t="s">
         <v>55</v>
       </c>
       <c r="K242">
         <v>0.40000000596046398</v>
       </c>
       <c r="L242">
         <v>10</v>
       </c>
     </row>
-    <row r="243" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A243" t="s">
         <v>219</v>
       </c>
       <c r="B243" t="s">
         <v>61</v>
       </c>
       <c r="C243" t="s">
         <v>62</v>
       </c>
       <c r="D243">
         <v>332</v>
       </c>
       <c r="E243" t="s">
         <v>68</v>
       </c>
       <c r="F243" t="s">
         <v>279</v>
       </c>
       <c r="G243" t="s">
         <v>280</v>
       </c>
       <c r="H243" t="s">
         <v>246</v>
       </c>
       <c r="K243">
         <v>16</v>
       </c>
       <c r="L243">
         <v>7.5</v>
       </c>
     </row>
-    <row r="244" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A244" t="s">
         <v>219</v>
       </c>
       <c r="B244" t="s">
         <v>99</v>
       </c>
       <c r="C244" t="s">
         <v>100</v>
       </c>
       <c r="D244">
         <v>333</v>
       </c>
       <c r="E244" t="s">
         <v>68</v>
       </c>
       <c r="F244" t="s">
         <v>279</v>
       </c>
       <c r="G244" t="s">
         <v>280</v>
       </c>
       <c r="H244" t="s">
         <v>144</v>
       </c>
       <c r="K244">
         <v>1</v>
       </c>
       <c r="L244">
         <v>10</v>
       </c>
     </row>
-    <row r="245" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A245" t="s">
         <v>219</v>
       </c>
       <c r="B245" t="s">
         <v>165</v>
       </c>
       <c r="C245" t="s">
         <v>166</v>
       </c>
       <c r="D245">
         <v>334</v>
       </c>
       <c r="E245" t="s">
         <v>68</v>
       </c>
       <c r="F245" t="s">
         <v>279</v>
       </c>
       <c r="G245" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="246" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A246" t="s">
         <v>219</v>
       </c>
       <c r="B246" t="s">
         <v>167</v>
       </c>
       <c r="C246" t="s">
         <v>168</v>
       </c>
       <c r="D246">
         <v>335</v>
       </c>
       <c r="E246" t="s">
         <v>68</v>
       </c>
       <c r="F246" t="s">
         <v>279</v>
       </c>
       <c r="G246" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="247" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A247" t="s">
         <v>219</v>
       </c>
       <c r="B247" t="s">
         <v>39</v>
       </c>
       <c r="C247" t="s">
         <v>251</v>
       </c>
       <c r="D247">
         <v>336</v>
       </c>
       <c r="E247" t="s">
         <v>68</v>
       </c>
       <c r="F247" t="s">
         <v>279</v>
       </c>
       <c r="G247" t="s">
         <v>280</v>
       </c>
       <c r="H247" t="s">
         <v>131</v>
       </c>
       <c r="K247">
         <v>12</v>
       </c>
       <c r="L247">
         <v>7.5</v>
       </c>
     </row>
-    <row r="248" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A248" t="s">
         <v>219</v>
       </c>
       <c r="B248" t="s">
         <v>174</v>
       </c>
       <c r="C248" t="s">
         <v>175</v>
       </c>
       <c r="D248">
         <v>337</v>
       </c>
       <c r="E248" t="s">
         <v>68</v>
       </c>
       <c r="F248" t="s">
         <v>279</v>
       </c>
       <c r="G248" t="s">
         <v>280</v>
       </c>
       <c r="H248" t="s">
         <v>263</v>
       </c>
       <c r="K248">
         <v>0</v>
       </c>
       <c r="L248">
         <v>15</v>
       </c>
     </row>
-    <row r="249" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A249" t="s">
         <v>219</v>
       </c>
       <c r="B249" t="s">
         <v>253</v>
       </c>
       <c r="C249" t="s">
         <v>254</v>
       </c>
       <c r="D249">
         <v>338</v>
       </c>
       <c r="E249" t="s">
         <v>68</v>
       </c>
       <c r="F249" t="s">
         <v>279</v>
       </c>
       <c r="G249" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="250" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A250" t="s">
         <v>219</v>
       </c>
       <c r="B250" t="s">
         <v>101</v>
       </c>
       <c r="C250" t="s">
         <v>102</v>
       </c>
       <c r="D250">
         <v>339</v>
       </c>
       <c r="E250" t="s">
         <v>68</v>
       </c>
       <c r="F250" t="s">
         <v>279</v>
       </c>
       <c r="G250" t="s">
         <v>280</v>
       </c>
       <c r="H250" t="s">
         <v>78</v>
       </c>
       <c r="K250">
         <v>0</v>
       </c>
       <c r="L250">
         <v>25</v>
       </c>
     </row>
-    <row r="251" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A251" t="s">
         <v>219</v>
       </c>
       <c r="B251" t="s">
         <v>63</v>
       </c>
       <c r="C251" t="s">
         <v>64</v>
       </c>
       <c r="D251">
         <v>340</v>
       </c>
       <c r="E251" t="s">
         <v>37</v>
       </c>
       <c r="F251" t="s">
         <v>279</v>
       </c>
       <c r="G251" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="252" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A252" t="s">
         <v>219</v>
       </c>
       <c r="B252" t="s">
         <v>103</v>
       </c>
       <c r="C252" t="s">
         <v>104</v>
       </c>
       <c r="D252">
         <v>341</v>
       </c>
       <c r="E252" t="s">
         <v>68</v>
       </c>
       <c r="F252" t="s">
         <v>279</v>
       </c>
       <c r="G252" t="s">
         <v>280</v>
       </c>
       <c r="H252" t="s">
         <v>223</v>
       </c>
       <c r="K252">
         <v>0.40000000596046398</v>
       </c>
       <c r="L252">
         <v>10</v>
       </c>
     </row>
-    <row r="253" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A253" t="s">
         <v>219</v>
       </c>
       <c r="B253" t="s">
         <v>180</v>
       </c>
       <c r="C253" t="s">
         <v>181</v>
       </c>
       <c r="D253">
         <v>342</v>
       </c>
       <c r="E253" t="s">
         <v>68</v>
       </c>
       <c r="F253" t="s">
         <v>279</v>
       </c>
       <c r="G253" t="s">
         <v>280</v>
       </c>
       <c r="H253" t="s">
         <v>284</v>
       </c>
       <c r="K253">
         <v>2</v>
       </c>
       <c r="L253">
         <v>10</v>
       </c>
     </row>
-    <row r="254" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A254" t="s">
         <v>219</v>
       </c>
       <c r="B254" t="s">
         <v>105</v>
       </c>
       <c r="C254" t="s">
         <v>106</v>
       </c>
       <c r="D254">
         <v>351</v>
       </c>
       <c r="E254" t="s">
         <v>68</v>
       </c>
       <c r="F254" t="s">
         <v>279</v>
       </c>
       <c r="G254" t="s">
         <v>280</v>
       </c>
       <c r="H254" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="255" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A255" t="s">
         <v>219</v>
       </c>
       <c r="B255" t="s">
         <v>258</v>
       </c>
       <c r="C255" t="s">
         <v>259</v>
       </c>
       <c r="D255">
         <v>343</v>
       </c>
       <c r="E255" t="s">
         <v>68</v>
       </c>
       <c r="F255" t="s">
         <v>279</v>
       </c>
       <c r="G255" t="s">
         <v>280</v>
       </c>
       <c r="H255" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="256" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A256" t="s">
         <v>219</v>
       </c>
       <c r="B256" t="s">
         <v>107</v>
       </c>
       <c r="C256" t="s">
         <v>108</v>
       </c>
       <c r="D256">
         <v>344</v>
       </c>
       <c r="E256" t="s">
         <v>68</v>
       </c>
       <c r="F256" t="s">
         <v>279</v>
       </c>
       <c r="G256" t="s">
         <v>280</v>
       </c>
       <c r="K256">
         <v>25</v>
       </c>
       <c r="L256">
         <v>25</v>
       </c>
     </row>
-    <row r="257" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A257" t="s">
         <v>219</v>
       </c>
       <c r="B257" t="s">
         <v>110</v>
       </c>
       <c r="C257" t="s">
         <v>111</v>
       </c>
       <c r="D257">
         <v>345</v>
       </c>
       <c r="E257" t="s">
         <v>68</v>
       </c>
       <c r="F257" t="s">
         <v>279</v>
       </c>
       <c r="G257" t="s">
         <v>280</v>
       </c>
       <c r="K257">
         <v>0</v>
       </c>
       <c r="L257">
         <v>17.5</v>
       </c>
     </row>
-    <row r="258" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A258" t="s">
         <v>219</v>
       </c>
       <c r="B258" t="s">
         <v>261</v>
       </c>
       <c r="C258" t="s">
         <v>262</v>
       </c>
       <c r="D258">
         <v>346</v>
       </c>
       <c r="E258" t="s">
         <v>68</v>
       </c>
       <c r="F258" t="s">
         <v>279</v>
       </c>
       <c r="G258" t="s">
         <v>280</v>
       </c>
       <c r="H258" t="s">
         <v>169</v>
       </c>
       <c r="K258">
         <v>0</v>
       </c>
       <c r="L258">
         <v>6</v>
       </c>
     </row>
-    <row r="259" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A259" t="s">
         <v>219</v>
       </c>
       <c r="B259" t="s">
         <v>112</v>
       </c>
       <c r="C259" t="s">
         <v>113</v>
       </c>
       <c r="D259">
         <v>347</v>
       </c>
       <c r="E259" t="s">
         <v>68</v>
       </c>
       <c r="F259" t="s">
         <v>279</v>
       </c>
       <c r="G259" t="s">
         <v>280</v>
       </c>
       <c r="H259" t="s">
         <v>277</v>
       </c>
       <c r="K259">
         <v>0.30000001192092901</v>
       </c>
       <c r="L259">
         <v>12.5</v>
       </c>
     </row>
-    <row r="260" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A260" t="s">
         <v>219</v>
       </c>
       <c r="B260" t="s">
         <v>266</v>
       </c>
       <c r="C260" t="s">
         <v>267</v>
       </c>
       <c r="D260">
         <v>348</v>
       </c>
       <c r="E260" t="s">
         <v>68</v>
       </c>
       <c r="F260" t="s">
         <v>279</v>
       </c>
       <c r="G260" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="261" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A261" t="s">
         <v>219</v>
       </c>
       <c r="B261" t="s">
         <v>114</v>
       </c>
       <c r="C261" t="s">
         <v>115</v>
       </c>
       <c r="D261">
         <v>349</v>
       </c>
       <c r="E261" t="s">
         <v>68</v>
       </c>
       <c r="F261" t="s">
         <v>279</v>
       </c>
       <c r="G261" t="s">
         <v>280</v>
       </c>
       <c r="H261" t="s">
         <v>221</v>
       </c>
       <c r="K261">
         <v>1.5</v>
       </c>
       <c r="L261">
         <v>7.5</v>
       </c>
     </row>
-    <row r="262" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A262" t="s">
         <v>219</v>
       </c>
       <c r="B262" t="s">
         <v>271</v>
       </c>
       <c r="C262" t="s">
         <v>272</v>
       </c>
       <c r="D262">
         <v>350</v>
       </c>
       <c r="E262" t="s">
         <v>68</v>
       </c>
       <c r="F262" t="s">
         <v>279</v>
       </c>
       <c r="G262" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="263" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A263" t="s">
         <v>219</v>
       </c>
       <c r="B263" t="s">
         <v>76</v>
       </c>
       <c r="C263" t="s">
         <v>77</v>
       </c>
       <c r="D263">
         <v>109</v>
       </c>
       <c r="E263" t="s">
         <v>68</v>
       </c>
       <c r="F263" t="s">
         <v>285</v>
       </c>
       <c r="G263" t="s">
         <v>286</v>
       </c>
       <c r="H263" t="s">
         <v>133</v>
       </c>
       <c r="K263">
         <v>0</v>
       </c>
       <c r="L263">
         <v>7.5</v>
       </c>
     </row>
-    <row r="264" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A264" t="s">
         <v>219</v>
       </c>
       <c r="B264" t="s">
         <v>79</v>
       </c>
       <c r="C264" t="s">
         <v>80</v>
       </c>
       <c r="D264">
         <v>110</v>
       </c>
       <c r="E264" t="s">
         <v>68</v>
       </c>
       <c r="F264" t="s">
         <v>285</v>
       </c>
       <c r="G264" t="s">
         <v>286</v>
       </c>
       <c r="H264" t="s">
         <v>138</v>
       </c>
       <c r="K264">
         <v>0.10000000149011599</v>
       </c>
       <c r="L264">
         <v>6</v>
       </c>
     </row>
-    <row r="265" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A265" t="s">
         <v>219</v>
       </c>
       <c r="B265" t="s">
         <v>82</v>
       </c>
       <c r="C265" t="s">
         <v>83</v>
       </c>
       <c r="D265">
         <v>111</v>
       </c>
       <c r="E265" t="s">
         <v>68</v>
       </c>
       <c r="F265" t="s">
         <v>285</v>
       </c>
       <c r="G265" t="s">
         <v>286</v>
       </c>
       <c r="H265" t="s">
         <v>176</v>
       </c>
       <c r="K265">
         <v>0.5</v>
       </c>
       <c r="L265">
         <v>7</v>
       </c>
     </row>
-    <row r="266" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A266" t="s">
         <v>219</v>
       </c>
       <c r="B266" t="s">
         <v>85</v>
       </c>
       <c r="C266" t="s">
         <v>86</v>
       </c>
       <c r="D266">
         <v>112</v>
       </c>
       <c r="E266" t="s">
         <v>68</v>
       </c>
       <c r="F266" t="s">
         <v>285</v>
       </c>
       <c r="G266" t="s">
         <v>286</v>
       </c>
       <c r="H266" t="s">
         <v>65</v>
       </c>
       <c r="K266">
         <v>0.5</v>
       </c>
       <c r="L266">
         <v>5</v>
       </c>
     </row>
-    <row r="267" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A267" t="s">
         <v>219</v>
       </c>
       <c r="B267" t="s">
         <v>88</v>
       </c>
       <c r="C267" t="s">
         <v>89</v>
       </c>
       <c r="D267">
         <v>113</v>
       </c>
       <c r="E267" t="s">
         <v>120</v>
       </c>
       <c r="F267" t="s">
         <v>285</v>
       </c>
       <c r="G267" t="s">
         <v>286</v>
       </c>
       <c r="H267" t="s">
         <v>162</v>
       </c>
       <c r="K267">
         <v>4</v>
       </c>
       <c r="L267">
         <v>7.5</v>
       </c>
     </row>
-    <row r="268" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A268" t="s">
         <v>219</v>
       </c>
       <c r="B268" t="s">
         <v>94</v>
       </c>
       <c r="C268" t="s">
         <v>95</v>
       </c>
       <c r="D268">
         <v>114</v>
       </c>
       <c r="E268" t="s">
         <v>68</v>
       </c>
       <c r="F268" t="s">
         <v>285</v>
       </c>
       <c r="G268" t="s">
         <v>286</v>
       </c>
       <c r="H268" t="s">
         <v>78</v>
       </c>
       <c r="K268">
         <v>0</v>
       </c>
       <c r="L268">
         <v>10</v>
       </c>
     </row>
-    <row r="269" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A269" t="s">
         <v>219</v>
       </c>
       <c r="B269" t="s">
         <v>96</v>
       </c>
       <c r="C269" t="s">
         <v>97</v>
       </c>
       <c r="D269">
         <v>115</v>
       </c>
       <c r="E269" t="s">
         <v>68</v>
       </c>
       <c r="F269" t="s">
         <v>285</v>
       </c>
       <c r="G269" t="s">
         <v>286</v>
       </c>
       <c r="H269" t="s">
         <v>287</v>
       </c>
       <c r="K269">
         <v>0.20000000298023199</v>
       </c>
       <c r="L269">
         <v>7.5</v>
       </c>
     </row>
-    <row r="270" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A270" t="s">
         <v>219</v>
       </c>
       <c r="B270" t="s">
         <v>99</v>
       </c>
       <c r="C270" t="s">
         <v>100</v>
       </c>
       <c r="D270">
         <v>116</v>
       </c>
       <c r="E270" t="s">
         <v>68</v>
       </c>
       <c r="F270" t="s">
         <v>285</v>
       </c>
       <c r="G270" t="s">
         <v>286</v>
       </c>
       <c r="H270" t="s">
         <v>144</v>
       </c>
       <c r="K270">
         <v>0.80000001192092896</v>
       </c>
       <c r="L270">
         <v>7.5</v>
       </c>
     </row>
-    <row r="271" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A271" t="s">
         <v>219</v>
       </c>
       <c r="B271" t="s">
         <v>110</v>
       </c>
       <c r="C271" t="s">
         <v>111</v>
       </c>
       <c r="D271">
         <v>117</v>
       </c>
       <c r="E271" t="s">
         <v>68</v>
       </c>
       <c r="F271" t="s">
         <v>285</v>
       </c>
       <c r="G271" t="s">
         <v>286</v>
       </c>
       <c r="H271" t="s">
         <v>288</v>
       </c>
       <c r="K271">
         <v>0</v>
       </c>
       <c r="L271">
         <v>10</v>
       </c>
     </row>
-    <row r="272" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A272" t="s">
         <v>219</v>
       </c>
       <c r="B272" t="s">
         <v>114</v>
       </c>
       <c r="C272" t="s">
         <v>115</v>
       </c>
       <c r="D272">
         <v>118</v>
       </c>
       <c r="E272" t="s">
         <v>68</v>
       </c>
       <c r="F272" t="s">
         <v>285</v>
       </c>
       <c r="G272" t="s">
         <v>286</v>
       </c>
       <c r="H272" t="s">
         <v>221</v>
       </c>
       <c r="K272">
         <v>1</v>
       </c>
       <c r="L272">
         <v>7.5</v>
       </c>
     </row>
-    <row r="273" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A273" t="s">
         <v>219</v>
       </c>
       <c r="B273" t="s">
         <v>76</v>
       </c>
       <c r="C273" t="s">
         <v>77</v>
       </c>
       <c r="D273">
         <v>119</v>
       </c>
       <c r="E273" t="s">
         <v>120</v>
       </c>
       <c r="F273" t="s">
         <v>289</v>
       </c>
       <c r="G273" t="s">
         <v>290</v>
       </c>
       <c r="H273" t="s">
         <v>284</v>
       </c>
       <c r="K273">
         <v>0.80000001192092896</v>
       </c>
       <c r="L273">
         <v>6</v>
       </c>
     </row>
-    <row r="274" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A274" t="s">
         <v>219</v>
       </c>
       <c r="B274" t="s">
         <v>85</v>
       </c>
       <c r="C274" t="s">
         <v>86</v>
       </c>
       <c r="D274">
         <v>120</v>
       </c>
       <c r="E274" t="s">
         <v>120</v>
       </c>
       <c r="F274" t="s">
         <v>289</v>
       </c>
       <c r="G274" t="s">
         <v>290</v>
       </c>
       <c r="H274" t="s">
         <v>93</v>
       </c>
       <c r="K274">
         <v>10</v>
       </c>
       <c r="L274">
         <v>7.5</v>
       </c>
     </row>
-    <row r="275" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A275" t="s">
         <v>219</v>
       </c>
       <c r="B275" t="s">
         <v>96</v>
       </c>
       <c r="C275" t="s">
         <v>97</v>
       </c>
       <c r="D275">
         <v>121</v>
       </c>
       <c r="E275" t="s">
         <v>120</v>
       </c>
       <c r="F275" t="s">
         <v>289</v>
       </c>
       <c r="G275" t="s">
         <v>290</v>
       </c>
       <c r="H275" t="s">
         <v>291</v>
       </c>
       <c r="K275">
         <v>5</v>
       </c>
       <c r="L275">
         <v>6</v>
       </c>
     </row>
-    <row r="276" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A276" t="s">
         <v>219</v>
       </c>
       <c r="B276" t="s">
         <v>99</v>
       </c>
       <c r="C276" t="s">
         <v>100</v>
       </c>
       <c r="D276">
         <v>122</v>
       </c>
       <c r="E276" t="s">
         <v>120</v>
       </c>
       <c r="F276" t="s">
         <v>289</v>
       </c>
       <c r="G276" t="s">
         <v>290</v>
       </c>
       <c r="H276" t="s">
         <v>292</v>
       </c>
       <c r="K276">
         <v>3</v>
       </c>
       <c r="L276">
         <v>25</v>
       </c>
     </row>
-    <row r="277" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A277" t="s">
         <v>219</v>
       </c>
       <c r="B277" t="s">
         <v>114</v>
       </c>
       <c r="C277" t="s">
         <v>115</v>
       </c>
       <c r="D277">
         <v>123</v>
       </c>
       <c r="E277" t="s">
         <v>120</v>
       </c>
       <c r="F277" t="s">
         <v>289</v>
       </c>
       <c r="G277" t="s">
         <v>290</v>
       </c>
       <c r="H277" t="s">
         <v>162</v>
       </c>
       <c r="K277">
         <v>25</v>
       </c>
       <c r="L277">
         <v>5</v>
       </c>
     </row>
-    <row r="278" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A278" t="s">
         <v>219</v>
       </c>
       <c r="B278" t="s">
         <v>48</v>
       </c>
       <c r="C278" t="s">
         <v>49</v>
       </c>
       <c r="D278">
         <v>74</v>
       </c>
       <c r="E278" t="s">
         <v>120</v>
       </c>
       <c r="F278" t="s">
         <v>293</v>
       </c>
       <c r="G278" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="279" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A279" t="s">
         <v>219</v>
       </c>
       <c r="B279" t="s">
         <v>124</v>
       </c>
       <c r="C279" t="s">
         <v>125</v>
       </c>
       <c r="D279">
         <v>75</v>
       </c>
       <c r="E279" t="s">
         <v>120</v>
       </c>
       <c r="F279" t="s">
         <v>293</v>
       </c>
       <c r="G279" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="280" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A280" t="s">
         <v>219</v>
       </c>
       <c r="B280" t="s">
         <v>76</v>
       </c>
       <c r="C280" t="s">
         <v>77</v>
       </c>
       <c r="D280">
         <v>76</v>
       </c>
       <c r="E280" t="s">
         <v>120</v>
       </c>
       <c r="F280" t="s">
         <v>293</v>
       </c>
       <c r="G280" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="281" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A281" t="s">
         <v>219</v>
       </c>
       <c r="B281" t="s">
         <v>295</v>
       </c>
       <c r="C281" t="s">
         <v>296</v>
       </c>
       <c r="D281">
         <v>77</v>
       </c>
       <c r="E281" t="s">
         <v>120</v>
       </c>
       <c r="F281" t="s">
         <v>293</v>
       </c>
       <c r="G281" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="282" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A282" t="s">
         <v>219</v>
       </c>
       <c r="B282" t="s">
         <v>79</v>
       </c>
       <c r="C282" t="s">
         <v>80</v>
       </c>
       <c r="D282">
         <v>78</v>
       </c>
       <c r="E282" t="s">
         <v>120</v>
       </c>
       <c r="F282" t="s">
         <v>293</v>
       </c>
       <c r="G282" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="283" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A283" t="s">
         <v>219</v>
       </c>
       <c r="B283" t="s">
         <v>82</v>
       </c>
       <c r="C283" t="s">
         <v>83</v>
       </c>
       <c r="D283">
         <v>79</v>
       </c>
       <c r="E283" t="s">
         <v>120</v>
       </c>
       <c r="F283" t="s">
         <v>293</v>
       </c>
       <c r="G283" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="284" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A284" t="s">
         <v>219</v>
       </c>
       <c r="B284" t="s">
         <v>85</v>
       </c>
       <c r="C284" t="s">
         <v>86</v>
       </c>
       <c r="D284">
         <v>80</v>
       </c>
       <c r="E284" t="s">
         <v>120</v>
       </c>
       <c r="F284" t="s">
         <v>293</v>
       </c>
       <c r="G284" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="285" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A285" t="s">
         <v>219</v>
       </c>
       <c r="B285" t="s">
         <v>56</v>
       </c>
       <c r="C285" t="s">
         <v>57</v>
       </c>
       <c r="D285">
         <v>81</v>
       </c>
       <c r="E285" t="s">
         <v>68</v>
       </c>
       <c r="F285" t="s">
         <v>293</v>
       </c>
       <c r="G285" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="286" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A286" t="s">
         <v>219</v>
       </c>
       <c r="B286" t="s">
         <v>44</v>
       </c>
       <c r="C286" t="s">
         <v>45</v>
       </c>
       <c r="D286">
         <v>82</v>
       </c>
       <c r="E286" t="s">
         <v>68</v>
       </c>
       <c r="F286" t="s">
         <v>293</v>
       </c>
       <c r="G286" t="s">
         <v>294</v>
       </c>
       <c r="H286" t="s">
         <v>226</v>
       </c>
       <c r="K286">
         <v>4</v>
       </c>
       <c r="L286">
         <v>5</v>
       </c>
     </row>
-    <row r="287" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A287" t="s">
         <v>219</v>
       </c>
       <c r="B287" t="s">
         <v>58</v>
       </c>
       <c r="C287" t="s">
         <v>59</v>
       </c>
       <c r="D287">
         <v>83</v>
       </c>
       <c r="E287" t="s">
         <v>68</v>
       </c>
       <c r="F287" t="s">
         <v>293</v>
       </c>
       <c r="G287" t="s">
         <v>294</v>
       </c>
       <c r="H287" t="s">
         <v>226</v>
       </c>
       <c r="K287">
         <v>2</v>
       </c>
       <c r="L287">
         <v>10</v>
       </c>
     </row>
-    <row r="288" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A288" t="s">
         <v>219</v>
       </c>
       <c r="B288" t="s">
         <v>91</v>
       </c>
       <c r="C288" t="s">
         <v>92</v>
       </c>
       <c r="D288">
         <v>84</v>
       </c>
       <c r="E288" t="s">
         <v>68</v>
       </c>
       <c r="F288" t="s">
         <v>293</v>
       </c>
       <c r="G288" t="s">
         <v>294</v>
       </c>
       <c r="H288" t="s">
         <v>81</v>
       </c>
       <c r="K288">
         <v>0.40000000596046398</v>
       </c>
       <c r="L288">
         <v>10</v>
       </c>
     </row>
-    <row r="289" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A289" t="s">
         <v>219</v>
       </c>
       <c r="B289" t="s">
         <v>155</v>
       </c>
       <c r="C289" t="s">
         <v>156</v>
       </c>
       <c r="D289">
         <v>86</v>
       </c>
       <c r="E289" t="s">
         <v>68</v>
       </c>
       <c r="F289" t="s">
         <v>293</v>
       </c>
       <c r="G289" t="s">
         <v>294</v>
       </c>
       <c r="H289" t="s">
         <v>182</v>
       </c>
       <c r="K289">
         <v>1</v>
       </c>
       <c r="L289">
         <v>12.5</v>
       </c>
     </row>
-    <row r="290" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A290" t="s">
         <v>219</v>
       </c>
       <c r="B290" t="s">
         <v>157</v>
       </c>
       <c r="C290" t="s">
         <v>158</v>
       </c>
       <c r="D290">
         <v>87</v>
       </c>
       <c r="E290" t="s">
         <v>68</v>
       </c>
       <c r="F290" t="s">
         <v>293</v>
       </c>
       <c r="G290" t="s">
         <v>294</v>
       </c>
       <c r="H290" t="s">
         <v>297</v>
       </c>
       <c r="K290">
         <v>0.80000001192092896</v>
       </c>
       <c r="L290">
         <v>7</v>
       </c>
     </row>
-    <row r="291" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A291" t="s">
         <v>219</v>
       </c>
       <c r="B291" t="s">
         <v>298</v>
       </c>
       <c r="C291" t="s">
         <v>299</v>
       </c>
       <c r="D291">
         <v>85</v>
       </c>
       <c r="E291" t="s">
         <v>68</v>
       </c>
       <c r="F291" t="s">
         <v>293</v>
       </c>
       <c r="G291" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="292" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A292" t="s">
         <v>219</v>
       </c>
       <c r="B292" t="s">
         <v>46</v>
       </c>
       <c r="C292" t="s">
         <v>47</v>
       </c>
       <c r="D292">
         <v>88</v>
       </c>
       <c r="E292" t="s">
         <v>68</v>
       </c>
       <c r="F292" t="s">
         <v>293</v>
       </c>
       <c r="G292" t="s">
         <v>294</v>
       </c>
       <c r="H292" t="s">
         <v>65</v>
       </c>
       <c r="K292">
         <v>1</v>
       </c>
       <c r="L292">
         <v>7.5</v>
       </c>
     </row>
-    <row r="293" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A293" t="s">
         <v>219</v>
       </c>
       <c r="B293" t="s">
         <v>96</v>
       </c>
       <c r="C293" t="s">
         <v>97</v>
       </c>
       <c r="D293">
         <v>145</v>
       </c>
       <c r="E293" t="s">
         <v>120</v>
       </c>
       <c r="F293" t="s">
         <v>293</v>
       </c>
       <c r="G293" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="294" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A294" t="s">
         <v>219</v>
       </c>
       <c r="B294" t="s">
         <v>61</v>
       </c>
       <c r="C294" t="s">
         <v>62</v>
       </c>
       <c r="D294">
         <v>89</v>
       </c>
       <c r="E294" t="s">
         <v>68</v>
       </c>
       <c r="F294" t="s">
         <v>293</v>
       </c>
       <c r="G294" t="s">
         <v>294</v>
       </c>
       <c r="H294" t="s">
         <v>60</v>
       </c>
       <c r="K294">
         <v>0.40000000596046398</v>
       </c>
       <c r="L294">
         <v>15</v>
       </c>
     </row>
-    <row r="295" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A295" t="s">
         <v>219</v>
       </c>
       <c r="B295" t="s">
         <v>99</v>
       </c>
       <c r="C295" t="s">
         <v>100</v>
       </c>
       <c r="D295">
         <v>90</v>
       </c>
       <c r="E295" t="s">
         <v>120</v>
       </c>
       <c r="F295" t="s">
         <v>293</v>
       </c>
       <c r="G295" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="296" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A296" t="s">
         <v>219</v>
       </c>
       <c r="B296" t="s">
         <v>39</v>
       </c>
       <c r="C296" t="s">
         <v>251</v>
       </c>
       <c r="D296">
         <v>534</v>
       </c>
       <c r="E296" t="s">
         <v>68</v>
       </c>
       <c r="F296" t="s">
         <v>293</v>
       </c>
       <c r="G296" t="s">
         <v>294</v>
       </c>
       <c r="H296" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="297" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A297" t="s">
         <v>219</v>
       </c>
       <c r="B297" t="s">
         <v>300</v>
       </c>
       <c r="C297" t="s">
         <v>301</v>
       </c>
       <c r="D297">
         <v>91</v>
       </c>
       <c r="E297" t="s">
         <v>68</v>
       </c>
       <c r="F297" t="s">
         <v>293</v>
       </c>
       <c r="G297" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="298" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A298" t="s">
         <v>219</v>
       </c>
       <c r="B298" t="s">
         <v>114</v>
       </c>
       <c r="C298" t="s">
         <v>115</v>
       </c>
       <c r="D298">
         <v>92</v>
       </c>
       <c r="E298" t="s">
         <v>120</v>
       </c>
       <c r="F298" t="s">
         <v>293</v>
       </c>
       <c r="G298" t="s">
         <v>294</v>
       </c>
       <c r="H298" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="299" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A299" t="s">
         <v>219</v>
       </c>
       <c r="B299" t="s">
         <v>302</v>
       </c>
       <c r="C299" t="s">
         <v>303</v>
       </c>
       <c r="D299">
         <v>278</v>
       </c>
       <c r="E299" t="s">
         <v>37</v>
       </c>
       <c r="F299" t="s">
         <v>304</v>
       </c>
       <c r="G299" t="s">
         <v>305</v>
       </c>
       <c r="H299" t="s">
         <v>84</v>
       </c>
       <c r="K299">
         <v>0.69999998807907104</v>
       </c>
       <c r="L299">
         <v>17.5</v>
       </c>
     </row>
-    <row r="300" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A300" t="s">
         <v>219</v>
       </c>
       <c r="B300" t="s">
         <v>306</v>
       </c>
       <c r="C300" t="s">
         <v>307</v>
       </c>
       <c r="D300">
         <v>105</v>
       </c>
       <c r="E300" t="s">
         <v>308</v>
       </c>
       <c r="F300" t="s">
         <v>304</v>
       </c>
       <c r="G300" t="s">
         <v>305</v>
       </c>
       <c r="H300" t="s">
         <v>287</v>
       </c>
       <c r="K300">
         <v>1</v>
       </c>
       <c r="L300">
         <v>7.5</v>
       </c>
     </row>
-    <row r="301" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A301" t="s">
         <v>219</v>
       </c>
       <c r="B301" t="s">
         <v>309</v>
       </c>
       <c r="C301" t="s">
         <v>310</v>
       </c>
       <c r="D301">
         <v>277</v>
       </c>
       <c r="E301" t="s">
         <v>37</v>
       </c>
       <c r="F301" t="s">
         <v>304</v>
       </c>
       <c r="G301" t="s">
         <v>305</v>
       </c>
       <c r="H301" t="s">
         <v>311</v>
       </c>
       <c r="K301">
         <v>1.5</v>
       </c>
       <c r="L301">
         <v>7.5</v>
       </c>
     </row>
-    <row r="302" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A302" t="s">
         <v>219</v>
       </c>
       <c r="B302" t="s">
         <v>312</v>
       </c>
       <c r="C302" t="s">
         <v>313</v>
       </c>
       <c r="D302">
         <v>276</v>
       </c>
       <c r="E302" t="s">
         <v>37</v>
       </c>
       <c r="F302" t="s">
         <v>304</v>
       </c>
       <c r="G302" t="s">
         <v>305</v>
       </c>
       <c r="H302" t="s">
         <v>311</v>
       </c>
       <c r="K302">
         <v>1</v>
       </c>
       <c r="L302">
         <v>4</v>
       </c>
     </row>
-    <row r="303" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A303" t="s">
         <v>219</v>
       </c>
       <c r="B303" t="s">
         <v>314</v>
       </c>
       <c r="C303" t="s">
         <v>315</v>
       </c>
       <c r="D303">
         <v>131</v>
       </c>
       <c r="E303" t="s">
         <v>308</v>
       </c>
       <c r="F303" t="s">
         <v>304</v>
       </c>
       <c r="G303" t="s">
         <v>305</v>
       </c>
       <c r="H303" t="s">
         <v>223</v>
       </c>
       <c r="K303">
         <v>0.40000000596046398</v>
       </c>
       <c r="L303">
         <v>10</v>
       </c>
     </row>
-    <row r="304" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A304" t="s">
         <v>219</v>
       </c>
       <c r="B304" t="s">
         <v>316</v>
       </c>
       <c r="C304" t="s">
         <v>316</v>
       </c>
       <c r="D304">
         <v>443</v>
       </c>
       <c r="E304" t="s">
         <v>308</v>
       </c>
       <c r="F304" t="s">
         <v>304</v>
       </c>
       <c r="G304" t="s">
         <v>305</v>
       </c>
       <c r="H304" t="s">
         <v>130</v>
       </c>
       <c r="K304">
         <v>0.30000001192092901</v>
       </c>
       <c r="L304">
         <v>25</v>
       </c>
     </row>
-    <row r="305" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A305" t="s">
         <v>219</v>
       </c>
       <c r="B305" t="s">
         <v>317</v>
       </c>
       <c r="C305" t="s">
         <v>318</v>
       </c>
       <c r="D305">
         <v>106</v>
       </c>
       <c r="E305" t="s">
         <v>319</v>
       </c>
       <c r="F305" t="s">
         <v>304</v>
       </c>
       <c r="G305" t="s">
         <v>305</v>
       </c>
       <c r="H305" t="s">
         <v>65</v>
       </c>
       <c r="K305">
         <v>2</v>
       </c>
       <c r="L305">
         <v>10</v>
       </c>
     </row>
-    <row r="306" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A306" t="s">
         <v>219</v>
       </c>
       <c r="B306" t="s">
         <v>320</v>
       </c>
       <c r="C306" t="s">
         <v>321</v>
       </c>
       <c r="D306">
         <v>538</v>
       </c>
       <c r="E306" t="s">
         <v>319</v>
       </c>
       <c r="F306" t="s">
         <v>304</v>
       </c>
       <c r="G306" t="s">
         <v>305</v>
       </c>
       <c r="H306" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="307" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A307" t="s">
         <v>219</v>
       </c>
       <c r="B307" t="s">
         <v>322</v>
       </c>
       <c r="C307" t="s">
         <v>323</v>
       </c>
       <c r="D307">
         <v>73</v>
       </c>
       <c r="E307" t="s">
         <v>324</v>
       </c>
       <c r="F307" t="s">
         <v>304</v>
       </c>
       <c r="G307" t="s">
         <v>305</v>
       </c>
       <c r="H307" t="s">
         <v>325</v>
       </c>
       <c r="K307">
         <v>0</v>
       </c>
       <c r="L307">
         <v>2</v>
       </c>
     </row>
-    <row r="308" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A308" t="s">
         <v>219</v>
       </c>
       <c r="B308" t="s">
         <v>326</v>
       </c>
       <c r="C308" t="s">
         <v>327</v>
       </c>
       <c r="D308">
         <v>71</v>
       </c>
       <c r="E308" t="s">
         <v>324</v>
       </c>
       <c r="F308" t="s">
         <v>304</v>
       </c>
       <c r="G308" t="s">
         <v>305</v>
       </c>
       <c r="H308" t="s">
         <v>328</v>
       </c>
       <c r="K308">
         <v>0.10000000149011599</v>
       </c>
       <c r="L308">
         <v>4</v>
       </c>
     </row>
-    <row r="309" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A309" t="s">
         <v>219</v>
       </c>
       <c r="B309" t="s">
         <v>329</v>
       </c>
       <c r="C309" t="s">
         <v>330</v>
       </c>
       <c r="D309">
         <v>72</v>
       </c>
       <c r="E309" t="s">
         <v>324</v>
       </c>
       <c r="F309" t="s">
         <v>304</v>
       </c>
       <c r="G309" t="s">
         <v>305</v>
       </c>
       <c r="H309" t="s">
         <v>325</v>
       </c>
       <c r="K309">
         <v>0</v>
       </c>
       <c r="L309">
         <v>4</v>
       </c>
     </row>
-    <row r="310" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A310" t="s">
         <v>219</v>
       </c>
       <c r="B310" t="s">
         <v>331</v>
       </c>
       <c r="C310" t="s">
         <v>332</v>
       </c>
       <c r="D310">
         <v>103</v>
       </c>
       <c r="E310" t="s">
         <v>308</v>
       </c>
       <c r="F310" t="s">
         <v>304</v>
       </c>
       <c r="G310" t="s">
         <v>305</v>
       </c>
       <c r="H310" t="s">
         <v>333</v>
       </c>
       <c r="K310">
         <v>1.5</v>
       </c>
       <c r="L310">
         <v>22.5</v>
       </c>
     </row>
-    <row r="311" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A311" t="s">
         <v>219</v>
       </c>
       <c r="B311" t="s">
         <v>334</v>
       </c>
       <c r="C311" t="s">
         <v>335</v>
       </c>
       <c r="D311">
         <v>132</v>
       </c>
       <c r="E311" t="s">
         <v>308</v>
       </c>
       <c r="F311" t="s">
         <v>304</v>
       </c>
       <c r="G311" t="s">
         <v>305</v>
       </c>
       <c r="H311" t="s">
         <v>336</v>
       </c>
       <c r="K311">
         <v>5</v>
       </c>
       <c r="L311">
         <v>17.5</v>
       </c>
     </row>
-    <row r="312" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A312" t="s">
         <v>219</v>
       </c>
       <c r="B312" t="s">
         <v>337</v>
       </c>
       <c r="C312" t="s">
         <v>338</v>
       </c>
       <c r="D312">
         <v>126</v>
       </c>
       <c r="E312" t="s">
         <v>308</v>
       </c>
       <c r="F312" t="s">
         <v>304</v>
       </c>
       <c r="G312" t="s">
         <v>305</v>
       </c>
       <c r="H312" t="s">
         <v>339</v>
       </c>
       <c r="K312">
         <v>5.5</v>
       </c>
       <c r="L312">
         <v>0</v>
       </c>
     </row>
-    <row r="313" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A313" t="s">
         <v>219</v>
       </c>
       <c r="B313" t="s">
         <v>340</v>
       </c>
       <c r="C313" t="s">
         <v>341</v>
       </c>
       <c r="D313">
         <v>127</v>
       </c>
       <c r="E313" t="s">
         <v>308</v>
       </c>
       <c r="F313" t="s">
         <v>304</v>
       </c>
       <c r="G313" t="s">
         <v>305</v>
       </c>
       <c r="H313" t="s">
         <v>55</v>
       </c>
       <c r="K313">
         <v>4</v>
       </c>
       <c r="L313">
         <v>4</v>
       </c>
     </row>
-    <row r="314" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A314" t="s">
         <v>219</v>
       </c>
       <c r="B314" t="s">
         <v>342</v>
       </c>
       <c r="C314" t="s">
         <v>343</v>
       </c>
       <c r="D314">
         <v>536</v>
       </c>
       <c r="E314" t="s">
         <v>308</v>
       </c>
       <c r="F314" t="s">
         <v>304</v>
       </c>
       <c r="G314" t="s">
         <v>305</v>
       </c>
       <c r="H314" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="315" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A315" t="s">
         <v>219</v>
       </c>
       <c r="B315" t="s">
         <v>344</v>
       </c>
       <c r="C315" t="s">
         <v>345</v>
       </c>
       <c r="D315">
         <v>537</v>
       </c>
       <c r="E315" t="s">
         <v>308</v>
       </c>
       <c r="F315" t="s">
         <v>304</v>
       </c>
       <c r="G315" t="s">
         <v>305</v>
       </c>
       <c r="H315" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="316" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A316" t="s">
         <v>219</v>
       </c>
       <c r="B316" t="s">
         <v>346</v>
       </c>
       <c r="C316" t="s">
         <v>347</v>
       </c>
       <c r="D316">
         <v>151</v>
       </c>
       <c r="E316" t="s">
         <v>68</v>
       </c>
       <c r="F316" t="s">
         <v>198</v>
       </c>
       <c r="G316" t="s">
         <v>199</v>
       </c>
       <c r="H316" t="s">
         <v>222</v>
       </c>
       <c r="K316">
         <v>0.20000000298023199</v>
       </c>
       <c r="L316">
         <v>25</v>
       </c>
     </row>
-    <row r="317" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A317" t="s">
         <v>219</v>
       </c>
       <c r="B317" t="s">
         <v>348</v>
       </c>
       <c r="C317" t="s">
         <v>349</v>
       </c>
       <c r="D317">
         <v>70</v>
       </c>
       <c r="E317" t="s">
         <v>68</v>
       </c>
       <c r="F317" t="s">
         <v>198</v>
       </c>
       <c r="G317" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="318" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A318" t="s">
         <v>219</v>
       </c>
       <c r="B318" t="s">
         <v>350</v>
       </c>
       <c r="C318" t="s">
         <v>351</v>
       </c>
       <c r="D318">
         <v>69</v>
       </c>
       <c r="E318" t="s">
         <v>68</v>
       </c>
       <c r="F318" t="s">
         <v>198</v>
       </c>
       <c r="G318" t="s">
         <v>199</v>
       </c>
       <c r="K318">
         <v>0.40000000596046398</v>
       </c>
       <c r="L318">
         <v>22.5</v>
       </c>
     </row>
-    <row r="319" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A319" t="s">
         <v>219</v>
       </c>
       <c r="B319" t="s">
         <v>195</v>
       </c>
       <c r="C319" t="s">
         <v>196</v>
       </c>
       <c r="D319">
         <v>367</v>
       </c>
       <c r="E319" t="s">
         <v>197</v>
       </c>
       <c r="F319" t="s">
         <v>198</v>
       </c>
       <c r="G319" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="320" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A320" t="s">
         <v>219</v>
       </c>
       <c r="B320" t="s">
         <v>200</v>
       </c>
       <c r="D320">
         <v>368</v>
       </c>
       <c r="E320" t="s">
         <v>201</v>
       </c>
       <c r="F320" t="s">
         <v>198</v>
       </c>
       <c r="G320" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="321" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A321" t="s">
         <v>219</v>
       </c>
       <c r="B321" t="s">
         <v>352</v>
       </c>
       <c r="C321" t="s">
         <v>353</v>
       </c>
       <c r="D321">
         <v>129</v>
       </c>
       <c r="E321" t="s">
         <v>68</v>
       </c>
       <c r="F321" t="s">
         <v>198</v>
       </c>
       <c r="G321" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="322" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A322" t="s">
         <v>219</v>
       </c>
       <c r="B322" t="s">
         <v>354</v>
       </c>
       <c r="C322" t="s">
         <v>355</v>
       </c>
       <c r="D322">
         <v>128</v>
       </c>
       <c r="E322" t="s">
         <v>68</v>
       </c>
       <c r="F322" t="s">
         <v>198</v>
       </c>
       <c r="G322" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="323" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A323" t="s">
         <v>219</v>
       </c>
       <c r="B323" t="s">
         <v>356</v>
       </c>
       <c r="C323" t="s">
         <v>356</v>
       </c>
       <c r="D323">
         <v>133</v>
       </c>
       <c r="E323" t="s">
         <v>308</v>
       </c>
       <c r="F323" t="s">
         <v>198</v>
       </c>
       <c r="G323" t="s">
         <v>199</v>
       </c>
       <c r="H323" t="s">
         <v>81</v>
       </c>
       <c r="K323">
         <v>0.20000000298023199</v>
       </c>
       <c r="L323">
         <v>12.5</v>
       </c>
     </row>
-    <row r="324" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A324" t="s">
         <v>219</v>
       </c>
       <c r="B324" t="s">
         <v>357</v>
       </c>
       <c r="C324" t="s">
         <v>358</v>
       </c>
       <c r="D324">
         <v>124</v>
       </c>
       <c r="E324" t="s">
         <v>68</v>
       </c>
       <c r="F324" t="s">
         <v>139</v>
       </c>
       <c r="G324" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="325" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A325" t="s">
         <v>219</v>
       </c>
       <c r="B325" t="s">
         <v>360</v>
       </c>
       <c r="C325" t="s">
         <v>361</v>
       </c>
       <c r="D325">
         <v>191</v>
       </c>
       <c r="E325" t="s">
         <v>362</v>
       </c>
       <c r="F325" t="s">
         <v>363</v>
       </c>
       <c r="G325" t="s">
         <v>364</v>
       </c>
       <c r="H325" t="s">
         <v>147</v>
       </c>
       <c r="K325">
         <v>2</v>
       </c>
       <c r="L325">
         <v>20</v>
       </c>
     </row>
-    <row r="326" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A326" t="s">
         <v>219</v>
       </c>
       <c r="B326" t="s">
         <v>48</v>
       </c>
       <c r="C326" t="s">
         <v>49</v>
       </c>
       <c r="D326">
         <v>196</v>
       </c>
       <c r="E326" t="s">
         <v>362</v>
       </c>
       <c r="F326" t="s">
         <v>363</v>
       </c>
       <c r="G326" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="327" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A327" t="s">
         <v>219</v>
       </c>
       <c r="B327" t="s">
         <v>53</v>
       </c>
       <c r="C327" t="s">
         <v>54</v>
       </c>
       <c r="D327">
         <v>195</v>
       </c>
       <c r="E327" t="s">
         <v>362</v>
       </c>
       <c r="F327" t="s">
         <v>363</v>
       </c>
       <c r="G327" t="s">
         <v>364</v>
       </c>
       <c r="H327" t="s">
         <v>147</v>
       </c>
       <c r="K327">
         <v>0</v>
       </c>
       <c r="L327">
         <v>25</v>
       </c>
     </row>
-    <row r="328" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A328" t="s">
         <v>219</v>
       </c>
       <c r="B328" t="s">
         <v>44</v>
       </c>
       <c r="C328" t="s">
         <v>45</v>
       </c>
       <c r="D328">
         <v>193</v>
       </c>
       <c r="E328" t="s">
         <v>362</v>
       </c>
       <c r="F328" t="s">
         <v>363</v>
       </c>
       <c r="G328" t="s">
         <v>364</v>
       </c>
       <c r="H328" t="s">
         <v>365</v>
       </c>
       <c r="K328">
         <v>0</v>
       </c>
       <c r="L328">
         <v>15</v>
       </c>
     </row>
-    <row r="329" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A329" t="s">
         <v>219</v>
       </c>
       <c r="B329" t="s">
         <v>58</v>
       </c>
       <c r="C329" t="s">
         <v>59</v>
       </c>
       <c r="D329">
         <v>194</v>
       </c>
       <c r="E329" t="s">
         <v>362</v>
       </c>
       <c r="F329" t="s">
         <v>363</v>
       </c>
       <c r="G329" t="s">
         <v>364</v>
       </c>
       <c r="H329" t="s">
         <v>263</v>
       </c>
       <c r="K329">
         <v>0.10000000149011599</v>
       </c>
       <c r="L329">
         <v>17.5</v>
       </c>
     </row>
-    <row r="330" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A330" t="s">
         <v>219</v>
       </c>
       <c r="B330" t="s">
         <v>46</v>
       </c>
       <c r="C330" t="s">
         <v>47</v>
       </c>
       <c r="D330">
         <v>192</v>
       </c>
       <c r="E330" t="s">
         <v>362</v>
       </c>
       <c r="F330" t="s">
         <v>363</v>
       </c>
       <c r="G330" t="s">
         <v>364</v>
       </c>
       <c r="H330" t="s">
         <v>278</v>
       </c>
       <c r="K330">
         <v>0</v>
       </c>
       <c r="L330">
         <v>20</v>
       </c>
     </row>
-    <row r="331" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A331" t="s">
         <v>219</v>
       </c>
       <c r="B331" t="s">
         <v>360</v>
       </c>
       <c r="C331" t="s">
         <v>361</v>
       </c>
       <c r="D331">
         <v>197</v>
       </c>
       <c r="E331" t="s">
         <v>362</v>
       </c>
       <c r="F331" t="s">
         <v>366</v>
       </c>
       <c r="G331" t="s">
         <v>367</v>
       </c>
       <c r="H331" t="s">
         <v>52</v>
       </c>
       <c r="K331">
         <v>3</v>
       </c>
       <c r="L331">
         <v>20</v>
       </c>
     </row>
-    <row r="332" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A332" t="s">
         <v>219</v>
       </c>
       <c r="B332" t="s">
         <v>48</v>
       </c>
       <c r="C332" t="s">
         <v>49</v>
       </c>
       <c r="D332">
         <v>202</v>
       </c>
       <c r="E332" t="s">
         <v>362</v>
       </c>
       <c r="F332" t="s">
         <v>366</v>
       </c>
       <c r="G332" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="333" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A333" t="s">
         <v>219</v>
       </c>
       <c r="B333" t="s">
         <v>53</v>
       </c>
       <c r="C333" t="s">
         <v>54</v>
       </c>
       <c r="D333">
         <v>201</v>
       </c>
       <c r="E333" t="s">
         <v>362</v>
       </c>
       <c r="F333" t="s">
         <v>366</v>
       </c>
       <c r="G333" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="334" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A334" t="s">
         <v>219</v>
       </c>
       <c r="B334" t="s">
         <v>44</v>
       </c>
       <c r="C334" t="s">
         <v>45</v>
       </c>
       <c r="D334">
         <v>199</v>
       </c>
       <c r="E334" t="s">
         <v>362</v>
       </c>
       <c r="F334" t="s">
         <v>366</v>
       </c>
       <c r="G334" t="s">
         <v>367</v>
       </c>
       <c r="H334" t="s">
         <v>78</v>
       </c>
       <c r="K334">
         <v>0.10000000149011599</v>
       </c>
       <c r="L334">
         <v>15</v>
       </c>
     </row>
-    <row r="335" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A335" t="s">
         <v>219</v>
       </c>
       <c r="B335" t="s">
         <v>58</v>
       </c>
       <c r="C335" t="s">
         <v>59</v>
       </c>
       <c r="D335">
         <v>200</v>
       </c>
       <c r="E335" t="s">
         <v>362</v>
       </c>
       <c r="F335" t="s">
         <v>366</v>
       </c>
       <c r="G335" t="s">
         <v>367</v>
       </c>
       <c r="H335" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="336" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A336" t="s">
         <v>219</v>
       </c>
       <c r="B336" t="s">
         <v>46</v>
       </c>
       <c r="C336" t="s">
         <v>47</v>
       </c>
       <c r="D336">
         <v>198</v>
       </c>
       <c r="E336" t="s">
         <v>362</v>
       </c>
       <c r="F336" t="s">
         <v>366</v>
       </c>
       <c r="G336" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="337" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A337" t="s">
         <v>219</v>
       </c>
       <c r="B337" t="s">
         <v>360</v>
       </c>
       <c r="C337" t="s">
         <v>361</v>
       </c>
       <c r="D337">
         <v>203</v>
       </c>
       <c r="E337" t="s">
         <v>362</v>
       </c>
       <c r="F337" t="s">
         <v>368</v>
       </c>
       <c r="G337" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="338" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A338" t="s">
         <v>219</v>
       </c>
       <c r="B338" t="s">
         <v>48</v>
       </c>
       <c r="C338" t="s">
         <v>49</v>
       </c>
       <c r="D338">
         <v>208</v>
       </c>
       <c r="E338" t="s">
         <v>362</v>
       </c>
       <c r="F338" t="s">
         <v>368</v>
       </c>
       <c r="G338" t="s">
         <v>369</v>
       </c>
       <c r="H338" t="s">
         <v>370</v>
       </c>
       <c r="K338">
         <v>0</v>
       </c>
       <c r="L338">
         <v>25</v>
       </c>
     </row>
-    <row r="339" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A339" t="s">
         <v>219</v>
       </c>
       <c r="B339" t="s">
         <v>53</v>
       </c>
       <c r="C339" t="s">
         <v>54</v>
       </c>
       <c r="D339">
         <v>207</v>
       </c>
       <c r="E339" t="s">
         <v>362</v>
       </c>
       <c r="F339" t="s">
         <v>368</v>
       </c>
       <c r="G339" t="s">
         <v>369</v>
       </c>
       <c r="H339" t="s">
         <v>151</v>
       </c>
       <c r="K339">
         <v>0.10000000149011599</v>
       </c>
       <c r="L339">
         <v>10</v>
       </c>
     </row>
-    <row r="340" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A340" t="s">
         <v>219</v>
       </c>
       <c r="B340" t="s">
         <v>56</v>
       </c>
       <c r="C340" t="s">
         <v>57</v>
       </c>
       <c r="D340">
         <v>211</v>
       </c>
       <c r="E340" t="s">
         <v>362</v>
       </c>
       <c r="F340" t="s">
         <v>368</v>
       </c>
       <c r="G340" t="s">
         <v>369</v>
       </c>
       <c r="K340">
         <v>0</v>
       </c>
       <c r="L340">
         <v>25</v>
       </c>
     </row>
-    <row r="341" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A341" t="s">
         <v>219</v>
       </c>
       <c r="B341" t="s">
         <v>371</v>
       </c>
       <c r="C341" t="s">
         <v>29</v>
       </c>
       <c r="D341">
         <v>209</v>
       </c>
       <c r="E341" t="s">
         <v>362</v>
       </c>
       <c r="F341" t="s">
         <v>368</v>
       </c>
       <c r="G341" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="342" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A342" t="s">
         <v>219</v>
       </c>
       <c r="B342" t="s">
         <v>44</v>
       </c>
       <c r="C342" t="s">
         <v>45</v>
       </c>
       <c r="D342">
         <v>205</v>
       </c>
       <c r="E342" t="s">
         <v>362</v>
       </c>
       <c r="F342" t="s">
         <v>368</v>
       </c>
       <c r="G342" t="s">
         <v>369</v>
       </c>
       <c r="H342" t="s">
         <v>372</v>
       </c>
       <c r="K342">
         <v>0</v>
       </c>
       <c r="L342">
         <v>12.5</v>
       </c>
     </row>
-    <row r="343" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A343" t="s">
         <v>219</v>
       </c>
       <c r="B343" t="s">
         <v>58</v>
       </c>
       <c r="C343" t="s">
         <v>59</v>
       </c>
       <c r="D343">
         <v>206</v>
       </c>
       <c r="E343" t="s">
         <v>362</v>
       </c>
       <c r="F343" t="s">
         <v>368</v>
       </c>
       <c r="G343" t="s">
         <v>369</v>
       </c>
       <c r="H343" t="s">
         <v>90</v>
       </c>
       <c r="K343">
         <v>0</v>
       </c>
       <c r="L343">
         <v>7.5</v>
       </c>
     </row>
-    <row r="344" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A344" t="s">
         <v>219</v>
       </c>
       <c r="B344" t="s">
         <v>91</v>
       </c>
       <c r="C344" t="s">
         <v>92</v>
       </c>
       <c r="D344">
         <v>210</v>
       </c>
       <c r="E344" t="s">
         <v>362</v>
       </c>
       <c r="F344" t="s">
         <v>368</v>
       </c>
       <c r="G344" t="s">
         <v>369</v>
       </c>
       <c r="H344" t="s">
         <v>288</v>
       </c>
       <c r="K344">
         <v>0</v>
       </c>
       <c r="L344">
         <v>7.5</v>
       </c>
     </row>
-    <row r="345" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A345" t="s">
         <v>219</v>
       </c>
       <c r="B345" t="s">
         <v>46</v>
       </c>
       <c r="C345" t="s">
         <v>47</v>
       </c>
       <c r="D345">
         <v>204</v>
       </c>
       <c r="E345" t="s">
         <v>362</v>
       </c>
       <c r="F345" t="s">
         <v>368</v>
       </c>
       <c r="G345" t="s">
         <v>369</v>
       </c>
       <c r="H345" t="s">
         <v>373</v>
       </c>
       <c r="K345">
         <v>0</v>
       </c>
       <c r="L345">
         <v>20</v>
       </c>
     </row>
-    <row r="346" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A346" t="s">
         <v>219</v>
       </c>
       <c r="B346" t="s">
         <v>360</v>
       </c>
       <c r="C346" t="s">
         <v>361</v>
       </c>
       <c r="D346">
         <v>212</v>
       </c>
       <c r="E346" t="s">
         <v>362</v>
       </c>
       <c r="F346" t="s">
         <v>374</v>
       </c>
       <c r="G346" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="347" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A347" t="s">
         <v>219</v>
       </c>
       <c r="B347" t="s">
         <v>48</v>
       </c>
       <c r="C347" t="s">
         <v>49</v>
       </c>
       <c r="D347">
         <v>218</v>
       </c>
       <c r="E347" t="s">
         <v>362</v>
       </c>
       <c r="F347" t="s">
         <v>374</v>
       </c>
       <c r="G347" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="348" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A348" t="s">
         <v>219</v>
       </c>
       <c r="B348" t="s">
         <v>53</v>
       </c>
       <c r="C348" t="s">
         <v>54</v>
       </c>
       <c r="D348">
         <v>216</v>
       </c>
       <c r="E348" t="s">
         <v>362</v>
       </c>
       <c r="F348" t="s">
         <v>374</v>
       </c>
       <c r="G348" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="349" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A349" t="s">
         <v>219</v>
       </c>
       <c r="B349" t="s">
         <v>56</v>
       </c>
       <c r="C349" t="s">
         <v>57</v>
       </c>
       <c r="D349">
         <v>217</v>
       </c>
       <c r="E349" t="s">
         <v>362</v>
       </c>
       <c r="F349" t="s">
         <v>374</v>
       </c>
       <c r="G349" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="350" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A350" t="s">
         <v>219</v>
       </c>
       <c r="B350" t="s">
         <v>371</v>
       </c>
       <c r="C350" t="s">
         <v>29</v>
       </c>
       <c r="D350">
         <v>220</v>
       </c>
       <c r="E350" t="s">
         <v>362</v>
       </c>
       <c r="F350" t="s">
         <v>374</v>
       </c>
       <c r="G350" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="351" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A351" t="s">
         <v>219</v>
       </c>
       <c r="B351" t="s">
         <v>44</v>
       </c>
       <c r="C351" t="s">
         <v>45</v>
       </c>
       <c r="D351">
         <v>214</v>
       </c>
       <c r="E351" t="s">
         <v>362</v>
       </c>
       <c r="F351" t="s">
         <v>374</v>
       </c>
       <c r="G351" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="352" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A352" t="s">
         <v>219</v>
       </c>
       <c r="B352" t="s">
         <v>58</v>
       </c>
       <c r="C352" t="s">
         <v>59</v>
       </c>
       <c r="D352">
         <v>215</v>
       </c>
       <c r="E352" t="s">
         <v>362</v>
       </c>
       <c r="F352" t="s">
         <v>374</v>
       </c>
       <c r="G352" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="353" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A353" t="s">
         <v>219</v>
       </c>
       <c r="B353" t="s">
         <v>91</v>
       </c>
       <c r="C353" t="s">
         <v>92</v>
       </c>
       <c r="D353">
         <v>219</v>
       </c>
       <c r="E353" t="s">
         <v>362</v>
       </c>
       <c r="F353" t="s">
         <v>374</v>
       </c>
       <c r="G353" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="354" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A354" t="s">
         <v>219</v>
       </c>
       <c r="B354" t="s">
         <v>46</v>
       </c>
       <c r="C354" t="s">
         <v>47</v>
       </c>
       <c r="D354">
         <v>213</v>
       </c>
       <c r="E354" t="s">
         <v>362</v>
       </c>
       <c r="F354" t="s">
         <v>374</v>
       </c>
       <c r="G354" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="355" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A355" t="s">
         <v>219</v>
       </c>
       <c r="B355" t="s">
         <v>360</v>
       </c>
       <c r="C355" t="s">
         <v>361</v>
       </c>
       <c r="D355">
         <v>221</v>
       </c>
       <c r="E355" t="s">
         <v>362</v>
       </c>
       <c r="F355" t="s">
         <v>376</v>
       </c>
       <c r="G355" t="s">
         <v>377</v>
       </c>
       <c r="H355" t="s">
         <v>138</v>
       </c>
       <c r="K355">
         <v>0</v>
       </c>
       <c r="L355">
         <v>10</v>
       </c>
     </row>
-    <row r="356" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A356" t="s">
         <v>219</v>
       </c>
       <c r="B356" t="s">
         <v>48</v>
       </c>
       <c r="C356" t="s">
         <v>49</v>
       </c>
       <c r="D356">
         <v>226</v>
       </c>
       <c r="E356" t="s">
         <v>362</v>
       </c>
       <c r="F356" t="s">
         <v>376</v>
       </c>
       <c r="G356" t="s">
         <v>377</v>
       </c>
       <c r="K356">
         <v>0.10000000149011599</v>
       </c>
       <c r="L356">
         <v>20</v>
       </c>
     </row>
-    <row r="357" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A357" t="s">
         <v>219</v>
       </c>
       <c r="B357" t="s">
         <v>53</v>
       </c>
       <c r="C357" t="s">
         <v>54</v>
       </c>
       <c r="D357">
         <v>224</v>
       </c>
       <c r="E357" t="s">
         <v>362</v>
       </c>
       <c r="F357" t="s">
         <v>376</v>
       </c>
       <c r="G357" t="s">
         <v>377</v>
       </c>
       <c r="H357" t="s">
         <v>138</v>
       </c>
       <c r="K357">
         <v>0</v>
       </c>
       <c r="L357">
         <v>7.5</v>
       </c>
     </row>
-    <row r="358" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A358" t="s">
         <v>219</v>
       </c>
       <c r="B358" t="s">
         <v>56</v>
       </c>
       <c r="C358" t="s">
         <v>57</v>
       </c>
       <c r="D358">
         <v>227</v>
       </c>
       <c r="E358" t="s">
         <v>362</v>
       </c>
       <c r="F358" t="s">
         <v>376</v>
       </c>
       <c r="G358" t="s">
         <v>377</v>
       </c>
       <c r="K358">
         <v>0</v>
       </c>
       <c r="L358">
         <v>25</v>
       </c>
     </row>
-    <row r="359" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A359" t="s">
         <v>219</v>
       </c>
       <c r="B359" t="s">
         <v>371</v>
       </c>
       <c r="C359" t="s">
         <v>29</v>
       </c>
       <c r="D359">
         <v>229</v>
       </c>
       <c r="E359" t="s">
         <v>362</v>
       </c>
       <c r="F359" t="s">
         <v>376</v>
       </c>
       <c r="G359" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="360" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A360" t="s">
         <v>219</v>
       </c>
       <c r="B360" t="s">
         <v>44</v>
       </c>
       <c r="C360" t="s">
         <v>45</v>
       </c>
       <c r="D360">
         <v>223</v>
       </c>
       <c r="E360" t="s">
         <v>362</v>
       </c>
       <c r="F360" t="s">
         <v>376</v>
       </c>
       <c r="G360" t="s">
         <v>377</v>
       </c>
       <c r="H360" t="s">
         <v>378</v>
       </c>
       <c r="K360">
         <v>0</v>
       </c>
       <c r="L360">
         <v>7.5</v>
       </c>
     </row>
-    <row r="361" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A361" t="s">
         <v>219</v>
       </c>
       <c r="B361" t="s">
         <v>58</v>
       </c>
       <c r="C361" t="s">
         <v>59</v>
       </c>
       <c r="D361">
         <v>225</v>
       </c>
       <c r="E361" t="s">
         <v>362</v>
       </c>
       <c r="F361" t="s">
         <v>376</v>
       </c>
       <c r="G361" t="s">
         <v>377</v>
       </c>
       <c r="H361" t="s">
         <v>379</v>
       </c>
       <c r="K361">
         <v>0</v>
       </c>
       <c r="L361">
         <v>7.5</v>
       </c>
     </row>
-    <row r="362" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A362" t="s">
         <v>219</v>
       </c>
       <c r="B362" t="s">
         <v>91</v>
       </c>
       <c r="C362" t="s">
         <v>92</v>
       </c>
       <c r="D362">
         <v>228</v>
       </c>
       <c r="E362" t="s">
         <v>362</v>
       </c>
       <c r="F362" t="s">
         <v>376</v>
       </c>
       <c r="G362" t="s">
         <v>377</v>
       </c>
       <c r="H362" t="s">
         <v>380</v>
       </c>
       <c r="K362">
         <v>0</v>
       </c>
       <c r="L362">
         <v>10</v>
       </c>
     </row>
-    <row r="363" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="363" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A363" t="s">
         <v>219</v>
       </c>
       <c r="B363" t="s">
         <v>46</v>
       </c>
       <c r="C363" t="s">
         <v>47</v>
       </c>
       <c r="D363">
         <v>222</v>
       </c>
       <c r="E363" t="s">
         <v>362</v>
       </c>
       <c r="F363" t="s">
         <v>376</v>
       </c>
       <c r="G363" t="s">
         <v>377</v>
       </c>
       <c r="H363" t="s">
         <v>288</v>
       </c>
       <c r="K363">
         <v>0</v>
       </c>
       <c r="L363">
         <v>10</v>
       </c>
     </row>
-    <row r="364" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A364" t="s">
         <v>219</v>
       </c>
       <c r="B364" t="s">
         <v>360</v>
       </c>
       <c r="C364" t="s">
         <v>361</v>
       </c>
       <c r="D364">
         <v>230</v>
       </c>
       <c r="E364" t="s">
         <v>362</v>
       </c>
       <c r="F364" t="s">
         <v>381</v>
       </c>
       <c r="G364" t="s">
         <v>382</v>
       </c>
       <c r="K364">
         <v>1</v>
       </c>
       <c r="L364">
         <v>7.5</v>
       </c>
     </row>
-    <row r="365" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A365" t="s">
         <v>219</v>
       </c>
       <c r="B365" t="s">
         <v>48</v>
       </c>
       <c r="C365" t="s">
         <v>49</v>
       </c>
       <c r="D365">
         <v>235</v>
       </c>
       <c r="E365" t="s">
         <v>362</v>
       </c>
       <c r="F365" t="s">
         <v>381</v>
       </c>
       <c r="G365" t="s">
         <v>382</v>
       </c>
       <c r="H365" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="366" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A366" t="s">
         <v>219</v>
       </c>
       <c r="B366" t="s">
         <v>53</v>
       </c>
       <c r="C366" t="s">
         <v>54</v>
       </c>
       <c r="D366">
         <v>233</v>
       </c>
       <c r="E366" t="s">
         <v>362</v>
       </c>
       <c r="F366" t="s">
         <v>381</v>
       </c>
       <c r="G366" t="s">
         <v>382</v>
       </c>
       <c r="K366">
         <v>0.40000000596046398</v>
       </c>
       <c r="L366">
         <v>6</v>
       </c>
     </row>
-    <row r="367" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A367" t="s">
         <v>219</v>
       </c>
       <c r="B367" t="s">
         <v>56</v>
       </c>
       <c r="C367" t="s">
         <v>57</v>
       </c>
       <c r="D367">
         <v>237</v>
       </c>
       <c r="E367" t="s">
         <v>362</v>
       </c>
       <c r="F367" t="s">
         <v>381</v>
       </c>
       <c r="G367" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="368" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A368" t="s">
         <v>219</v>
       </c>
       <c r="B368" t="s">
         <v>371</v>
       </c>
       <c r="C368" t="s">
         <v>29</v>
       </c>
       <c r="D368">
         <v>236</v>
       </c>
       <c r="E368" t="s">
         <v>362</v>
       </c>
       <c r="F368" t="s">
         <v>381</v>
       </c>
       <c r="G368" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="369" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A369" t="s">
         <v>219</v>
       </c>
       <c r="B369" t="s">
         <v>44</v>
       </c>
       <c r="C369" t="s">
         <v>45</v>
       </c>
       <c r="D369">
         <v>232</v>
       </c>
       <c r="E369" t="s">
         <v>362</v>
       </c>
       <c r="F369" t="s">
         <v>381</v>
       </c>
       <c r="G369" t="s">
         <v>382</v>
       </c>
       <c r="H369" t="s">
         <v>260</v>
       </c>
       <c r="K369">
         <v>0</v>
       </c>
       <c r="L369">
         <v>7.5</v>
       </c>
     </row>
-    <row r="370" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A370" t="s">
         <v>219</v>
       </c>
       <c r="B370" t="s">
         <v>58</v>
       </c>
       <c r="C370" t="s">
         <v>59</v>
       </c>
       <c r="D370">
         <v>234</v>
       </c>
       <c r="E370" t="s">
         <v>362</v>
       </c>
       <c r="F370" t="s">
         <v>381</v>
       </c>
       <c r="G370" t="s">
         <v>382</v>
       </c>
       <c r="H370" t="s">
         <v>263</v>
       </c>
       <c r="K370">
         <v>0</v>
       </c>
       <c r="L370">
         <v>7.5</v>
       </c>
     </row>
-    <row r="371" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A371" t="s">
         <v>219</v>
       </c>
       <c r="B371" t="s">
         <v>91</v>
       </c>
       <c r="C371" t="s">
         <v>92</v>
       </c>
       <c r="D371">
         <v>238</v>
       </c>
       <c r="E371" t="s">
         <v>362</v>
       </c>
       <c r="F371" t="s">
         <v>381</v>
       </c>
       <c r="G371" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="372" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A372" t="s">
         <v>219</v>
       </c>
       <c r="B372" t="s">
         <v>46</v>
       </c>
       <c r="C372" t="s">
         <v>47</v>
       </c>
       <c r="D372">
         <v>231</v>
       </c>
       <c r="E372" t="s">
         <v>362</v>
       </c>
       <c r="F372" t="s">
         <v>381</v>
       </c>
       <c r="G372" t="s">
         <v>382</v>
       </c>
       <c r="H372" t="s">
         <v>378</v>
       </c>
       <c r="K372">
         <v>0</v>
       </c>
       <c r="L372">
         <v>12.5</v>
       </c>
     </row>
-    <row r="373" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A373" t="s">
         <v>219</v>
       </c>
       <c r="B373" t="s">
+        <v>85</v>
+      </c>
+      <c r="C373" t="s">
+        <v>86</v>
+      </c>
+      <c r="D373">
+        <v>540</v>
+      </c>
+      <c r="E373" t="s">
+        <v>68</v>
+      </c>
+      <c r="F373" t="s">
+        <v>801</v>
+      </c>
+      <c r="G373" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="374" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A374" t="s">
+        <v>219</v>
+      </c>
+      <c r="B374" t="s">
+        <v>56</v>
+      </c>
+      <c r="C374" t="s">
+        <v>57</v>
+      </c>
+      <c r="D374">
+        <v>541</v>
+      </c>
+      <c r="E374" t="s">
+        <v>68</v>
+      </c>
+      <c r="F374" t="s">
+        <v>801</v>
+      </c>
+      <c r="G374" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="375" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A375" t="s">
+        <v>219</v>
+      </c>
+      <c r="B375" t="s">
+        <v>91</v>
+      </c>
+      <c r="C375" t="s">
+        <v>92</v>
+      </c>
+      <c r="D375">
+        <v>542</v>
+      </c>
+      <c r="E375" t="s">
+        <v>68</v>
+      </c>
+      <c r="F375" t="s">
+        <v>801</v>
+      </c>
+      <c r="G375" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="376" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A376" t="s">
+        <v>219</v>
+      </c>
+      <c r="B376" t="s">
+        <v>114</v>
+      </c>
+      <c r="C376" t="s">
+        <v>115</v>
+      </c>
+      <c r="D376">
+        <v>543</v>
+      </c>
+      <c r="E376" t="s">
+        <v>68</v>
+      </c>
+      <c r="F376" t="s">
+        <v>801</v>
+      </c>
+      <c r="G376" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="377" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A377" t="s">
+        <v>219</v>
+      </c>
+      <c r="B377" t="s">
         <v>48</v>
       </c>
-      <c r="C373" t="s">
+      <c r="C377" t="s">
         <v>49</v>
       </c>
-      <c r="D373">
+      <c r="D377">
         <v>291</v>
-      </c>
-[...117 lines deleted...]
-        <v>293</v>
       </c>
       <c r="E377" t="s">
         <v>68</v>
       </c>
       <c r="F377" t="s">
         <v>383</v>
       </c>
       <c r="G377" t="s">
         <v>384</v>
       </c>
-    </row>
-    <row r="378" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H377" t="s">
+        <v>116</v>
+      </c>
+      <c r="K377">
+        <v>30</v>
+      </c>
+      <c r="L377">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="378" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A378" t="s">
         <v>219</v>
       </c>
       <c r="B378" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="C378" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="D378">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="E378" t="s">
         <v>68</v>
       </c>
       <c r="F378" t="s">
         <v>383</v>
       </c>
       <c r="G378" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="379" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A379" t="s">
         <v>219</v>
       </c>
       <c r="B379" t="s">
-        <v>79</v>
+        <v>124</v>
       </c>
       <c r="C379" t="s">
-        <v>80</v>
+        <v>125</v>
       </c>
       <c r="D379">
-        <v>445</v>
+        <v>264</v>
       </c>
       <c r="E379" t="s">
         <v>68</v>
       </c>
       <c r="F379" t="s">
         <v>383</v>
       </c>
       <c r="G379" t="s">
         <v>384</v>
       </c>
-    </row>
-    <row r="380" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H379" t="s">
+        <v>81</v>
+      </c>
+      <c r="K379">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L379">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="380" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A380" t="s">
         <v>219</v>
       </c>
       <c r="B380" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="C380" t="s">
-        <v>86</v>
+        <v>54</v>
       </c>
       <c r="D380">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="E380" t="s">
         <v>68</v>
       </c>
       <c r="F380" t="s">
         <v>383</v>
       </c>
       <c r="G380" t="s">
         <v>384</v>
       </c>
       <c r="H380" t="s">
-        <v>147</v>
+        <v>169</v>
       </c>
       <c r="K380">
-        <v>0.30000001192092901</v>
+        <v>5</v>
       </c>
       <c r="L380">
         <v>12.5</v>
       </c>
     </row>
-    <row r="381" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A381" t="s">
         <v>219</v>
       </c>
       <c r="B381" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="C381" t="s">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="D381">
-        <v>267</v>
+        <v>293</v>
       </c>
       <c r="E381" t="s">
         <v>68</v>
       </c>
       <c r="F381" t="s">
         <v>383</v>
       </c>
       <c r="G381" t="s">
         <v>384</v>
       </c>
-      <c r="H381" t="s">
-[...9 lines deleted...]
-    <row r="382" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="382" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A382" t="s">
         <v>219</v>
       </c>
       <c r="B382" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="C382" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D382">
-        <v>268</v>
+        <v>294</v>
       </c>
       <c r="E382" t="s">
         <v>68</v>
       </c>
       <c r="F382" t="s">
         <v>383</v>
       </c>
       <c r="G382" t="s">
         <v>384</v>
       </c>
-      <c r="H382" t="s">
-[...9 lines deleted...]
-    <row r="383" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="383" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A383" t="s">
         <v>219</v>
       </c>
       <c r="B383" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="C383" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="D383">
-        <v>269</v>
+        <v>445</v>
       </c>
       <c r="E383" t="s">
         <v>68</v>
       </c>
       <c r="F383" t="s">
         <v>383</v>
       </c>
       <c r="G383" t="s">
         <v>384</v>
       </c>
-      <c r="H383" t="s">
-[...9 lines deleted...]
-    <row r="384" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="384" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A384" t="s">
         <v>219</v>
       </c>
       <c r="B384" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C384" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="D384">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="E384" t="s">
         <v>68</v>
       </c>
       <c r="F384" t="s">
         <v>383</v>
       </c>
       <c r="G384" t="s">
         <v>384</v>
       </c>
       <c r="H384" t="s">
-        <v>284</v>
+        <v>147</v>
       </c>
       <c r="K384">
-        <v>3</v>
+        <v>0.30000001192092901</v>
       </c>
       <c r="L384">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:12" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="385" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A385" t="s">
         <v>219</v>
       </c>
       <c r="B385" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="C385" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D385">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="E385" t="s">
         <v>68</v>
       </c>
       <c r="F385" t="s">
         <v>383</v>
       </c>
       <c r="G385" t="s">
         <v>384</v>
       </c>
       <c r="H385" t="s">
-        <v>176</v>
+        <v>240</v>
       </c>
       <c r="K385">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="L385">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:12" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="386" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A386" t="s">
         <v>219</v>
       </c>
       <c r="B386" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="C386" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="D386">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="E386" t="s">
         <v>68</v>
       </c>
       <c r="F386" t="s">
         <v>383</v>
       </c>
       <c r="G386" t="s">
         <v>384</v>
       </c>
       <c r="H386" t="s">
-        <v>194</v>
+        <v>144</v>
       </c>
       <c r="K386">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L386">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:12" x14ac:dyDescent="0.25">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="387" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A387" t="s">
         <v>219</v>
       </c>
       <c r="B387" t="s">
-        <v>101</v>
+        <v>58</v>
       </c>
       <c r="C387" t="s">
-        <v>102</v>
+        <v>59</v>
       </c>
       <c r="D387">
-        <v>446</v>
+        <v>269</v>
       </c>
       <c r="E387" t="s">
         <v>68</v>
       </c>
       <c r="F387" t="s">
         <v>383</v>
       </c>
       <c r="G387" t="s">
         <v>384</v>
       </c>
-    </row>
-    <row r="388" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H387" t="s">
+        <v>385</v>
+      </c>
+      <c r="K387">
+        <v>8</v>
+      </c>
+      <c r="L387">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="388" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A388" t="s">
         <v>219</v>
       </c>
       <c r="B388" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="C388" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D388">
-        <v>295</v>
+        <v>270</v>
       </c>
       <c r="E388" t="s">
         <v>68</v>
       </c>
       <c r="F388" t="s">
         <v>383</v>
       </c>
       <c r="G388" t="s">
         <v>384</v>
       </c>
-    </row>
-    <row r="389" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H388" t="s">
+        <v>284</v>
+      </c>
+      <c r="K388">
+        <v>3</v>
+      </c>
+      <c r="L388">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="389" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A389" t="s">
         <v>219</v>
       </c>
       <c r="B389" t="s">
-        <v>114</v>
+        <v>46</v>
       </c>
       <c r="C389" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="D389">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="E389" t="s">
         <v>68</v>
       </c>
       <c r="F389" t="s">
         <v>383</v>
       </c>
       <c r="G389" t="s">
         <v>384</v>
       </c>
       <c r="H389" t="s">
         <v>176</v>
       </c>
       <c r="K389">
-        <v>0.40000000596046398</v>
+        <v>4</v>
       </c>
       <c r="L389">
         <v>12.5</v>
       </c>
     </row>
-    <row r="390" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A390" t="s">
         <v>219</v>
       </c>
       <c r="B390" t="s">
+        <v>61</v>
+      </c>
+      <c r="C390" t="s">
+        <v>62</v>
+      </c>
+      <c r="D390">
+        <v>272</v>
+      </c>
+      <c r="E390" t="s">
+        <v>68</v>
+      </c>
+      <c r="F390" t="s">
+        <v>383</v>
+      </c>
+      <c r="G390" t="s">
+        <v>384</v>
+      </c>
+      <c r="H390" t="s">
+        <v>194</v>
+      </c>
+      <c r="K390">
+        <v>4</v>
+      </c>
+      <c r="L390">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="391" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A391" t="s">
+        <v>219</v>
+      </c>
+      <c r="B391" t="s">
+        <v>101</v>
+      </c>
+      <c r="C391" t="s">
+        <v>102</v>
+      </c>
+      <c r="D391">
+        <v>446</v>
+      </c>
+      <c r="E391" t="s">
+        <v>68</v>
+      </c>
+      <c r="F391" t="s">
+        <v>383</v>
+      </c>
+      <c r="G391" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="392" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A392" t="s">
+        <v>219</v>
+      </c>
+      <c r="B392" t="s">
+        <v>99</v>
+      </c>
+      <c r="C392" t="s">
+        <v>100</v>
+      </c>
+      <c r="D392">
+        <v>295</v>
+      </c>
+      <c r="E392" t="s">
+        <v>68</v>
+      </c>
+      <c r="F392" t="s">
+        <v>383</v>
+      </c>
+      <c r="G392" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="393" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A393" t="s">
+        <v>219</v>
+      </c>
+      <c r="B393" t="s">
+        <v>114</v>
+      </c>
+      <c r="C393" t="s">
+        <v>115</v>
+      </c>
+      <c r="D393">
+        <v>273</v>
+      </c>
+      <c r="E393" t="s">
+        <v>68</v>
+      </c>
+      <c r="F393" t="s">
+        <v>383</v>
+      </c>
+      <c r="G393" t="s">
+        <v>384</v>
+      </c>
+      <c r="H393" t="s">
+        <v>176</v>
+      </c>
+      <c r="K393">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L393">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="394" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A394" t="s">
+        <v>219</v>
+      </c>
+      <c r="B394" t="s">
         <v>44</v>
       </c>
-      <c r="C390" t="s">
+      <c r="C394" t="s">
         <v>45</v>
       </c>
-      <c r="D390">
+      <c r="D394">
         <v>246</v>
       </c>
-      <c r="E390" t="s">
-[...2 lines deleted...]
-      <c r="F390" t="s">
+      <c r="E394" t="s">
+        <v>68</v>
+      </c>
+      <c r="F394" t="s">
         <v>386</v>
       </c>
-      <c r="G390" t="s">
+      <c r="G394" t="s">
         <v>387</v>
       </c>
     </row>
-    <row r="391" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B391" t="s">
+    <row r="395" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A395" t="s">
+        <v>219</v>
+      </c>
+      <c r="B395" t="s">
         <v>61</v>
       </c>
-      <c r="C391" t="s">
+      <c r="C395" t="s">
         <v>62</v>
       </c>
-      <c r="D391">
+      <c r="D395">
         <v>247</v>
       </c>
-      <c r="E391" t="s">
-[...2 lines deleted...]
-      <c r="F391" t="s">
+      <c r="E395" t="s">
+        <v>68</v>
+      </c>
+      <c r="F395" t="s">
         <v>386</v>
       </c>
-      <c r="G391" t="s">
+      <c r="G395" t="s">
         <v>387</v>
       </c>
     </row>
-    <row r="392" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B392" t="s">
+    <row r="396" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A396" t="s">
+        <v>219</v>
+      </c>
+      <c r="B396" t="s">
         <v>44</v>
       </c>
-      <c r="C392" t="s">
+      <c r="C396" t="s">
         <v>45</v>
       </c>
-      <c r="D392">
+      <c r="D396">
         <v>248</v>
       </c>
-      <c r="E392" t="s">
-[...2 lines deleted...]
-      <c r="F392" t="s">
+      <c r="E396" t="s">
+        <v>68</v>
+      </c>
+      <c r="F396" t="s">
         <v>388</v>
       </c>
-      <c r="G392" t="s">
+      <c r="G396" t="s">
         <v>389</v>
       </c>
-      <c r="K392">
+      <c r="K396">
         <v>2</v>
       </c>
-      <c r="L392">
+      <c r="L396">
         <v>3</v>
       </c>
     </row>
-    <row r="393" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B393" t="s">
+    <row r="397" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A397" t="s">
+        <v>219</v>
+      </c>
+      <c r="B397" t="s">
         <v>61</v>
       </c>
-      <c r="C393" t="s">
+      <c r="C397" t="s">
         <v>62</v>
       </c>
-      <c r="D393">
+      <c r="D397">
         <v>245</v>
       </c>
-      <c r="E393" t="s">
-[...2 lines deleted...]
-      <c r="F393" t="s">
+      <c r="E397" t="s">
+        <v>68</v>
+      </c>
+      <c r="F397" t="s">
         <v>388</v>
       </c>
-      <c r="G393" t="s">
+      <c r="G397" t="s">
         <v>389</v>
       </c>
-      <c r="K393">
+      <c r="K397">
         <v>1</v>
       </c>
-      <c r="L393">
+      <c r="L397">
         <v>3</v>
       </c>
     </row>
-    <row r="394" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B394" t="s">
+    <row r="398" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A398" t="s">
+        <v>219</v>
+      </c>
+      <c r="B398" t="s">
         <v>128</v>
       </c>
-      <c r="C394" t="s">
+      <c r="C398" t="s">
         <v>129</v>
       </c>
-      <c r="D394">
+      <c r="D398">
         <v>284</v>
       </c>
-      <c r="E394" t="s">
-[...2 lines deleted...]
-      <c r="F394" t="s">
+      <c r="E398" t="s">
+        <v>68</v>
+      </c>
+      <c r="F398" t="s">
         <v>42</v>
       </c>
-      <c r="G394" t="s">
+      <c r="G398" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="395" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B395" t="s">
+    <row r="399" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A399" t="s">
+        <v>219</v>
+      </c>
+      <c r="B399" t="s">
         <v>35</v>
       </c>
-      <c r="C395" t="s">
+      <c r="C399" t="s">
         <v>36</v>
       </c>
-      <c r="D395">
+      <c r="D399">
         <v>285</v>
       </c>
-      <c r="E395" t="s">
-[...2 lines deleted...]
-      <c r="F395" t="s">
+      <c r="E399" t="s">
+        <v>68</v>
+      </c>
+      <c r="F399" t="s">
         <v>42</v>
       </c>
-      <c r="G395" t="s">
+      <c r="G399" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="396" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B396" t="s">
+    <row r="400" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A400" t="s">
+        <v>219</v>
+      </c>
+      <c r="B400" t="s">
         <v>139</v>
       </c>
-      <c r="C396" t="s">
+      <c r="C400" t="s">
         <v>140</v>
       </c>
-      <c r="D396">
+      <c r="D400">
         <v>125</v>
       </c>
-      <c r="E396" t="s">
-[...2 lines deleted...]
-      <c r="F396" t="s">
+      <c r="E400" t="s">
+        <v>68</v>
+      </c>
+      <c r="F400" t="s">
         <v>42</v>
       </c>
-      <c r="G396" t="s">
+      <c r="G400" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="397" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B397" t="s">
+    <row r="401" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A401" t="s">
+        <v>219</v>
+      </c>
+      <c r="B401" t="s">
         <v>157</v>
       </c>
-      <c r="C397" t="s">
+      <c r="C401" t="s">
         <v>158</v>
       </c>
-      <c r="D397">
+      <c r="D401">
         <v>286</v>
       </c>
-      <c r="E397" t="s">
-[...2 lines deleted...]
-      <c r="F397" t="s">
+      <c r="E401" t="s">
+        <v>68</v>
+      </c>
+      <c r="F401" t="s">
         <v>42</v>
       </c>
-      <c r="G397" t="s">
+      <c r="G401" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="398" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B398" t="s">
+    <row r="402" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A402" t="s">
+        <v>219</v>
+      </c>
+      <c r="B402" t="s">
         <v>76</v>
       </c>
-      <c r="C398" t="s">
+      <c r="C402" t="s">
         <v>77</v>
       </c>
-      <c r="D398">
+      <c r="D402">
         <v>535</v>
-      </c>
-[...120 lines deleted...]
-        <v>290</v>
       </c>
       <c r="E402" t="s">
         <v>68</v>
       </c>
       <c r="F402" t="s">
         <v>391</v>
       </c>
       <c r="G402" t="s">
         <v>392</v>
       </c>
       <c r="H402" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="403" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A403" t="s">
+        <v>219</v>
+      </c>
+      <c r="B403" t="s">
+        <v>85</v>
+      </c>
+      <c r="C403" t="s">
+        <v>86</v>
+      </c>
+      <c r="D403">
+        <v>287</v>
+      </c>
+      <c r="E403" t="s">
+        <v>68</v>
+      </c>
+      <c r="F403" t="s">
+        <v>391</v>
+      </c>
+      <c r="G403" t="s">
+        <v>392</v>
+      </c>
+      <c r="H403" t="s">
+        <v>173</v>
+      </c>
+      <c r="K403">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L403">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="404" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A404" t="s">
+        <v>219</v>
+      </c>
+      <c r="B404" t="s">
+        <v>56</v>
+      </c>
+      <c r="C404" t="s">
+        <v>57</v>
+      </c>
+      <c r="D404">
+        <v>288</v>
+      </c>
+      <c r="E404" t="s">
+        <v>68</v>
+      </c>
+      <c r="F404" t="s">
+        <v>391</v>
+      </c>
+      <c r="G404" t="s">
+        <v>392</v>
+      </c>
+      <c r="H404" t="s">
+        <v>144</v>
+      </c>
+      <c r="K404">
+        <v>1</v>
+      </c>
+      <c r="L404">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="405" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A405" t="s">
+        <v>219</v>
+      </c>
+      <c r="B405" t="s">
+        <v>91</v>
+      </c>
+      <c r="C405" t="s">
+        <v>92</v>
+      </c>
+      <c r="D405">
+        <v>289</v>
+      </c>
+      <c r="E405" t="s">
+        <v>68</v>
+      </c>
+      <c r="F405" t="s">
+        <v>391</v>
+      </c>
+      <c r="G405" t="s">
+        <v>392</v>
+      </c>
+      <c r="H405" t="s">
+        <v>182</v>
+      </c>
+      <c r="K405">
+        <v>3</v>
+      </c>
+      <c r="L405">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="406" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A406" t="s">
+        <v>219</v>
+      </c>
+      <c r="B406" t="s">
+        <v>114</v>
+      </c>
+      <c r="C406" t="s">
+        <v>115</v>
+      </c>
+      <c r="D406">
+        <v>290</v>
+      </c>
+      <c r="E406" t="s">
+        <v>68</v>
+      </c>
+      <c r="F406" t="s">
+        <v>391</v>
+      </c>
+      <c r="G406" t="s">
+        <v>392</v>
+      </c>
+      <c r="H406" t="s">
         <v>65</v>
       </c>
-      <c r="K402">
+      <c r="K406">
         <v>0.30000001192092901</v>
       </c>
-      <c r="L402">
+      <c r="L406">
         <v>20</v>
       </c>
     </row>
-    <row r="403" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B403" t="s">
+    <row r="407" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A407" t="s">
+        <v>219</v>
+      </c>
+      <c r="B407" t="s">
         <v>155</v>
       </c>
-      <c r="C403" t="s">
+      <c r="C407" t="s">
         <v>156</v>
       </c>
-      <c r="D403">
+      <c r="D407">
         <v>296</v>
       </c>
-      <c r="E403" t="s">
-[...2 lines deleted...]
-      <c r="F403" t="s">
+      <c r="E407" t="s">
+        <v>68</v>
+      </c>
+      <c r="F407" t="s">
         <v>393</v>
       </c>
-      <c r="G403" t="s">
+      <c r="G407" t="s">
         <v>394</v>
       </c>
-      <c r="H403" t="s">
+      <c r="H407" t="s">
         <v>65</v>
       </c>
-      <c r="K403">
+      <c r="K407">
         <v>2</v>
       </c>
-      <c r="L403">
+      <c r="L407">
         <v>15</v>
       </c>
     </row>
-    <row r="404" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B404" t="s">
+    <row r="408" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A408" t="s">
+        <v>219</v>
+      </c>
+      <c r="B408" t="s">
         <v>157</v>
       </c>
-      <c r="C404" t="s">
+      <c r="C408" t="s">
         <v>158</v>
       </c>
-      <c r="D404">
+      <c r="D408">
         <v>297</v>
       </c>
-      <c r="E404" t="s">
-[...2 lines deleted...]
-      <c r="F404" t="s">
+      <c r="E408" t="s">
+        <v>68</v>
+      </c>
+      <c r="F408" t="s">
         <v>393</v>
       </c>
-      <c r="G404" t="s">
+      <c r="G408" t="s">
         <v>394</v>
       </c>
-      <c r="H404" t="s">
+      <c r="H408" t="s">
         <v>284</v>
       </c>
-      <c r="K404">
+      <c r="K408">
         <v>1.5</v>
       </c>
-      <c r="L404">
+      <c r="L408">
         <v>12.5</v>
       </c>
     </row>
-    <row r="405" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B405" t="s">
+    <row r="409" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A409" t="s">
+        <v>219</v>
+      </c>
+      <c r="B409" t="s">
         <v>395</v>
       </c>
-      <c r="C405" t="s">
+      <c r="C409" t="s">
         <v>395</v>
       </c>
-      <c r="D405">
+      <c r="D409">
         <v>539</v>
       </c>
-      <c r="E405" t="s">
+      <c r="E409" t="s">
         <v>362</v>
       </c>
-      <c r="F405" t="s">
+      <c r="F409" t="s">
         <v>393</v>
       </c>
-      <c r="G405" t="s">
+      <c r="G409" t="s">
         <v>394</v>
       </c>
-      <c r="H405" t="s">
+      <c r="H409" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="406" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B406" t="s">
+    <row r="410" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A410" t="s">
+        <v>219</v>
+      </c>
+      <c r="B410" t="s">
         <v>396</v>
       </c>
-      <c r="C406" t="s">
+      <c r="C410" t="s">
         <v>397</v>
       </c>
-      <c r="D406">
+      <c r="D410">
         <v>363</v>
-      </c>
-[...114 lines deleted...]
-        <v>533</v>
       </c>
       <c r="E410" t="s">
         <v>68</v>
       </c>
       <c r="F410" t="s">
         <v>398</v>
       </c>
       <c r="G410" t="s">
         <v>399</v>
       </c>
       <c r="H410" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:12" x14ac:dyDescent="0.25">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="411" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A411" t="s">
         <v>219</v>
       </c>
       <c r="B411" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="C411" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="D411">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E411" t="s">
-        <v>412</v>
+        <v>68</v>
       </c>
       <c r="F411" t="s">
         <v>398</v>
       </c>
       <c r="G411" t="s">
         <v>399</v>
       </c>
       <c r="H411" t="s">
-        <v>147</v>
+        <v>123</v>
       </c>
       <c r="K411">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="L411">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:12" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="412" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A412" t="s">
         <v>219</v>
       </c>
       <c r="B412" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="C412" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="D412">
-        <v>107</v>
+        <v>362</v>
       </c>
       <c r="E412" t="s">
         <v>68</v>
       </c>
       <c r="F412" t="s">
         <v>398</v>
       </c>
       <c r="G412" t="s">
         <v>399</v>
       </c>
       <c r="H412" t="s">
-        <v>144</v>
-[...8 lines deleted...]
-    <row r="413" spans="1:12" x14ac:dyDescent="0.25">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="413" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A413" t="s">
         <v>219</v>
       </c>
       <c r="B413" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="C413" t="s">
-        <v>416</v>
+        <v>407</v>
       </c>
       <c r="D413">
-        <v>108</v>
+        <v>364</v>
       </c>
       <c r="E413" t="s">
         <v>68</v>
       </c>
       <c r="F413" t="s">
         <v>398</v>
       </c>
       <c r="G413" t="s">
         <v>399</v>
       </c>
       <c r="H413" t="s">
+        <v>221</v>
+      </c>
+      <c r="K413">
+        <v>10</v>
+      </c>
+      <c r="L413">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="414" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A414" t="s">
+        <v>219</v>
+      </c>
+      <c r="B414" t="s">
+        <v>408</v>
+      </c>
+      <c r="C414" t="s">
+        <v>409</v>
+      </c>
+      <c r="D414">
+        <v>533</v>
+      </c>
+      <c r="E414" t="s">
+        <v>68</v>
+      </c>
+      <c r="F414" t="s">
+        <v>398</v>
+      </c>
+      <c r="G414" t="s">
+        <v>399</v>
+      </c>
+      <c r="H414" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="415" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A415" t="s">
+        <v>219</v>
+      </c>
+      <c r="B415" t="s">
+        <v>410</v>
+      </c>
+      <c r="C415" t="s">
+        <v>411</v>
+      </c>
+      <c r="D415">
+        <v>365</v>
+      </c>
+      <c r="E415" t="s">
+        <v>412</v>
+      </c>
+      <c r="F415" t="s">
+        <v>398</v>
+      </c>
+      <c r="G415" t="s">
+        <v>399</v>
+      </c>
+      <c r="H415" t="s">
+        <v>147</v>
+      </c>
+      <c r="K415">
+        <v>2</v>
+      </c>
+      <c r="L415">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="416" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A416" t="s">
+        <v>219</v>
+      </c>
+      <c r="B416" t="s">
+        <v>413</v>
+      </c>
+      <c r="C416" t="s">
+        <v>414</v>
+      </c>
+      <c r="D416">
+        <v>107</v>
+      </c>
+      <c r="E416" t="s">
+        <v>68</v>
+      </c>
+      <c r="F416" t="s">
+        <v>398</v>
+      </c>
+      <c r="G416" t="s">
+        <v>399</v>
+      </c>
+      <c r="H416" t="s">
+        <v>144</v>
+      </c>
+      <c r="K416">
+        <v>1</v>
+      </c>
+      <c r="L416">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="417" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A417" t="s">
+        <v>219</v>
+      </c>
+      <c r="B417" t="s">
+        <v>415</v>
+      </c>
+      <c r="C417" t="s">
+        <v>416</v>
+      </c>
+      <c r="D417">
+        <v>108</v>
+      </c>
+      <c r="E417" t="s">
+        <v>68</v>
+      </c>
+      <c r="F417" t="s">
+        <v>398</v>
+      </c>
+      <c r="G417" t="s">
+        <v>399</v>
+      </c>
+      <c r="H417" t="s">
         <v>65</v>
       </c>
-      <c r="K413">
+      <c r="K417">
         <v>2.5</v>
       </c>
-      <c r="L413">
+      <c r="L417">
         <v>22.5</v>
       </c>
     </row>
-    <row r="414" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B414" t="s">
+    <row r="418" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A418" t="s">
+        <v>219</v>
+      </c>
+      <c r="B418" t="s">
         <v>124</v>
       </c>
-      <c r="C414" t="s">
+      <c r="C418" t="s">
         <v>125</v>
       </c>
-      <c r="D414">
+      <c r="D418">
         <v>371</v>
-      </c>
-[...114 lines deleted...]
-        <v>375</v>
       </c>
       <c r="E418" t="s">
         <v>68</v>
       </c>
       <c r="F418" t="s">
         <v>417</v>
       </c>
       <c r="G418" t="s">
         <v>418</v>
       </c>
       <c r="K418">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L418">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="419" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A419" t="s">
+        <v>219</v>
+      </c>
+      <c r="B419" t="s">
+        <v>85</v>
+      </c>
+      <c r="C419" t="s">
+        <v>86</v>
+      </c>
+      <c r="D419">
+        <v>372</v>
+      </c>
+      <c r="E419" t="s">
+        <v>68</v>
+      </c>
+      <c r="F419" t="s">
+        <v>417</v>
+      </c>
+      <c r="G419" t="s">
+        <v>418</v>
+      </c>
+      <c r="K419">
+        <v>0</v>
+      </c>
+      <c r="L419">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="420" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A420" t="s">
+        <v>219</v>
+      </c>
+      <c r="B420" t="s">
+        <v>56</v>
+      </c>
+      <c r="C420" t="s">
+        <v>57</v>
+      </c>
+      <c r="D420">
+        <v>373</v>
+      </c>
+      <c r="E420" t="s">
+        <v>68</v>
+      </c>
+      <c r="F420" t="s">
+        <v>417</v>
+      </c>
+      <c r="G420" t="s">
+        <v>418</v>
+      </c>
+      <c r="K420">
+        <v>35</v>
+      </c>
+      <c r="L420">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="421" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A421" t="s">
+        <v>219</v>
+      </c>
+      <c r="B421" t="s">
+        <v>91</v>
+      </c>
+      <c r="C421" t="s">
+        <v>92</v>
+      </c>
+      <c r="D421">
+        <v>374</v>
+      </c>
+      <c r="E421" t="s">
+        <v>68</v>
+      </c>
+      <c r="F421" t="s">
+        <v>417</v>
+      </c>
+      <c r="G421" t="s">
+        <v>418</v>
+      </c>
+      <c r="K421">
+        <v>2</v>
+      </c>
+      <c r="L421">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="422" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A422" t="s">
+        <v>219</v>
+      </c>
+      <c r="B422" t="s">
+        <v>114</v>
+      </c>
+      <c r="C422" t="s">
+        <v>115</v>
+      </c>
+      <c r="D422">
+        <v>375</v>
+      </c>
+      <c r="E422" t="s">
+        <v>68</v>
+      </c>
+      <c r="F422" t="s">
+        <v>417</v>
+      </c>
+      <c r="G422" t="s">
+        <v>418</v>
+      </c>
+      <c r="K422">
         <v>0.40000000596046398</v>
       </c>
-      <c r="L418">
+      <c r="L422">
         <v>3</v>
       </c>
     </row>
-    <row r="419" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B419" t="s">
+    <row r="423" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A423" t="s">
+        <v>219</v>
+      </c>
+      <c r="B423" t="s">
         <v>128</v>
       </c>
-      <c r="C419" t="s">
+      <c r="C423" t="s">
         <v>129</v>
       </c>
-      <c r="D419">
+      <c r="D423">
         <v>381</v>
       </c>
-      <c r="E419" t="s">
-[...2 lines deleted...]
-      <c r="F419" t="s">
+      <c r="E423" t="s">
+        <v>68</v>
+      </c>
+      <c r="F423" t="s">
         <v>419</v>
       </c>
-      <c r="G419" t="s">
+      <c r="G423" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="420" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B420" t="s">
+    <row r="424" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A424" t="s">
+        <v>219</v>
+      </c>
+      <c r="B424" t="s">
         <v>35</v>
       </c>
-      <c r="C420" t="s">
+      <c r="C424" t="s">
         <v>36</v>
       </c>
-      <c r="D420">
+      <c r="D424">
         <v>382</v>
       </c>
-      <c r="E420" t="s">
-[...2 lines deleted...]
-      <c r="F420" t="s">
+      <c r="E424" t="s">
+        <v>68</v>
+      </c>
+      <c r="F424" t="s">
         <v>419</v>
       </c>
-      <c r="G420" t="s">
+      <c r="G424" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="421" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B421" t="s">
+    <row r="425" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A425" t="s">
+        <v>219</v>
+      </c>
+      <c r="B425" t="s">
         <v>139</v>
       </c>
-      <c r="C421" t="s">
+      <c r="C425" t="s">
         <v>140</v>
       </c>
-      <c r="D421">
+      <c r="D425">
         <v>383</v>
       </c>
-      <c r="E421" t="s">
-[...2 lines deleted...]
-      <c r="F421" t="s">
+      <c r="E425" t="s">
+        <v>68</v>
+      </c>
+      <c r="F425" t="s">
         <v>419</v>
       </c>
-      <c r="G421" t="s">
+      <c r="G425" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="422" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B422" t="s">
+    <row r="426" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A426" t="s">
+        <v>219</v>
+      </c>
+      <c r="B426" t="s">
         <v>300</v>
       </c>
-      <c r="C422" t="s">
+      <c r="C426" t="s">
         <v>301</v>
       </c>
-      <c r="D422">
+      <c r="D426">
         <v>384</v>
       </c>
-      <c r="E422" t="s">
-[...2 lines deleted...]
-      <c r="F422" t="s">
+      <c r="E426" t="s">
+        <v>68</v>
+      </c>
+      <c r="F426" t="s">
         <v>419</v>
       </c>
-      <c r="G422" t="s">
+      <c r="G426" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="423" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B423" t="s">
+    <row r="427" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A427" t="s">
+        <v>219</v>
+      </c>
+      <c r="B427" t="s">
         <v>421</v>
       </c>
-      <c r="C423" t="s">
+      <c r="C427" t="s">
         <v>422</v>
       </c>
-      <c r="D423">
+      <c r="D427">
         <v>402</v>
       </c>
-      <c r="E423" t="s">
+      <c r="E427" t="s">
         <v>423</v>
       </c>
-      <c r="F423" t="s">
+      <c r="F427" t="s">
         <v>424</v>
       </c>
-      <c r="G423" t="s">
+      <c r="G427" t="s">
         <v>425</v>
       </c>
-      <c r="H423" t="s">
+      <c r="H427" t="s">
         <v>144</v>
       </c>
-      <c r="K423">
+      <c r="K427">
         <v>4</v>
       </c>
-      <c r="L423">
+      <c r="L427">
         <v>10</v>
       </c>
     </row>
-    <row r="424" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B424" t="s">
+    <row r="428" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A428" t="s">
+        <v>219</v>
+      </c>
+      <c r="B428" t="s">
         <v>426</v>
       </c>
-      <c r="C424" t="s">
+      <c r="C428" t="s">
         <v>427</v>
       </c>
-      <c r="D424">
+      <c r="D428">
         <v>403</v>
       </c>
-      <c r="E424" t="s">
+      <c r="E428" t="s">
         <v>423</v>
       </c>
-      <c r="F424" t="s">
+      <c r="F428" t="s">
         <v>424</v>
       </c>
-      <c r="G424" t="s">
+      <c r="G428" t="s">
         <v>425</v>
       </c>
-      <c r="H424" t="s">
+      <c r="H428" t="s">
         <v>144</v>
       </c>
-      <c r="K424">
+      <c r="K428">
         <v>7</v>
       </c>
-      <c r="L424">
+      <c r="L428">
         <v>10</v>
       </c>
     </row>
-    <row r="425" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B425" t="s">
+    <row r="429" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A429" t="s">
+        <v>219</v>
+      </c>
+      <c r="B429" t="s">
         <v>428</v>
       </c>
-      <c r="C425" t="s">
+      <c r="C429" t="s">
         <v>429</v>
       </c>
-      <c r="D425">
+      <c r="D429">
         <v>401</v>
       </c>
-      <c r="E425" t="s">
+      <c r="E429" t="s">
         <v>423</v>
       </c>
-      <c r="F425" t="s">
+      <c r="F429" t="s">
         <v>424</v>
       </c>
-      <c r="G425" t="s">
+      <c r="G429" t="s">
         <v>425</v>
       </c>
-      <c r="H425" t="s">
+      <c r="H429" t="s">
         <v>182</v>
       </c>
-      <c r="K425">
+      <c r="K429">
         <v>0.69999998807907104</v>
       </c>
-      <c r="L425">
+      <c r="L429">
         <v>20</v>
       </c>
     </row>
-    <row r="426" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B426" t="s">
+    <row r="430" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A430" t="s">
+        <v>219</v>
+      </c>
+      <c r="B430" t="s">
         <v>430</v>
       </c>
-      <c r="C426" t="s">
+      <c r="C430" t="s">
         <v>431</v>
       </c>
-      <c r="D426">
+      <c r="D430">
         <v>404</v>
       </c>
-      <c r="E426" t="s">
+      <c r="E430" t="s">
         <v>432</v>
       </c>
-      <c r="F426" t="s">
+      <c r="F430" t="s">
         <v>424</v>
       </c>
-      <c r="G426" t="s">
+      <c r="G430" t="s">
         <v>425</v>
       </c>
-      <c r="H426" t="s">
+      <c r="H430" t="s">
         <v>328</v>
       </c>
-      <c r="K426">
+      <c r="K430">
         <v>0.20000000298023199</v>
       </c>
-      <c r="L426">
+      <c r="L430">
         <v>1</v>
       </c>
     </row>
-    <row r="427" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B427" t="s">
+    <row r="431" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A431" t="s">
+        <v>219</v>
+      </c>
+      <c r="B431" t="s">
         <v>118</v>
       </c>
-      <c r="C427" t="s">
+      <c r="C431" t="s">
         <v>119</v>
       </c>
-      <c r="D427">
+      <c r="D431">
         <v>411</v>
       </c>
-      <c r="E427" t="s">
+      <c r="E431" t="s">
         <v>120</v>
-      </c>
-[...93 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F431" t="s">
         <v>433</v>
       </c>
       <c r="G431" t="s">
         <v>434</v>
       </c>
-      <c r="H431" t="s">
-[...3 lines deleted...]
-    <row r="432" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="432" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A432" t="s">
         <v>219</v>
       </c>
       <c r="B432" t="s">
-        <v>74</v>
+        <v>48</v>
       </c>
       <c r="C432" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="D432">
-        <v>415</v>
+        <v>434</v>
       </c>
       <c r="E432" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F432" t="s">
         <v>433</v>
       </c>
       <c r="G432" t="s">
         <v>434</v>
       </c>
-      <c r="H432" t="s">
-[...3 lines deleted...]
-    <row r="433" spans="1:8" x14ac:dyDescent="0.25">
+    </row>
+    <row r="433" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A433" t="s">
         <v>219</v>
       </c>
       <c r="B433" t="s">
-        <v>128</v>
+        <v>66</v>
       </c>
       <c r="C433" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="D433">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="E433" t="s">
         <v>68</v>
       </c>
       <c r="F433" t="s">
         <v>433</v>
       </c>
       <c r="G433" t="s">
         <v>434</v>
       </c>
-    </row>
-    <row r="434" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H433" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A434" t="s">
         <v>219</v>
       </c>
       <c r="B434" t="s">
-        <v>53</v>
+        <v>124</v>
       </c>
       <c r="C434" t="s">
-        <v>54</v>
+        <v>125</v>
       </c>
       <c r="D434">
-        <v>444</v>
+        <v>413</v>
       </c>
       <c r="E434" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F434" t="s">
         <v>433</v>
       </c>
       <c r="G434" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="435" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A435" t="s">
         <v>219</v>
       </c>
       <c r="B435" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C435" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="D435">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="E435" t="s">
         <v>68</v>
       </c>
       <c r="F435" t="s">
         <v>433</v>
       </c>
       <c r="G435" t="s">
         <v>434</v>
       </c>
       <c r="H435" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:8" x14ac:dyDescent="0.25">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A436" t="s">
         <v>219</v>
       </c>
       <c r="B436" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C436" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D436">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="E436" t="s">
         <v>68</v>
       </c>
       <c r="F436" t="s">
         <v>433</v>
       </c>
       <c r="G436" t="s">
         <v>434</v>
       </c>
       <c r="H436" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:8" x14ac:dyDescent="0.25">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A437" t="s">
         <v>219</v>
       </c>
       <c r="B437" t="s">
-        <v>82</v>
+        <v>128</v>
       </c>
       <c r="C437" t="s">
-        <v>83</v>
+        <v>129</v>
       </c>
       <c r="D437">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="E437" t="s">
         <v>68</v>
       </c>
       <c r="F437" t="s">
         <v>433</v>
       </c>
       <c r="G437" t="s">
         <v>434</v>
       </c>
-      <c r="H437" t="s">
-[...3 lines deleted...]
-    <row r="438" spans="1:8" x14ac:dyDescent="0.25">
+    </row>
+    <row r="438" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A438" t="s">
         <v>219</v>
       </c>
       <c r="B438" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="C438" t="s">
-        <v>86</v>
+        <v>54</v>
       </c>
       <c r="D438">
-        <v>420</v>
+        <v>444</v>
       </c>
       <c r="E438" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F438" t="s">
         <v>433</v>
       </c>
       <c r="G438" t="s">
         <v>434</v>
       </c>
-      <c r="H438" t="s">
-[...3 lines deleted...]
-    <row r="439" spans="1:8" x14ac:dyDescent="0.25">
+    </row>
+    <row r="439" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A439" t="s">
         <v>219</v>
       </c>
       <c r="B439" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="C439" t="s">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="D439">
-        <v>435</v>
+        <v>417</v>
       </c>
       <c r="E439" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F439" t="s">
         <v>433</v>
       </c>
       <c r="G439" t="s">
         <v>434</v>
       </c>
       <c r="H439" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:8" x14ac:dyDescent="0.25">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A440" t="s">
         <v>219</v>
       </c>
       <c r="B440" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="C440" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="D440">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="E440" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="F440" t="s">
         <v>433</v>
       </c>
       <c r="G440" t="s">
         <v>434</v>
       </c>
-    </row>
-    <row r="441" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H440" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A441" t="s">
         <v>219</v>
       </c>
       <c r="B441" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="C441" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D441">
-        <v>436</v>
+        <v>419</v>
       </c>
       <c r="E441" t="s">
         <v>68</v>
       </c>
       <c r="F441" t="s">
         <v>433</v>
       </c>
       <c r="G441" t="s">
         <v>434</v>
       </c>
-    </row>
-    <row r="442" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H441" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A442" t="s">
         <v>219</v>
       </c>
       <c r="B442" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="C442" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="D442">
-        <v>437</v>
+        <v>420</v>
       </c>
       <c r="E442" t="s">
         <v>68</v>
       </c>
       <c r="F442" t="s">
         <v>433</v>
       </c>
       <c r="G442" t="s">
         <v>434</v>
       </c>
-    </row>
-    <row r="443" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H442" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A443" t="s">
         <v>219</v>
       </c>
       <c r="B443" t="s">
-        <v>91</v>
+        <v>56</v>
       </c>
       <c r="C443" t="s">
-        <v>92</v>
+        <v>57</v>
       </c>
       <c r="D443">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="E443" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F443" t="s">
         <v>433</v>
       </c>
       <c r="G443" t="s">
         <v>434</v>
       </c>
       <c r="H443" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:8" x14ac:dyDescent="0.25">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A444" t="s">
         <v>219</v>
       </c>
       <c r="B444" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="C444" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="D444">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="E444" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F444" t="s">
         <v>433</v>
       </c>
       <c r="G444" t="s">
         <v>434</v>
       </c>
-      <c r="H444" t="s">
-[...3 lines deleted...]
-    <row r="445" spans="1:8" x14ac:dyDescent="0.25">
+    </row>
+    <row r="445" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A445" t="s">
         <v>219</v>
       </c>
       <c r="B445" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C445" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D445">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="E445" t="s">
         <v>68</v>
       </c>
       <c r="F445" t="s">
         <v>433</v>
       </c>
       <c r="G445" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="446" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A446" t="s">
         <v>219</v>
       </c>
       <c r="B446" t="s">
-        <v>96</v>
+        <v>58</v>
       </c>
       <c r="C446" t="s">
-        <v>97</v>
+        <v>59</v>
       </c>
       <c r="D446">
-        <v>423</v>
+        <v>437</v>
       </c>
       <c r="E446" t="s">
         <v>68</v>
       </c>
       <c r="F446" t="s">
         <v>433</v>
       </c>
       <c r="G446" t="s">
         <v>434</v>
       </c>
-      <c r="H446" t="s">
-[...3 lines deleted...]
-    <row r="447" spans="1:8" x14ac:dyDescent="0.25">
+    </row>
+    <row r="447" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A447" t="s">
         <v>219</v>
       </c>
       <c r="B447" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="C447" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="D447">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="E447" t="s">
         <v>68</v>
       </c>
       <c r="F447" t="s">
         <v>433</v>
       </c>
       <c r="G447" t="s">
         <v>434</v>
       </c>
       <c r="H447" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:8" x14ac:dyDescent="0.25">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A448" t="s">
         <v>219</v>
       </c>
       <c r="B448" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C448" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D448">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="E448" t="s">
         <v>68</v>
       </c>
       <c r="F448" t="s">
         <v>433</v>
       </c>
       <c r="G448" t="s">
         <v>434</v>
       </c>
       <c r="H448" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:12" x14ac:dyDescent="0.25">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="449" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A449" t="s">
         <v>219</v>
       </c>
       <c r="B449" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C449" t="s">
-        <v>251</v>
+        <v>47</v>
       </c>
       <c r="D449">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="E449" t="s">
         <v>68</v>
       </c>
       <c r="F449" t="s">
         <v>433</v>
       </c>
       <c r="G449" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="450" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A450" t="s">
         <v>219</v>
       </c>
       <c r="B450" t="s">
-        <v>174</v>
+        <v>96</v>
       </c>
       <c r="C450" t="s">
-        <v>175</v>
+        <v>97</v>
       </c>
       <c r="D450">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="E450" t="s">
         <v>68</v>
       </c>
       <c r="F450" t="s">
         <v>433</v>
       </c>
       <c r="G450" t="s">
         <v>434</v>
       </c>
-    </row>
-    <row r="451" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H450" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="451" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A451" t="s">
         <v>219</v>
       </c>
       <c r="B451" t="s">
-        <v>101</v>
+        <v>61</v>
       </c>
       <c r="C451" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D451">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="E451" t="s">
         <v>68</v>
       </c>
       <c r="F451" t="s">
         <v>433</v>
       </c>
       <c r="G451" t="s">
         <v>434</v>
       </c>
-    </row>
-    <row r="452" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H451" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="452" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A452" t="s">
         <v>219</v>
       </c>
       <c r="B452" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C452" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D452">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="E452" t="s">
         <v>68</v>
       </c>
       <c r="F452" t="s">
         <v>433</v>
       </c>
       <c r="G452" t="s">
         <v>434</v>
       </c>
-    </row>
-    <row r="453" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H452" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="453" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A453" t="s">
         <v>219</v>
       </c>
       <c r="B453" t="s">
-        <v>180</v>
+        <v>39</v>
       </c>
       <c r="C453" t="s">
-        <v>181</v>
+        <v>251</v>
       </c>
       <c r="D453">
-        <v>428</v>
+        <v>442</v>
       </c>
       <c r="E453" t="s">
         <v>68</v>
       </c>
       <c r="F453" t="s">
         <v>433</v>
       </c>
       <c r="G453" t="s">
         <v>434</v>
       </c>
-      <c r="H453" t="s">
-[...3 lines deleted...]
-    <row r="454" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="454" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A454" t="s">
         <v>219</v>
       </c>
       <c r="B454" t="s">
-        <v>105</v>
+        <v>174</v>
       </c>
       <c r="C454" t="s">
-        <v>106</v>
+        <v>175</v>
       </c>
       <c r="D454">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="E454" t="s">
         <v>68</v>
       </c>
       <c r="F454" t="s">
         <v>433</v>
       </c>
       <c r="G454" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="455" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="455" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A455" t="s">
         <v>219</v>
       </c>
       <c r="B455" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="C455" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="D455">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="E455" t="s">
         <v>68</v>
       </c>
       <c r="F455" t="s">
         <v>433</v>
       </c>
       <c r="G455" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="456" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A456" t="s">
         <v>219</v>
       </c>
       <c r="B456" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="C456" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="D456">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="E456" t="s">
         <v>68</v>
       </c>
       <c r="F456" t="s">
         <v>433</v>
       </c>
       <c r="G456" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="457" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A457" t="s">
         <v>219</v>
       </c>
       <c r="B457" t="s">
-        <v>112</v>
+        <v>180</v>
       </c>
       <c r="C457" t="s">
-        <v>113</v>
+        <v>181</v>
       </c>
       <c r="D457">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="E457" t="s">
         <v>68</v>
       </c>
       <c r="F457" t="s">
         <v>433</v>
       </c>
       <c r="G457" t="s">
         <v>434</v>
       </c>
       <c r="H457" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:12" x14ac:dyDescent="0.25">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="458" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A458" t="s">
         <v>219</v>
       </c>
       <c r="B458" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="C458" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="D458">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="E458" t="s">
         <v>68</v>
       </c>
       <c r="F458" t="s">
         <v>433</v>
       </c>
       <c r="G458" t="s">
         <v>434</v>
       </c>
-      <c r="H458" t="s">
+    </row>
+    <row r="459" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A459" t="s">
+        <v>219</v>
+      </c>
+      <c r="B459" t="s">
+        <v>107</v>
+      </c>
+      <c r="C459" t="s">
+        <v>108</v>
+      </c>
+      <c r="D459">
+        <v>430</v>
+      </c>
+      <c r="E459" t="s">
+        <v>68</v>
+      </c>
+      <c r="F459" t="s">
+        <v>433</v>
+      </c>
+      <c r="G459" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="460" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A460" t="s">
+        <v>219</v>
+      </c>
+      <c r="B460" t="s">
+        <v>110</v>
+      </c>
+      <c r="C460" t="s">
+        <v>111</v>
+      </c>
+      <c r="D460">
+        <v>431</v>
+      </c>
+      <c r="E460" t="s">
+        <v>68</v>
+      </c>
+      <c r="F460" t="s">
+        <v>433</v>
+      </c>
+      <c r="G460" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="461" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A461" t="s">
+        <v>219</v>
+      </c>
+      <c r="B461" t="s">
+        <v>112</v>
+      </c>
+      <c r="C461" t="s">
+        <v>113</v>
+      </c>
+      <c r="D461">
+        <v>432</v>
+      </c>
+      <c r="E461" t="s">
+        <v>68</v>
+      </c>
+      <c r="F461" t="s">
+        <v>433</v>
+      </c>
+      <c r="G461" t="s">
+        <v>434</v>
+      </c>
+      <c r="H461" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="462" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A462" t="s">
+        <v>219</v>
+      </c>
+      <c r="B462" t="s">
+        <v>114</v>
+      </c>
+      <c r="C462" t="s">
+        <v>115</v>
+      </c>
+      <c r="D462">
+        <v>433</v>
+      </c>
+      <c r="E462" t="s">
+        <v>68</v>
+      </c>
+      <c r="F462" t="s">
+        <v>433</v>
+      </c>
+      <c r="G462" t="s">
+        <v>434</v>
+      </c>
+      <c r="H462" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="459" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B459" t="s">
+    <row r="463" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A463" t="s">
+        <v>219</v>
+      </c>
+      <c r="B463" t="s">
         <v>436</v>
       </c>
-      <c r="C459" t="s">
+      <c r="C463" t="s">
         <v>62</v>
       </c>
-      <c r="D459">
+      <c r="D463">
         <v>504</v>
       </c>
-      <c r="E459" t="s">
-[...2 lines deleted...]
-      <c r="F459" t="s">
+      <c r="E463" t="s">
+        <v>68</v>
+      </c>
+      <c r="F463" t="s">
         <v>437</v>
       </c>
-      <c r="G459" t="s">
+      <c r="G463" t="s">
         <v>438</v>
       </c>
-      <c r="K459">
+      <c r="K463">
         <v>0.54000002145767201</v>
       </c>
-      <c r="L459">
+      <c r="L463">
         <v>4</v>
       </c>
     </row>
-    <row r="460" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B460" t="s">
+    <row r="464" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A464" t="s">
+        <v>219</v>
+      </c>
+      <c r="B464" t="s">
         <v>439</v>
       </c>
-      <c r="C460" t="s">
+      <c r="C464" t="s">
         <v>45</v>
       </c>
-      <c r="D460">
+      <c r="D464">
         <v>503</v>
       </c>
-      <c r="E460" t="s">
-[...2 lines deleted...]
-      <c r="F460" t="s">
+      <c r="E464" t="s">
+        <v>68</v>
+      </c>
+      <c r="F464" t="s">
         <v>437</v>
       </c>
-      <c r="G460" t="s">
+      <c r="G464" t="s">
         <v>438</v>
       </c>
-      <c r="K460">
+      <c r="K464">
         <v>2.7999999523162802</v>
       </c>
-      <c r="L460">
+      <c r="L464">
         <v>3.2000000476837198</v>
       </c>
     </row>
-    <row r="461" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B461" t="s">
+    <row r="465" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A465" t="s">
+        <v>219</v>
+      </c>
+      <c r="B465" t="s">
         <v>440</v>
       </c>
-      <c r="C461" t="s">
+      <c r="C465" t="s">
         <v>59</v>
       </c>
-      <c r="D461">
+      <c r="D465">
         <v>502</v>
       </c>
-      <c r="E461" t="s">
-[...2 lines deleted...]
-      <c r="F461" t="s">
+      <c r="E465" t="s">
+        <v>68</v>
+      </c>
+      <c r="F465" t="s">
         <v>437</v>
       </c>
-      <c r="G461" t="s">
+      <c r="G465" t="s">
         <v>438</v>
       </c>
-      <c r="K461">
+      <c r="K465">
         <v>0</v>
       </c>
-      <c r="L461">
+      <c r="L465">
         <v>3.4000000953674299</v>
       </c>
     </row>
-    <row r="462" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B462" t="s">
+    <row r="466" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A466" t="s">
+        <v>219</v>
+      </c>
+      <c r="B466" t="s">
         <v>441</v>
       </c>
-      <c r="C462" t="s">
+      <c r="C466" t="s">
         <v>54</v>
       </c>
-      <c r="D462">
+      <c r="D466">
         <v>501</v>
       </c>
-      <c r="E462" t="s">
-[...2 lines deleted...]
-      <c r="F462" t="s">
+      <c r="E466" t="s">
+        <v>68</v>
+      </c>
+      <c r="F466" t="s">
         <v>437</v>
       </c>
-      <c r="G462" t="s">
+      <c r="G466" t="s">
         <v>438</v>
       </c>
-      <c r="K462">
+      <c r="K466">
         <v>115</v>
       </c>
-      <c r="L462">
+      <c r="L466">
         <v>3.2000000476837198</v>
       </c>
     </row>
-    <row r="463" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B463" t="s">
+    <row r="467" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A467" t="s">
+        <v>219</v>
+      </c>
+      <c r="B467" t="s">
         <v>442</v>
       </c>
-      <c r="C463" t="s">
+      <c r="C467" t="s">
         <v>443</v>
       </c>
-      <c r="D463">
+      <c r="D467">
         <v>508</v>
       </c>
-      <c r="E463" t="s">
-[...2 lines deleted...]
-      <c r="F463" t="s">
+      <c r="E467" t="s">
+        <v>68</v>
+      </c>
+      <c r="F467" t="s">
         <v>444</v>
       </c>
-      <c r="G463" t="s">
+      <c r="G467" t="s">
         <v>445</v>
       </c>
-      <c r="K463">
+      <c r="K467">
         <v>9.00000035762787E-2</v>
       </c>
-      <c r="L463">
+      <c r="L467">
         <v>1.70000004768372</v>
       </c>
     </row>
-    <row r="464" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B464" t="s">
+    <row r="468" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A468" t="s">
+        <v>219</v>
+      </c>
+      <c r="B468" t="s">
         <v>446</v>
       </c>
-      <c r="C464" t="s">
+      <c r="C468" t="s">
         <v>447</v>
       </c>
-      <c r="D464">
+      <c r="D468">
         <v>507</v>
       </c>
-      <c r="E464" t="s">
-[...2 lines deleted...]
-      <c r="F464" t="s">
+      <c r="E468" t="s">
+        <v>68</v>
+      </c>
+      <c r="F468" t="s">
         <v>444</v>
       </c>
-      <c r="G464" t="s">
+      <c r="G468" t="s">
         <v>445</v>
       </c>
-      <c r="K464">
+      <c r="K468">
         <v>0</v>
       </c>
-      <c r="L464">
+      <c r="L468">
         <v>4.4000000953674299</v>
       </c>
     </row>
-    <row r="465" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B465" t="s">
+    <row r="469" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A469" t="s">
+        <v>219</v>
+      </c>
+      <c r="B469" t="s">
         <v>448</v>
       </c>
-      <c r="C465" t="s">
+      <c r="C469" t="s">
         <v>449</v>
       </c>
-      <c r="D465">
+      <c r="D469">
         <v>506</v>
       </c>
-      <c r="E465" t="s">
-[...2 lines deleted...]
-      <c r="F465" t="s">
+      <c r="E469" t="s">
+        <v>68</v>
+      </c>
+      <c r="F469" t="s">
         <v>444</v>
       </c>
-      <c r="G465" t="s">
+      <c r="G469" t="s">
         <v>445</v>
       </c>
-      <c r="K465">
+      <c r="K469">
         <v>0.20999999344348899</v>
       </c>
-      <c r="L465">
+      <c r="L469">
         <v>2.7000000476837198</v>
       </c>
     </row>
-    <row r="466" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B466" t="s">
+    <row r="470" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A470" t="s">
+        <v>219</v>
+      </c>
+      <c r="B470" t="s">
         <v>450</v>
       </c>
-      <c r="C466" t="s">
+      <c r="C470" t="s">
         <v>451</v>
       </c>
-      <c r="D466">
+      <c r="D470">
         <v>510</v>
       </c>
-      <c r="E466" t="s">
+      <c r="E470" t="s">
         <v>452</v>
-      </c>
-[...114 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F470" t="s">
         <v>453</v>
       </c>
       <c r="G470" t="s">
         <v>454</v>
       </c>
       <c r="K470">
-        <v>5.9999998658895499E-2</v>
+        <v>0.119999997317791</v>
       </c>
       <c r="L470">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:12" x14ac:dyDescent="0.25">
+        <v>6.1999998092651403</v>
+      </c>
+    </row>
+    <row r="471" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A471" t="s">
         <v>219</v>
       </c>
       <c r="B471" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="C471" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="D471">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="E471" t="s">
-        <v>308</v>
+        <v>457</v>
       </c>
       <c r="F471" t="s">
         <v>453</v>
       </c>
       <c r="G471" t="s">
         <v>454</v>
       </c>
       <c r="K471">
-        <v>0.30000001192092901</v>
+        <v>7.9999998211860698E-2</v>
       </c>
       <c r="L471">
-        <v>9.3000001907348597</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:12" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="472" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A472" t="s">
         <v>219</v>
       </c>
       <c r="B472" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="C472" t="s">
-        <v>465</v>
+        <v>59</v>
       </c>
       <c r="D472">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="E472" t="s">
-        <v>308</v>
+        <v>459</v>
       </c>
       <c r="F472" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
       <c r="G472" t="s">
-        <v>467</v>
+        <v>454</v>
       </c>
       <c r="K472">
-        <v>1</v>
+        <v>0.18999999761581399</v>
       </c>
       <c r="L472">
+        <v>1.70000004768372</v>
+      </c>
+    </row>
+    <row r="473" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A473" t="s">
+        <v>219</v>
+      </c>
+      <c r="B473" t="s">
+        <v>460</v>
+      </c>
+      <c r="C473" t="s">
+        <v>327</v>
+      </c>
+      <c r="D473">
+        <v>512</v>
+      </c>
+      <c r="E473" t="s">
+        <v>324</v>
+      </c>
+      <c r="F473" t="s">
+        <v>453</v>
+      </c>
+      <c r="G473" t="s">
+        <v>454</v>
+      </c>
+      <c r="K473">
+        <v>5.9999998658895499E-2</v>
+      </c>
+      <c r="L473">
         <v>0</v>
       </c>
     </row>
-    <row r="473" spans="1:12" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-    <row r="474" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A474" t="s">
         <v>219</v>
       </c>
       <c r="B474" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="C474" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="D474">
-        <v>516</v>
+        <v>527</v>
       </c>
       <c r="E474" t="s">
-        <v>308</v>
+        <v>324</v>
       </c>
       <c r="F474" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
       <c r="G474" t="s">
-        <v>467</v>
+        <v>454</v>
       </c>
       <c r="K474">
-        <v>0.5</v>
+        <v>5.9999998658895499E-2</v>
       </c>
       <c r="L474">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:12" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="475" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A475" t="s">
         <v>219</v>
       </c>
       <c r="B475" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="C475" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="D475">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="E475" t="s">
         <v>308</v>
       </c>
       <c r="F475" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
       <c r="G475" t="s">
-        <v>467</v>
+        <v>454</v>
       </c>
       <c r="K475">
-        <v>7.0000000298023196E-2</v>
+        <v>0.30000001192092901</v>
       </c>
       <c r="L475">
-        <v>6.1999998092651403</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:12" x14ac:dyDescent="0.25">
+        <v>9.3000001907348597</v>
+      </c>
+    </row>
+    <row r="476" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A476" t="s">
         <v>219</v>
       </c>
       <c r="B476" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="C476" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="D476">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="E476" t="s">
         <v>308</v>
       </c>
       <c r="F476" t="s">
         <v>466</v>
       </c>
       <c r="G476" t="s">
         <v>467</v>
       </c>
       <c r="K476">
-        <v>0.119999997317791</v>
+        <v>1</v>
       </c>
       <c r="L476">
-        <v>6.1999998092651403</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:12" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="477" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A477" t="s">
         <v>219</v>
       </c>
       <c r="B477" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="C477" t="s">
-        <v>310</v>
+        <v>468</v>
       </c>
       <c r="D477">
-        <v>528</v>
+        <v>515</v>
       </c>
       <c r="E477" t="s">
         <v>308</v>
       </c>
       <c r="F477" t="s">
         <v>466</v>
       </c>
       <c r="G477" t="s">
         <v>467</v>
       </c>
       <c r="K477">
-        <v>0.10000000149011599</v>
+        <v>0.89999997615814198</v>
       </c>
       <c r="L477">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:12" x14ac:dyDescent="0.25">
+        <v>3.7000000476837198</v>
+      </c>
+    </row>
+    <row r="478" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A478" t="s">
         <v>219</v>
       </c>
       <c r="B478" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C478" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="D478">
-        <v>529</v>
+        <v>516</v>
       </c>
       <c r="E478" t="s">
         <v>308</v>
       </c>
       <c r="F478" t="s">
         <v>466</v>
       </c>
       <c r="G478" t="s">
         <v>467</v>
       </c>
       <c r="K478">
-        <v>0.10000000149011599</v>
+        <v>0.5</v>
       </c>
       <c r="L478">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:12" x14ac:dyDescent="0.25">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="479" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A479" t="s">
         <v>219</v>
       </c>
       <c r="B479" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="C479" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="D479">
-        <v>530</v>
+        <v>517</v>
       </c>
       <c r="E479" t="s">
         <v>308</v>
       </c>
       <c r="F479" t="s">
         <v>466</v>
       </c>
       <c r="G479" t="s">
         <v>467</v>
       </c>
       <c r="K479">
-        <v>0.10000000149011599</v>
+        <v>7.0000000298023196E-2</v>
       </c>
       <c r="L479">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:12" x14ac:dyDescent="0.25">
+        <v>6.1999998092651403</v>
+      </c>
+    </row>
+    <row r="480" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A480" t="s">
         <v>219</v>
       </c>
       <c r="B480" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="C480" t="s">
-        <v>307</v>
+        <v>472</v>
       </c>
       <c r="D480">
-        <v>531</v>
+        <v>518</v>
       </c>
       <c r="E480" t="s">
         <v>308</v>
       </c>
       <c r="F480" t="s">
         <v>466</v>
       </c>
       <c r="G480" t="s">
         <v>467</v>
       </c>
       <c r="K480">
-        <v>0.10000000149011599</v>
+        <v>0.119999997317791</v>
       </c>
       <c r="L480">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:12" x14ac:dyDescent="0.25">
+        <v>6.1999998092651403</v>
+      </c>
+    </row>
+    <row r="481" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A481" t="s">
         <v>219</v>
       </c>
       <c r="B481" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="C481" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="D481">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="E481" t="s">
         <v>308</v>
       </c>
       <c r="F481" t="s">
         <v>466</v>
       </c>
       <c r="G481" t="s">
         <v>467</v>
       </c>
       <c r="K481">
         <v>0.10000000149011599</v>
       </c>
       <c r="L481">
         <v>10</v>
       </c>
     </row>
-    <row r="482" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="482" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A482" t="s">
         <v>219</v>
       </c>
       <c r="B482" t="s">
-        <v>53</v>
+        <v>474</v>
       </c>
       <c r="C482" t="s">
-        <v>54</v>
+        <v>475</v>
       </c>
       <c r="D482">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E482" t="s">
-        <v>362</v>
+        <v>308</v>
       </c>
       <c r="F482" t="s">
-        <v>479</v>
+        <v>466</v>
       </c>
       <c r="G482" t="s">
-        <v>480</v>
+        <v>467</v>
       </c>
       <c r="K482">
         <v>0.10000000149011599</v>
       </c>
       <c r="L482">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="483" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A483" t="s">
         <v>219</v>
       </c>
       <c r="B483" t="s">
-        <v>58</v>
+        <v>476</v>
       </c>
       <c r="C483" t="s">
-        <v>59</v>
+        <v>475</v>
       </c>
       <c r="D483">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="E483" t="s">
-        <v>362</v>
+        <v>308</v>
       </c>
       <c r="F483" t="s">
-        <v>479</v>
+        <v>466</v>
       </c>
       <c r="G483" t="s">
-        <v>480</v>
+        <v>467</v>
       </c>
       <c r="K483">
-        <v>1.9999999552965199E-2</v>
+        <v>0.10000000149011599</v>
       </c>
       <c r="L483">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="484" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A484" t="s">
         <v>219</v>
       </c>
       <c r="B484" t="s">
-        <v>46</v>
+        <v>477</v>
       </c>
       <c r="C484" t="s">
-        <v>47</v>
+        <v>307</v>
       </c>
       <c r="D484">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="E484" t="s">
-        <v>362</v>
+        <v>308</v>
       </c>
       <c r="F484" t="s">
-        <v>479</v>
+        <v>466</v>
       </c>
       <c r="G484" t="s">
-        <v>480</v>
+        <v>467</v>
       </c>
       <c r="K484">
-        <v>9.9999997764825804E-3</v>
+        <v>0.10000000149011599</v>
       </c>
       <c r="L484">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="485" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A485" t="s">
         <v>219</v>
       </c>
       <c r="B485" t="s">
-        <v>44</v>
+        <v>478</v>
       </c>
       <c r="C485" t="s">
-        <v>45</v>
+        <v>307</v>
       </c>
       <c r="D485">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="E485" t="s">
-        <v>362</v>
+        <v>308</v>
       </c>
       <c r="F485" t="s">
-        <v>479</v>
+        <v>466</v>
       </c>
       <c r="G485" t="s">
-        <v>480</v>
+        <v>467</v>
       </c>
       <c r="K485">
-        <v>9.9999997764825804E-3</v>
+        <v>0.10000000149011599</v>
       </c>
       <c r="L485">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="486" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A486" t="s">
         <v>219</v>
       </c>
       <c r="B486" t="s">
-        <v>371</v>
+        <v>53</v>
       </c>
       <c r="C486" t="s">
-        <v>481</v>
+        <v>54</v>
       </c>
       <c r="D486">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="E486" t="s">
         <v>362</v>
       </c>
       <c r="F486" t="s">
         <v>479</v>
       </c>
       <c r="G486" t="s">
         <v>480</v>
       </c>
       <c r="K486">
-        <v>9.9999997764825804E-3</v>
+        <v>0.10000000149011599</v>
       </c>
       <c r="L486">
         <v>12.5</v>
       </c>
     </row>
-    <row r="487" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="487" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A487" t="s">
         <v>219</v>
       </c>
       <c r="B487" t="s">
-        <v>482</v>
+        <v>58</v>
       </c>
       <c r="C487" t="s">
-        <v>483</v>
+        <v>59</v>
       </c>
       <c r="D487">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="E487" t="s">
         <v>362</v>
       </c>
       <c r="F487" t="s">
         <v>479</v>
       </c>
       <c r="G487" t="s">
         <v>480</v>
       </c>
       <c r="K487">
-        <v>0.15000000596046401</v>
+        <v>1.9999999552965199E-2</v>
       </c>
       <c r="L487">
         <v>12.5</v>
       </c>
     </row>
-    <row r="488" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A488" t="s">
         <v>219</v>
       </c>
       <c r="B488" t="s">
-        <v>484</v>
+        <v>46</v>
       </c>
       <c r="C488" t="s">
-        <v>485</v>
+        <v>47</v>
       </c>
       <c r="D488">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="E488" t="s">
         <v>362</v>
       </c>
       <c r="F488" t="s">
         <v>479</v>
       </c>
       <c r="G488" t="s">
         <v>480</v>
       </c>
       <c r="K488">
-        <v>0.140000000596046</v>
+        <v>9.9999997764825804E-3</v>
       </c>
       <c r="L488">
         <v>12.5</v>
       </c>
     </row>
-    <row r="489" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A489" t="s">
         <v>219</v>
       </c>
       <c r="B489" t="s">
-        <v>486</v>
+        <v>44</v>
       </c>
       <c r="C489" t="s">
-        <v>487</v>
+        <v>45</v>
       </c>
       <c r="D489">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="E489" t="s">
-        <v>308</v>
+        <v>362</v>
       </c>
       <c r="F489" t="s">
         <v>479</v>
       </c>
       <c r="G489" t="s">
         <v>480</v>
       </c>
       <c r="K489">
-        <v>0.5</v>
+        <v>9.9999997764825804E-3</v>
       </c>
       <c r="L489">
         <v>12.5</v>
       </c>
     </row>
-    <row r="490" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="490" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A490" t="s">
-        <v>488</v>
+        <v>219</v>
       </c>
       <c r="B490" t="s">
-        <v>118</v>
+        <v>371</v>
       </c>
       <c r="C490" t="s">
-        <v>119</v>
+        <v>481</v>
       </c>
       <c r="D490">
-        <v>36</v>
+        <v>523</v>
       </c>
       <c r="E490" t="s">
-        <v>120</v>
+        <v>362</v>
       </c>
       <c r="F490" t="s">
-        <v>192</v>
+        <v>479</v>
       </c>
       <c r="G490" t="s">
-        <v>122</v>
-[...5 lines deleted...]
-    <row r="491" spans="1:12" x14ac:dyDescent="0.25">
+        <v>480</v>
+      </c>
+      <c r="K490">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L490">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="491" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A491" t="s">
-        <v>488</v>
+        <v>219</v>
       </c>
       <c r="B491" t="s">
-        <v>48</v>
+        <v>482</v>
       </c>
       <c r="C491" t="s">
-        <v>49</v>
+        <v>483</v>
       </c>
       <c r="D491">
-        <v>37</v>
+        <v>524</v>
       </c>
       <c r="E491" t="s">
-        <v>37</v>
+        <v>362</v>
       </c>
       <c r="F491" t="s">
-        <v>192</v>
+        <v>479</v>
       </c>
       <c r="G491" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>480</v>
       </c>
       <c r="K491">
-        <v>1.5</v>
+        <v>0.15000000596046401</v>
       </c>
       <c r="L491">
         <v>12.5</v>
       </c>
     </row>
-    <row r="492" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="492" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A492" t="s">
-        <v>488</v>
+        <v>219</v>
       </c>
       <c r="B492" t="s">
-        <v>66</v>
+        <v>484</v>
       </c>
       <c r="C492" t="s">
-        <v>67</v>
+        <v>485</v>
       </c>
       <c r="D492">
-        <v>38</v>
+        <v>525</v>
       </c>
       <c r="E492" t="s">
-        <v>68</v>
+        <v>362</v>
       </c>
       <c r="F492" t="s">
-        <v>192</v>
+        <v>479</v>
       </c>
       <c r="G492" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>480</v>
       </c>
       <c r="K492">
-        <v>0.40000000596046398</v>
+        <v>0.140000000596046</v>
       </c>
       <c r="L492">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:12" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="493" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A493" t="s">
-        <v>488</v>
+        <v>219</v>
       </c>
       <c r="B493" t="s">
-        <v>124</v>
+        <v>486</v>
       </c>
       <c r="C493" t="s">
-        <v>125</v>
+        <v>487</v>
       </c>
       <c r="D493">
-        <v>39</v>
+        <v>526</v>
       </c>
       <c r="E493" t="s">
-        <v>68</v>
+        <v>308</v>
       </c>
       <c r="F493" t="s">
-        <v>192</v>
+        <v>479</v>
       </c>
       <c r="G493" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>480</v>
       </c>
       <c r="K493">
-        <v>5</v>
+        <v>0.5</v>
       </c>
       <c r="L493">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:12" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="494" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A494" t="s">
         <v>488</v>
       </c>
       <c r="B494" t="s">
-        <v>71</v>
+        <v>118</v>
       </c>
       <c r="C494" t="s">
-        <v>72</v>
+        <v>119</v>
       </c>
       <c r="D494">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E494" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F494" t="s">
         <v>192</v>
       </c>
       <c r="G494" t="s">
         <v>122</v>
       </c>
       <c r="H494" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-    <row r="495" spans="1:12" x14ac:dyDescent="0.25">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="495" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A495" t="s">
         <v>488</v>
       </c>
       <c r="B495" t="s">
-        <v>74</v>
+        <v>48</v>
       </c>
       <c r="C495" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="D495">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E495" t="s">
-        <v>120</v>
+        <v>37</v>
       </c>
       <c r="F495" t="s">
         <v>192</v>
       </c>
       <c r="G495" t="s">
         <v>122</v>
       </c>
       <c r="H495" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="K495">
-        <v>60</v>
+        <v>1.5</v>
       </c>
       <c r="L495">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:12" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="496" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A496" t="s">
         <v>488</v>
       </c>
       <c r="B496" t="s">
-        <v>126</v>
+        <v>66</v>
       </c>
       <c r="C496" t="s">
-        <v>127</v>
+        <v>67</v>
       </c>
       <c r="D496">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E496" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="F496" t="s">
         <v>192</v>
       </c>
       <c r="G496" t="s">
         <v>122</v>
       </c>
       <c r="H496" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:12" x14ac:dyDescent="0.25">
+        <v>133</v>
+      </c>
+      <c r="K496">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L496">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="497" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A497" t="s">
         <v>488</v>
       </c>
       <c r="B497" t="s">
-        <v>491</v>
+        <v>124</v>
       </c>
       <c r="C497" t="s">
-        <v>492</v>
+        <v>125</v>
       </c>
       <c r="D497">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="E497" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F497" t="s">
         <v>192</v>
       </c>
       <c r="G497" t="s">
         <v>122</v>
       </c>
       <c r="H497" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="K497">
-        <v>8.5</v>
+        <v>5</v>
       </c>
       <c r="L497">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:12" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="498" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A498" t="s">
         <v>488</v>
       </c>
       <c r="B498" t="s">
-        <v>493</v>
+        <v>71</v>
       </c>
       <c r="C498" t="s">
-        <v>310</v>
+        <v>72</v>
       </c>
       <c r="D498">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="E498" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F498" t="s">
         <v>192</v>
       </c>
       <c r="G498" t="s">
         <v>122</v>
       </c>
       <c r="H498" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:12" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+      <c r="K498">
+        <v>6</v>
+      </c>
+      <c r="L498">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="499" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A499" t="s">
         <v>488</v>
       </c>
       <c r="B499" t="s">
-        <v>494</v>
+        <v>74</v>
       </c>
       <c r="C499" t="s">
-        <v>471</v>
+        <v>75</v>
       </c>
       <c r="D499">
-        <v>92</v>
+        <v>41</v>
       </c>
       <c r="E499" t="s">
-        <v>37</v>
+        <v>120</v>
       </c>
       <c r="F499" t="s">
         <v>192</v>
       </c>
       <c r="G499" t="s">
         <v>122</v>
       </c>
       <c r="H499" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:12" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+      <c r="K499">
+        <v>60</v>
+      </c>
+      <c r="L499">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="500" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A500" t="s">
         <v>488</v>
       </c>
       <c r="B500" t="s">
-        <v>53</v>
+        <v>126</v>
       </c>
       <c r="C500" t="s">
-        <v>54</v>
+        <v>127</v>
       </c>
       <c r="D500">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E500" t="s">
-        <v>37</v>
+        <v>120</v>
       </c>
       <c r="F500" t="s">
         <v>192</v>
       </c>
       <c r="G500" t="s">
         <v>122</v>
       </c>
       <c r="H500" t="s">
-        <v>87</v>
-[...8 lines deleted...]
-    <row r="501" spans="1:12" x14ac:dyDescent="0.25">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="501" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A501" t="s">
         <v>488</v>
       </c>
       <c r="B501" t="s">
-        <v>76</v>
+        <v>491</v>
       </c>
       <c r="C501" t="s">
-        <v>77</v>
+        <v>492</v>
       </c>
       <c r="D501">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="E501" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F501" t="s">
         <v>192</v>
       </c>
       <c r="G501" t="s">
         <v>122</v>
       </c>
       <c r="H501" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="K501">
-        <v>0</v>
+        <v>8.5</v>
       </c>
       <c r="L501">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:12" x14ac:dyDescent="0.25">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="502" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A502" t="s">
         <v>488</v>
       </c>
       <c r="B502" t="s">
-        <v>227</v>
+        <v>493</v>
       </c>
       <c r="C502" t="s">
-        <v>228</v>
+        <v>310</v>
       </c>
       <c r="D502">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="E502" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F502" t="s">
         <v>192</v>
       </c>
       <c r="G502" t="s">
         <v>122</v>
       </c>
       <c r="H502" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:12" x14ac:dyDescent="0.25">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="503" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A503" t="s">
         <v>488</v>
       </c>
       <c r="B503" t="s">
-        <v>35</v>
+        <v>494</v>
       </c>
       <c r="C503" t="s">
-        <v>36</v>
+        <v>471</v>
       </c>
       <c r="D503">
-        <v>46</v>
+        <v>92</v>
       </c>
       <c r="E503" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F503" t="s">
         <v>192</v>
       </c>
       <c r="G503" t="s">
         <v>122</v>
       </c>
       <c r="H503" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:12" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="504" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A504" t="s">
         <v>488</v>
       </c>
       <c r="B504" t="s">
-        <v>79</v>
+        <v>53</v>
       </c>
       <c r="C504" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="D504">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E504" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F504" t="s">
         <v>192</v>
       </c>
       <c r="G504" t="s">
         <v>122</v>
       </c>
       <c r="H504" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K504">
-        <v>0.10000000149011599</v>
+        <v>0</v>
       </c>
       <c r="L504">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:12" x14ac:dyDescent="0.25">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="505" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A505" t="s">
         <v>488</v>
       </c>
       <c r="B505" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C505" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="D505">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E505" t="s">
         <v>68</v>
       </c>
       <c r="F505" t="s">
         <v>192</v>
       </c>
       <c r="G505" t="s">
         <v>122</v>
       </c>
       <c r="H505" t="s">
-        <v>284</v>
+        <v>90</v>
       </c>
       <c r="K505">
         <v>0</v>
       </c>
       <c r="L505">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="506" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A506" t="s">
         <v>488</v>
       </c>
       <c r="B506" t="s">
-        <v>85</v>
+        <v>227</v>
       </c>
       <c r="C506" t="s">
+        <v>228</v>
+      </c>
+      <c r="D506">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E506" t="s">
         <v>68</v>
       </c>
       <c r="F506" t="s">
         <v>192</v>
       </c>
       <c r="G506" t="s">
         <v>122</v>
       </c>
       <c r="H506" t="s">
-        <v>93</v>
-[...8 lines deleted...]
-    <row r="507" spans="1:12" x14ac:dyDescent="0.25">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="507" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A507" t="s">
         <v>488</v>
       </c>
       <c r="B507" t="s">
-        <v>139</v>
+        <v>35</v>
       </c>
       <c r="C507" t="s">
-        <v>140</v>
+        <v>36</v>
       </c>
       <c r="D507">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E507" t="s">
         <v>68</v>
       </c>
       <c r="F507" t="s">
         <v>192</v>
       </c>
       <c r="G507" t="s">
         <v>122</v>
       </c>
       <c r="H507" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:12" x14ac:dyDescent="0.25">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="508" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A508" t="s">
         <v>488</v>
       </c>
       <c r="B508" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="C508" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="D508">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E508" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F508" t="s">
         <v>192</v>
       </c>
       <c r="G508" t="s">
         <v>122</v>
       </c>
       <c r="H508" t="s">
         <v>84</v>
       </c>
       <c r="K508">
-        <v>0.30000001192092901</v>
+        <v>0.10000000149011599</v>
       </c>
       <c r="L508">
-        <v>7.5</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="509" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A509" t="s">
         <v>488</v>
       </c>
       <c r="B509" t="s">
-        <v>142</v>
+        <v>82</v>
       </c>
       <c r="C509" t="s">
-        <v>143</v>
+        <v>83</v>
       </c>
       <c r="D509">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E509" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="F509" t="s">
         <v>192</v>
       </c>
       <c r="G509" t="s">
         <v>122</v>
       </c>
       <c r="H509" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:12" x14ac:dyDescent="0.25">
+        <v>284</v>
+      </c>
+      <c r="K509">
+        <v>0</v>
+      </c>
+      <c r="L509">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="510" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A510" t="s">
         <v>488</v>
       </c>
       <c r="B510" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C510" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D510">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E510" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="F510" t="s">
         <v>192</v>
       </c>
       <c r="G510" t="s">
         <v>122</v>
       </c>
       <c r="H510" t="s">
-        <v>131</v>
+        <v>93</v>
       </c>
       <c r="K510">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="L510">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:12" x14ac:dyDescent="0.25">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="511" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A511" t="s">
         <v>488</v>
       </c>
       <c r="B511" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C511" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="D511">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E511" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="F511" t="s">
         <v>192</v>
       </c>
       <c r="G511" t="s">
         <v>122</v>
       </c>
       <c r="H511" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:12" x14ac:dyDescent="0.25">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="512" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A512" t="s">
         <v>488</v>
       </c>
       <c r="B512" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="C512" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="D512">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="E512" t="s">
         <v>37</v>
       </c>
       <c r="F512" t="s">
         <v>192</v>
       </c>
       <c r="G512" t="s">
         <v>122</v>
       </c>
       <c r="H512" t="s">
-        <v>499</v>
+        <v>84</v>
       </c>
       <c r="K512">
-        <v>0.5</v>
+        <v>0.30000001192092901</v>
       </c>
       <c r="L512">
         <v>7.5</v>
       </c>
     </row>
-    <row r="513" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A513" t="s">
         <v>488</v>
       </c>
       <c r="B513" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="C513" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="D513">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E513" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F513" t="s">
         <v>192</v>
       </c>
       <c r="G513" t="s">
         <v>122</v>
       </c>
       <c r="H513" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:12" x14ac:dyDescent="0.25">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="514" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A514" t="s">
         <v>488</v>
       </c>
       <c r="B514" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="C514" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="D514">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E514" t="s">
-        <v>37</v>
+        <v>120</v>
       </c>
       <c r="F514" t="s">
         <v>192</v>
       </c>
       <c r="G514" t="s">
         <v>122</v>
       </c>
       <c r="H514" t="s">
-        <v>151</v>
+        <v>131</v>
       </c>
       <c r="K514">
-        <v>0.10000000149011599</v>
+        <v>10</v>
       </c>
       <c r="L514">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="515" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A515" t="s">
         <v>488</v>
       </c>
       <c r="B515" t="s">
-        <v>91</v>
+        <v>145</v>
       </c>
       <c r="C515" t="s">
-        <v>92</v>
+        <v>146</v>
       </c>
       <c r="D515">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E515" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F515" t="s">
         <v>192</v>
       </c>
       <c r="G515" t="s">
         <v>122</v>
       </c>
       <c r="H515" t="s">
-        <v>131</v>
-[...8 lines deleted...]
-    <row r="516" spans="1:12" x14ac:dyDescent="0.25">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="516" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A516" t="s">
         <v>488</v>
       </c>
       <c r="B516" t="s">
-        <v>94</v>
+        <v>44</v>
       </c>
       <c r="C516" t="s">
-        <v>95</v>
+        <v>45</v>
       </c>
       <c r="D516">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="E516" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F516" t="s">
         <v>192</v>
       </c>
       <c r="G516" t="s">
         <v>122</v>
       </c>
       <c r="H516" t="s">
-        <v>151</v>
+        <v>499</v>
       </c>
       <c r="K516">
-        <v>0.20000000298023199</v>
+        <v>0.5</v>
       </c>
       <c r="L516">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:12" x14ac:dyDescent="0.25">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="517" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A517" t="s">
         <v>488</v>
       </c>
       <c r="B517" t="s">
-        <v>275</v>
+        <v>148</v>
       </c>
       <c r="C517" t="s">
-        <v>276</v>
+        <v>149</v>
       </c>
       <c r="D517">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E517" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F517" t="s">
         <v>192</v>
       </c>
       <c r="G517" t="s">
         <v>122</v>
       </c>
       <c r="H517" t="s">
-        <v>499</v>
-[...8 lines deleted...]
-    <row r="518" spans="1:12" x14ac:dyDescent="0.25">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="518" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A518" t="s">
         <v>488</v>
       </c>
       <c r="B518" t="s">
-        <v>155</v>
+        <v>58</v>
       </c>
       <c r="C518" t="s">
-        <v>156</v>
+        <v>59</v>
       </c>
       <c r="D518">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="E518" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F518" t="s">
         <v>192</v>
       </c>
       <c r="G518" t="s">
         <v>122</v>
       </c>
       <c r="H518" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:12" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+      <c r="K518">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L518">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="519" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A519" t="s">
         <v>488</v>
       </c>
       <c r="B519" t="s">
-        <v>157</v>
+        <v>91</v>
       </c>
       <c r="C519" t="s">
-        <v>158</v>
+        <v>92</v>
       </c>
       <c r="D519">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="E519" t="s">
         <v>68</v>
       </c>
       <c r="F519" t="s">
         <v>192</v>
       </c>
       <c r="G519" t="s">
         <v>122</v>
       </c>
       <c r="H519" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:12" x14ac:dyDescent="0.25">
+        <v>131</v>
+      </c>
+      <c r="K519">
+        <v>5</v>
+      </c>
+      <c r="L519">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="520" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A520" t="s">
         <v>488</v>
       </c>
       <c r="B520" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="C520" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="D520">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E520" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F520" t="s">
         <v>192</v>
       </c>
       <c r="G520" t="s">
         <v>122</v>
       </c>
       <c r="H520" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="K520">
-        <v>7.9999998211860698E-2</v>
+        <v>0.20000000298023199</v>
       </c>
       <c r="L520">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="521" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A521" t="s">
         <v>488</v>
       </c>
       <c r="B521" t="s">
-        <v>96</v>
+        <v>275</v>
       </c>
       <c r="C521" t="s">
-        <v>97</v>
+        <v>276</v>
       </c>
       <c r="D521">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E521" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F521" t="s">
         <v>192</v>
       </c>
       <c r="G521" t="s">
         <v>122</v>
       </c>
       <c r="H521" t="s">
-        <v>84</v>
+        <v>499</v>
       </c>
       <c r="K521">
-        <v>0.40000000596046398</v>
+        <v>0.60000002384185802</v>
       </c>
       <c r="L521">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:12" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="522" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A522" t="s">
         <v>488</v>
       </c>
       <c r="B522" t="s">
-        <v>61</v>
+        <v>155</v>
       </c>
       <c r="C522" t="s">
-        <v>62</v>
+        <v>156</v>
       </c>
       <c r="D522">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="E522" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F522" t="s">
         <v>192</v>
       </c>
       <c r="G522" t="s">
         <v>122</v>
       </c>
       <c r="H522" t="s">
-        <v>52</v>
-[...8 lines deleted...]
-    <row r="523" spans="1:12" x14ac:dyDescent="0.25">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="523" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A523" t="s">
         <v>488</v>
       </c>
       <c r="B523" t="s">
-        <v>99</v>
+        <v>157</v>
       </c>
       <c r="C523" t="s">
-        <v>100</v>
+        <v>158</v>
       </c>
       <c r="D523">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="E523" t="s">
         <v>68</v>
       </c>
       <c r="F523" t="s">
         <v>192</v>
       </c>
       <c r="G523" t="s">
         <v>122</v>
       </c>
       <c r="H523" t="s">
-        <v>87</v>
-[...8 lines deleted...]
-    <row r="524" spans="1:12" x14ac:dyDescent="0.25">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="524" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A524" t="s">
         <v>488</v>
       </c>
       <c r="B524" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C524" t="s">
-        <v>251</v>
+        <v>47</v>
       </c>
       <c r="D524">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E524" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F524" t="s">
         <v>192</v>
       </c>
       <c r="G524" t="s">
         <v>122</v>
       </c>
       <c r="H524" t="s">
-        <v>502</v>
+        <v>133</v>
       </c>
       <c r="K524">
-        <v>200</v>
+        <v>7.9999998211860698E-2</v>
       </c>
       <c r="L524">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:12" x14ac:dyDescent="0.25">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="525" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A525" t="s">
         <v>488</v>
       </c>
       <c r="B525" t="s">
-        <v>503</v>
+        <v>96</v>
       </c>
       <c r="C525" t="s">
-        <v>504</v>
+        <v>97</v>
       </c>
       <c r="D525">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="E525" t="s">
         <v>68</v>
       </c>
       <c r="F525" t="s">
         <v>192</v>
       </c>
       <c r="G525" t="s">
         <v>122</v>
       </c>
       <c r="H525" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:12" x14ac:dyDescent="0.25">
+        <v>84</v>
+      </c>
+      <c r="K525">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L525">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="526" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A526" t="s">
         <v>488</v>
       </c>
       <c r="B526" t="s">
-        <v>174</v>
+        <v>61</v>
       </c>
       <c r="C526" t="s">
-        <v>175</v>
+        <v>62</v>
       </c>
       <c r="D526">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="E526" t="s">
-        <v>120</v>
+        <v>37</v>
       </c>
       <c r="F526" t="s">
         <v>192</v>
       </c>
       <c r="G526" t="s">
         <v>122</v>
       </c>
       <c r="H526" t="s">
-        <v>274</v>
+        <v>52</v>
       </c>
       <c r="K526">
-        <v>40</v>
+        <v>9.00000035762787E-2</v>
       </c>
       <c r="L526">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="527" spans="1:12" x14ac:dyDescent="0.25">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="527" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A527" t="s">
         <v>488</v>
       </c>
       <c r="B527" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C527" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D527">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="E527" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="F527" t="s">
         <v>192</v>
       </c>
       <c r="G527" t="s">
         <v>122</v>
       </c>
       <c r="H527" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
       <c r="K527">
-        <v>90</v>
+        <v>1</v>
       </c>
       <c r="L527">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:12" x14ac:dyDescent="0.25">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="528" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A528" t="s">
         <v>488</v>
       </c>
       <c r="B528" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C528" t="s">
-        <v>64</v>
+        <v>251</v>
       </c>
       <c r="D528">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="E528" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F528" t="s">
         <v>192</v>
       </c>
       <c r="G528" t="s">
         <v>122</v>
       </c>
       <c r="H528" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="529" spans="1:12" x14ac:dyDescent="0.25">
+        <v>502</v>
+      </c>
+      <c r="K528">
+        <v>200</v>
+      </c>
+      <c r="L528">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="529" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A529" t="s">
         <v>488</v>
       </c>
       <c r="B529" t="s">
-        <v>103</v>
+        <v>503</v>
       </c>
       <c r="C529" t="s">
-        <v>104</v>
+        <v>504</v>
       </c>
       <c r="D529">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="E529" t="s">
         <v>68</v>
       </c>
       <c r="F529" t="s">
         <v>192</v>
       </c>
       <c r="G529" t="s">
         <v>122</v>
       </c>
       <c r="H529" t="s">
-        <v>55</v>
-[...8 lines deleted...]
-    <row r="530" spans="1:12" x14ac:dyDescent="0.25">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="530" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A530" t="s">
         <v>488</v>
       </c>
       <c r="B530" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C530" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="D530">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E530" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F530" t="s">
         <v>192</v>
       </c>
       <c r="G530" t="s">
         <v>122</v>
       </c>
       <c r="H530" t="s">
-        <v>87</v>
+        <v>274</v>
       </c>
       <c r="K530">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="L530">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:12" x14ac:dyDescent="0.25">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="531" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A531" t="s">
         <v>488</v>
       </c>
       <c r="B531" t="s">
-        <v>258</v>
+        <v>101</v>
       </c>
       <c r="C531" t="s">
-        <v>259</v>
+        <v>102</v>
       </c>
       <c r="D531">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="E531" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F531" t="s">
         <v>192</v>
       </c>
       <c r="G531" t="s">
         <v>122</v>
       </c>
       <c r="H531" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:12" x14ac:dyDescent="0.25">
+        <v>131</v>
+      </c>
+      <c r="K531">
+        <v>90</v>
+      </c>
+      <c r="L531">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="532" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A532" t="s">
         <v>488</v>
       </c>
       <c r="B532" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="C532" t="s">
-        <v>108</v>
+        <v>64</v>
       </c>
       <c r="D532">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E532" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="F532" t="s">
         <v>192</v>
       </c>
       <c r="G532" t="s">
         <v>122</v>
       </c>
       <c r="H532" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:12" x14ac:dyDescent="0.25">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="533" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A533" t="s">
         <v>488</v>
       </c>
       <c r="B533" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="C533" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="D533">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="E533" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="F533" t="s">
         <v>192</v>
       </c>
       <c r="G533" t="s">
         <v>122</v>
       </c>
       <c r="H533" t="s">
-        <v>270</v>
+        <v>55</v>
       </c>
       <c r="K533">
-        <v>0</v>
+        <v>0.80000001192092896</v>
       </c>
       <c r="L533">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:12" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="534" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A534" t="s">
         <v>488</v>
       </c>
       <c r="B534" t="s">
-        <v>261</v>
+        <v>180</v>
       </c>
       <c r="C534" t="s">
-        <v>262</v>
+        <v>181</v>
       </c>
       <c r="D534">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="E534" t="s">
         <v>68</v>
       </c>
       <c r="F534" t="s">
         <v>192</v>
       </c>
       <c r="G534" t="s">
         <v>122</v>
       </c>
       <c r="H534" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:12" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="K534">
+        <v>2</v>
+      </c>
+      <c r="L534">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="535" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A535" t="s">
         <v>488</v>
       </c>
       <c r="B535" t="s">
-        <v>112</v>
+        <v>258</v>
       </c>
       <c r="C535" t="s">
-        <v>113</v>
+        <v>259</v>
       </c>
       <c r="D535">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="E535" t="s">
         <v>68</v>
       </c>
       <c r="F535" t="s">
         <v>192</v>
       </c>
       <c r="G535" t="s">
         <v>122</v>
       </c>
       <c r="H535" t="s">
-        <v>52</v>
-[...8 lines deleted...]
-    <row r="536" spans="1:12" x14ac:dyDescent="0.25">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="536" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A536" t="s">
         <v>488</v>
       </c>
       <c r="B536" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="C536" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="D536">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E536" t="s">
         <v>68</v>
       </c>
       <c r="F536" t="s">
         <v>192</v>
       </c>
       <c r="G536" t="s">
         <v>122</v>
       </c>
       <c r="H536" t="s">
         <v>123</v>
       </c>
-      <c r="K536">
-[...6 lines deleted...]
-    <row r="537" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="537" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A537" t="s">
         <v>488</v>
       </c>
       <c r="B537" t="s">
-        <v>507</v>
+        <v>110</v>
       </c>
       <c r="C537" t="s">
-        <v>508</v>
+        <v>111</v>
       </c>
       <c r="D537">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E537" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F537" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="G537" t="s">
-        <v>199</v>
+        <v>122</v>
       </c>
       <c r="H537" t="s">
-        <v>509</v>
+        <v>270</v>
       </c>
       <c r="K537">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="L537">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:12" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="538" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A538" t="s">
         <v>488</v>
       </c>
       <c r="B538" t="s">
-        <v>510</v>
+        <v>261</v>
       </c>
       <c r="C538" t="s">
-        <v>511</v>
+        <v>262</v>
       </c>
       <c r="D538">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="E538" t="s">
-        <v>308</v>
+        <v>68</v>
       </c>
       <c r="F538" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="G538" t="s">
-        <v>199</v>
+        <v>122</v>
       </c>
       <c r="H538" t="s">
-        <v>512</v>
-[...8 lines deleted...]
-    <row r="539" spans="1:12" x14ac:dyDescent="0.25">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="539" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A539" t="s">
         <v>488</v>
       </c>
       <c r="B539" t="s">
-        <v>513</v>
+        <v>112</v>
       </c>
       <c r="C539" t="s">
-        <v>514</v>
+        <v>113</v>
       </c>
       <c r="D539">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="E539" t="s">
-        <v>308</v>
+        <v>68</v>
       </c>
       <c r="F539" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="G539" t="s">
-        <v>199</v>
+        <v>122</v>
       </c>
       <c r="H539" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:12" x14ac:dyDescent="0.25">
+        <v>52</v>
+      </c>
+      <c r="K539">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L539">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="540" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A540" t="s">
         <v>488</v>
       </c>
       <c r="B540" t="s">
-        <v>516</v>
+        <v>114</v>
       </c>
       <c r="C540" t="s">
-        <v>517</v>
+        <v>115</v>
       </c>
       <c r="D540">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="E540" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F540" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="G540" t="s">
-        <v>199</v>
+        <v>122</v>
       </c>
       <c r="H540" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:12" x14ac:dyDescent="0.25">
+        <v>123</v>
+      </c>
+      <c r="K540">
+        <v>4</v>
+      </c>
+      <c r="L540">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="541" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A541" t="s">
         <v>488</v>
       </c>
       <c r="B541" t="s">
-        <v>519</v>
+        <v>507</v>
       </c>
       <c r="C541" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="D541">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="E541" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F541" t="s">
         <v>198</v>
       </c>
       <c r="G541" t="s">
         <v>199</v>
       </c>
       <c r="H541" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:12" x14ac:dyDescent="0.25">
+        <v>509</v>
+      </c>
+      <c r="K541">
+        <v>9</v>
+      </c>
+      <c r="L541">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="542" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A542" t="s">
         <v>488</v>
       </c>
       <c r="B542" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="C542" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="D542">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="E542" t="s">
         <v>308</v>
       </c>
       <c r="F542" t="s">
         <v>198</v>
       </c>
       <c r="G542" t="s">
         <v>199</v>
       </c>
       <c r="H542" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="K542">
-        <v>1</v>
+        <v>0.89999997615814198</v>
       </c>
       <c r="L542">
         <v>0</v>
       </c>
     </row>
-    <row r="543" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="543" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A543" t="s">
-        <v>522</v>
+        <v>488</v>
       </c>
       <c r="B543" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="C543" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="D543">
+        <v>87</v>
+      </c>
+      <c r="E543" t="s">
+        <v>308</v>
+      </c>
+      <c r="F543" t="s">
+        <v>198</v>
+      </c>
+      <c r="G543" t="s">
+        <v>199</v>
+      </c>
+      <c r="H543" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="544" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A544" t="s">
+        <v>488</v>
+      </c>
+      <c r="B544" t="s">
+        <v>516</v>
+      </c>
+      <c r="C544" t="s">
+        <v>517</v>
+      </c>
+      <c r="D544">
+        <v>88</v>
+      </c>
+      <c r="E544" t="s">
+        <v>37</v>
+      </c>
+      <c r="F544" t="s">
+        <v>198</v>
+      </c>
+      <c r="G544" t="s">
+        <v>199</v>
+      </c>
+      <c r="H544" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="545" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A545" t="s">
+        <v>488</v>
+      </c>
+      <c r="B545" t="s">
+        <v>519</v>
+      </c>
+      <c r="C545" t="s">
+        <v>519</v>
+      </c>
+      <c r="D545">
+        <v>89</v>
+      </c>
+      <c r="E545" t="s">
+        <v>37</v>
+      </c>
+      <c r="F545" t="s">
+        <v>198</v>
+      </c>
+      <c r="G545" t="s">
+        <v>199</v>
+      </c>
+      <c r="H545" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="546" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A546" t="s">
+        <v>488</v>
+      </c>
+      <c r="B546" t="s">
+        <v>520</v>
+      </c>
+      <c r="C546" t="s">
+        <v>520</v>
+      </c>
+      <c r="D546">
+        <v>90</v>
+      </c>
+      <c r="E546" t="s">
+        <v>308</v>
+      </c>
+      <c r="F546" t="s">
+        <v>198</v>
+      </c>
+      <c r="G546" t="s">
+        <v>199</v>
+      </c>
+      <c r="H546" t="s">
+        <v>521</v>
+      </c>
+      <c r="K546">
         <v>1</v>
       </c>
-      <c r="E543" t="s">
-[...78 lines deleted...]
-    <row r="547" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="L546">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="547" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A547" t="s">
         <v>522</v>
       </c>
       <c r="B547" t="s">
-        <v>534</v>
+        <v>523</v>
       </c>
       <c r="C547" t="s">
-        <v>535</v>
+        <v>524</v>
       </c>
       <c r="D547">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E547" t="s">
         <v>525</v>
       </c>
       <c r="F547" t="s">
         <v>526</v>
       </c>
       <c r="G547" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="548" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A548" t="s">
         <v>522</v>
       </c>
       <c r="B548" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="C548" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="D548">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E548" t="s">
         <v>525</v>
       </c>
       <c r="F548" t="s">
         <v>526</v>
       </c>
       <c r="G548" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="549" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="549" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A549" t="s">
         <v>522</v>
       </c>
       <c r="B549" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="C549" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="D549">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E549" t="s">
         <v>525</v>
       </c>
       <c r="F549" t="s">
         <v>526</v>
       </c>
       <c r="G549" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="550" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="550" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A550" t="s">
         <v>522</v>
       </c>
       <c r="B550" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="C550" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="D550">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="E550" t="s">
         <v>525</v>
       </c>
       <c r="F550" t="s">
         <v>526</v>
       </c>
       <c r="G550" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="551" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="551" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A551" t="s">
         <v>522</v>
       </c>
       <c r="B551" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="C551" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="D551">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="E551" t="s">
         <v>525</v>
       </c>
       <c r="F551" t="s">
         <v>526</v>
       </c>
       <c r="G551" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="552" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="552" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A552" t="s">
         <v>522</v>
       </c>
       <c r="B552" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="C552" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="D552">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E552" t="s">
         <v>525</v>
       </c>
       <c r="F552" t="s">
         <v>526</v>
       </c>
       <c r="G552" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="553" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A553" t="s">
         <v>522</v>
       </c>
       <c r="B553" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="C553" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="D553">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E553" t="s">
         <v>525</v>
       </c>
       <c r="F553" t="s">
         <v>526</v>
       </c>
       <c r="G553" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="554" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="554" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A554" t="s">
         <v>522</v>
       </c>
       <c r="B554" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="C554" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="D554">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E554" t="s">
         <v>525</v>
       </c>
       <c r="F554" t="s">
         <v>526</v>
       </c>
       <c r="G554" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="555" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="555" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A555" t="s">
         <v>522</v>
       </c>
       <c r="B555" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="C555" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="D555">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E555" t="s">
         <v>525</v>
       </c>
       <c r="F555" t="s">
         <v>526</v>
       </c>
       <c r="G555" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="556" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A556" t="s">
         <v>522</v>
       </c>
       <c r="B556" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="C556" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D556">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E556" t="s">
         <v>525</v>
       </c>
       <c r="F556" t="s">
         <v>526</v>
       </c>
       <c r="G556" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="557" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A557" t="s">
         <v>522</v>
       </c>
       <c r="B557" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="C557" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="D557">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E557" t="s">
         <v>525</v>
       </c>
       <c r="F557" t="s">
         <v>526</v>
       </c>
       <c r="G557" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="558" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="558" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A558" t="s">
         <v>522</v>
       </c>
       <c r="B558" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="C558" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="D558">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E558" t="s">
         <v>525</v>
       </c>
       <c r="F558" t="s">
         <v>526</v>
       </c>
       <c r="G558" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="559" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="559" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A559" t="s">
         <v>522</v>
       </c>
       <c r="B559" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="C559" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="D559">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E559" t="s">
         <v>525</v>
       </c>
       <c r="F559" t="s">
         <v>526</v>
       </c>
       <c r="G559" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="560" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="560" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A560" t="s">
         <v>522</v>
       </c>
       <c r="B560" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="C560" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="D560">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E560" t="s">
         <v>525</v>
       </c>
       <c r="F560" t="s">
         <v>526</v>
       </c>
       <c r="G560" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="561" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="561" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A561" t="s">
         <v>522</v>
       </c>
       <c r="B561" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="C561" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="D561">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E561" t="s">
         <v>525</v>
       </c>
       <c r="F561" t="s">
         <v>526</v>
       </c>
       <c r="G561" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="562" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="562" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A562" t="s">
         <v>522</v>
       </c>
       <c r="B562" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="C562" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="D562">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E562" t="s">
         <v>525</v>
       </c>
       <c r="F562" t="s">
         <v>526</v>
       </c>
       <c r="G562" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="563" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="563" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A563" t="s">
         <v>522</v>
       </c>
       <c r="B563" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="C563" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="D563">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E563" t="s">
         <v>525</v>
       </c>
       <c r="F563" t="s">
         <v>526</v>
       </c>
       <c r="G563" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="564" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="564" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A564" t="s">
         <v>522</v>
       </c>
       <c r="B564" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="C564" t="s">
-        <v>538</v>
+        <v>560</v>
       </c>
       <c r="D564">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E564" t="s">
         <v>525</v>
       </c>
       <c r="F564" t="s">
         <v>526</v>
       </c>
       <c r="G564" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="565" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="565" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A565" t="s">
         <v>522</v>
       </c>
       <c r="B565" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="C565" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="D565">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E565" t="s">
         <v>525</v>
       </c>
       <c r="F565" t="s">
         <v>526</v>
       </c>
       <c r="G565" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="566" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="566" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A566" t="s">
         <v>522</v>
       </c>
       <c r="B566" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="C566" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="D566">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E566" t="s">
         <v>525</v>
       </c>
       <c r="F566" t="s">
         <v>526</v>
       </c>
       <c r="G566" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="567" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="567" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A567" t="s">
         <v>522</v>
       </c>
       <c r="B567" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="C567" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="D567">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E567" t="s">
         <v>525</v>
       </c>
       <c r="F567" t="s">
         <v>526</v>
       </c>
       <c r="G567" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="568" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="568" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A568" t="s">
         <v>522</v>
       </c>
       <c r="B568" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="C568" t="s">
-        <v>573</v>
+        <v>538</v>
       </c>
       <c r="D568">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E568" t="s">
         <v>525</v>
       </c>
       <c r="F568" t="s">
         <v>526</v>
       </c>
       <c r="G568" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="569" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A569" t="s">
         <v>522</v>
       </c>
       <c r="B569" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="C569" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="D569">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E569" t="s">
         <v>525</v>
       </c>
       <c r="F569" t="s">
         <v>526</v>
       </c>
       <c r="G569" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="570" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="570" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A570" t="s">
         <v>522</v>
       </c>
       <c r="B570" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="C570" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="D570">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E570" t="s">
         <v>525</v>
       </c>
       <c r="F570" t="s">
         <v>526</v>
       </c>
       <c r="G570" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="571" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="571" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A571" t="s">
         <v>522</v>
       </c>
       <c r="B571" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="C571" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="D571">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E571" t="s">
         <v>525</v>
       </c>
       <c r="F571" t="s">
         <v>526</v>
       </c>
       <c r="G571" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="572" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A572" t="s">
         <v>522</v>
       </c>
       <c r="B572" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="C572" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="D572">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E572" t="s">
         <v>525</v>
       </c>
       <c r="F572" t="s">
         <v>526</v>
       </c>
       <c r="G572" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="573" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="573" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A573" t="s">
         <v>522</v>
       </c>
       <c r="B573" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="C573" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="D573">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E573" t="s">
         <v>525</v>
       </c>
       <c r="F573" t="s">
         <v>526</v>
       </c>
       <c r="G573" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="574" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A574" t="s">
         <v>522</v>
       </c>
       <c r="B574" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="C574" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="D574">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E574" t="s">
         <v>525</v>
       </c>
       <c r="F574" t="s">
         <v>526</v>
       </c>
       <c r="G574" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="575" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="575" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A575" t="s">
         <v>522</v>
       </c>
       <c r="B575" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="C575" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="D575">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E575" t="s">
         <v>525</v>
       </c>
       <c r="F575" t="s">
         <v>526</v>
       </c>
       <c r="G575" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="576" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="576" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A576" t="s">
-        <v>588</v>
+        <v>522</v>
       </c>
       <c r="B576" t="s">
-        <v>589</v>
+        <v>580</v>
       </c>
       <c r="C576" t="s">
-        <v>590</v>
+        <v>581</v>
       </c>
       <c r="D576">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="E576" t="s">
-        <v>120</v>
+        <v>525</v>
       </c>
       <c r="F576" t="s">
-        <v>591</v>
+        <v>526</v>
       </c>
       <c r="G576" t="s">
-        <v>592</v>
-[...11 lines deleted...]
-    <row r="577" spans="1:12" x14ac:dyDescent="0.25">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="577" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A577" t="s">
-        <v>588</v>
+        <v>522</v>
       </c>
       <c r="B577" t="s">
-        <v>593</v>
+        <v>582</v>
       </c>
       <c r="C577" t="s">
-        <v>594</v>
+        <v>583</v>
       </c>
       <c r="D577">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="E577" t="s">
-        <v>120</v>
+        <v>525</v>
       </c>
       <c r="F577" t="s">
-        <v>591</v>
+        <v>526</v>
       </c>
       <c r="G577" t="s">
-        <v>592</v>
-[...11 lines deleted...]
-    <row r="578" spans="1:12" x14ac:dyDescent="0.25">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="578" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A578" t="s">
-        <v>588</v>
+        <v>522</v>
       </c>
       <c r="B578" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="C578" t="s">
-        <v>596</v>
+        <v>585</v>
       </c>
       <c r="D578">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="E578" t="s">
-        <v>120</v>
+        <v>525</v>
       </c>
       <c r="F578" t="s">
-        <v>591</v>
+        <v>526</v>
       </c>
       <c r="G578" t="s">
-        <v>592</v>
-[...11 lines deleted...]
-    <row r="579" spans="1:12" x14ac:dyDescent="0.25">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="579" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A579" t="s">
-        <v>588</v>
+        <v>522</v>
       </c>
       <c r="B579" t="s">
-        <v>597</v>
+        <v>586</v>
       </c>
       <c r="C579" t="s">
-        <v>598</v>
+        <v>587</v>
       </c>
       <c r="D579">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="E579" t="s">
-        <v>120</v>
+        <v>525</v>
       </c>
       <c r="F579" t="s">
-        <v>591</v>
+        <v>526</v>
       </c>
       <c r="G579" t="s">
-        <v>592</v>
-[...11 lines deleted...]
-    <row r="580" spans="1:12" x14ac:dyDescent="0.25">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="580" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A580" t="s">
         <v>588</v>
       </c>
       <c r="B580" t="s">
-        <v>599</v>
+        <v>589</v>
       </c>
       <c r="C580" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
       <c r="D580">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="E580" t="s">
         <v>120</v>
       </c>
       <c r="F580" t="s">
         <v>591</v>
       </c>
       <c r="G580" t="s">
         <v>592</v>
       </c>
       <c r="H580" t="s">
-        <v>601</v>
+        <v>501</v>
       </c>
       <c r="K580">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="L580">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:12" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="581" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A581" t="s">
         <v>588</v>
       </c>
       <c r="B581" t="s">
-        <v>602</v>
+        <v>593</v>
       </c>
       <c r="C581" t="s">
-        <v>603</v>
+        <v>594</v>
       </c>
       <c r="D581">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="E581" t="s">
         <v>120</v>
       </c>
       <c r="F581" t="s">
         <v>591</v>
       </c>
       <c r="G581" t="s">
         <v>592</v>
       </c>
       <c r="H581" t="s">
-        <v>274</v>
+        <v>116</v>
       </c>
       <c r="K581">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="L581">
         <v>25</v>
       </c>
     </row>
-    <row r="582" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="582" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A582" t="s">
         <v>588</v>
       </c>
       <c r="B582" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="C582" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="D582">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="E582" t="s">
         <v>120</v>
       </c>
       <c r="F582" t="s">
         <v>591</v>
       </c>
       <c r="G582" t="s">
         <v>592</v>
       </c>
       <c r="H582" t="s">
-        <v>281</v>
+        <v>162</v>
       </c>
       <c r="K582">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L582">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:12" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="583" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A583" t="s">
         <v>588</v>
       </c>
       <c r="B583" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="C583" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
       <c r="D583">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E583" t="s">
         <v>120</v>
       </c>
       <c r="F583" t="s">
         <v>591</v>
       </c>
       <c r="G583" t="s">
         <v>592</v>
       </c>
       <c r="H583" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="K583">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L583">
         <v>17.5</v>
       </c>
     </row>
-    <row r="584" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="584" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A584" t="s">
         <v>588</v>
       </c>
       <c r="B584" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="C584" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
       <c r="D584">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E584" t="s">
         <v>120</v>
       </c>
       <c r="F584" t="s">
         <v>591</v>
       </c>
       <c r="G584" t="s">
         <v>592</v>
       </c>
       <c r="H584" t="s">
-        <v>274</v>
+        <v>601</v>
       </c>
       <c r="K584">
         <v>20</v>
       </c>
       <c r="L584">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:12" x14ac:dyDescent="0.25">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="585" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A585" t="s">
         <v>588</v>
       </c>
       <c r="B585" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="C585" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="D585">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E585" t="s">
         <v>120</v>
       </c>
       <c r="F585" t="s">
         <v>591</v>
       </c>
       <c r="G585" t="s">
         <v>592</v>
       </c>
       <c r="H585" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K585">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="L585">
         <v>25</v>
       </c>
     </row>
-    <row r="586" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="586" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A586" t="s">
         <v>588</v>
       </c>
       <c r="B586" t="s">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="C586" t="s">
-        <v>613</v>
+        <v>605</v>
       </c>
       <c r="D586">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E586" t="s">
         <v>120</v>
       </c>
       <c r="F586" t="s">
         <v>591</v>
       </c>
       <c r="G586" t="s">
         <v>592</v>
       </c>
       <c r="H586" t="s">
-        <v>614</v>
+        <v>281</v>
       </c>
       <c r="K586">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="L586">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:12" x14ac:dyDescent="0.25">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="587" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A587" t="s">
         <v>588</v>
       </c>
       <c r="B587" t="s">
-        <v>615</v>
+        <v>606</v>
       </c>
       <c r="C587" t="s">
-        <v>616</v>
+        <v>607</v>
       </c>
       <c r="D587">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="E587" t="s">
         <v>120</v>
       </c>
       <c r="F587" t="s">
         <v>591</v>
       </c>
       <c r="G587" t="s">
         <v>592</v>
       </c>
       <c r="H587" t="s">
-        <v>501</v>
+        <v>281</v>
       </c>
       <c r="K587">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="L587">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:12" x14ac:dyDescent="0.25">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="588" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A588" t="s">
         <v>588</v>
       </c>
       <c r="B588" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="C588" t="s">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="D588">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E588" t="s">
         <v>120</v>
       </c>
       <c r="F588" t="s">
         <v>591</v>
       </c>
       <c r="G588" t="s">
         <v>592</v>
       </c>
       <c r="H588" t="s">
-        <v>601</v>
+        <v>274</v>
       </c>
       <c r="K588">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="L588">
         <v>20</v>
       </c>
     </row>
-    <row r="589" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A589" t="s">
         <v>588</v>
       </c>
       <c r="B589" t="s">
-        <v>619</v>
+        <v>610</v>
       </c>
       <c r="C589" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="D589">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="E589" t="s">
         <v>120</v>
       </c>
       <c r="F589" t="s">
         <v>591</v>
       </c>
       <c r="G589" t="s">
         <v>592</v>
       </c>
       <c r="H589" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="K589">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="L589">
         <v>25</v>
       </c>
     </row>
-    <row r="590" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="590" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A590" t="s">
         <v>588</v>
       </c>
       <c r="B590" t="s">
-        <v>621</v>
+        <v>612</v>
       </c>
       <c r="C590" t="s">
-        <v>622</v>
+        <v>613</v>
       </c>
       <c r="D590">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E590" t="s">
         <v>120</v>
       </c>
       <c r="F590" t="s">
         <v>591</v>
       </c>
       <c r="G590" t="s">
         <v>592</v>
       </c>
       <c r="H590" t="s">
-        <v>623</v>
+        <v>614</v>
       </c>
       <c r="K590">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L590">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:12" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="591" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A591" t="s">
         <v>588</v>
       </c>
       <c r="B591" t="s">
-        <v>624</v>
+        <v>615</v>
       </c>
       <c r="C591" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="D591">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="E591" t="s">
         <v>120</v>
       </c>
       <c r="F591" t="s">
         <v>591</v>
       </c>
       <c r="G591" t="s">
         <v>592</v>
       </c>
       <c r="H591" t="s">
         <v>501</v>
       </c>
       <c r="K591">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="L591">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="592" spans="1:12" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="592" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A592" t="s">
         <v>588</v>
       </c>
       <c r="B592" t="s">
-        <v>626</v>
+        <v>617</v>
       </c>
       <c r="C592" t="s">
-        <v>627</v>
+        <v>618</v>
       </c>
       <c r="D592">
-        <v>244</v>
+        <v>15</v>
       </c>
       <c r="E592" t="s">
         <v>120</v>
       </c>
       <c r="F592" t="s">
         <v>591</v>
       </c>
       <c r="G592" t="s">
         <v>592</v>
       </c>
       <c r="H592" t="s">
-        <v>628</v>
+        <v>601</v>
       </c>
       <c r="K592">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="L592">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:12" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="593" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A593" t="s">
         <v>588</v>
       </c>
       <c r="B593" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="C593" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
       <c r="D593">
-        <v>296</v>
+        <v>1</v>
       </c>
       <c r="E593" t="s">
         <v>120</v>
       </c>
       <c r="F593" t="s">
         <v>591</v>
       </c>
       <c r="G593" t="s">
         <v>592</v>
       </c>
-    </row>
-    <row r="594" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H593" t="s">
+        <v>281</v>
+      </c>
+      <c r="K593">
+        <v>7</v>
+      </c>
+      <c r="L593">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="594" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A594" t="s">
         <v>588</v>
       </c>
       <c r="B594" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="C594" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="D594">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="E594" t="s">
         <v>120</v>
       </c>
       <c r="F594" t="s">
-        <v>633</v>
+        <v>591</v>
       </c>
       <c r="G594" t="s">
-        <v>634</v>
+        <v>592</v>
       </c>
       <c r="H594" t="s">
-        <v>255</v>
+        <v>623</v>
       </c>
       <c r="K594">
-        <v>0.5</v>
+        <v>20</v>
       </c>
       <c r="L594">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:12" x14ac:dyDescent="0.25">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="595" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A595" t="s">
         <v>588</v>
       </c>
       <c r="B595" t="s">
-        <v>635</v>
+        <v>624</v>
       </c>
       <c r="C595" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="D595">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E595" t="s">
         <v>120</v>
       </c>
       <c r="F595" t="s">
-        <v>633</v>
+        <v>591</v>
       </c>
       <c r="G595" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="596" spans="1:12" x14ac:dyDescent="0.25">
+        <v>592</v>
+      </c>
+      <c r="H595" t="s">
+        <v>501</v>
+      </c>
+      <c r="K595">
+        <v>30</v>
+      </c>
+      <c r="L595">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="596" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A596" t="s">
         <v>588</v>
       </c>
       <c r="B596" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="C596" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
       <c r="D596">
-        <v>33</v>
+        <v>244</v>
       </c>
       <c r="E596" t="s">
         <v>120</v>
       </c>
       <c r="F596" t="s">
-        <v>633</v>
+        <v>591</v>
       </c>
       <c r="G596" t="s">
-        <v>634</v>
+        <v>592</v>
       </c>
       <c r="H596" t="s">
-        <v>255</v>
+        <v>628</v>
       </c>
       <c r="K596">
-        <v>1</v>
+        <v>210</v>
       </c>
       <c r="L596">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:12" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="597" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A597" t="s">
         <v>588</v>
       </c>
       <c r="B597" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="C597" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="D597">
-        <v>201</v>
+        <v>296</v>
       </c>
       <c r="E597" t="s">
         <v>120</v>
       </c>
       <c r="F597" t="s">
-        <v>633</v>
+        <v>591</v>
       </c>
       <c r="G597" t="s">
-        <v>634</v>
-[...11 lines deleted...]
-    <row r="598" spans="1:12" x14ac:dyDescent="0.25">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="598" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A598" t="s">
         <v>588</v>
       </c>
       <c r="B598" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
       <c r="C598" t="s">
         <v>632</v>
       </c>
       <c r="D598">
-        <v>202</v>
+        <v>31</v>
       </c>
       <c r="E598" t="s">
         <v>120</v>
       </c>
       <c r="F598" t="s">
         <v>633</v>
       </c>
       <c r="G598" t="s">
         <v>634</v>
       </c>
-    </row>
-    <row r="599" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H598" t="s">
+        <v>255</v>
+      </c>
+      <c r="K598">
+        <v>0.5</v>
+      </c>
+      <c r="L598">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="599" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A599" t="s">
         <v>588</v>
       </c>
       <c r="B599" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="C599" t="s">
         <v>632</v>
       </c>
       <c r="D599">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E599" t="s">
         <v>120</v>
       </c>
       <c r="F599" t="s">
         <v>633</v>
       </c>
       <c r="G599" t="s">
         <v>634</v>
       </c>
-      <c r="H599" t="s">
-[...9 lines deleted...]
-    <row r="600" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="600" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A600" t="s">
         <v>588</v>
       </c>
       <c r="B600" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="C600" t="s">
         <v>632</v>
       </c>
       <c r="D600">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E600" t="s">
         <v>120</v>
       </c>
       <c r="F600" t="s">
         <v>633</v>
       </c>
       <c r="G600" t="s">
         <v>634</v>
       </c>
       <c r="H600" t="s">
-        <v>52</v>
+        <v>255</v>
       </c>
       <c r="K600">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="L600">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:12" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="601" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A601" t="s">
         <v>588</v>
       </c>
       <c r="B601" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="C601" t="s">
         <v>632</v>
       </c>
       <c r="D601">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="E601" t="s">
         <v>120</v>
       </c>
       <c r="F601" t="s">
         <v>633</v>
       </c>
       <c r="G601" t="s">
         <v>634</v>
       </c>
-    </row>
-    <row r="602" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H601" t="s">
+        <v>81</v>
+      </c>
+      <c r="K601">
+        <v>0</v>
+      </c>
+      <c r="L601">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="602" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A602" t="s">
         <v>588</v>
       </c>
       <c r="B602" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="C602" t="s">
         <v>632</v>
       </c>
       <c r="D602">
-        <v>36</v>
+        <v>202</v>
       </c>
       <c r="E602" t="s">
         <v>120</v>
       </c>
       <c r="F602" t="s">
         <v>633</v>
       </c>
       <c r="G602" t="s">
         <v>634</v>
       </c>
-      <c r="H602" t="s">
-[...9 lines deleted...]
-    <row r="603" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="603" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A603" t="s">
         <v>588</v>
       </c>
       <c r="B603" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="C603" t="s">
         <v>632</v>
       </c>
       <c r="D603">
-        <v>204</v>
+        <v>34</v>
       </c>
       <c r="E603" t="s">
         <v>120</v>
       </c>
       <c r="F603" t="s">
         <v>633</v>
       </c>
       <c r="G603" t="s">
         <v>634</v>
       </c>
       <c r="H603" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:12" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="K603">
+        <v>0.5</v>
+      </c>
+      <c r="L603">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="604" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A604" t="s">
         <v>588</v>
       </c>
       <c r="B604" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="C604" t="s">
         <v>632</v>
       </c>
       <c r="D604">
-        <v>205</v>
+        <v>35</v>
       </c>
       <c r="E604" t="s">
         <v>120</v>
       </c>
       <c r="F604" t="s">
         <v>633</v>
       </c>
       <c r="G604" t="s">
         <v>634</v>
       </c>
-    </row>
-    <row r="605" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H604" t="s">
+        <v>52</v>
+      </c>
+      <c r="K604">
+        <v>0.5</v>
+      </c>
+      <c r="L604">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="605" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A605" t="s">
         <v>588</v>
       </c>
       <c r="B605" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="C605" t="s">
         <v>632</v>
       </c>
       <c r="D605">
-        <v>37</v>
+        <v>203</v>
       </c>
       <c r="E605" t="s">
         <v>120</v>
       </c>
       <c r="F605" t="s">
         <v>633</v>
       </c>
       <c r="G605" t="s">
         <v>634</v>
       </c>
-      <c r="H605" t="s">
-[...9 lines deleted...]
-    <row r="606" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="606" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A606" t="s">
         <v>588</v>
       </c>
       <c r="B606" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="C606" t="s">
         <v>632</v>
       </c>
       <c r="D606">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E606" t="s">
         <v>120</v>
       </c>
       <c r="F606" t="s">
         <v>633</v>
       </c>
       <c r="G606" t="s">
         <v>634</v>
       </c>
       <c r="H606" t="s">
         <v>255</v>
       </c>
       <c r="K606">
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="L606">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:12" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="607" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A607" t="s">
         <v>588</v>
       </c>
       <c r="B607" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="C607" t="s">
         <v>632</v>
       </c>
       <c r="D607">
-        <v>39</v>
+        <v>204</v>
       </c>
       <c r="E607" t="s">
         <v>120</v>
       </c>
       <c r="F607" t="s">
         <v>633</v>
       </c>
       <c r="G607" t="s">
         <v>634</v>
       </c>
       <c r="H607" t="s">
-        <v>55</v>
-[...8 lines deleted...]
-    <row r="608" spans="1:12" x14ac:dyDescent="0.25">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="608" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A608" t="s">
         <v>588</v>
       </c>
       <c r="B608" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="C608" t="s">
         <v>632</v>
       </c>
       <c r="D608">
-        <v>40</v>
+        <v>205</v>
       </c>
       <c r="E608" t="s">
         <v>120</v>
       </c>
       <c r="F608" t="s">
         <v>633</v>
       </c>
       <c r="G608" t="s">
         <v>634</v>
       </c>
-      <c r="H608" t="s">
-[...9 lines deleted...]
-    <row r="609" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="609" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A609" t="s">
         <v>588</v>
       </c>
       <c r="B609" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="C609" t="s">
         <v>632</v>
       </c>
       <c r="D609">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E609" t="s">
         <v>120</v>
       </c>
       <c r="F609" t="s">
         <v>633</v>
       </c>
       <c r="G609" t="s">
         <v>634</v>
       </c>
       <c r="H609" t="s">
-        <v>81</v>
+        <v>133</v>
       </c>
       <c r="K609">
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="L609">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="610" spans="1:12" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="610" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A610" t="s">
         <v>588</v>
       </c>
       <c r="B610" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="C610" t="s">
         <v>632</v>
       </c>
       <c r="D610">
-        <v>206</v>
+        <v>38</v>
       </c>
       <c r="E610" t="s">
         <v>120</v>
       </c>
       <c r="F610" t="s">
         <v>633</v>
       </c>
       <c r="G610" t="s">
         <v>634</v>
       </c>
-    </row>
-    <row r="611" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H610" t="s">
+        <v>255</v>
+      </c>
+      <c r="K610">
+        <v>1</v>
+      </c>
+      <c r="L610">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="611" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A611" t="s">
         <v>588</v>
       </c>
       <c r="B611" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="C611" t="s">
         <v>632</v>
       </c>
       <c r="D611">
-        <v>207</v>
+        <v>39</v>
       </c>
       <c r="E611" t="s">
         <v>120</v>
       </c>
       <c r="F611" t="s">
         <v>633</v>
       </c>
       <c r="G611" t="s">
         <v>634</v>
       </c>
       <c r="H611" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="612" spans="1:12" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+      <c r="K611">
+        <v>0</v>
+      </c>
+      <c r="L611">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="612" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A612" t="s">
         <v>588</v>
       </c>
       <c r="B612" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="C612" t="s">
         <v>632</v>
       </c>
       <c r="D612">
-        <v>208</v>
+        <v>40</v>
       </c>
       <c r="E612" t="s">
         <v>120</v>
       </c>
       <c r="F612" t="s">
         <v>633</v>
       </c>
       <c r="G612" t="s">
         <v>634</v>
       </c>
-    </row>
-    <row r="613" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H612" t="s">
+        <v>255</v>
+      </c>
+      <c r="K612">
+        <v>1</v>
+      </c>
+      <c r="L612">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="613" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A613" t="s">
         <v>588</v>
       </c>
       <c r="B613" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="C613" t="s">
         <v>632</v>
       </c>
       <c r="D613">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E613" t="s">
         <v>120</v>
       </c>
       <c r="F613" t="s">
         <v>633</v>
       </c>
       <c r="G613" t="s">
         <v>634</v>
       </c>
       <c r="H613" t="s">
-        <v>255</v>
+        <v>81</v>
       </c>
       <c r="K613">
         <v>1</v>
       </c>
       <c r="L613">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:12" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="614" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A614" t="s">
         <v>588</v>
       </c>
       <c r="B614" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="C614" t="s">
         <v>632</v>
       </c>
       <c r="D614">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="E614" t="s">
         <v>120</v>
       </c>
       <c r="F614" t="s">
         <v>633</v>
       </c>
       <c r="G614" t="s">
         <v>634</v>
       </c>
     </row>
-    <row r="615" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="615" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A615" t="s">
         <v>588</v>
       </c>
       <c r="B615" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="C615" t="s">
-        <v>656</v>
+        <v>632</v>
       </c>
       <c r="D615">
-        <v>245</v>
+        <v>207</v>
       </c>
       <c r="E615" t="s">
         <v>120</v>
       </c>
       <c r="F615" t="s">
         <v>633</v>
       </c>
       <c r="G615" t="s">
         <v>634</v>
       </c>
       <c r="H615" t="s">
-        <v>194</v>
-[...8 lines deleted...]
-    <row r="616" spans="1:12" x14ac:dyDescent="0.25">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="616" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A616" t="s">
         <v>588</v>
       </c>
       <c r="B616" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="C616" t="s">
-        <v>657</v>
+        <v>632</v>
       </c>
       <c r="D616">
-        <v>54</v>
+        <v>208</v>
       </c>
       <c r="E616" t="s">
         <v>120</v>
       </c>
       <c r="F616" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="G616" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:12" x14ac:dyDescent="0.25">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="617" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A617" t="s">
         <v>588</v>
       </c>
       <c r="B617" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="C617" t="s">
-        <v>660</v>
+        <v>632</v>
       </c>
       <c r="D617">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="E617" t="s">
         <v>120</v>
       </c>
       <c r="F617" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="G617" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:12" x14ac:dyDescent="0.25">
+        <v>634</v>
+      </c>
+      <c r="H617" t="s">
+        <v>255</v>
+      </c>
+      <c r="K617">
+        <v>1</v>
+      </c>
+      <c r="L617">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="618" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A618" t="s">
         <v>588</v>
       </c>
       <c r="B618" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="C618" t="s">
-        <v>661</v>
+        <v>632</v>
       </c>
       <c r="D618">
-        <v>57</v>
+        <v>209</v>
       </c>
       <c r="E618" t="s">
         <v>120</v>
       </c>
       <c r="F618" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="G618" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:12" x14ac:dyDescent="0.25">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="619" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A619" t="s">
         <v>588</v>
       </c>
       <c r="B619" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="C619" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
       <c r="D619">
-        <v>99</v>
+        <v>245</v>
       </c>
       <c r="E619" t="s">
         <v>120</v>
       </c>
       <c r="F619" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="G619" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-    <row r="620" spans="1:12" x14ac:dyDescent="0.25">
+        <v>634</v>
+      </c>
+      <c r="H619" t="s">
+        <v>194</v>
+      </c>
+      <c r="K619">
+        <v>4</v>
+      </c>
+      <c r="L619">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="620" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A620" t="s">
         <v>588</v>
       </c>
       <c r="B620" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="C620" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="D620">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="E620" t="s">
         <v>120</v>
       </c>
       <c r="F620" t="s">
         <v>658</v>
       </c>
       <c r="G620" t="s">
         <v>659</v>
       </c>
-      <c r="H620" t="s">
-[...9 lines deleted...]
-    <row r="621" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="621" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A621" t="s">
         <v>588</v>
       </c>
       <c r="B621" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="C621" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="D621">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E621" t="s">
         <v>120</v>
       </c>
       <c r="F621" t="s">
         <v>658</v>
       </c>
       <c r="G621" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="622" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="622" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A622" t="s">
         <v>588</v>
       </c>
       <c r="B622" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="C622" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="D622">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E622" t="s">
         <v>120</v>
       </c>
       <c r="F622" t="s">
         <v>658</v>
       </c>
       <c r="G622" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="623" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="623" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A623" t="s">
         <v>588</v>
       </c>
       <c r="B623" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="C623" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="D623">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E623" t="s">
         <v>120</v>
       </c>
       <c r="F623" t="s">
         <v>658</v>
       </c>
       <c r="G623" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="624" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="624" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A624" t="s">
         <v>588</v>
       </c>
       <c r="B624" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="C624" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="D624">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="E624" t="s">
         <v>120</v>
       </c>
       <c r="F624" t="s">
         <v>658</v>
       </c>
       <c r="G624" t="s">
         <v>659</v>
       </c>
       <c r="H624" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="625" spans="1:12" x14ac:dyDescent="0.25">
+        <v>133</v>
+      </c>
+      <c r="K624">
+        <v>3</v>
+      </c>
+      <c r="L624">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="625" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A625" t="s">
         <v>588</v>
       </c>
       <c r="B625" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="C625" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="D625">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="E625" t="s">
         <v>120</v>
       </c>
       <c r="F625" t="s">
         <v>658</v>
       </c>
       <c r="G625" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="626" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="626" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A626" t="s">
         <v>588</v>
       </c>
       <c r="B626" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="C626" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="D626">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E626" t="s">
         <v>120</v>
       </c>
       <c r="F626" t="s">
         <v>658</v>
       </c>
       <c r="G626" t="s">
         <v>659</v>
       </c>
-      <c r="H626" t="s">
-[...9 lines deleted...]
-    <row r="627" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="627" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A627" t="s">
         <v>588</v>
       </c>
       <c r="B627" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="C627" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="D627">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="E627" t="s">
         <v>120</v>
       </c>
       <c r="F627" t="s">
         <v>658</v>
       </c>
       <c r="G627" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="628" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="628" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A628" t="s">
         <v>588</v>
       </c>
       <c r="B628" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="C628" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="D628">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="E628" t="s">
         <v>120</v>
       </c>
       <c r="F628" t="s">
         <v>658</v>
       </c>
       <c r="G628" t="s">
         <v>659</v>
       </c>
       <c r="H628" t="s">
-        <v>52</v>
-[...8 lines deleted...]
-    <row r="629" spans="1:12" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="629" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A629" t="s">
         <v>588</v>
       </c>
       <c r="B629" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="C629" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
       <c r="D629">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E629" t="s">
         <v>120</v>
       </c>
       <c r="F629" t="s">
         <v>658</v>
       </c>
       <c r="G629" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="630" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="630" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A630" t="s">
         <v>588</v>
       </c>
       <c r="B630" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="C630" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="D630">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="E630" t="s">
         <v>120</v>
       </c>
       <c r="F630" t="s">
         <v>658</v>
       </c>
       <c r="G630" t="s">
         <v>659</v>
       </c>
       <c r="H630" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:12" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="K630">
+        <v>0.5</v>
+      </c>
+      <c r="L630">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="631" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A631" t="s">
         <v>588</v>
       </c>
       <c r="B631" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="C631" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="D631">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="E631" t="s">
         <v>120</v>
       </c>
       <c r="F631" t="s">
         <v>658</v>
       </c>
       <c r="G631" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="632" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="632" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A632" t="s">
         <v>588</v>
       </c>
       <c r="B632" t="s">
-        <v>679</v>
+        <v>672</v>
       </c>
       <c r="C632" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="D632">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="E632" t="s">
         <v>120</v>
       </c>
       <c r="F632" t="s">
         <v>658</v>
       </c>
       <c r="G632" t="s">
         <v>659</v>
       </c>
       <c r="H632" t="s">
-        <v>281</v>
+        <v>52</v>
       </c>
       <c r="K632">
-        <v>2</v>
+        <v>0.5</v>
       </c>
       <c r="L632">
         <v>25</v>
       </c>
     </row>
-    <row r="633" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="633" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A633" t="s">
         <v>588</v>
       </c>
       <c r="B633" t="s">
-        <v>680</v>
+        <v>674</v>
       </c>
       <c r="C633" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="D633">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="E633" t="s">
         <v>120</v>
       </c>
       <c r="F633" t="s">
         <v>658</v>
       </c>
       <c r="G633" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="634" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="634" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A634" t="s">
         <v>588</v>
       </c>
       <c r="B634" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="C634" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="D634">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="E634" t="s">
         <v>120</v>
       </c>
       <c r="F634" t="s">
         <v>658</v>
       </c>
       <c r="G634" t="s">
         <v>659</v>
       </c>
-    </row>
-    <row r="635" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H634" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="635" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A635" t="s">
         <v>588</v>
       </c>
       <c r="B635" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="C635" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="D635">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E635" t="s">
         <v>120</v>
       </c>
       <c r="F635" t="s">
         <v>658</v>
       </c>
       <c r="G635" t="s">
         <v>659</v>
       </c>
-      <c r="H635" t="s">
-[...3 lines deleted...]
-    <row r="636" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="636" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A636" t="s">
         <v>588</v>
       </c>
       <c r="B636" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="C636" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
       <c r="D636">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="E636" t="s">
         <v>120</v>
       </c>
       <c r="F636" t="s">
         <v>658</v>
       </c>
       <c r="G636" t="s">
         <v>659</v>
       </c>
-    </row>
-    <row r="637" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H636" t="s">
+        <v>281</v>
+      </c>
+      <c r="K636">
+        <v>2</v>
+      </c>
+      <c r="L636">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="637" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A637" t="s">
         <v>588</v>
       </c>
       <c r="B637" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="C637" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="D637">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="E637" t="s">
         <v>120</v>
       </c>
       <c r="F637" t="s">
         <v>658</v>
       </c>
       <c r="G637" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="638" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="638" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A638" t="s">
         <v>588</v>
       </c>
       <c r="B638" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="C638" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="D638">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E638" t="s">
         <v>120</v>
       </c>
       <c r="F638" t="s">
         <v>658</v>
       </c>
       <c r="G638" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="639" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="639" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A639" t="s">
         <v>588</v>
       </c>
       <c r="B639" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="C639" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="D639">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E639" t="s">
         <v>120</v>
       </c>
       <c r="F639" t="s">
         <v>658</v>
       </c>
       <c r="G639" t="s">
         <v>659</v>
       </c>
       <c r="H639" t="s">
-        <v>109</v>
-[...8 lines deleted...]
-    <row r="640" spans="1:12" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="640" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A640" t="s">
         <v>588</v>
       </c>
       <c r="B640" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="C640" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="D640">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E640" t="s">
         <v>120</v>
       </c>
       <c r="F640" t="s">
         <v>658</v>
       </c>
       <c r="G640" t="s">
         <v>659</v>
       </c>
-      <c r="H640" t="s">
-[...9 lines deleted...]
-    <row r="641" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="641" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A641" t="s">
         <v>588</v>
       </c>
       <c r="B641" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="C641" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="D641">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="E641" t="s">
         <v>120</v>
       </c>
       <c r="F641" t="s">
         <v>658</v>
       </c>
       <c r="G641" t="s">
         <v>659</v>
       </c>
-      <c r="H641" t="s">
-[...3 lines deleted...]
-    <row r="642" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="642" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A642" t="s">
         <v>588</v>
       </c>
       <c r="B642" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="C642" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="D642">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="E642" t="s">
         <v>120</v>
       </c>
       <c r="F642" t="s">
         <v>658</v>
       </c>
       <c r="G642" t="s">
         <v>659</v>
       </c>
-      <c r="H642" t="s">
-[...9 lines deleted...]
-    <row r="643" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="643" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A643" t="s">
         <v>588</v>
       </c>
       <c r="B643" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="C643" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
       <c r="D643">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="E643" t="s">
         <v>120</v>
       </c>
       <c r="F643" t="s">
         <v>658</v>
       </c>
       <c r="G643" t="s">
         <v>659</v>
       </c>
       <c r="H643" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="K643">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="L643">
         <v>25</v>
       </c>
     </row>
-    <row r="644" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="644" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A644" t="s">
         <v>588</v>
       </c>
       <c r="B644" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="C644" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="D644">
-        <v>92</v>
+        <v>51</v>
       </c>
       <c r="E644" t="s">
         <v>120</v>
       </c>
       <c r="F644" t="s">
         <v>658</v>
       </c>
       <c r="G644" t="s">
         <v>659</v>
       </c>
       <c r="H644" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="K644">
         <v>1</v>
       </c>
       <c r="L644">
         <v>25</v>
       </c>
     </row>
-    <row r="645" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="645" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A645" t="s">
         <v>588</v>
       </c>
       <c r="B645" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="C645" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="D645">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="E645" t="s">
         <v>120</v>
       </c>
       <c r="F645" t="s">
         <v>658</v>
       </c>
       <c r="G645" t="s">
         <v>659</v>
       </c>
       <c r="H645" t="s">
-        <v>123</v>
-[...8 lines deleted...]
-    <row r="646" spans="1:12" x14ac:dyDescent="0.25">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="646" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A646" t="s">
         <v>588</v>
       </c>
       <c r="B646" t="s">
-        <v>698</v>
+        <v>690</v>
       </c>
       <c r="C646" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="D646">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E646" t="s">
         <v>120</v>
       </c>
       <c r="F646" t="s">
         <v>658</v>
       </c>
       <c r="G646" t="s">
         <v>659</v>
       </c>
       <c r="H646" t="s">
-        <v>73</v>
+        <v>93</v>
       </c>
       <c r="K646">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="L646">
         <v>25</v>
       </c>
     </row>
-    <row r="647" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="647" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A647" t="s">
         <v>588</v>
       </c>
       <c r="B647" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="C647" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
       <c r="D647">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E647" t="s">
         <v>120</v>
       </c>
       <c r="F647" t="s">
         <v>658</v>
       </c>
       <c r="G647" t="s">
         <v>659</v>
       </c>
       <c r="H647" t="s">
-        <v>601</v>
+        <v>52</v>
       </c>
       <c r="K647">
-        <v>2</v>
+        <v>0.5</v>
       </c>
       <c r="L647">
         <v>25</v>
       </c>
     </row>
-    <row r="648" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="648" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A648" t="s">
         <v>588</v>
       </c>
       <c r="B648" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="C648" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="D648">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="E648" t="s">
         <v>120</v>
       </c>
       <c r="F648" t="s">
         <v>658</v>
       </c>
       <c r="G648" t="s">
         <v>659</v>
       </c>
       <c r="H648" t="s">
-        <v>220</v>
+        <v>116</v>
       </c>
       <c r="K648">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="L648">
         <v>25</v>
       </c>
     </row>
-    <row r="649" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="649" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A649" t="s">
         <v>588</v>
       </c>
       <c r="B649" t="s">
-        <v>703</v>
+        <v>696</v>
       </c>
       <c r="C649" t="s">
-        <v>703</v>
+        <v>697</v>
       </c>
       <c r="D649">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="E649" t="s">
         <v>120</v>
       </c>
       <c r="F649" t="s">
         <v>658</v>
       </c>
       <c r="G649" t="s">
         <v>659</v>
       </c>
-    </row>
-    <row r="650" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H649" t="s">
+        <v>123</v>
+      </c>
+      <c r="K649">
+        <v>0.5</v>
+      </c>
+      <c r="L649">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="650" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A650" t="s">
         <v>588</v>
       </c>
       <c r="B650" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="C650" t="s">
-        <v>705</v>
+        <v>699</v>
       </c>
       <c r="D650">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="E650" t="s">
         <v>120</v>
       </c>
       <c r="F650" t="s">
         <v>658</v>
       </c>
       <c r="G650" t="s">
         <v>659</v>
       </c>
-    </row>
-    <row r="651" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H650" t="s">
+        <v>73</v>
+      </c>
+      <c r="K650">
+        <v>0.5</v>
+      </c>
+      <c r="L650">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="651" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A651" t="s">
         <v>588</v>
       </c>
       <c r="B651" t="s">
-        <v>706</v>
+        <v>700</v>
       </c>
       <c r="C651" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="D651">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="E651" t="s">
         <v>120</v>
       </c>
       <c r="F651" t="s">
         <v>658</v>
       </c>
       <c r="G651" t="s">
         <v>659</v>
       </c>
-    </row>
-    <row r="652" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H651" t="s">
+        <v>601</v>
+      </c>
+      <c r="K651">
+        <v>2</v>
+      </c>
+      <c r="L651">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="652" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A652" t="s">
         <v>588</v>
       </c>
       <c r="B652" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="C652" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="D652">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="E652" t="s">
         <v>120</v>
       </c>
       <c r="F652" t="s">
         <v>658</v>
       </c>
       <c r="G652" t="s">
         <v>659</v>
       </c>
-    </row>
-    <row r="653" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H652" t="s">
+        <v>220</v>
+      </c>
+      <c r="K652">
+        <v>0.5</v>
+      </c>
+      <c r="L652">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="653" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A653" t="s">
         <v>588</v>
       </c>
       <c r="B653" t="s">
-        <v>507</v>
+        <v>703</v>
       </c>
       <c r="C653" t="s">
-        <v>508</v>
+        <v>703</v>
       </c>
       <c r="D653">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="E653" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F653" t="s">
-        <v>198</v>
+        <v>658</v>
       </c>
       <c r="G653" t="s">
-        <v>708</v>
-[...5 lines deleted...]
-    <row r="654" spans="1:12" x14ac:dyDescent="0.25">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="654" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A654" t="s">
         <v>588</v>
       </c>
       <c r="B654" t="s">
-        <v>348</v>
+        <v>704</v>
       </c>
       <c r="C654" t="s">
-        <v>349</v>
+        <v>705</v>
       </c>
       <c r="D654">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="E654" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F654" t="s">
-        <v>198</v>
+        <v>658</v>
       </c>
       <c r="G654" t="s">
-        <v>708</v>
-[...11 lines deleted...]
-    <row r="655" spans="1:12" x14ac:dyDescent="0.25">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="655" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A655" t="s">
         <v>588</v>
       </c>
       <c r="B655" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="C655" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="D655">
-        <v>300</v>
+        <v>84</v>
       </c>
       <c r="E655" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F655" t="s">
-        <v>198</v>
+        <v>658</v>
       </c>
       <c r="G655" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:12" x14ac:dyDescent="0.25">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="656" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A656" t="s">
         <v>588</v>
       </c>
       <c r="B656" t="s">
-        <v>350</v>
+        <v>707</v>
       </c>
       <c r="C656" t="s">
-        <v>351</v>
+        <v>707</v>
       </c>
       <c r="D656">
-        <v>138</v>
+        <v>75</v>
       </c>
       <c r="E656" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="F656" t="s">
-        <v>198</v>
+        <v>658</v>
       </c>
       <c r="G656" t="s">
-        <v>708</v>
-[...11 lines deleted...]
-    <row r="657" spans="1:12" x14ac:dyDescent="0.25">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="657" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A657" t="s">
         <v>588</v>
       </c>
       <c r="B657" t="s">
-        <v>711</v>
+        <v>507</v>
       </c>
       <c r="C657" t="s">
-        <v>711</v>
+        <v>508</v>
       </c>
       <c r="D657">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E657" t="s">
         <v>68</v>
       </c>
       <c r="F657" t="s">
         <v>198</v>
       </c>
       <c r="G657" t="s">
         <v>708</v>
       </c>
       <c r="H657" t="s">
-        <v>93</v>
-[...8 lines deleted...]
-    <row r="658" spans="1:12" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="658" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A658" t="s">
         <v>588</v>
       </c>
       <c r="B658" t="s">
-        <v>712</v>
+        <v>348</v>
       </c>
       <c r="C658" t="s">
-        <v>712</v>
+        <v>349</v>
       </c>
       <c r="D658">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="E658" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F658" t="s">
         <v>198</v>
       </c>
       <c r="G658" t="s">
         <v>708</v>
       </c>
       <c r="H658" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="K658">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L658">
         <v>25</v>
       </c>
     </row>
-    <row r="659" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="659" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A659" t="s">
         <v>588</v>
       </c>
       <c r="B659" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="C659" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="D659">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="E659" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="F659" t="s">
         <v>198</v>
       </c>
       <c r="G659" t="s">
         <v>708</v>
       </c>
-      <c r="H659" t="s">
-[...9 lines deleted...]
-    <row r="660" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="660" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A660" t="s">
         <v>588</v>
       </c>
       <c r="B660" t="s">
-        <v>714</v>
+        <v>350</v>
       </c>
       <c r="C660" t="s">
-        <v>715</v>
+        <v>351</v>
       </c>
       <c r="D660">
-        <v>112</v>
+        <v>138</v>
       </c>
       <c r="E660" t="s">
         <v>68</v>
       </c>
       <c r="F660" t="s">
         <v>198</v>
       </c>
       <c r="G660" t="s">
         <v>708</v>
       </c>
       <c r="H660" t="s">
-        <v>716</v>
+        <v>93</v>
       </c>
       <c r="K660">
-        <v>25</v>
+        <v>0.5</v>
       </c>
       <c r="L660">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:12" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="661" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A661" t="s">
         <v>588</v>
       </c>
       <c r="B661" t="s">
-        <v>717</v>
+        <v>711</v>
       </c>
       <c r="C661" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="D661">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="E661" t="s">
         <v>68</v>
       </c>
       <c r="F661" t="s">
         <v>198</v>
       </c>
       <c r="G661" t="s">
         <v>708</v>
       </c>
       <c r="H661" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:12" x14ac:dyDescent="0.25">
+        <v>93</v>
+      </c>
+      <c r="K661">
+        <v>0</v>
+      </c>
+      <c r="L661">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="662" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A662" t="s">
         <v>588</v>
       </c>
       <c r="B662" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="C662" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="D662">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="E662" t="s">
-        <v>308</v>
+        <v>37</v>
       </c>
       <c r="F662" t="s">
         <v>198</v>
       </c>
       <c r="G662" t="s">
         <v>708</v>
       </c>
       <c r="H662" t="s">
         <v>52</v>
       </c>
       <c r="K662">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L662">
-        <v>7.5</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:12" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="663" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A663" t="s">
         <v>588</v>
       </c>
       <c r="B663" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="C663" t="s">
-        <v>721</v>
+        <v>713</v>
       </c>
       <c r="D663">
-        <v>297</v>
+        <v>120</v>
       </c>
       <c r="E663" t="s">
-        <v>308</v>
+        <v>37</v>
       </c>
       <c r="F663" t="s">
         <v>198</v>
       </c>
       <c r="G663" t="s">
         <v>708</v>
       </c>
-    </row>
-    <row r="664" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H663" t="s">
+        <v>87</v>
+      </c>
+      <c r="K663">
+        <v>3</v>
+      </c>
+      <c r="L663">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="664" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A664" t="s">
         <v>588</v>
       </c>
       <c r="B664" t="s">
-        <v>722</v>
+        <v>714</v>
       </c>
       <c r="C664" t="s">
-        <v>723</v>
+        <v>715</v>
       </c>
       <c r="D664">
-        <v>298</v>
+        <v>112</v>
       </c>
       <c r="E664" t="s">
-        <v>308</v>
+        <v>68</v>
       </c>
       <c r="F664" t="s">
         <v>198</v>
       </c>
       <c r="G664" t="s">
         <v>708</v>
       </c>
-    </row>
-    <row r="665" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H664" t="s">
+        <v>716</v>
+      </c>
+      <c r="K664">
+        <v>25</v>
+      </c>
+      <c r="L664">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="665" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A665" t="s">
         <v>588</v>
       </c>
       <c r="B665" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="C665" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="D665">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="E665" t="s">
-        <v>308</v>
+        <v>68</v>
       </c>
       <c r="F665" t="s">
         <v>198</v>
       </c>
       <c r="G665" t="s">
         <v>708</v>
       </c>
       <c r="H665" t="s">
-        <v>84</v>
-[...8 lines deleted...]
-    <row r="666" spans="1:12" x14ac:dyDescent="0.25">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="666" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A666" t="s">
         <v>588</v>
       </c>
       <c r="B666" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="C666" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="D666">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E666" t="s">
         <v>308</v>
       </c>
       <c r="F666" t="s">
         <v>198</v>
       </c>
       <c r="G666" t="s">
         <v>708</v>
       </c>
-    </row>
-    <row r="667" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H666" t="s">
+        <v>52</v>
+      </c>
+      <c r="K666">
+        <v>5</v>
+      </c>
+      <c r="L666">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="667" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A667" t="s">
         <v>588</v>
       </c>
       <c r="B667" t="s">
-        <v>726</v>
+        <v>720</v>
       </c>
       <c r="C667" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="D667">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="E667" t="s">
         <v>308</v>
       </c>
       <c r="F667" t="s">
         <v>198</v>
       </c>
       <c r="G667" t="s">
         <v>708</v>
       </c>
     </row>
-    <row r="668" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="668" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A668" t="s">
         <v>588</v>
       </c>
       <c r="B668" t="s">
-        <v>66</v>
+        <v>722</v>
       </c>
       <c r="C668" t="s">
-        <v>67</v>
+        <v>723</v>
       </c>
       <c r="D668">
-        <v>140</v>
+        <v>298</v>
       </c>
       <c r="E668" t="s">
-        <v>68</v>
+        <v>308</v>
       </c>
       <c r="F668" t="s">
-        <v>728</v>
+        <v>198</v>
       </c>
       <c r="G668" t="s">
-        <v>729</v>
-[...11 lines deleted...]
-    <row r="669" spans="1:12" x14ac:dyDescent="0.25">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="669" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A669" t="s">
         <v>588</v>
       </c>
       <c r="B669" t="s">
-        <v>71</v>
+        <v>724</v>
       </c>
       <c r="C669" t="s">
-        <v>72</v>
+        <v>724</v>
       </c>
       <c r="D669">
-        <v>241</v>
+        <v>131</v>
       </c>
       <c r="E669" t="s">
-        <v>68</v>
+        <v>308</v>
       </c>
       <c r="F669" t="s">
-        <v>728</v>
+        <v>198</v>
       </c>
       <c r="G669" t="s">
-        <v>729</v>
+        <v>708</v>
       </c>
       <c r="H669" t="s">
-        <v>194</v>
+        <v>84</v>
       </c>
       <c r="K669">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L669">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:12" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="670" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A670" t="s">
         <v>588</v>
       </c>
       <c r="B670" t="s">
-        <v>76</v>
+        <v>725</v>
       </c>
       <c r="C670" t="s">
-        <v>77</v>
+        <v>725</v>
       </c>
       <c r="D670">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="E670" t="s">
-        <v>68</v>
+        <v>308</v>
       </c>
       <c r="F670" t="s">
-        <v>728</v>
+        <v>198</v>
       </c>
       <c r="G670" t="s">
-        <v>729</v>
-[...11 lines deleted...]
-    <row r="671" spans="1:12" x14ac:dyDescent="0.25">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="671" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A671" t="s">
         <v>588</v>
       </c>
       <c r="B671" t="s">
-        <v>79</v>
+        <v>726</v>
       </c>
       <c r="C671" t="s">
-        <v>80</v>
+        <v>727</v>
       </c>
       <c r="D671">
-        <v>242</v>
+        <v>299</v>
       </c>
       <c r="E671" t="s">
-        <v>68</v>
+        <v>308</v>
       </c>
       <c r="F671" t="s">
-        <v>728</v>
+        <v>198</v>
       </c>
       <c r="G671" t="s">
-        <v>729</v>
-[...11 lines deleted...]
-    <row r="672" spans="1:12" x14ac:dyDescent="0.25">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="672" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A672" t="s">
         <v>588</v>
       </c>
       <c r="B672" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="C672" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="D672">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="E672" t="s">
         <v>68</v>
       </c>
       <c r="F672" t="s">
         <v>728</v>
       </c>
       <c r="G672" t="s">
         <v>729</v>
       </c>
       <c r="H672" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="K672">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L672">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="673" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A673" t="s">
         <v>588</v>
       </c>
       <c r="B673" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="C673" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="D673">
-        <v>143</v>
+        <v>241</v>
       </c>
       <c r="E673" t="s">
         <v>68</v>
       </c>
       <c r="F673" t="s">
         <v>728</v>
       </c>
       <c r="G673" t="s">
         <v>729</v>
       </c>
       <c r="H673" t="s">
-        <v>73</v>
+        <v>194</v>
       </c>
       <c r="K673">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="L673">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:12" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="674" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A674" t="s">
         <v>588</v>
       </c>
       <c r="B674" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="C674" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="D674">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E674" t="s">
         <v>68</v>
       </c>
       <c r="F674" t="s">
         <v>728</v>
       </c>
       <c r="G674" t="s">
         <v>729</v>
       </c>
       <c r="H674" t="s">
-        <v>55</v>
+        <v>133</v>
       </c>
       <c r="K674">
-        <v>0</v>
+        <v>0.10000000149011599</v>
       </c>
       <c r="L674">
         <v>10</v>
       </c>
     </row>
-    <row r="675" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="675" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A675" t="s">
         <v>588</v>
       </c>
       <c r="B675" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="C675" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="D675">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E675" t="s">
         <v>68</v>
       </c>
       <c r="F675" t="s">
         <v>728</v>
       </c>
       <c r="G675" t="s">
         <v>729</v>
       </c>
       <c r="H675" t="s">
-        <v>730</v>
+        <v>138</v>
       </c>
       <c r="K675">
-        <v>0.20000000298023199</v>
+        <v>0.5</v>
       </c>
       <c r="L675">
         <v>12.5</v>
       </c>
     </row>
-    <row r="676" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="676" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A676" t="s">
         <v>588</v>
       </c>
       <c r="B676" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="C676" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="D676">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="E676" t="s">
         <v>68</v>
       </c>
       <c r="F676" t="s">
         <v>728</v>
       </c>
       <c r="G676" t="s">
         <v>729</v>
       </c>
       <c r="H676" t="s">
-        <v>65</v>
+        <v>116</v>
       </c>
       <c r="K676">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L676">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="677" spans="1:12" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="677" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A677" t="s">
         <v>588</v>
       </c>
       <c r="B677" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="C677" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="D677">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="E677" t="s">
         <v>68</v>
       </c>
       <c r="F677" t="s">
         <v>728</v>
       </c>
       <c r="G677" t="s">
         <v>729</v>
       </c>
       <c r="H677" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="K677">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L677">
         <v>10</v>
       </c>
     </row>
-    <row r="678" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="678" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A678" t="s">
         <v>588</v>
       </c>
       <c r="B678" t="s">
-        <v>174</v>
+        <v>88</v>
       </c>
       <c r="C678" t="s">
-        <v>175</v>
+        <v>89</v>
       </c>
       <c r="D678">
-        <v>301</v>
+        <v>144</v>
       </c>
       <c r="E678" t="s">
         <v>68</v>
       </c>
       <c r="F678" t="s">
         <v>728</v>
       </c>
       <c r="G678" t="s">
         <v>729</v>
       </c>
-    </row>
-    <row r="679" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H678" t="s">
+        <v>55</v>
+      </c>
+      <c r="K678">
+        <v>0</v>
+      </c>
+      <c r="L678">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="679" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A679" t="s">
         <v>588</v>
       </c>
       <c r="B679" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="C679" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="D679">
-        <v>302</v>
+        <v>243</v>
       </c>
       <c r="E679" t="s">
         <v>68</v>
       </c>
       <c r="F679" t="s">
         <v>728</v>
       </c>
       <c r="G679" t="s">
         <v>729</v>
       </c>
-    </row>
-    <row r="680" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H679" t="s">
+        <v>730</v>
+      </c>
+      <c r="K679">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L679">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="680" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A680" t="s">
         <v>588</v>
       </c>
       <c r="B680" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="C680" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D680">
-        <v>303</v>
+        <v>145</v>
       </c>
       <c r="E680" t="s">
         <v>68</v>
       </c>
       <c r="F680" t="s">
         <v>728</v>
       </c>
       <c r="G680" t="s">
         <v>729</v>
       </c>
-    </row>
-    <row r="681" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H680" t="s">
+        <v>65</v>
+      </c>
+      <c r="K680">
+        <v>1</v>
+      </c>
+      <c r="L680">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="681" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A681" t="s">
         <v>588</v>
       </c>
       <c r="B681" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="C681" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="D681">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E681" t="s">
         <v>68</v>
       </c>
       <c r="F681" t="s">
         <v>728</v>
       </c>
       <c r="G681" t="s">
         <v>729</v>
       </c>
       <c r="H681" t="s">
-        <v>162</v>
+        <v>116</v>
       </c>
       <c r="K681">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="L681">
         <v>10</v>
       </c>
     </row>
-    <row r="682" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="682" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A682" t="s">
         <v>588</v>
       </c>
       <c r="B682" t="s">
-        <v>731</v>
+        <v>174</v>
       </c>
       <c r="C682" t="s">
-        <v>732</v>
+        <v>175</v>
       </c>
       <c r="D682">
-        <v>155</v>
+        <v>301</v>
       </c>
       <c r="E682" t="s">
-        <v>733</v>
+        <v>68</v>
       </c>
       <c r="F682" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="G682" t="s">
-        <v>735</v>
-[...11 lines deleted...]
-    <row r="683" spans="1:12" x14ac:dyDescent="0.25">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="683" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A683" t="s">
         <v>588</v>
       </c>
       <c r="B683" t="s">
-        <v>736</v>
+        <v>103</v>
       </c>
       <c r="C683" t="s">
-        <v>737</v>
+        <v>104</v>
       </c>
       <c r="D683">
-        <v>152</v>
+        <v>302</v>
       </c>
       <c r="E683" t="s">
-        <v>733</v>
+        <v>68</v>
       </c>
       <c r="F683" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="G683" t="s">
-        <v>735</v>
-[...11 lines deleted...]
-    <row r="684" spans="1:12" x14ac:dyDescent="0.25">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="684" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A684" t="s">
         <v>588</v>
       </c>
       <c r="B684" t="s">
-        <v>738</v>
+        <v>112</v>
       </c>
       <c r="C684" t="s">
-        <v>739</v>
+        <v>113</v>
       </c>
       <c r="D684">
-        <v>154</v>
+        <v>303</v>
       </c>
       <c r="E684" t="s">
-        <v>733</v>
+        <v>68</v>
       </c>
       <c r="F684" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="G684" t="s">
-        <v>735</v>
-[...11 lines deleted...]
-    <row r="685" spans="1:12" x14ac:dyDescent="0.25">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="685" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A685" t="s">
         <v>588</v>
       </c>
       <c r="B685" t="s">
-        <v>740</v>
+        <v>114</v>
       </c>
       <c r="C685" t="s">
-        <v>741</v>
+        <v>115</v>
       </c>
       <c r="D685">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E685" t="s">
-        <v>733</v>
+        <v>68</v>
       </c>
       <c r="F685" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="G685" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
       <c r="H685" t="s">
-        <v>52</v>
+        <v>162</v>
       </c>
       <c r="K685">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="L685">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="686" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A686" t="s">
         <v>588</v>
       </c>
       <c r="B686" t="s">
-        <v>742</v>
+        <v>731</v>
       </c>
       <c r="C686" t="s">
-        <v>743</v>
+        <v>732</v>
       </c>
       <c r="D686">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E686" t="s">
         <v>733</v>
       </c>
       <c r="F686" t="s">
         <v>734</v>
       </c>
       <c r="G686" t="s">
         <v>735</v>
       </c>
       <c r="H686" t="s">
-        <v>98</v>
+        <v>260</v>
       </c>
       <c r="K686">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="L686">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="687" spans="1:12" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="687" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A687" t="s">
         <v>588</v>
       </c>
       <c r="B687" t="s">
-        <v>744</v>
+        <v>736</v>
       </c>
       <c r="C687" t="s">
-        <v>745</v>
+        <v>737</v>
       </c>
       <c r="D687">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E687" t="s">
         <v>733</v>
       </c>
       <c r="F687" t="s">
         <v>734</v>
       </c>
       <c r="G687" t="s">
         <v>735</v>
       </c>
       <c r="H687" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="K687">
-        <v>3</v>
+        <v>0.30000001192092901</v>
       </c>
       <c r="L687">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="688" spans="1:12" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="688" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A688" t="s">
         <v>588</v>
       </c>
       <c r="B688" t="s">
-        <v>746</v>
+        <v>738</v>
       </c>
       <c r="C688" t="s">
-        <v>747</v>
+        <v>739</v>
       </c>
       <c r="D688">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E688" t="s">
         <v>733</v>
       </c>
       <c r="F688" t="s">
         <v>734</v>
       </c>
       <c r="G688" t="s">
         <v>735</v>
       </c>
       <c r="H688" t="s">
-        <v>169</v>
+        <v>87</v>
       </c>
       <c r="K688">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="L688">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:12" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="689" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A689" t="s">
         <v>588</v>
       </c>
       <c r="B689" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="C689" t="s">
-        <v>749</v>
+        <v>741</v>
       </c>
       <c r="D689">
-        <v>164</v>
+        <v>151</v>
       </c>
       <c r="E689" t="s">
         <v>733</v>
       </c>
       <c r="F689" t="s">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="G689" t="s">
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="H689" t="s">
-        <v>274</v>
+        <v>52</v>
       </c>
       <c r="K689">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="L689">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="690" spans="1:12" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="690" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A690" t="s">
         <v>588</v>
       </c>
       <c r="B690" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
       <c r="C690" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
       <c r="D690">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="E690" t="s">
         <v>733</v>
       </c>
       <c r="F690" t="s">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="G690" t="s">
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="H690" t="s">
-        <v>274</v>
+        <v>98</v>
       </c>
       <c r="K690">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L690">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:12" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="691" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A691" t="s">
         <v>588</v>
       </c>
       <c r="B691" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="C691" t="s">
-        <v>754</v>
+        <v>745</v>
       </c>
       <c r="D691">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="E691" t="s">
         <v>733</v>
       </c>
       <c r="F691" t="s">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="G691" t="s">
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="H691" t="s">
-        <v>116</v>
+        <v>182</v>
       </c>
       <c r="K691">
-        <v>0.5</v>
+        <v>3</v>
       </c>
       <c r="L691">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="692" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="692" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A692" t="s">
         <v>588</v>
       </c>
       <c r="B692" t="s">
-        <v>755</v>
+        <v>746</v>
       </c>
       <c r="C692" t="s">
-        <v>756</v>
+        <v>747</v>
       </c>
       <c r="D692">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="E692" t="s">
         <v>733</v>
       </c>
       <c r="F692" t="s">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="G692" t="s">
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="H692" t="s">
-        <v>123</v>
+        <v>169</v>
       </c>
       <c r="K692">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="L692">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="693" spans="1:12" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="693" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A693" t="s">
         <v>588</v>
       </c>
       <c r="B693" t="s">
-        <v>757</v>
+        <v>748</v>
       </c>
       <c r="C693" t="s">
-        <v>758</v>
+        <v>749</v>
       </c>
       <c r="D693">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="E693" t="s">
         <v>733</v>
       </c>
       <c r="F693" t="s">
         <v>750</v>
       </c>
       <c r="G693" t="s">
         <v>751</v>
       </c>
       <c r="H693" t="s">
         <v>274</v>
       </c>
       <c r="K693">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="L693">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="694" spans="1:12" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="694" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A694" t="s">
         <v>588</v>
       </c>
       <c r="B694" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="C694" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="D694">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E694" t="s">
         <v>733</v>
       </c>
       <c r="F694" t="s">
         <v>750</v>
       </c>
       <c r="G694" t="s">
         <v>751</v>
       </c>
       <c r="H694" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="695" spans="1:12" x14ac:dyDescent="0.25">
+        <v>274</v>
+      </c>
+      <c r="K694">
+        <v>4</v>
+      </c>
+      <c r="L694">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="695" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A695" t="s">
         <v>588</v>
       </c>
       <c r="B695" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="C695" t="s">
-        <v>762</v>
+        <v>754</v>
       </c>
       <c r="D695">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E695" t="s">
         <v>733</v>
       </c>
       <c r="F695" t="s">
         <v>750</v>
       </c>
       <c r="G695" t="s">
         <v>751</v>
       </c>
       <c r="H695" t="s">
-        <v>270</v>
+        <v>116</v>
       </c>
       <c r="K695">
-        <v>0</v>
+        <v>0.5</v>
       </c>
       <c r="L695">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="696" spans="1:12" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="696" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A696" t="s">
         <v>588</v>
       </c>
       <c r="B696" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="C696" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
       <c r="D696">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="E696" t="s">
         <v>733</v>
       </c>
       <c r="F696" t="s">
         <v>750</v>
       </c>
       <c r="G696" t="s">
         <v>751</v>
       </c>
       <c r="H696" t="s">
-        <v>274</v>
+        <v>123</v>
       </c>
       <c r="K696">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="L696">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="697" spans="1:12" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="697" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A697" t="s">
         <v>588</v>
       </c>
       <c r="B697" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="C697" t="s">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="D697">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E697" t="s">
         <v>733</v>
       </c>
       <c r="F697" t="s">
         <v>750</v>
       </c>
       <c r="G697" t="s">
         <v>751</v>
       </c>
+      <c r="H697" t="s">
+        <v>274</v>
+      </c>
       <c r="K697">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L697">
         <v>25</v>
       </c>
     </row>
-    <row r="698" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="698" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A698" t="s">
         <v>588</v>
       </c>
       <c r="B698" t="s">
-        <v>767</v>
+        <v>759</v>
       </c>
       <c r="C698" t="s">
-        <v>768</v>
+        <v>760</v>
       </c>
       <c r="D698">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="E698" t="s">
         <v>733</v>
       </c>
       <c r="F698" t="s">
         <v>750</v>
       </c>
       <c r="G698" t="s">
         <v>751</v>
       </c>
       <c r="H698" t="s">
-        <v>614</v>
-[...8 lines deleted...]
-    <row r="699" spans="1:12" x14ac:dyDescent="0.25">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="699" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A699" t="s">
         <v>588</v>
       </c>
       <c r="B699" t="s">
-        <v>769</v>
+        <v>761</v>
       </c>
       <c r="C699" t="s">
-        <v>770</v>
+        <v>762</v>
       </c>
       <c r="D699">
-        <v>221</v>
+        <v>163</v>
       </c>
       <c r="E699" t="s">
         <v>733</v>
       </c>
       <c r="F699" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="G699" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-    <row r="700" spans="1:12" x14ac:dyDescent="0.25">
+        <v>751</v>
+      </c>
+      <c r="H699" t="s">
+        <v>270</v>
+      </c>
+      <c r="K699">
+        <v>0</v>
+      </c>
+      <c r="L699">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="700" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A700" t="s">
         <v>588</v>
       </c>
       <c r="B700" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="C700" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="D700">
-        <v>222</v>
+        <v>158</v>
       </c>
       <c r="E700" t="s">
         <v>733</v>
       </c>
       <c r="F700" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="G700" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:12" x14ac:dyDescent="0.25">
+        <v>751</v>
+      </c>
+      <c r="H700" t="s">
+        <v>274</v>
+      </c>
+      <c r="K700">
+        <v>0</v>
+      </c>
+      <c r="L700">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="701" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A701" t="s">
         <v>588</v>
       </c>
       <c r="B701" t="s">
-        <v>775</v>
+        <v>765</v>
       </c>
       <c r="C701" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="D701">
-        <v>223</v>
+        <v>157</v>
       </c>
       <c r="E701" t="s">
         <v>733</v>
       </c>
       <c r="F701" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="G701" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:12" x14ac:dyDescent="0.25">
+        <v>751</v>
+      </c>
+      <c r="K701">
+        <v>1</v>
+      </c>
+      <c r="L701">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="702" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A702" t="s">
         <v>588</v>
       </c>
       <c r="B702" t="s">
-        <v>777</v>
+        <v>767</v>
       </c>
       <c r="C702" t="s">
-        <v>778</v>
+        <v>768</v>
       </c>
       <c r="D702">
-        <v>224</v>
+        <v>166</v>
       </c>
       <c r="E702" t="s">
         <v>733</v>
       </c>
       <c r="F702" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="G702" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-    <row r="703" spans="1:12" x14ac:dyDescent="0.25">
+        <v>751</v>
+      </c>
+      <c r="H702" t="s">
+        <v>614</v>
+      </c>
+      <c r="K702">
+        <v>30</v>
+      </c>
+      <c r="L702">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="703" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A703" t="s">
         <v>588</v>
       </c>
       <c r="B703" t="s">
-        <v>779</v>
+        <v>769</v>
       </c>
       <c r="C703" t="s">
-        <v>780</v>
+        <v>770</v>
       </c>
       <c r="D703">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="E703" t="s">
         <v>733</v>
       </c>
       <c r="F703" t="s">
         <v>771</v>
       </c>
       <c r="G703" t="s">
         <v>772</v>
       </c>
     </row>
-    <row r="704" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="704" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A704" t="s">
         <v>588</v>
       </c>
       <c r="B704" t="s">
-        <v>781</v>
+        <v>773</v>
       </c>
       <c r="C704" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
       <c r="D704">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="E704" t="s">
         <v>733</v>
       </c>
       <c r="F704" t="s">
         <v>771</v>
       </c>
       <c r="G704" t="s">
         <v>772</v>
       </c>
     </row>
-    <row r="705" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="705" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A705" t="s">
         <v>588</v>
       </c>
       <c r="B705" t="s">
-        <v>783</v>
+        <v>775</v>
       </c>
       <c r="C705" t="s">
-        <v>784</v>
+        <v>776</v>
       </c>
       <c r="D705">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E705" t="s">
         <v>733</v>
       </c>
       <c r="F705" t="s">
         <v>771</v>
       </c>
       <c r="G705" t="s">
         <v>772</v>
       </c>
     </row>
-    <row r="706" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="706" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A706" t="s">
         <v>588</v>
       </c>
       <c r="B706" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="C706" t="s">
-        <v>786</v>
+        <v>778</v>
       </c>
       <c r="D706">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="E706" t="s">
         <v>733</v>
       </c>
       <c r="F706" t="s">
         <v>771</v>
       </c>
       <c r="G706" t="s">
         <v>772</v>
       </c>
     </row>
-    <row r="707" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="707" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A707" t="s">
         <v>588</v>
       </c>
       <c r="B707" t="s">
-        <v>787</v>
+        <v>779</v>
       </c>
       <c r="C707" t="s">
-        <v>788</v>
+        <v>780</v>
       </c>
       <c r="D707">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="E707" t="s">
         <v>733</v>
       </c>
       <c r="F707" t="s">
         <v>771</v>
       </c>
       <c r="G707" t="s">
         <v>772</v>
       </c>
     </row>
-    <row r="708" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="708" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A708" t="s">
         <v>588</v>
       </c>
       <c r="B708" t="s">
-        <v>789</v>
+        <v>781</v>
       </c>
       <c r="C708" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="D708">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="E708" t="s">
         <v>733</v>
       </c>
       <c r="F708" t="s">
         <v>771</v>
       </c>
       <c r="G708" t="s">
         <v>772</v>
       </c>
     </row>
-    <row r="709" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="709" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A709" t="s">
         <v>588</v>
       </c>
       <c r="B709" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="C709" t="s">
-        <v>792</v>
+        <v>784</v>
       </c>
       <c r="D709">
-        <v>171</v>
+        <v>227</v>
       </c>
       <c r="E709" t="s">
-        <v>120</v>
+        <v>733</v>
       </c>
       <c r="F709" t="s">
-        <v>793</v>
+        <v>771</v>
       </c>
       <c r="G709" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:7" x14ac:dyDescent="0.25">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="710" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A710" t="s">
         <v>588</v>
       </c>
       <c r="B710" t="s">
+        <v>785</v>
+      </c>
+      <c r="C710" t="s">
+        <v>786</v>
+      </c>
+      <c r="D710">
+        <v>228</v>
+      </c>
+      <c r="E710" t="s">
+        <v>733</v>
+      </c>
+      <c r="F710" t="s">
+        <v>771</v>
+      </c>
+      <c r="G710" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="711" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A711" t="s">
+        <v>588</v>
+      </c>
+      <c r="B711" t="s">
+        <v>787</v>
+      </c>
+      <c r="C711" t="s">
+        <v>788</v>
+      </c>
+      <c r="D711">
+        <v>229</v>
+      </c>
+      <c r="E711" t="s">
+        <v>733</v>
+      </c>
+      <c r="F711" t="s">
+        <v>771</v>
+      </c>
+      <c r="G711" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="712" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A712" t="s">
+        <v>588</v>
+      </c>
+      <c r="B712" t="s">
+        <v>789</v>
+      </c>
+      <c r="C712" t="s">
+        <v>790</v>
+      </c>
+      <c r="D712">
+        <v>230</v>
+      </c>
+      <c r="E712" t="s">
+        <v>733</v>
+      </c>
+      <c r="F712" t="s">
+        <v>771</v>
+      </c>
+      <c r="G712" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="713" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A713" t="s">
+        <v>588</v>
+      </c>
+      <c r="B713" t="s">
+        <v>791</v>
+      </c>
+      <c r="C713" t="s">
+        <v>792</v>
+      </c>
+      <c r="D713">
+        <v>171</v>
+      </c>
+      <c r="E713" t="s">
+        <v>120</v>
+      </c>
+      <c r="F713" t="s">
+        <v>793</v>
+      </c>
+      <c r="G713" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="714" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A714" t="s">
+        <v>588</v>
+      </c>
+      <c r="B714" t="s">
         <v>795</v>
       </c>
-      <c r="C710" t="s">
+      <c r="C714" t="s">
         <v>795</v>
       </c>
-      <c r="D710">
+      <c r="D714">
         <v>170</v>
       </c>
-      <c r="E710" t="s">
+      <c r="E714" t="s">
         <v>120</v>
       </c>
-      <c r="F710" t="s">
+      <c r="F714" t="s">
         <v>793</v>
       </c>
-      <c r="G710" t="s">
+      <c r="G714" t="s">
         <v>794</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:L714" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>796</v>
       </c>
       <c r="B1" t="s">
         <v>797</v>
       </c>
       <c r="C1" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
         <v>12</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
         <v>117</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
         <v>219</v>
       </c>
       <c r="B4">
         <v>1</v>
       </c>
       <c r="C4" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
         <v>488</v>
       </c>
       <c r="B5">
         <v>1</v>
       </c>
       <c r="C5" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
         <v>800</v>
       </c>
       <c r="B6">
         <v>1</v>
       </c>
       <c r="C6" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
         <v>522</v>
       </c>
       <c r="B7">
         <v>1</v>
       </c>
       <c r="C7" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
         <v>588</v>
       </c>
       <c r="B8">
         <v>1</v>
       </c>
       <c r="C8" t="s">
         <v>799</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>