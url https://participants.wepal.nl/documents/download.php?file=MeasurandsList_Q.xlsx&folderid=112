--- v0 (2025-11-25)
+++ v1 (2026-01-11)
@@ -1,219 +1,3538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25601"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\WEPAL\Determinant\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{186E4B35-005E-40D9-9581-0EF384308252}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="90" windowWidth="23895" windowHeight="14535"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="28800" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet sheetId="1" r:id="rId1" name="Determinands"/>
-    <sheet r:id="rId4" name="Determinands_Rangenames" sheetId="2"/>
+    <sheet name="Measurands" sheetId="1" r:id="rId1"/>
+    <sheet name="Measurands_Rangenames" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="Determinands">'Determinands'!$A$1:$L$1086</definedName>
-    <definedName name="Determinands_Rangenames">'Determinands_Rangenames'!$A$1:$C$56</definedName>
+    <definedName name="Determinands">Measurands!$A$1:$L$1086</definedName>
+    <definedName name="Determinands_Rangenames">Measurands_Rangenames!$A$1:$C$56</definedName>
   </definedNames>
-  <calcPr calcId="125725" fullCalcOnLoad="true"/>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6467" uniqueCount="1088">
+  <si>
+    <t>Program</t>
+  </si>
+  <si>
+    <t>MeasurandName</t>
+  </si>
+  <si>
+    <t>MeasurandFullName</t>
+  </si>
+  <si>
+    <t>MeasurandNumber</t>
+  </si>
+  <si>
+    <t>Unit</t>
+  </si>
+  <si>
+    <t>MethodGroupCode</t>
+  </si>
+  <si>
+    <t>MethodGroepName</t>
+  </si>
+  <si>
+    <t>Range1</t>
+  </si>
+  <si>
+    <t>Range2</t>
+  </si>
+  <si>
+    <t>Range3</t>
+  </si>
+  <si>
+    <t>ConstError</t>
+  </si>
+  <si>
+    <t>PropError</t>
+  </si>
+  <si>
+    <t>AQ1</t>
+  </si>
+  <si>
+    <t>Ammonia</t>
+  </si>
+  <si>
+    <t>µmol/l</t>
+  </si>
+  <si>
+    <t>NU</t>
+  </si>
+  <si>
+    <t>Nutrients</t>
+  </si>
+  <si>
+    <t>0.05 - 5</t>
+  </si>
+  <si>
+    <t>0.1 - 10</t>
+  </si>
+  <si>
+    <t>Nitrate</t>
+  </si>
+  <si>
+    <t>0.05 - 15</t>
+  </si>
+  <si>
+    <t>0.1 - 25</t>
+  </si>
+  <si>
+    <t>Nitrite</t>
+  </si>
+  <si>
+    <t>0.01 - 2</t>
+  </si>
+  <si>
+    <t>0.1 - 5</t>
+  </si>
+  <si>
+    <t>Phosphate</t>
+  </si>
+  <si>
+    <t>0.02 - 5</t>
+  </si>
+  <si>
+    <t>Silicate</t>
+  </si>
+  <si>
+    <t>0.2 - 20</t>
+  </si>
+  <si>
+    <t>0.2 - 50</t>
+  </si>
+  <si>
+    <t>TOTAL-N</t>
+  </si>
+  <si>
+    <t>2.5 - 25</t>
+  </si>
+  <si>
+    <t>5 - 50</t>
+  </si>
+  <si>
+    <t>TOTAL-P</t>
+  </si>
+  <si>
+    <t>0.2 - 10</t>
+  </si>
+  <si>
+    <t>TOxN</t>
+  </si>
+  <si>
+    <t>Salinity</t>
+  </si>
+  <si>
+    <t>psu</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>Salinity indicative</t>
+  </si>
+  <si>
+    <t>AQ11</t>
+  </si>
+  <si>
+    <t>Chlorophyll-a</t>
+  </si>
+  <si>
+    <t>µg/l</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>Pigments</t>
+  </si>
+  <si>
+    <t>0.1 - 50</t>
+  </si>
+  <si>
+    <t>Chlorophyll-b</t>
+  </si>
+  <si>
+    <t>0.01 - 10</t>
+  </si>
+  <si>
+    <t>Chlorophyll-c</t>
+  </si>
+  <si>
+    <t>Pheopigments</t>
+  </si>
+  <si>
+    <t>0.02 - 25</t>
+  </si>
+  <si>
+    <t>Chlorophyll-a (Corr)</t>
+  </si>
+  <si>
+    <t>p</t>
+  </si>
+  <si>
+    <t>Chlorophyll-a (HPLC)</t>
+  </si>
+  <si>
+    <t>PHPLC</t>
+  </si>
+  <si>
+    <t>Pigments-HPLC</t>
+  </si>
+  <si>
+    <t>Chlorophyll-b (HPLC)</t>
+  </si>
+  <si>
+    <t>Chlorophyll-c (HPLC)</t>
+  </si>
+  <si>
+    <t>AQ12</t>
+  </si>
+  <si>
+    <t>Dibutyltin(DBT)</t>
+  </si>
+  <si>
+    <t>ng Sn/kg</t>
+  </si>
+  <si>
+    <t>O</t>
+  </si>
+  <si>
+    <t>Organometals</t>
+  </si>
+  <si>
+    <t>1 - 100</t>
+  </si>
+  <si>
+    <t>Diphenyltin(DPhT)</t>
+  </si>
+  <si>
+    <t>Monobutyltin(MBT)</t>
+  </si>
+  <si>
+    <t>1 - 200</t>
+  </si>
+  <si>
+    <t>Monophenyltin(MPhT)</t>
+  </si>
+  <si>
+    <t>1 - 50</t>
+  </si>
+  <si>
+    <t>Tributyltin(TBT)</t>
+  </si>
+  <si>
+    <t>Triphenyltin(TPhT)</t>
+  </si>
+  <si>
+    <t>AQ13</t>
+  </si>
+  <si>
+    <t>Acenaphthene</t>
+  </si>
+  <si>
+    <t>µg/L</t>
+  </si>
+  <si>
+    <t>PAH</t>
+  </si>
+  <si>
+    <t>Polycyclic aromatic hydrocarbons</t>
+  </si>
+  <si>
+    <t>0.02 - 20</t>
+  </si>
+  <si>
+    <t>0.2 - 5</t>
+  </si>
+  <si>
+    <t>0.5 - 20</t>
+  </si>
+  <si>
+    <t>Acenaphthylene</t>
+  </si>
+  <si>
+    <t>0.01 - 1</t>
+  </si>
+  <si>
+    <t>0.5 - 10</t>
+  </si>
+  <si>
+    <t>Anthracene</t>
+  </si>
+  <si>
+    <t>0.05 - 2</t>
+  </si>
+  <si>
+    <t>Benzo[a]anthracene</t>
+  </si>
+  <si>
+    <t>0.001 - 0.1</t>
+  </si>
+  <si>
+    <t>0.01 - 0.5</t>
+  </si>
+  <si>
+    <t>Benzo[a]pyrene</t>
+  </si>
+  <si>
+    <t>0.01 - 5</t>
+  </si>
+  <si>
+    <t>Benzo[b]fluoranthene</t>
+  </si>
+  <si>
+    <t>Benzo[e]pyrene</t>
+  </si>
+  <si>
+    <t>Benzo[k]fluoranthene</t>
+  </si>
+  <si>
+    <t>Benzo[g,h,i]perylene</t>
+  </si>
+  <si>
+    <t>0.02 - 2</t>
+  </si>
+  <si>
+    <t>Chrysene</t>
+  </si>
+  <si>
+    <t>Dibenzo[ah]anthracene</t>
+  </si>
+  <si>
+    <t>Fluorene</t>
+  </si>
+  <si>
+    <t>Fluoranthene</t>
+  </si>
+  <si>
+    <t>0.4 - 40</t>
+  </si>
+  <si>
+    <t>Indeno[1,2,3-cd]pyrene</t>
+  </si>
+  <si>
+    <t>0.2 - 40</t>
+  </si>
+  <si>
+    <t>0.02 - 1</t>
+  </si>
+  <si>
+    <t>Naphthalene</t>
+  </si>
+  <si>
+    <t>Phenanthrene</t>
+  </si>
+  <si>
+    <t>Pyrene</t>
+  </si>
+  <si>
+    <t>Total petroleum hydrocarbons</t>
+  </si>
+  <si>
+    <t>AQ14</t>
+  </si>
+  <si>
+    <t>DOC</t>
+  </si>
+  <si>
+    <t>C mg/L</t>
+  </si>
+  <si>
+    <t>Dissolved Organic Carbon</t>
+  </si>
+  <si>
+    <t>AQ15</t>
+  </si>
+  <si>
+    <t>Dissolved Inorganic Carbon</t>
+  </si>
+  <si>
+    <t>Dissolved inorganic carbon</t>
+  </si>
+  <si>
+    <t>µmol/kg</t>
+  </si>
+  <si>
+    <t>OA</t>
+  </si>
+  <si>
+    <t>Ocean acidification</t>
+  </si>
+  <si>
+    <t>10 - 5000</t>
+  </si>
+  <si>
+    <t>Total Alkalinity</t>
+  </si>
+  <si>
+    <t>Total alkalinity</t>
+  </si>
+  <si>
+    <t>100 - 5000</t>
+  </si>
+  <si>
+    <t>pH</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>AQ2</t>
+  </si>
+  <si>
+    <t>2 - 50</t>
+  </si>
+  <si>
+    <t>10 - 100</t>
+  </si>
+  <si>
+    <t>0.01 - 15</t>
+  </si>
+  <si>
+    <t>0.5 - 25</t>
+  </si>
+  <si>
+    <t>0.002 - 2</t>
+  </si>
+  <si>
+    <t>1 - 15</t>
+  </si>
+  <si>
+    <t>5 - 100</t>
+  </si>
+  <si>
+    <t>10 - 200</t>
+  </si>
+  <si>
+    <t>0.5 - 40</t>
+  </si>
+  <si>
+    <t>1 - 20</t>
+  </si>
+  <si>
+    <t>AQ3</t>
+  </si>
+  <si>
+    <t>Arsenic</t>
+  </si>
+  <si>
+    <t>MET</t>
+  </si>
+  <si>
+    <t>Metals</t>
+  </si>
+  <si>
+    <t>0.2 - 15</t>
+  </si>
+  <si>
+    <t>0.05 - 10</t>
+  </si>
+  <si>
+    <t>Boron</t>
+  </si>
+  <si>
+    <t>200 - 5000</t>
+  </si>
+  <si>
+    <t>1000 - 5000</t>
+  </si>
+  <si>
+    <t>Cadmium</t>
+  </si>
+  <si>
+    <t>0.05 - 1</t>
+  </si>
+  <si>
+    <t>0.001 - 1</t>
+  </si>
+  <si>
+    <t>Chromium</t>
+  </si>
+  <si>
+    <t>Cobalt</t>
+  </si>
+  <si>
+    <t>Copper</t>
+  </si>
+  <si>
+    <t>Iron</t>
+  </si>
+  <si>
+    <t>Lead</t>
+  </si>
+  <si>
+    <t>0.01 - 20</t>
+  </si>
+  <si>
+    <t>0.0002 - 15</t>
+  </si>
+  <si>
+    <t>Magnesium</t>
+  </si>
+  <si>
+    <t>mg/l</t>
+  </si>
+  <si>
+    <t>100 - 50000</t>
+  </si>
+  <si>
+    <t>Manganese</t>
+  </si>
+  <si>
+    <t>0.02 - 10</t>
+  </si>
+  <si>
+    <t>Nickel</t>
+  </si>
+  <si>
+    <t>0.1 - 40</t>
+  </si>
+  <si>
+    <t>Silver</t>
+  </si>
+  <si>
+    <t>0.1 - 2</t>
+  </si>
+  <si>
+    <t>Strontium</t>
+  </si>
+  <si>
+    <t>100 - 10000</t>
+  </si>
+  <si>
+    <t>Thallium</t>
+  </si>
+  <si>
+    <t>0.001 - 0.5</t>
+  </si>
+  <si>
+    <t>Tin</t>
+  </si>
+  <si>
+    <t>Vanadium</t>
+  </si>
+  <si>
+    <t>Uranium</t>
+  </si>
+  <si>
+    <t>Zinc</t>
+  </si>
+  <si>
+    <t>0.2 - 25</t>
+  </si>
+  <si>
+    <t>AQ4</t>
+  </si>
+  <si>
+    <t>Mercury</t>
+  </si>
+  <si>
+    <t>ng/l</t>
+  </si>
+  <si>
+    <t>1 - 5000</t>
+  </si>
+  <si>
+    <t>AQ5</t>
+  </si>
+  <si>
+    <t>a-HCH</t>
+  </si>
+  <si>
+    <t>PO</t>
+  </si>
+  <si>
+    <t>PCBs&amp;OCP</t>
+  </si>
+  <si>
+    <t>2 - 500</t>
+  </si>
+  <si>
+    <t>b-HCH</t>
+  </si>
+  <si>
+    <t>1 - 500</t>
+  </si>
+  <si>
+    <t>g-HCH</t>
+  </si>
+  <si>
+    <t>d-HCH</t>
+  </si>
+  <si>
+    <t>HCB</t>
+  </si>
+  <si>
+    <t>0.5 - 200</t>
+  </si>
+  <si>
+    <t>HCBD</t>
+  </si>
+  <si>
+    <t>Aldrin</t>
+  </si>
+  <si>
+    <t>2 - 1000</t>
+  </si>
+  <si>
+    <t>Dieldrin</t>
+  </si>
+  <si>
+    <t>Endrin</t>
+  </si>
+  <si>
+    <t>Isodrin</t>
+  </si>
+  <si>
+    <t>pp'-DDD</t>
+  </si>
+  <si>
+    <t>pp'-DDE</t>
+  </si>
+  <si>
+    <t>op'-DDT</t>
+  </si>
+  <si>
+    <t>pp'-DDT</t>
+  </si>
+  <si>
+    <t>Endosulphan-I</t>
+  </si>
+  <si>
+    <t>Endosulphan-II</t>
+  </si>
+  <si>
+    <t>Pentachlorobenzene</t>
+  </si>
+  <si>
+    <t>1-2-3-TCB</t>
+  </si>
+  <si>
+    <t>1-2-4-TCB</t>
+  </si>
+  <si>
+    <t>5 - 1000</t>
+  </si>
+  <si>
+    <t>1-3-5-TCB</t>
+  </si>
+  <si>
+    <t>Trifluralin</t>
+  </si>
+  <si>
+    <t>PCB28</t>
+  </si>
+  <si>
+    <t>PCB31</t>
+  </si>
+  <si>
+    <t>PCB52</t>
+  </si>
+  <si>
+    <t>PCB101</t>
+  </si>
+  <si>
+    <t>PCB105</t>
+  </si>
+  <si>
+    <t>PCB118</t>
+  </si>
+  <si>
+    <t>PCB138</t>
+  </si>
+  <si>
+    <t>PCB138+PCB163</t>
+  </si>
+  <si>
+    <t>PCB153</t>
+  </si>
+  <si>
+    <t>PCB156</t>
+  </si>
+  <si>
+    <t>PCB180</t>
+  </si>
+  <si>
+    <t>Heptachlor</t>
+  </si>
+  <si>
+    <t>Heptachlorepoxide</t>
+  </si>
+  <si>
+    <t>AQ6</t>
+  </si>
+  <si>
+    <t>Benzene</t>
+  </si>
+  <si>
+    <t>VOC</t>
+  </si>
+  <si>
+    <t>VOCs</t>
+  </si>
+  <si>
+    <t>Carbon-tetrachloride</t>
+  </si>
+  <si>
+    <t>Chlorobenzene</t>
+  </si>
+  <si>
+    <t>Chloroform</t>
+  </si>
+  <si>
+    <t>2-chlorotoluene</t>
+  </si>
+  <si>
+    <t>4-chlorotoluene</t>
+  </si>
+  <si>
+    <t>1,2-dichlorobenzene</t>
+  </si>
+  <si>
+    <t>1,3-dichlorobenzene</t>
+  </si>
+  <si>
+    <t>1,4-dichlorobenzene</t>
+  </si>
+  <si>
+    <t>1,1-dichloroethane</t>
+  </si>
+  <si>
+    <t>1-2-dichloroethane</t>
+  </si>
+  <si>
+    <t>1,1-dichloroethene</t>
+  </si>
+  <si>
+    <t>cis-1,2-dichloroethene</t>
+  </si>
+  <si>
+    <t>trans-1,2-dichloroethene</t>
+  </si>
+  <si>
+    <t>Dichloromethane</t>
+  </si>
+  <si>
+    <t>1,2-dichloropropane</t>
+  </si>
+  <si>
+    <t>Ethylbenzene</t>
+  </si>
+  <si>
+    <t>Isopropylbenzene</t>
+  </si>
+  <si>
+    <t>n-Propylbenzene</t>
+  </si>
+  <si>
+    <t>Styrene</t>
+  </si>
+  <si>
+    <t>tert-bytylbenzene</t>
+  </si>
+  <si>
+    <t>1,1,1,2-tetrachlorethane</t>
+  </si>
+  <si>
+    <t>Tetrachloroethene</t>
+  </si>
+  <si>
+    <t>Trichlorethene</t>
+  </si>
+  <si>
+    <t>1-1-1-trichloroethane</t>
+  </si>
+  <si>
+    <t>1-1-2-trichloroethane</t>
+  </si>
+  <si>
+    <t>1,3,5-trimethylbenzene</t>
+  </si>
+  <si>
+    <t>Toluene</t>
+  </si>
+  <si>
+    <t>m+p-Xylene</t>
+  </si>
+  <si>
+    <t>o-Xylene</t>
+  </si>
+  <si>
+    <t>AQ7</t>
+  </si>
+  <si>
+    <t>Pentachlorophenol</t>
+  </si>
+  <si>
+    <t>20 - 2000</t>
+  </si>
+  <si>
+    <t>AQ8</t>
+  </si>
+  <si>
+    <t>Aclonifen</t>
+  </si>
+  <si>
+    <t>PEST</t>
+  </si>
+  <si>
+    <t>OPs&amp;Herb</t>
+  </si>
+  <si>
+    <t>2 - 2000</t>
+  </si>
+  <si>
+    <t>2 - 200</t>
+  </si>
+  <si>
+    <t>Alachlor</t>
+  </si>
+  <si>
+    <t>Atrazine</t>
+  </si>
+  <si>
+    <t>Atrazine-desethyl</t>
+  </si>
+  <si>
+    <t>Azinphos-ethyl</t>
+  </si>
+  <si>
+    <t>Azinphos-methyl</t>
+  </si>
+  <si>
+    <t>Bifenox</t>
+  </si>
+  <si>
+    <t>Bifenthrin</t>
+  </si>
+  <si>
+    <t>Chlorfenvinphos</t>
+  </si>
+  <si>
+    <t>Chlorpyrifos</t>
+  </si>
+  <si>
+    <t>Chlotianidin</t>
+  </si>
+  <si>
+    <t>Coumaphos</t>
+  </si>
+  <si>
+    <t>Cypermethrin</t>
+  </si>
+  <si>
+    <t>Deltamethrin</t>
+  </si>
+  <si>
+    <t>Demeton</t>
+  </si>
+  <si>
+    <t>Diazinon</t>
+  </si>
+  <si>
+    <t>Dichlorvos</t>
+  </si>
+  <si>
+    <t>Dicofol</t>
+  </si>
+  <si>
+    <t>Dimethoate</t>
+  </si>
+  <si>
+    <t>Diuron</t>
+  </si>
+  <si>
+    <t>Esfenvalerate</t>
+  </si>
+  <si>
+    <t>Fenchlorophos</t>
+  </si>
+  <si>
+    <t>Fenitrothion</t>
+  </si>
+  <si>
+    <t>Fenthion</t>
+  </si>
+  <si>
+    <t>Glyphosate</t>
+  </si>
+  <si>
+    <t>Imidacloprid</t>
+  </si>
+  <si>
+    <t>Irgarol-1051</t>
+  </si>
+  <si>
+    <t>Isoproturon</t>
+  </si>
+  <si>
+    <t>Malathion</t>
+  </si>
+  <si>
+    <t>Nicosulfuron</t>
+  </si>
+  <si>
+    <t>Omethoate</t>
+  </si>
+  <si>
+    <t>Parathion-ethyl</t>
+  </si>
+  <si>
+    <t>Parathion-methyl</t>
+  </si>
+  <si>
+    <t>Permethrin</t>
+  </si>
+  <si>
+    <t>Quinoxyfen</t>
+  </si>
+  <si>
+    <t>Simazine</t>
+  </si>
+  <si>
+    <t>Terbutryn</t>
+  </si>
+  <si>
+    <t>Terbuthylazine</t>
+  </si>
+  <si>
+    <t>Thiacloprid</t>
+  </si>
+  <si>
+    <t>Thiamethoxam</t>
+  </si>
+  <si>
+    <t>Triazophos</t>
+  </si>
+  <si>
+    <t>Triclosan</t>
+  </si>
+  <si>
+    <t>BE1</t>
+  </si>
+  <si>
+    <t>Average Shell height</t>
+  </si>
+  <si>
+    <t>mm</t>
+  </si>
+  <si>
+    <t>IMP</t>
+  </si>
+  <si>
+    <t>Imposex</t>
+  </si>
+  <si>
+    <t>Females with imposex</t>
+  </si>
+  <si>
+    <t>Female-male ratio</t>
+  </si>
+  <si>
+    <t>Average penis length females</t>
+  </si>
+  <si>
+    <t>Average penis length males</t>
+  </si>
+  <si>
+    <t>RPSI (x100)</t>
+  </si>
+  <si>
+    <t>VDSI</t>
+  </si>
+  <si>
+    <t>BT1</t>
+  </si>
+  <si>
+    <t>Aluminium</t>
+  </si>
+  <si>
+    <t>mg/kg</t>
+  </si>
+  <si>
+    <t>2 - 100</t>
+  </si>
+  <si>
+    <t>Antimony</t>
+  </si>
+  <si>
+    <t>µg/kg</t>
+  </si>
+  <si>
+    <t>1 - 5</t>
+  </si>
+  <si>
+    <t>1 - 10</t>
+  </si>
+  <si>
+    <t>Barium</t>
+  </si>
+  <si>
+    <t>5 - 500</t>
+  </si>
+  <si>
+    <t>Beryllium</t>
+  </si>
+  <si>
+    <t>Bismuth</t>
+  </si>
+  <si>
+    <t>0.5 - 50</t>
+  </si>
+  <si>
+    <t>10 - 500</t>
+  </si>
+  <si>
+    <t>Calcium</t>
+  </si>
+  <si>
+    <t>20 - 1000</t>
+  </si>
+  <si>
+    <t>50 - 5000</t>
+  </si>
+  <si>
+    <t>50 - 2000</t>
+  </si>
+  <si>
+    <t>Cerium</t>
+  </si>
+  <si>
+    <t>Cesium</t>
+  </si>
+  <si>
+    <t>25 - 500</t>
+  </si>
+  <si>
+    <t>200 - 10000</t>
+  </si>
+  <si>
+    <t>100 - 1500</t>
+  </si>
+  <si>
+    <t>50 - 10000</t>
+  </si>
+  <si>
+    <t>Gallium</t>
+  </si>
+  <si>
+    <t>Gold</t>
+  </si>
+  <si>
+    <t>2.5 - 200</t>
+  </si>
+  <si>
+    <t>5 - 200</t>
+  </si>
+  <si>
+    <t>Lanthanum</t>
+  </si>
+  <si>
+    <t>10 - 1000</t>
+  </si>
+  <si>
+    <t>2.5 - 50</t>
+  </si>
+  <si>
+    <t>Lithium</t>
+  </si>
+  <si>
+    <t>50 - 1000</t>
+  </si>
+  <si>
+    <t>100 - 2000</t>
+  </si>
+  <si>
+    <t>500 - 10000</t>
+  </si>
+  <si>
+    <t>20 - 100</t>
+  </si>
+  <si>
+    <t>Methyl. Mercury</t>
+  </si>
+  <si>
+    <t>Molybdene</t>
+  </si>
+  <si>
+    <t>20 - 500</t>
+  </si>
+  <si>
+    <t>Neodymium</t>
+  </si>
+  <si>
+    <t>10 - 2000</t>
+  </si>
+  <si>
+    <t>Palladium</t>
+  </si>
+  <si>
+    <t>Phosphorus</t>
+  </si>
+  <si>
+    <t>2000 - 3000</t>
+  </si>
+  <si>
+    <t>2000 - 5000</t>
+  </si>
+  <si>
+    <t>2000 - 50000</t>
+  </si>
+  <si>
+    <t>Platinum</t>
+  </si>
+  <si>
+    <t>Potassium</t>
+  </si>
+  <si>
+    <t>500 - 5000</t>
+  </si>
+  <si>
+    <t>500 - 50000</t>
+  </si>
+  <si>
+    <t>Rubidium</t>
+  </si>
+  <si>
+    <t>Scandium</t>
+  </si>
+  <si>
+    <t>Selenium</t>
+  </si>
+  <si>
+    <t>200 - 1000</t>
+  </si>
+  <si>
+    <t>Sodium</t>
+  </si>
+  <si>
+    <t>1000 - 10000</t>
+  </si>
+  <si>
+    <t>Sulfur</t>
+  </si>
+  <si>
+    <t>Tantalum</t>
+  </si>
+  <si>
+    <t>Tellurium</t>
+  </si>
+  <si>
+    <t>Thorium</t>
+  </si>
+  <si>
+    <t>Titanium</t>
+  </si>
+  <si>
+    <t>Tungsten</t>
+  </si>
+  <si>
+    <t>Yttrium</t>
+  </si>
+  <si>
+    <t>10 - 50</t>
+  </si>
+  <si>
+    <t>2 - 20</t>
+  </si>
+  <si>
+    <t>Zirconium</t>
+  </si>
+  <si>
+    <t>Ash-Weight</t>
+  </si>
+  <si>
+    <t>%</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>Weight</t>
+  </si>
+  <si>
+    <t>Dry-weight</t>
+  </si>
+  <si>
+    <t>Extractable-Lipid</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>Lipids</t>
+  </si>
+  <si>
+    <t>Total-Lipid</t>
+  </si>
+  <si>
+    <t>BT10</t>
+  </si>
+  <si>
+    <t>n-PFOS</t>
+  </si>
+  <si>
+    <t>Perfluorinated alkyl substances</t>
+  </si>
+  <si>
+    <t>0.1 - 1000</t>
+  </si>
+  <si>
+    <t>total-PFOS</t>
+  </si>
+  <si>
+    <t>PFOSA</t>
+  </si>
+  <si>
+    <t>0.01 - 50</t>
+  </si>
+  <si>
+    <t>PFDS</t>
+  </si>
+  <si>
+    <t>PFBA</t>
+  </si>
+  <si>
+    <t>PFPeA</t>
+  </si>
+  <si>
+    <t>PFHxA</t>
+  </si>
+  <si>
+    <t>PFHpA</t>
+  </si>
+  <si>
+    <t>PFOA</t>
+  </si>
+  <si>
+    <t>PFNA</t>
+  </si>
+  <si>
+    <t>PFDA</t>
+  </si>
+  <si>
+    <t>PFUnDA</t>
+  </si>
+  <si>
+    <t>PFDoA</t>
+  </si>
+  <si>
+    <t>PFTrDA</t>
+  </si>
+  <si>
+    <t>PFTeDA</t>
+  </si>
+  <si>
+    <t>n-PFBS</t>
+  </si>
+  <si>
+    <t>total-PFBS</t>
+  </si>
+  <si>
+    <t>n-PFHxS</t>
+  </si>
+  <si>
+    <t>total-PFHxS</t>
+  </si>
+  <si>
+    <t>n-PFHps</t>
+  </si>
+  <si>
+    <t>total-PFHpS</t>
+  </si>
+  <si>
+    <t>PFODA</t>
+  </si>
+  <si>
+    <t>PFBSA</t>
+  </si>
+  <si>
+    <t>PFHxSA</t>
+  </si>
+  <si>
+    <t>NMeFOSAA</t>
+  </si>
+  <si>
+    <t>NEtFOSAA</t>
+  </si>
+  <si>
+    <t>GenX</t>
+  </si>
+  <si>
+    <t>F-53B</t>
+  </si>
+  <si>
+    <t>BT11</t>
+  </si>
+  <si>
+    <t>AZA-1</t>
+  </si>
+  <si>
+    <t>T</t>
+  </si>
+  <si>
+    <t>Toxins(SF)</t>
+  </si>
+  <si>
+    <t>0.5 - 1500</t>
+  </si>
+  <si>
+    <t>AZA-2</t>
+  </si>
+  <si>
+    <t>0.5 - 500</t>
+  </si>
+  <si>
+    <t>AZA-3</t>
+  </si>
+  <si>
+    <t>AZA-total</t>
+  </si>
+  <si>
+    <t>µg AZA eq./kg</t>
+  </si>
+  <si>
+    <t>0.5 - 5000</t>
+  </si>
+  <si>
+    <t>Free-DTX1</t>
+  </si>
+  <si>
+    <t>0.2 - 500</t>
+  </si>
+  <si>
+    <t>Free-DTX2</t>
+  </si>
+  <si>
+    <t>0.5 - 1000</t>
+  </si>
+  <si>
+    <t>free-Okadaic-Acid</t>
+  </si>
+  <si>
+    <t>Total-free-OA+DTX1+DTX2</t>
+  </si>
+  <si>
+    <t>µg OA eq./kg</t>
+  </si>
+  <si>
+    <t>Total-DTX1</t>
+  </si>
+  <si>
+    <t>Total-DTX2</t>
+  </si>
+  <si>
+    <t>Total-Okadaic-Acid</t>
+  </si>
+  <si>
+    <t>Total-hy-OA+DTX1+DTX2</t>
+  </si>
+  <si>
+    <t>PTX-1</t>
+  </si>
+  <si>
+    <t>PTX-2</t>
+  </si>
+  <si>
+    <t>Total OA group + PTX group</t>
+  </si>
+  <si>
+    <t>YTX</t>
+  </si>
+  <si>
+    <t>homo-YTX</t>
+  </si>
+  <si>
+    <t>0.5 - 5</t>
+  </si>
+  <si>
+    <t>45-OH-homo-YTX</t>
+  </si>
+  <si>
+    <t>45-OH-YTX</t>
+  </si>
+  <si>
+    <t>Total-YTX</t>
+  </si>
+  <si>
+    <t>mg YTX eq./kg</t>
+  </si>
+  <si>
+    <t>BT12</t>
+  </si>
+  <si>
+    <t>11-OH-STX</t>
+  </si>
+  <si>
+    <t>C1</t>
+  </si>
+  <si>
+    <t>C-1,2</t>
+  </si>
+  <si>
+    <t>C2</t>
+  </si>
+  <si>
+    <t>C3</t>
+  </si>
+  <si>
+    <t>C-3,4</t>
+  </si>
+  <si>
+    <t>C4</t>
+  </si>
+  <si>
+    <t>dc-GTX1</t>
+  </si>
+  <si>
+    <t>dc-GTX-1,4</t>
+  </si>
+  <si>
+    <t>dc-GTX2</t>
+  </si>
+  <si>
+    <t>dc-GTX-2,3</t>
+  </si>
+  <si>
+    <t>dc-GTX3</t>
+  </si>
+  <si>
+    <t>dc-GTX4</t>
+  </si>
+  <si>
+    <t>dc-NEO</t>
+  </si>
+  <si>
+    <t>dc-STX</t>
+  </si>
+  <si>
+    <t>GTX-1</t>
+  </si>
+  <si>
+    <t>GTX-2</t>
+  </si>
+  <si>
+    <t>GTX-3</t>
+  </si>
+  <si>
+    <t>GTX-4</t>
+  </si>
+  <si>
+    <t>GTX-5</t>
+  </si>
+  <si>
+    <t>GTX-6</t>
+  </si>
+  <si>
+    <t>NEO</t>
+  </si>
+  <si>
+    <t>STX</t>
+  </si>
+  <si>
+    <t>Total toxicity</t>
+  </si>
+  <si>
+    <t>µgSTXdiHCleq./kg</t>
+  </si>
+  <si>
+    <t>50 - 3000</t>
+  </si>
+  <si>
+    <t>GTX-2,3</t>
+  </si>
+  <si>
+    <t>GTX-1,4</t>
+  </si>
+  <si>
+    <t>BT13</t>
+  </si>
+  <si>
+    <t>Tetrodotoxin</t>
+  </si>
+  <si>
+    <t>tetrodotoxin</t>
+  </si>
+  <si>
+    <t>TTX</t>
+  </si>
+  <si>
+    <t>Tetrodotoxin in shellfish</t>
+  </si>
+  <si>
+    <t>BT2</t>
+  </si>
+  <si>
+    <t>PCB11</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>Chlorinated organics</t>
+  </si>
+  <si>
+    <t>PCB28+PCB31</t>
+  </si>
+  <si>
+    <t>(µg/kg)</t>
+  </si>
+  <si>
+    <t>0.03 - 3</t>
+  </si>
+  <si>
+    <t>0.05 - 20</t>
+  </si>
+  <si>
+    <t>PCB99</t>
+  </si>
+  <si>
+    <t>5 - 300</t>
+  </si>
+  <si>
+    <t>0.1 - 20</t>
+  </si>
+  <si>
+    <t>PCB107</t>
+  </si>
+  <si>
+    <t>PCB108</t>
+  </si>
+  <si>
+    <t>PCB109</t>
+  </si>
+  <si>
+    <t>PCB110</t>
+  </si>
+  <si>
+    <t>PCB111</t>
+  </si>
+  <si>
+    <t>(µg/kg</t>
+  </si>
+  <si>
+    <t>PCB112</t>
+  </si>
+  <si>
+    <t>PCB113</t>
+  </si>
+  <si>
+    <t>PCB114</t>
+  </si>
+  <si>
+    <t>0.2 - 30</t>
+  </si>
+  <si>
+    <t>PCB128</t>
+  </si>
+  <si>
+    <t>10 - 600</t>
+  </si>
+  <si>
+    <t>0.3 - 70</t>
+  </si>
+  <si>
+    <t>0.3 - 30</t>
+  </si>
+  <si>
+    <t>0.4 - 100</t>
+  </si>
+  <si>
+    <t>0.03 - 10</t>
+  </si>
+  <si>
+    <t>PCB170</t>
+  </si>
+  <si>
+    <t>PCB183</t>
+  </si>
+  <si>
+    <t>PCB187</t>
+  </si>
+  <si>
+    <t>PCB194</t>
+  </si>
+  <si>
+    <t>PCB203</t>
+  </si>
+  <si>
+    <t>PCB209</t>
+  </si>
+  <si>
+    <t>cis-chlordane</t>
+  </si>
+  <si>
+    <t>trans-chlordane</t>
+  </si>
+  <si>
+    <t>Oxychlordane</t>
+  </si>
+  <si>
+    <t>0.05 - 100</t>
+  </si>
+  <si>
+    <t>0.5 - 100</t>
+  </si>
+  <si>
+    <t>Heptachlor-epoxide (sum)</t>
+  </si>
+  <si>
+    <t>Transnonachlor</t>
+  </si>
+  <si>
+    <t>0.05 - 40</t>
+  </si>
+  <si>
+    <t>BT4</t>
+  </si>
+  <si>
+    <t>Benzo[a]fluorene</t>
+  </si>
+  <si>
+    <t>Benzofluoranthenes (a+b+j+k)</t>
+  </si>
+  <si>
+    <t>Chrysene + Triphenylene</t>
+  </si>
+  <si>
+    <t>Dibenz[ah]anthracene</t>
+  </si>
+  <si>
+    <t>Dibenzo[a,i]pyrene</t>
+  </si>
+  <si>
+    <t>Dibenzothiophene</t>
+  </si>
+  <si>
+    <t>Perylene</t>
+  </si>
+  <si>
+    <t>Triphenylene</t>
+  </si>
+  <si>
+    <t>1-methylanthracene</t>
+  </si>
+  <si>
+    <t>2-methylanthracene</t>
+  </si>
+  <si>
+    <t>1-methylnaphtalene</t>
+  </si>
+  <si>
+    <t>2-methylnaphtalene</t>
+  </si>
+  <si>
+    <t>1-methylphenanthrene</t>
+  </si>
+  <si>
+    <t>2-methylphenanthrene</t>
+  </si>
+  <si>
+    <t>3-6-dimethylphenanthrene</t>
+  </si>
+  <si>
+    <t>1-methylpyrene</t>
+  </si>
+  <si>
+    <t>1,2-benzodiphenylen sulfide</t>
+  </si>
+  <si>
+    <t>C1-phenanthren.+ anthracen.</t>
+  </si>
+  <si>
+    <t>C2-phenanthren.+ anthracen.</t>
+  </si>
+  <si>
+    <t>C3-phenanthren.+ anthracen.</t>
+  </si>
+  <si>
+    <t>C1-pyrenes+fluoranthenes</t>
+  </si>
+  <si>
+    <t>C2-pyrenes+fluoranthenes</t>
+  </si>
+  <si>
+    <t>C1-chrysenes</t>
+  </si>
+  <si>
+    <t>C2-chrysenes</t>
+  </si>
+  <si>
+    <t>C1-benzofluoranthenes</t>
+  </si>
+  <si>
+    <t>C1-Dibenzothiophenes</t>
+  </si>
+  <si>
+    <t>C2-Dibenzothiophenes</t>
+  </si>
+  <si>
+    <t>C3-Dibenzothiophenes</t>
+  </si>
+  <si>
+    <t>TPH</t>
+  </si>
+  <si>
+    <t>BT7</t>
+  </si>
+  <si>
+    <t>Domoic+EpiDomoic</t>
+  </si>
+  <si>
+    <t>0.2 - 100</t>
+  </si>
+  <si>
+    <t>BT8</t>
+  </si>
+  <si>
+    <t>Monobutyltin (MBT)</t>
+  </si>
+  <si>
+    <t>µg Sn/kg</t>
+  </si>
+  <si>
+    <t>0.5 - 30</t>
+  </si>
+  <si>
+    <t>Dibutyltin (DBT)</t>
+  </si>
+  <si>
+    <t>Tributyltin (TBT)</t>
+  </si>
+  <si>
+    <t>Monophenyltin (MPhT)</t>
+  </si>
+  <si>
+    <t>Diphenyltin (DPhT)</t>
+  </si>
+  <si>
+    <t>Triphenyltin (TPhT)</t>
+  </si>
+  <si>
+    <t>BT9</t>
+  </si>
+  <si>
+    <t>BDE28</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>Brominated Flame Retardants</t>
+  </si>
+  <si>
+    <t>BDE47</t>
+  </si>
+  <si>
+    <t>BDE49</t>
+  </si>
+  <si>
+    <t>BDE66</t>
+  </si>
+  <si>
+    <t>BDE85</t>
+  </si>
+  <si>
+    <t>BDE99</t>
+  </si>
+  <si>
+    <t>BDE100</t>
+  </si>
+  <si>
+    <t>0.005 - 10</t>
+  </si>
+  <si>
+    <t>BDE126</t>
+  </si>
+  <si>
+    <t>BDE153</t>
+  </si>
+  <si>
+    <t>BDE154</t>
+  </si>
+  <si>
+    <t>0.001 - 5</t>
+  </si>
+  <si>
+    <t>BDE183</t>
+  </si>
+  <si>
+    <t>BDE209</t>
+  </si>
+  <si>
+    <t>TBBP-A</t>
+  </si>
+  <si>
+    <t>Dimethyl-TBBP-A</t>
+  </si>
+  <si>
+    <t>a-HBCD</t>
+  </si>
+  <si>
+    <t>b-HBCD</t>
+  </si>
+  <si>
+    <t>g-HBCD</t>
+  </si>
+  <si>
+    <t>Total HBCD</t>
+  </si>
+  <si>
+    <t>BTBPE</t>
+  </si>
+  <si>
+    <t>DBDPE</t>
+  </si>
+  <si>
+    <t>HBBz</t>
+  </si>
+  <si>
+    <t>EHTBB</t>
+  </si>
+  <si>
+    <t>EHTEBP</t>
+  </si>
+  <si>
+    <t>Total lipid</t>
+  </si>
+  <si>
+    <t>(%)</t>
+  </si>
+  <si>
+    <t>DE13</t>
+  </si>
+  <si>
+    <t>PCB18</t>
+  </si>
+  <si>
+    <t>ng/g</t>
+  </si>
+  <si>
+    <t>OC</t>
+  </si>
+  <si>
+    <t>Organochlorine analysis</t>
+  </si>
+  <si>
+    <t>PCB44</t>
+  </si>
+  <si>
+    <t>PCB149</t>
+  </si>
+  <si>
+    <t>2,4'-DDD</t>
+  </si>
+  <si>
+    <t>2,4'-DDE</t>
+  </si>
+  <si>
+    <t>2,4'-DDT</t>
+  </si>
+  <si>
+    <t>4,4'-DDD</t>
+  </si>
+  <si>
+    <t>4,4'-DDE</t>
+  </si>
+  <si>
+    <t>4,4'-DDT</t>
+  </si>
+  <si>
+    <t>alfa-HCH</t>
+  </si>
+  <si>
+    <t>beta-HCH</t>
+  </si>
+  <si>
+    <t>cis-Chordane</t>
+  </si>
+  <si>
+    <t>cis-heptachlorepoxide (B)</t>
+  </si>
+  <si>
+    <t>delta-HCH</t>
+  </si>
+  <si>
+    <t>Endosulfan</t>
+  </si>
+  <si>
+    <t>gamma-HCH</t>
+  </si>
+  <si>
+    <t>hexachlorbutadiene</t>
+  </si>
+  <si>
+    <t>hexachlorobenzene</t>
+  </si>
+  <si>
+    <t>trans-Chlordane</t>
+  </si>
+  <si>
+    <t>trans-heptachlorepoxide (A)</t>
+  </si>
+  <si>
+    <t>1-Methylnaphthalene</t>
+  </si>
+  <si>
+    <t>PAH analysis</t>
+  </si>
+  <si>
+    <t>1-Methylphenanthrene</t>
+  </si>
+  <si>
+    <t>2,6-dimethyl naphthalene</t>
+  </si>
+  <si>
+    <t>Benzo[b+j]fluoranthene</t>
+  </si>
+  <si>
+    <t>Benzo[b+j+k]fluoranthene</t>
+  </si>
+  <si>
+    <t>Benzo[b+k]fluoranthene</t>
+  </si>
+  <si>
+    <t>Benzo[ghi]perylene</t>
+  </si>
+  <si>
+    <t>Chrysene+Triphenylene</t>
+  </si>
+  <si>
+    <t>Dibenzo[a,h]anthracene</t>
+  </si>
+  <si>
+    <t>BDE</t>
+  </si>
+  <si>
+    <t>PBDE analysis</t>
+  </si>
+  <si>
+    <t>MIS</t>
+  </si>
+  <si>
+    <t>Miscellaneous</t>
+  </si>
+  <si>
+    <t>Diethyltoluamide (DEET)</t>
+  </si>
+  <si>
+    <t>PCB1</t>
+  </si>
+  <si>
+    <t>fraction</t>
+  </si>
+  <si>
+    <t>PRC</t>
+  </si>
+  <si>
+    <t>PRC Analysis</t>
+  </si>
+  <si>
+    <t>PCB2</t>
+  </si>
+  <si>
+    <t>PCB3</t>
+  </si>
+  <si>
+    <t>PCB10</t>
+  </si>
+  <si>
+    <t>PCB14</t>
+  </si>
+  <si>
+    <t>PCB21</t>
+  </si>
+  <si>
+    <t>PCB50</t>
+  </si>
+  <si>
+    <t>PCB55</t>
+  </si>
+  <si>
+    <t>PCB78</t>
+  </si>
+  <si>
+    <t>PCB104</t>
+  </si>
+  <si>
+    <t>PCB145</t>
+  </si>
+  <si>
+    <t>PCB204</t>
+  </si>
+  <si>
+    <t>2,4,5,-T</t>
+  </si>
+  <si>
+    <t>HLB</t>
+  </si>
+  <si>
+    <t>HLB Analysis</t>
+  </si>
+  <si>
+    <t>2,4-D</t>
+  </si>
+  <si>
+    <t>3,4-dichloroaniline</t>
+  </si>
+  <si>
+    <t>Acetaminophen</t>
+  </si>
+  <si>
+    <t>Acetamiprid</t>
+  </si>
+  <si>
+    <t>Acetochlor</t>
+  </si>
+  <si>
+    <t>Ametryn</t>
+  </si>
+  <si>
+    <t>Atenolol</t>
+  </si>
+  <si>
+    <t>Azoxystrobin</t>
+  </si>
+  <si>
+    <t>Bentazon</t>
+  </si>
+  <si>
+    <t>Bezafibrate</t>
+  </si>
+  <si>
+    <t>Boscalid</t>
+  </si>
+  <si>
+    <t>Bromacil</t>
+  </si>
+  <si>
+    <t>Bromoxynil</t>
+  </si>
+  <si>
+    <t>Caffeine</t>
+  </si>
+  <si>
+    <t>Carbamazepine</t>
+  </si>
+  <si>
+    <t>Carbaryl</t>
+  </si>
+  <si>
+    <t>Carbendazim</t>
+  </si>
+  <si>
+    <t>Chloridazon</t>
+  </si>
+  <si>
+    <t>Chlorotoluron</t>
+  </si>
+  <si>
+    <t>Clarithromycin</t>
+  </si>
+  <si>
+    <t>Clindamicyne</t>
+  </si>
+  <si>
+    <t>Clomazone</t>
+  </si>
+  <si>
+    <t>Cyanazine</t>
+  </si>
+  <si>
+    <t>Cyproconazole</t>
+  </si>
+  <si>
+    <t>Cyprodinil</t>
+  </si>
+  <si>
+    <t>DCPMU</t>
+  </si>
+  <si>
+    <t>DCPU</t>
+  </si>
+  <si>
+    <t>Deethylatrazine</t>
+  </si>
+  <si>
+    <t>Deisopropylatrazine</t>
+  </si>
+  <si>
+    <t>Diazepam</t>
+  </si>
+  <si>
+    <t>Dicamba</t>
+  </si>
+  <si>
+    <t>Dichlorprop</t>
+  </si>
+  <si>
+    <t>Diclofenac</t>
+  </si>
+  <si>
+    <t>Difenoconazole</t>
+  </si>
+  <si>
+    <t>Dimethenamid</t>
+  </si>
+  <si>
+    <t>Dimethomorph</t>
+  </si>
+  <si>
+    <t>Epoxiconazole</t>
+  </si>
+  <si>
+    <t>Erythromycin</t>
+  </si>
+  <si>
+    <t>Fenpropimorph</t>
+  </si>
+  <si>
+    <t>Fenuron</t>
+  </si>
+  <si>
+    <t>Flazasulfuron</t>
+  </si>
+  <si>
+    <t>Fluazinam</t>
+  </si>
+  <si>
+    <t>Fludioxinil</t>
+  </si>
+  <si>
+    <t>Flufenacet</t>
+  </si>
+  <si>
+    <t>Fluoxetine</t>
+  </si>
+  <si>
+    <t>Fluroxypyr</t>
+  </si>
+  <si>
+    <t>Furosemide</t>
+  </si>
+  <si>
+    <t>Hexazinone</t>
+  </si>
+  <si>
+    <t>Hydroxyatrazine</t>
+  </si>
+  <si>
+    <t>Ibuprofen</t>
+  </si>
+  <si>
+    <t>Ioxynil</t>
+  </si>
+  <si>
+    <t>Irbesartan</t>
+  </si>
+  <si>
+    <t>Irgarol</t>
+  </si>
+  <si>
+    <t>Ketoprofen</t>
+  </si>
+  <si>
+    <t>Lenacil</t>
+  </si>
+  <si>
+    <t>Linuron</t>
+  </si>
+  <si>
+    <t>MCPA</t>
+  </si>
+  <si>
+    <t>Mecoprop</t>
+  </si>
+  <si>
+    <t>Mesosulfuron-methyl</t>
+  </si>
+  <si>
+    <t>Metalaxyl</t>
+  </si>
+  <si>
+    <t>Metamitron</t>
+  </si>
+  <si>
+    <t>Metazachlor</t>
+  </si>
+  <si>
+    <t>Metconazole</t>
+  </si>
+  <si>
+    <t>Metformin</t>
+  </si>
+  <si>
+    <t>Metobromuron</t>
+  </si>
+  <si>
+    <t>Metolachlor</t>
+  </si>
+  <si>
+    <t>Metolachlor ESA</t>
+  </si>
+  <si>
+    <t>Metoprolol</t>
+  </si>
+  <si>
+    <t>Metoxuron</t>
+  </si>
+  <si>
+    <t>Metribuzin</t>
+  </si>
+  <si>
+    <t>Metsulfuron-methyl</t>
+  </si>
+  <si>
+    <t>Monolinuron</t>
+  </si>
+  <si>
+    <t>Monuron</t>
+  </si>
+  <si>
+    <t>Napropamide</t>
+  </si>
+  <si>
+    <t>Naproxen</t>
+  </si>
+  <si>
+    <t>Nicotine</t>
+  </si>
+  <si>
+    <t>Norfluzaron</t>
+  </si>
+  <si>
+    <t>Oxadiazon</t>
+  </si>
+  <si>
+    <t>Oxazepam</t>
+  </si>
+  <si>
+    <t>Pendimethalin</t>
+  </si>
+  <si>
+    <t>PFHxS</t>
+  </si>
+  <si>
+    <t>PFOS</t>
+  </si>
+  <si>
+    <t>Pirimicarb</t>
+  </si>
+  <si>
+    <t>Prochloraz</t>
+  </si>
+  <si>
+    <t>Promecarb</t>
+  </si>
+  <si>
+    <t>Prometon</t>
+  </si>
+  <si>
+    <t>Prometryn</t>
+  </si>
+  <si>
+    <t>Propanil</t>
+  </si>
+  <si>
+    <t>Propazine</t>
+  </si>
+  <si>
+    <t>Propiconazole</t>
+  </si>
+  <si>
+    <t>Propranolol</t>
+  </si>
+  <si>
+    <t>Propyzamide</t>
+  </si>
+  <si>
+    <t>Prosulfocarb</t>
+  </si>
+  <si>
+    <t>Pyraclostrobin</t>
+  </si>
+  <si>
+    <t>Pyrimethanil</t>
+  </si>
+  <si>
+    <t>Secbumeton</t>
+  </si>
+  <si>
+    <t>Sotalol</t>
+  </si>
+  <si>
+    <t>Spiroxamine</t>
+  </si>
+  <si>
+    <t>Sulfamethoxazole</t>
+  </si>
+  <si>
+    <t>Tebuconazole</t>
+  </si>
+  <si>
+    <t>Telmisartan</t>
+  </si>
+  <si>
+    <t>Terbuthylazine desethyl</t>
+  </si>
+  <si>
+    <t>Tetraconazole</t>
+  </si>
+  <si>
+    <t>Thiabendazole</t>
+  </si>
+  <si>
+    <t>Tramadol</t>
+  </si>
+  <si>
+    <t>Triclopyr</t>
+  </si>
+  <si>
+    <t>Trimethoprim</t>
+  </si>
+  <si>
+    <t>Venlafaxine</t>
+  </si>
+  <si>
+    <t>Warfarin</t>
+  </si>
+  <si>
+    <t>DE16</t>
+  </si>
+  <si>
+    <t>Tetrodoxin</t>
+  </si>
+  <si>
+    <t>DE17</t>
+  </si>
+  <si>
+    <t>PC (50-299 µm)</t>
+  </si>
+  <si>
+    <t>(No. p/kg)</t>
+  </si>
+  <si>
+    <t>Number</t>
+  </si>
+  <si>
+    <t>Total number of particles</t>
+  </si>
+  <si>
+    <t>PC (300-5000 µm)</t>
+  </si>
+  <si>
+    <t>Polycarbonate total</t>
+  </si>
+  <si>
+    <t>PE (50-299 µm)</t>
+  </si>
+  <si>
+    <t>PE (300-5000 µm)</t>
+  </si>
+  <si>
+    <t>Polyethylene total (HD+LD)</t>
+  </si>
+  <si>
+    <t>PET (50-299 µm)</t>
+  </si>
+  <si>
+    <t>PET (300-5000 µm)</t>
+  </si>
+  <si>
+    <t>Polyethylene Terephat. Total</t>
+  </si>
+  <si>
+    <t>PMMA (50-299 µm)</t>
+  </si>
+  <si>
+    <t>PMMA (300-5000µm)</t>
+  </si>
+  <si>
+    <t>Polymethylmethacrylate total</t>
+  </si>
+  <si>
+    <t>PP (50-299 µm)</t>
+  </si>
+  <si>
+    <t>PP (300-5000 µm)</t>
+  </si>
+  <si>
+    <t>Polypropylene total</t>
+  </si>
+  <si>
+    <t>PS (50-299 µm)</t>
+  </si>
+  <si>
+    <t>PS (300-5000 µm)</t>
+  </si>
+  <si>
+    <t>Polystyrene total</t>
+  </si>
+  <si>
+    <t>PVC (50-299 µm)</t>
+  </si>
+  <si>
+    <t>PVC (300-5000 µm)</t>
+  </si>
+  <si>
+    <t>Polyvinyl Chloride total</t>
+  </si>
+  <si>
+    <t>Other polymers (50-299 µm)</t>
+  </si>
+  <si>
+    <t>Other polymers (300-5000µm)</t>
+  </si>
+  <si>
+    <t>Other polymers total</t>
+  </si>
+  <si>
+    <t>Total polymers (50-299 µm)</t>
+  </si>
+  <si>
+    <t>Total polymers (300-5000 µm)</t>
+  </si>
+  <si>
+    <t>Total polymers (50-5000 µm)</t>
+  </si>
+  <si>
+    <t>(mg/kg)</t>
+  </si>
+  <si>
+    <t>mass</t>
+  </si>
+  <si>
+    <t>Total mass of plastic particles</t>
+  </si>
+  <si>
+    <t>PMMA (50-299µm)</t>
+  </si>
+  <si>
+    <t>Total Polymers (50-299 µm)</t>
+  </si>
+  <si>
+    <t>Mass</t>
+  </si>
+  <si>
+    <t>Total Polymers (300-5000 µm)</t>
+  </si>
+  <si>
+    <t>Total Polymers (50-5000µm)</t>
+  </si>
+  <si>
+    <t>DE18</t>
+  </si>
+  <si>
+    <t>μg/L</t>
+  </si>
+  <si>
+    <t>n-PFOA</t>
+  </si>
+  <si>
+    <t>total-PFOA</t>
+  </si>
+  <si>
+    <t>n-PFHpS</t>
+  </si>
+  <si>
+    <t>FW1</t>
+  </si>
+  <si>
+    <t>Ag</t>
+  </si>
+  <si>
+    <t>Metals in waste water</t>
+  </si>
+  <si>
+    <t>25 - 250</t>
+  </si>
+  <si>
+    <t>Al</t>
+  </si>
+  <si>
+    <t>mg/L</t>
+  </si>
+  <si>
+    <t>20 - 200</t>
+  </si>
+  <si>
+    <t>As</t>
+  </si>
+  <si>
+    <t>Ba</t>
+  </si>
+  <si>
+    <t>Be</t>
+  </si>
+  <si>
+    <t>Ca</t>
+  </si>
+  <si>
+    <t>50 -</t>
+  </si>
+  <si>
+    <t>Cd</t>
+  </si>
+  <si>
+    <t>Ce</t>
+  </si>
+  <si>
+    <t>Co</t>
+  </si>
+  <si>
+    <t>Cr</t>
+  </si>
+  <si>
+    <t>100 - 1000</t>
+  </si>
+  <si>
+    <t>Cu</t>
+  </si>
+  <si>
+    <t>Fe</t>
+  </si>
+  <si>
+    <t>Hg</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>Mg</t>
+  </si>
+  <si>
+    <t>25 -</t>
+  </si>
+  <si>
+    <t>Mn</t>
+  </si>
+  <si>
+    <t>Mo</t>
+  </si>
+  <si>
+    <t>Na</t>
+  </si>
+  <si>
+    <t>Ni</t>
+  </si>
+  <si>
+    <t>Pb</t>
+  </si>
+  <si>
+    <t>Sb</t>
+  </si>
+  <si>
+    <t>Se</t>
+  </si>
+  <si>
+    <t>Sn</t>
+  </si>
+  <si>
+    <t>Stannum</t>
+  </si>
+  <si>
+    <t>Sr</t>
+  </si>
+  <si>
+    <t>Te</t>
+  </si>
+  <si>
+    <t>Ti</t>
+  </si>
+  <si>
+    <t>Tl</t>
+  </si>
+  <si>
+    <t>U</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>Zn</t>
+  </si>
+  <si>
+    <t>FW2</t>
+  </si>
+  <si>
+    <t>Metals in surface water</t>
+  </si>
+  <si>
+    <t>Berilium</t>
+  </si>
+  <si>
+    <t>1 - 1</t>
+  </si>
+  <si>
+    <t>10 -</t>
+  </si>
+  <si>
+    <t>Molybdenum</t>
+  </si>
+  <si>
+    <t>50 - 99999</t>
+  </si>
+  <si>
+    <t>FW3</t>
+  </si>
+  <si>
+    <t>Suspended solids (OBD)</t>
+  </si>
+  <si>
+    <t>Suspended solids</t>
+  </si>
+  <si>
+    <t>OBD</t>
+  </si>
+  <si>
+    <t>Suspended Solids</t>
+  </si>
+  <si>
+    <t>Residue on ignition</t>
+  </si>
+  <si>
+    <t>Gloeirest</t>
+  </si>
+  <si>
+    <t>Datum inzet</t>
+  </si>
+  <si>
+    <t>dd.mm</t>
+  </si>
+  <si>
+    <t>FW4</t>
+  </si>
+  <si>
+    <t>Minerale olie</t>
+  </si>
+  <si>
+    <t>Mineral oil</t>
+  </si>
+  <si>
+    <t>COP</t>
+  </si>
+  <si>
+    <t>Algemene parameters in oppervlaktewater</t>
+  </si>
+  <si>
+    <t>BZV-5</t>
+  </si>
+  <si>
+    <t>Biological oxygen demand</t>
+  </si>
+  <si>
+    <t>5 - 250</t>
+  </si>
+  <si>
+    <t>TOC</t>
+  </si>
+  <si>
+    <t>Total Organic Carbon</t>
+  </si>
+  <si>
+    <t>Cl</t>
+  </si>
+  <si>
+    <t>Chloride</t>
+  </si>
+  <si>
+    <t>100 - 3000</t>
+  </si>
+  <si>
+    <t>EGV (25 °C)</t>
+  </si>
+  <si>
+    <t>Electric conductivity</t>
+  </si>
+  <si>
+    <t>mS/m</t>
+  </si>
+  <si>
+    <t>N-NO2</t>
+  </si>
+  <si>
+    <t>0.1 - 1</t>
+  </si>
+  <si>
+    <t>N-NO3</t>
+  </si>
+  <si>
+    <t>P-PO4</t>
+  </si>
+  <si>
+    <t>SiO2</t>
+  </si>
+  <si>
+    <t>Siliciumoxide</t>
+  </si>
+  <si>
+    <t>5 - 20</t>
+  </si>
+  <si>
+    <t>SO4</t>
+  </si>
+  <si>
+    <t>Sulphate</t>
+  </si>
+  <si>
+    <t>100 - 300</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>Fluoride</t>
+  </si>
+  <si>
+    <t>Br</t>
+  </si>
+  <si>
+    <t>Bromide</t>
+  </si>
+  <si>
+    <t>KjN</t>
+  </si>
+  <si>
+    <t>Kjeldahl nitrogen</t>
+  </si>
+  <si>
+    <t>N-NH4</t>
+  </si>
+  <si>
+    <t>Ammonium</t>
+  </si>
+  <si>
+    <t>tN</t>
+  </si>
+  <si>
+    <t>Total nitrogen</t>
+  </si>
+  <si>
+    <t>tP</t>
+  </si>
+  <si>
+    <t>Total Phosphate</t>
+  </si>
+  <si>
+    <t>CZV</t>
+  </si>
+  <si>
+    <t>Chemical oxygen demand</t>
+  </si>
+  <si>
+    <t>3 - 30</t>
+  </si>
+  <si>
+    <t>FW5</t>
+  </si>
+  <si>
+    <t>Minerale Olie</t>
+  </si>
+  <si>
+    <t>Heffing en algemene parameters in afvalwater</t>
+  </si>
+  <si>
+    <t>Biological Oxygen demand</t>
+  </si>
+  <si>
+    <t>Total organic carbon</t>
+  </si>
+  <si>
+    <t>4 - 20</t>
+  </si>
+  <si>
+    <t>phosphate</t>
+  </si>
+  <si>
+    <t>nitrite</t>
+  </si>
+  <si>
+    <t>nitrate</t>
+  </si>
+  <si>
+    <t>1 - 25</t>
+  </si>
+  <si>
+    <t>EGV</t>
+  </si>
+  <si>
+    <t>ms/m</t>
+  </si>
+  <si>
+    <t>fluoride</t>
+  </si>
+  <si>
+    <t>Kj-N</t>
+  </si>
+  <si>
+    <t>10 - 20</t>
+  </si>
+  <si>
+    <t>5 - 10</t>
+  </si>
+  <si>
+    <t>total nitrogen</t>
+  </si>
+  <si>
+    <t>total phosphate</t>
+  </si>
+  <si>
+    <t>MS1</t>
+  </si>
+  <si>
+    <t>Aluminium-RT</t>
+  </si>
+  <si>
+    <t>RT</t>
+  </si>
+  <si>
+    <t>Real totals</t>
+  </si>
+  <si>
+    <t>Arsenic-RT</t>
+  </si>
+  <si>
+    <t>Barium-RT</t>
+  </si>
+  <si>
+    <t>Cadmium-RT</t>
+  </si>
+  <si>
+    <t>10 - 50000</t>
+  </si>
+  <si>
+    <t>Calcium-RT</t>
+  </si>
+  <si>
+    <t>g/kg</t>
+  </si>
+  <si>
+    <t>Cerium-RT</t>
+  </si>
+  <si>
+    <t>Cesium-RT</t>
+  </si>
+  <si>
+    <t>Chromium-RT</t>
+  </si>
+  <si>
+    <t>Cobalt-RT</t>
+  </si>
+  <si>
+    <t>Copper-RT</t>
+  </si>
+  <si>
+    <t>Gallium-RT</t>
+  </si>
+  <si>
+    <t>Iron-RT</t>
+  </si>
+  <si>
+    <t>Lead-RT</t>
+  </si>
+  <si>
+    <t>Lithium-RT</t>
+  </si>
+  <si>
+    <t>Magnesium-RT</t>
+  </si>
+  <si>
+    <t>2000 - 20000</t>
+  </si>
+  <si>
+    <t>Manganese-RT</t>
+  </si>
+  <si>
+    <t>Mercury-RT</t>
+  </si>
+  <si>
+    <t>10 - 2500</t>
+  </si>
+  <si>
+    <t>Molybdenum-RT</t>
+  </si>
+  <si>
+    <t>Nickel-RT</t>
+  </si>
+  <si>
+    <t>Phosphorus-RT</t>
+  </si>
+  <si>
+    <t>100 - 3500</t>
+  </si>
+  <si>
+    <t>Potassium-RT</t>
+  </si>
+  <si>
+    <t>Rubidium-RT</t>
+  </si>
+  <si>
+    <t>Scandium-RT</t>
+  </si>
+  <si>
+    <t>Selenium-RT</t>
+  </si>
+  <si>
+    <t>Sodium-RT</t>
+  </si>
+  <si>
+    <t>Strontium-RT</t>
+  </si>
+  <si>
+    <t>50 - 500</t>
+  </si>
+  <si>
+    <t>Sulfur-RT</t>
+  </si>
+  <si>
+    <t>Tellurium-RT</t>
+  </si>
+  <si>
+    <t>Thallium-RT</t>
+  </si>
+  <si>
+    <t>Titanium-RT</t>
+  </si>
+  <si>
+    <t>Uranium-RT</t>
+  </si>
+  <si>
+    <t>Vanadium-RT</t>
+  </si>
+  <si>
+    <t>Zinc-RT</t>
+  </si>
+  <si>
+    <t>20 - 1500</t>
+  </si>
+  <si>
+    <t>Silver-RT</t>
+  </si>
+  <si>
+    <t>Bismuth-RT</t>
+  </si>
+  <si>
+    <t>Aluminium-AE</t>
+  </si>
+  <si>
+    <t>AE</t>
+  </si>
+  <si>
+    <t>Acid extractable (So-called totals)</t>
+  </si>
+  <si>
+    <t>Arsenic-AE</t>
+  </si>
+  <si>
+    <t>Barium-AE</t>
+  </si>
+  <si>
+    <t>Cadmium-AE</t>
+  </si>
+  <si>
+    <t>Calcium-AE</t>
+  </si>
+  <si>
+    <t>Cerium-AE</t>
+  </si>
+  <si>
+    <t>Cesium-AE</t>
+  </si>
+  <si>
+    <t>Chromium-AE</t>
+  </si>
+  <si>
+    <t>Cobalt-AE</t>
+  </si>
+  <si>
+    <t>Copper-AE</t>
+  </si>
+  <si>
+    <t>Gallium-AE</t>
+  </si>
+  <si>
+    <t>Iron-AE</t>
+  </si>
+  <si>
+    <t>Lead-AE</t>
+  </si>
+  <si>
+    <t>Lithium-AE</t>
+  </si>
+  <si>
+    <t>Magnesium-AE</t>
+  </si>
+  <si>
+    <t>Manganese-AE</t>
+  </si>
+  <si>
+    <t>Mercury-AE</t>
+  </si>
+  <si>
+    <t>Molybdenum-AE</t>
+  </si>
+  <si>
+    <t>Nickel-AE</t>
+  </si>
+  <si>
+    <t>Phosphorus-AE</t>
+  </si>
+  <si>
+    <t>Potassium-AE</t>
+  </si>
+  <si>
+    <t>Rubidium-AE</t>
+  </si>
+  <si>
+    <t>Scandium-AE</t>
+  </si>
+  <si>
+    <t>Selenium-AE</t>
+  </si>
+  <si>
+    <t>Sodium-AE</t>
+  </si>
+  <si>
+    <t>Strontium-AE</t>
+  </si>
+  <si>
+    <t>Sulfur-AE</t>
+  </si>
+  <si>
+    <t>Tellurium-AE</t>
+  </si>
+  <si>
+    <t>Thallium-AE</t>
+  </si>
+  <si>
+    <t>Titanium-AE</t>
+  </si>
+  <si>
+    <t>Uranium-AE</t>
+  </si>
+  <si>
+    <t>Vanadium-AE</t>
+  </si>
+  <si>
+    <t>Zinc-AE</t>
+  </si>
+  <si>
+    <t>Silver-AE</t>
+  </si>
+  <si>
+    <t>Bismuth-AE</t>
+  </si>
+  <si>
+    <t>Inorganic-Carbonate</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>Carbon</t>
+  </si>
+  <si>
+    <t>Loss on ignition</t>
+  </si>
+  <si>
+    <t>MS2</t>
+  </si>
+  <si>
+    <t>0.1 - 100</t>
+  </si>
+  <si>
+    <t>PCB47</t>
+  </si>
+  <si>
+    <t>PCB49</t>
+  </si>
+  <si>
+    <t>0.02 - 100</t>
+  </si>
+  <si>
+    <t>0.1 - 500</t>
+  </si>
+  <si>
+    <t>PCB66</t>
+  </si>
+  <si>
+    <t>0.2 - 300</t>
+  </si>
+  <si>
+    <t>0.1 - 200</t>
+  </si>
+  <si>
+    <t>PCB141</t>
+  </si>
+  <si>
+    <t>PCB151</t>
+  </si>
+  <si>
+    <t>PCB158</t>
+  </si>
+  <si>
+    <t>PCB188</t>
+  </si>
+  <si>
+    <t>0.02 - 250</t>
+  </si>
+  <si>
+    <t>Emamectin</t>
+  </si>
+  <si>
+    <t>0.05 - 250</t>
+  </si>
+  <si>
+    <t>Teflubenzuron</t>
+  </si>
+  <si>
+    <t>PN</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>Nitrogen</t>
+  </si>
+  <si>
+    <t>MS3</t>
+  </si>
+  <si>
+    <t>0.5 - 2000</t>
+  </si>
+  <si>
+    <t>2 - 1500</t>
+  </si>
+  <si>
+    <t>5 - 1500</t>
+  </si>
+  <si>
+    <t>2 - 3000</t>
+  </si>
+  <si>
+    <t>Dibenz[a,h]anthracene</t>
+  </si>
+  <si>
+    <t>5 - 4000</t>
+  </si>
+  <si>
+    <t>2 - 4000</t>
+  </si>
+  <si>
+    <t>5 - 3000</t>
+  </si>
+  <si>
+    <t>1 - 3000</t>
+  </si>
+  <si>
+    <t>Benzofluoranthenes (b+j)</t>
+  </si>
+  <si>
+    <t>1 - 1000</t>
+  </si>
+  <si>
+    <t>2,3-dimethylnaphthalene</t>
+  </si>
+  <si>
+    <t>1,2-benzodihenylene sulfide</t>
+  </si>
+  <si>
+    <t>Biphenyl</t>
+  </si>
+  <si>
+    <t>C1-phenanthr.+anthrac.</t>
+  </si>
+  <si>
+    <t>C2-phenanthr.+anthrac.</t>
+  </si>
+  <si>
+    <t>C3-phenanthr.+anthrac.</t>
+  </si>
+  <si>
+    <t>C1-naphtalenes</t>
+  </si>
+  <si>
+    <t>C2-naphtalenes</t>
+  </si>
+  <si>
+    <t>C3-napthalenes</t>
+  </si>
+  <si>
+    <t>C1-phenanthrenes</t>
+  </si>
+  <si>
+    <t>C1-dibenzothiophenes</t>
+  </si>
+  <si>
+    <t>C2-dibenzothiophenes</t>
+  </si>
+  <si>
+    <t>C3-dibenzothiophenes</t>
+  </si>
+  <si>
+    <t>MS6</t>
+  </si>
+  <si>
+    <t>MS7</t>
+  </si>
+  <si>
+    <t>BDE028</t>
+  </si>
+  <si>
+    <t>BDE047</t>
+  </si>
+  <si>
+    <t>BDE099</t>
+  </si>
+  <si>
+    <t>total HBCD</t>
+  </si>
+  <si>
+    <t>MS8</t>
+  </si>
+  <si>
+    <t>0.01 - 0.1</t>
+  </si>
+  <si>
+    <t>PFPeS</t>
+  </si>
+  <si>
+    <t>ADONA</t>
+  </si>
+  <si>
+    <t>6:2FTOH</t>
+  </si>
+  <si>
+    <t>8:2FTOH</t>
+  </si>
+  <si>
+    <t>C604</t>
+  </si>
+  <si>
+    <t>program</t>
+  </si>
+  <si>
+    <t>RangeNr</t>
+  </si>
+  <si>
+    <t>RangeName</t>
+  </si>
+  <si>
+    <t>Seawater</t>
+  </si>
+  <si>
+    <t>Seawater (spiked)</t>
+  </si>
+  <si>
+    <t>AQ10</t>
+  </si>
+  <si>
+    <t>Filtered Residues</t>
+  </si>
+  <si>
+    <t>Seawater (sediment spiked)</t>
+  </si>
+  <si>
+    <t>Low Salinity Seawater (spiked)</t>
+  </si>
+  <si>
+    <t>Estuarine water (spiked)</t>
+  </si>
+  <si>
+    <t>Low salinity open water (spiked)</t>
+  </si>
+  <si>
+    <t>Low salinity Seawater (spiked)</t>
+  </si>
+  <si>
+    <t>AQ9</t>
+  </si>
+  <si>
+    <t>concentration range</t>
+  </si>
+  <si>
+    <t>Fish Liver Tissue</t>
+  </si>
+  <si>
+    <t>Fish Muscle Tissue</t>
+  </si>
+  <si>
+    <t>Shellfish Tissue</t>
+  </si>
+  <si>
+    <t>Biota</t>
+  </si>
+  <si>
+    <t>Fish Liver tissue and Freshwater Fish</t>
+  </si>
+  <si>
+    <t>Sediment</t>
+  </si>
+  <si>
+    <t>MS4</t>
+  </si>
+  <si>
+    <t>MS5</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="MS Sans Serif"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -345,45075 +3664,29702 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L1086"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0" rightToLeft="false">
-      <selection activeCell="C5" sqref="C5"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="28.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="25" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="18.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="18.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="43.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="12" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row outlineLevel="0" r="1">
-[...72 lines deleted...]
-      <c r="D2" s="0">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L2" s="0">
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2">
+        <v>2</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
         <v>15</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="D3" s="0">
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K2">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3">
         <v>11</v>
       </c>
-      <c r="E3" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L3" s="0">
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+      <c r="I3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K3">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L3">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="4">
-[...10 lines deleted...]
-      <c r="D4" s="0">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4">
         <v>1</v>
       </c>
-      <c r="E4" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L4" s="0">
+      <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+      <c r="I4" t="s">
+        <v>24</v>
+      </c>
+      <c r="K4">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L4">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="5">
-[...10 lines deleted...]
-      <c r="D5" s="0">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5">
         <v>9</v>
       </c>
-      <c r="E5" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L5" s="0">
+      <c r="E5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K5">
+        <v>3.9999999105930301E-2</v>
+      </c>
+      <c r="L5">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="6">
-[...10 lines deleted...]
-      <c r="D6" s="0">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6">
         <v>7</v>
       </c>
-      <c r="E6" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L6" s="0">
+      <c r="E6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" t="s">
+        <v>28</v>
+      </c>
+      <c r="I6" t="s">
+        <v>29</v>
+      </c>
+      <c r="K6">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L6">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="7">
-[...10 lines deleted...]
-      <c r="D7" s="0">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7">
         <v>4</v>
       </c>
-      <c r="E7" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K7" s="0">
+      <c r="E7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" t="s">
+        <v>31</v>
+      </c>
+      <c r="I7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7">
         <v>1.5</v>
       </c>
-      <c r="L7" s="0">
+      <c r="L7">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="8">
-[...10 lines deleted...]
-      <c r="D8" s="0">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8">
         <v>5</v>
       </c>
-      <c r="E8" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L8" s="0">
+      <c r="E8" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8">
+        <v>7.9999998211860698E-2</v>
+      </c>
+      <c r="L8">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="9">
-[...10 lines deleted...]
-      <c r="D9" s="0">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9">
         <v>3</v>
       </c>
-      <c r="E9" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L9" s="0">
+      <c r="E9" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" t="s">
+        <v>20</v>
+      </c>
+      <c r="I9" t="s">
+        <v>21</v>
+      </c>
+      <c r="K9">
+        <v>7.9999998211860698E-2</v>
+      </c>
+      <c r="L9">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="10">
-[...10 lines deleted...]
-      <c r="D10" s="0">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10">
         <v>10</v>
       </c>
-      <c r="E10" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="D11" s="0">
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>38</v>
+      </c>
+      <c r="G10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10">
+        <v>1.9999999552965199E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
         <v>12</v>
       </c>
-      <c r="E11" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D12" s="0">
+      <c r="B11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" t="s">
+        <v>38</v>
+      </c>
+      <c r="G11" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12">
         <v>1</v>
       </c>
-      <c r="E12" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L12" s="0">
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L12">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="D13" s="0">
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13">
         <v>6</v>
       </c>
-      <c r="E13" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D14" s="0">
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>40</v>
+      </c>
+      <c r="B14" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14">
         <v>7</v>
       </c>
-      <c r="E14" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D15" s="0">
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15">
         <v>2</v>
       </c>
-      <c r="E15" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D16" s="0">
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15" t="s">
+        <v>50</v>
+      </c>
+      <c r="K15">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L15">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16">
         <v>21</v>
       </c>
-      <c r="E16" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L16" s="0">
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L16">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="17">
-[...10 lines deleted...]
-      <c r="D17" s="0">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17">
         <v>11</v>
       </c>
-      <c r="E17" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L17" s="0">
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>54</v>
+      </c>
+      <c r="G17" t="s">
+        <v>55</v>
+      </c>
+      <c r="H17" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L17">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="18">
-[...10 lines deleted...]
-      <c r="D18" s="0">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18">
         <v>12</v>
       </c>
-      <c r="E18" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D19" s="0">
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19">
         <v>13</v>
       </c>
-      <c r="E19" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D20" s="0">
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>54</v>
+      </c>
+      <c r="G19" t="s">
+        <v>55</v>
+      </c>
+      <c r="H19" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20">
         <v>19</v>
       </c>
-      <c r="E20" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D21" s="0">
+      <c r="E20" t="s">
+        <v>60</v>
+      </c>
+      <c r="F20" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20" t="s">
+        <v>62</v>
+      </c>
+      <c r="H20" t="s">
+        <v>63</v>
+      </c>
+      <c r="K20">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L20">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21">
         <v>7</v>
       </c>
-      <c r="E21" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D22" s="0">
+      <c r="E21" t="s">
+        <v>60</v>
+      </c>
+      <c r="F21" t="s">
+        <v>61</v>
+      </c>
+      <c r="G21" t="s">
+        <v>62</v>
+      </c>
+      <c r="H21" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22">
         <v>15</v>
       </c>
-      <c r="E22" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D23" s="0">
+      <c r="E22" t="s">
+        <v>60</v>
+      </c>
+      <c r="F22" t="s">
+        <v>61</v>
+      </c>
+      <c r="G22" t="s">
+        <v>62</v>
+      </c>
+      <c r="H22" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>58</v>
+      </c>
+      <c r="B23" t="s">
+        <v>67</v>
+      </c>
+      <c r="D23">
         <v>3</v>
       </c>
-      <c r="E23" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D24" s="0">
+      <c r="E23" t="s">
+        <v>60</v>
+      </c>
+      <c r="F23" t="s">
+        <v>61</v>
+      </c>
+      <c r="G23" t="s">
+        <v>62</v>
+      </c>
+      <c r="H23" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>58</v>
+      </c>
+      <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24">
         <v>23</v>
       </c>
-      <c r="E24" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D25" s="0">
+      <c r="E24" t="s">
+        <v>60</v>
+      </c>
+      <c r="F24" t="s">
+        <v>61</v>
+      </c>
+      <c r="G24" t="s">
+        <v>62</v>
+      </c>
+      <c r="H24" t="s">
+        <v>66</v>
+      </c>
+      <c r="K24">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L24">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>58</v>
+      </c>
+      <c r="B25" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25">
         <v>11</v>
       </c>
-      <c r="E25" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D26" s="0">
+      <c r="E25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F25" t="s">
+        <v>61</v>
+      </c>
+      <c r="G25" t="s">
+        <v>62</v>
+      </c>
+      <c r="H25" t="s">
+        <v>66</v>
+      </c>
+      <c r="K25">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>71</v>
+      </c>
+      <c r="B26" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26">
         <v>10</v>
       </c>
-      <c r="E26" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L26" s="0">
+      <c r="E26" t="s">
+        <v>73</v>
+      </c>
+      <c r="F26" t="s">
+        <v>74</v>
+      </c>
+      <c r="G26" t="s">
+        <v>75</v>
+      </c>
+      <c r="H26" t="s">
+        <v>76</v>
+      </c>
+      <c r="I26" t="s">
+        <v>77</v>
+      </c>
+      <c r="J26" t="s">
+        <v>78</v>
+      </c>
+      <c r="K26">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L26">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="27">
-[...10 lines deleted...]
-      <c r="D27" s="0">
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" t="s">
+        <v>79</v>
+      </c>
+      <c r="D27">
         <v>11</v>
       </c>
-      <c r="E27" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L27" s="0">
+      <c r="E27" t="s">
+        <v>73</v>
+      </c>
+      <c r="F27" t="s">
+        <v>74</v>
+      </c>
+      <c r="G27" t="s">
+        <v>75</v>
+      </c>
+      <c r="H27" t="s">
+        <v>80</v>
+      </c>
+      <c r="I27" t="s">
+        <v>81</v>
+      </c>
+      <c r="J27" t="s">
+        <v>78</v>
+      </c>
+      <c r="K27">
+        <v>7.0000000298023196E-2</v>
+      </c>
+      <c r="L27">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="28">
-[...10 lines deleted...]
-      <c r="D28" s="0">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>71</v>
+      </c>
+      <c r="B28" t="s">
+        <v>82</v>
+      </c>
+      <c r="D28">
         <v>9</v>
       </c>
-      <c r="E28" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L28" s="0">
+      <c r="E28" t="s">
+        <v>73</v>
+      </c>
+      <c r="F28" t="s">
+        <v>74</v>
+      </c>
+      <c r="G28" t="s">
+        <v>75</v>
+      </c>
+      <c r="H28" t="s">
+        <v>28</v>
+      </c>
+      <c r="I28" t="s">
+        <v>83</v>
+      </c>
+      <c r="J28" t="s">
+        <v>81</v>
+      </c>
+      <c r="K28">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L28">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="29">
-[...10 lines deleted...]
-      <c r="D29" s="0">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>71</v>
+      </c>
+      <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="D29">
         <v>15</v>
       </c>
-      <c r="E29" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D30" s="0">
+      <c r="E29" t="s">
+        <v>73</v>
+      </c>
+      <c r="F29" t="s">
+        <v>74</v>
+      </c>
+      <c r="G29" t="s">
+        <v>75</v>
+      </c>
+      <c r="H29" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29" t="s">
+        <v>85</v>
+      </c>
+      <c r="J29" t="s">
+        <v>86</v>
+      </c>
+      <c r="K29">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L29">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>71</v>
+      </c>
+      <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="D30">
         <v>6</v>
       </c>
-      <c r="E30" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D31" s="0">
+      <c r="E30" t="s">
+        <v>73</v>
+      </c>
+      <c r="F30" t="s">
+        <v>74</v>
+      </c>
+      <c r="G30" t="s">
+        <v>75</v>
+      </c>
+      <c r="H30" t="s">
+        <v>18</v>
+      </c>
+      <c r="I30" t="s">
+        <v>85</v>
+      </c>
+      <c r="J30" t="s">
+        <v>88</v>
+      </c>
+      <c r="K30">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L30">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>71</v>
+      </c>
+      <c r="B31" t="s">
+        <v>89</v>
+      </c>
+      <c r="D31">
         <v>5</v>
       </c>
-      <c r="E31" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D32" s="0">
+      <c r="E31" t="s">
+        <v>73</v>
+      </c>
+      <c r="F31" t="s">
+        <v>74</v>
+      </c>
+      <c r="G31" t="s">
+        <v>75</v>
+      </c>
+      <c r="H31" t="s">
+        <v>18</v>
+      </c>
+      <c r="I31" t="s">
+        <v>85</v>
+      </c>
+      <c r="J31" t="s">
+        <v>88</v>
+      </c>
+      <c r="K31">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L31">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>71</v>
+      </c>
+      <c r="B32" t="s">
+        <v>90</v>
+      </c>
+      <c r="D32">
         <v>16</v>
       </c>
-      <c r="E32" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D33" s="0">
+      <c r="E32" t="s">
+        <v>73</v>
+      </c>
+      <c r="F32" t="s">
+        <v>74</v>
+      </c>
+      <c r="G32" t="s">
+        <v>75</v>
+      </c>
+      <c r="H32" t="s">
+        <v>18</v>
+      </c>
+      <c r="I32" t="s">
+        <v>85</v>
+      </c>
+      <c r="J32" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33">
         <v>8</v>
       </c>
-      <c r="E33" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D34" s="0">
+      <c r="E33" t="s">
+        <v>73</v>
+      </c>
+      <c r="F33" t="s">
+        <v>74</v>
+      </c>
+      <c r="G33" t="s">
+        <v>75</v>
+      </c>
+      <c r="H33" t="s">
+        <v>18</v>
+      </c>
+      <c r="I33" t="s">
+        <v>85</v>
+      </c>
+      <c r="J33" t="s">
+        <v>88</v>
+      </c>
+      <c r="K33">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L33">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
+        <v>92</v>
+      </c>
+      <c r="D34">
         <v>3</v>
       </c>
-      <c r="E34" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D35" s="0">
+      <c r="E34" t="s">
+        <v>73</v>
+      </c>
+      <c r="F34" t="s">
+        <v>74</v>
+      </c>
+      <c r="G34" t="s">
+        <v>75</v>
+      </c>
+      <c r="H34" t="s">
+        <v>93</v>
+      </c>
+      <c r="I34" t="s">
+        <v>85</v>
+      </c>
+      <c r="J34" t="s">
+        <v>88</v>
+      </c>
+      <c r="K34">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L34">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>71</v>
+      </c>
+      <c r="B35" t="s">
+        <v>94</v>
+      </c>
+      <c r="D35">
         <v>17</v>
       </c>
-      <c r="E35" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D36" s="0">
+      <c r="E35" t="s">
+        <v>73</v>
+      </c>
+      <c r="F35" t="s">
+        <v>74</v>
+      </c>
+      <c r="G35" t="s">
+        <v>75</v>
+      </c>
+      <c r="H35" t="s">
+        <v>18</v>
+      </c>
+      <c r="I35" t="s">
+        <v>85</v>
+      </c>
+      <c r="J35" t="s">
+        <v>88</v>
+      </c>
+      <c r="K35">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L35">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>71</v>
+      </c>
+      <c r="B36" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36">
         <v>14</v>
       </c>
-      <c r="E36" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D37" s="0">
+      <c r="E36" t="s">
+        <v>73</v>
+      </c>
+      <c r="F36" t="s">
+        <v>74</v>
+      </c>
+      <c r="G36" t="s">
+        <v>75</v>
+      </c>
+      <c r="H36" t="s">
         <v>18</v>
       </c>
-      <c r="E37" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L37" s="0">
+      <c r="I36" t="s">
+        <v>85</v>
+      </c>
+      <c r="J36" t="s">
+        <v>88</v>
+      </c>
+      <c r="K36">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L36">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>71</v>
+      </c>
+      <c r="B37" t="s">
+        <v>96</v>
+      </c>
+      <c r="D37">
+        <v>18</v>
+      </c>
+      <c r="E37" t="s">
+        <v>73</v>
+      </c>
+      <c r="F37" t="s">
+        <v>74</v>
+      </c>
+      <c r="G37" t="s">
+        <v>75</v>
+      </c>
+      <c r="H37" t="s">
+        <v>18</v>
+      </c>
+      <c r="I37" t="s">
+        <v>85</v>
+      </c>
+      <c r="J37" t="s">
+        <v>88</v>
+      </c>
+      <c r="K37">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L37">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="38">
-[...10 lines deleted...]
-      <c r="D38" s="0">
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>71</v>
+      </c>
+      <c r="B38" t="s">
+        <v>97</v>
+      </c>
+      <c r="D38">
         <v>4</v>
       </c>
-      <c r="E38" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D39" s="0">
+      <c r="E38" t="s">
+        <v>73</v>
+      </c>
+      <c r="F38" t="s">
+        <v>74</v>
+      </c>
+      <c r="G38" t="s">
+        <v>75</v>
+      </c>
+      <c r="H38" t="s">
+        <v>98</v>
+      </c>
+      <c r="I38" t="s">
+        <v>83</v>
+      </c>
+      <c r="J38" t="s">
+        <v>18</v>
+      </c>
+      <c r="K38">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L38">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>71</v>
+      </c>
+      <c r="B39" t="s">
+        <v>99</v>
+      </c>
+      <c r="D39">
         <v>1</v>
       </c>
-      <c r="E39" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D40" s="0">
+      <c r="E39" t="s">
+        <v>73</v>
+      </c>
+      <c r="F39" t="s">
+        <v>74</v>
+      </c>
+      <c r="G39" t="s">
+        <v>75</v>
+      </c>
+      <c r="H39" t="s">
+        <v>100</v>
+      </c>
+      <c r="I39" t="s">
+        <v>101</v>
+      </c>
+      <c r="J39" t="s">
+        <v>24</v>
+      </c>
+      <c r="K39">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L39">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>71</v>
+      </c>
+      <c r="B40" t="s">
+        <v>102</v>
+      </c>
+      <c r="D40">
         <v>7</v>
       </c>
-      <c r="E40" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L40" s="0">
+      <c r="E40" t="s">
+        <v>73</v>
+      </c>
+      <c r="F40" t="s">
+        <v>74</v>
+      </c>
+      <c r="G40" t="s">
+        <v>75</v>
+      </c>
+      <c r="H40" t="s">
+        <v>18</v>
+      </c>
+      <c r="I40" t="s">
+        <v>81</v>
+      </c>
+      <c r="J40" t="s">
+        <v>68</v>
+      </c>
+      <c r="K40">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L40">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="41">
-[...10 lines deleted...]
-      <c r="D41" s="0">
+    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>71</v>
+      </c>
+      <c r="B41" t="s">
+        <v>103</v>
+      </c>
+      <c r="D41">
         <v>2</v>
       </c>
-      <c r="E41" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L41" s="0">
+      <c r="E41" t="s">
+        <v>73</v>
+      </c>
+      <c r="F41" t="s">
+        <v>74</v>
+      </c>
+      <c r="G41" t="s">
+        <v>75</v>
+      </c>
+      <c r="H41" t="s">
+        <v>29</v>
+      </c>
+      <c r="I41" t="s">
+        <v>83</v>
+      </c>
+      <c r="J41" t="s">
+        <v>81</v>
+      </c>
+      <c r="K41">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L41">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="42">
-[...10 lines deleted...]
-      <c r="D42" s="0">
+    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>71</v>
+      </c>
+      <c r="B42" t="s">
+        <v>104</v>
+      </c>
+      <c r="D42">
         <v>13</v>
       </c>
-      <c r="E42" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D43" s="0">
+      <c r="E42" t="s">
+        <v>73</v>
+      </c>
+      <c r="F42" t="s">
+        <v>74</v>
+      </c>
+      <c r="G42" t="s">
+        <v>75</v>
+      </c>
+      <c r="H42" t="s">
+        <v>18</v>
+      </c>
+      <c r="I42" t="s">
+        <v>85</v>
+      </c>
+      <c r="J42" t="s">
+        <v>86</v>
+      </c>
+      <c r="K42">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L42">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>71</v>
+      </c>
+      <c r="B43" t="s">
+        <v>105</v>
+      </c>
+      <c r="D43">
         <v>12</v>
       </c>
-      <c r="E43" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D44" s="0">
+      <c r="E43" t="s">
+        <v>73</v>
+      </c>
+      <c r="F43" t="s">
+        <v>74</v>
+      </c>
+      <c r="G43" t="s">
+        <v>75</v>
+      </c>
+      <c r="H43" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" t="s">
+        <v>85</v>
+      </c>
+      <c r="J43" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>106</v>
+      </c>
+      <c r="B44" t="s">
+        <v>107</v>
+      </c>
+      <c r="D44">
         <v>1</v>
       </c>
-      <c r="E44" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K44" s="0">
+      <c r="E44" t="s">
+        <v>108</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>109</v>
+      </c>
+      <c r="H44" t="s">
+        <v>78</v>
+      </c>
+      <c r="K44">
         <v>0.25</v>
       </c>
-      <c r="L44" s="0">
+      <c r="L44">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="45">
-[...15 lines deleted...]
-      <c r="D45" s="0">
+    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>110</v>
+      </c>
+      <c r="B45" t="s">
+        <v>111</v>
+      </c>
+      <c r="C45" t="s">
+        <v>112</v>
+      </c>
+      <c r="D45">
         <v>4</v>
       </c>
-      <c r="E45" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K45" s="0">
+      <c r="E45" t="s">
+        <v>113</v>
+      </c>
+      <c r="F45" t="s">
+        <v>114</v>
+      </c>
+      <c r="G45" t="s">
+        <v>115</v>
+      </c>
+      <c r="H45" t="s">
+        <v>116</v>
+      </c>
+      <c r="K45">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="46">
-[...15 lines deleted...]
-      <c r="D46" s="0">
+    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>110</v>
+      </c>
+      <c r="B46" t="s">
+        <v>117</v>
+      </c>
+      <c r="C46" t="s">
+        <v>118</v>
+      </c>
+      <c r="D46">
         <v>5</v>
       </c>
-      <c r="E46" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K46" s="0">
+      <c r="E46" t="s">
+        <v>113</v>
+      </c>
+      <c r="F46" t="s">
+        <v>114</v>
+      </c>
+      <c r="G46" t="s">
+        <v>115</v>
+      </c>
+      <c r="H46" t="s">
+        <v>119</v>
+      </c>
+      <c r="K46">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="47">
-[...15 lines deleted...]
-      <c r="D47" s="0">
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>110</v>
+      </c>
+      <c r="B47" t="s">
+        <v>120</v>
+      </c>
+      <c r="C47" t="s">
+        <v>120</v>
+      </c>
+      <c r="D47">
         <v>3</v>
       </c>
-      <c r="E47" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="D48" s="0">
+      <c r="E47" t="s">
+        <v>121</v>
+      </c>
+      <c r="F47" t="s">
+        <v>114</v>
+      </c>
+      <c r="G47" t="s">
+        <v>115</v>
+      </c>
+      <c r="K47">
+        <v>3.9999999105930301E-2</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>122</v>
+      </c>
+      <c r="B48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48">
         <v>2</v>
       </c>
-      <c r="E48" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K48" s="0">
+      <c r="E48" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>16</v>
+      </c>
+      <c r="H48" t="s">
+        <v>123</v>
+      </c>
+      <c r="I48" t="s">
+        <v>77</v>
+      </c>
+      <c r="K48">
         <v>0.25</v>
       </c>
-      <c r="L48" s="0">
+      <c r="L48">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="49">
-[...10 lines deleted...]
-      <c r="D49" s="0">
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>122</v>
+      </c>
+      <c r="B49" t="s">
+        <v>19</v>
+      </c>
+      <c r="D49">
         <v>10</v>
       </c>
-      <c r="E49" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L49" s="0">
+      <c r="E49" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>16</v>
+      </c>
+      <c r="H49" t="s">
+        <v>124</v>
+      </c>
+      <c r="I49" t="s">
+        <v>125</v>
+      </c>
+      <c r="K49">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L49">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="50">
-[...10 lines deleted...]
-      <c r="D50" s="0">
+    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>122</v>
+      </c>
+      <c r="B50" t="s">
+        <v>22</v>
+      </c>
+      <c r="D50">
         <v>1</v>
       </c>
-      <c r="E50" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L50" s="0">
+      <c r="E50" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>16</v>
+      </c>
+      <c r="H50" t="s">
+        <v>126</v>
+      </c>
+      <c r="I50" t="s">
+        <v>127</v>
+      </c>
+      <c r="K50">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L50">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="51">
-[...10 lines deleted...]
-      <c r="D51" s="0">
+    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>122</v>
+      </c>
+      <c r="B51" t="s">
+        <v>25</v>
+      </c>
+      <c r="D51">
         <v>7</v>
       </c>
-      <c r="E51" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L51" s="0">
+      <c r="E51" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>16</v>
+      </c>
+      <c r="H51" t="s">
+        <v>128</v>
+      </c>
+      <c r="I51" t="s">
+        <v>88</v>
+      </c>
+      <c r="K51">
+        <v>3.9999999105930301E-2</v>
+      </c>
+      <c r="L51">
         <v>4</v>
       </c>
     </row>
-    <row outlineLevel="0" r="52">
-[...10 lines deleted...]
-      <c r="D52" s="0">
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>122</v>
+      </c>
+      <c r="B52" t="s">
+        <v>27</v>
+      </c>
+      <c r="D52">
         <v>6</v>
       </c>
-      <c r="E52" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L52" s="0">
+      <c r="E52" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>16</v>
+      </c>
+      <c r="H52" t="s">
+        <v>129</v>
+      </c>
+      <c r="I52" t="s">
+        <v>100</v>
+      </c>
+      <c r="K52">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L52">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="53">
-[...10 lines deleted...]
-      <c r="D53" s="0">
+    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>122</v>
+      </c>
+      <c r="B53" t="s">
+        <v>30</v>
+      </c>
+      <c r="D53">
         <v>4</v>
       </c>
-      <c r="E53" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K53" s="0">
+      <c r="E53" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>16</v>
+      </c>
+      <c r="H53" t="s">
+        <v>130</v>
+      </c>
+      <c r="I53" t="s">
+        <v>131</v>
+      </c>
+      <c r="K53">
         <v>1.5</v>
       </c>
-      <c r="L53" s="0">
+      <c r="L53">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="54">
-[...10 lines deleted...]
-      <c r="D54" s="0">
+    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>122</v>
+      </c>
+      <c r="B54" t="s">
+        <v>33</v>
+      </c>
+      <c r="D54">
         <v>5</v>
       </c>
-      <c r="E54" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L54" s="0">
+      <c r="E54" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>16</v>
+      </c>
+      <c r="H54" t="s">
+        <v>132</v>
+      </c>
+      <c r="I54" t="s">
+        <v>93</v>
+      </c>
+      <c r="K54">
+        <v>7.0000000298023196E-2</v>
+      </c>
+      <c r="L54">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="55">
-[...10 lines deleted...]
-      <c r="D55" s="0">
+    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>122</v>
+      </c>
+      <c r="B55" t="s">
+        <v>35</v>
+      </c>
+      <c r="D55">
         <v>3</v>
       </c>
-      <c r="E55" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L55" s="0">
+      <c r="E55" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>16</v>
+      </c>
+      <c r="H55" t="s">
+        <v>124</v>
+      </c>
+      <c r="I55" t="s">
+        <v>125</v>
+      </c>
+      <c r="K55">
+        <v>7.0000000298023196E-2</v>
+      </c>
+      <c r="L55">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="56">
-[...10 lines deleted...]
-      <c r="D56" s="0">
+    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>122</v>
+      </c>
+      <c r="B56" t="s">
+        <v>36</v>
+      </c>
+      <c r="D56">
         <v>9</v>
       </c>
-      <c r="E56" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="D57" s="0">
+      <c r="E56" t="s">
+        <v>37</v>
+      </c>
+      <c r="F56" t="s">
+        <v>38</v>
+      </c>
+      <c r="G56" t="s">
+        <v>36</v>
+      </c>
+      <c r="K56">
+        <v>1.9999999552965199E-2</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>122</v>
+      </c>
+      <c r="B57" t="s">
+        <v>39</v>
+      </c>
+      <c r="D57">
         <v>11</v>
       </c>
-      <c r="E57" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D58" s="0">
+      <c r="E57" t="s">
+        <v>37</v>
+      </c>
+      <c r="F57" t="s">
+        <v>38</v>
+      </c>
+      <c r="G57" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>133</v>
+      </c>
+      <c r="B58" t="s">
+        <v>134</v>
+      </c>
+      <c r="D58">
         <v>7</v>
       </c>
-      <c r="E58" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K58" s="0">
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>135</v>
+      </c>
+      <c r="G58" t="s">
+        <v>136</v>
+      </c>
+      <c r="H58" t="s">
+        <v>137</v>
+      </c>
+      <c r="I58" t="s">
+        <v>138</v>
+      </c>
+      <c r="K58">
         <v>0.5</v>
       </c>
-      <c r="L58" s="0">
+      <c r="L58">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="59">
-[...10 lines deleted...]
-      <c r="D59" s="0">
+    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>133</v>
+      </c>
+      <c r="B59" t="s">
+        <v>139</v>
+      </c>
+      <c r="D59">
         <v>12</v>
       </c>
-      <c r="E59" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K59" s="0">
+      <c r="E59" t="s">
+        <v>42</v>
+      </c>
+      <c r="F59" t="s">
+        <v>135</v>
+      </c>
+      <c r="G59" t="s">
+        <v>136</v>
+      </c>
+      <c r="H59" t="s">
+        <v>140</v>
+      </c>
+      <c r="I59" t="s">
+        <v>141</v>
+      </c>
+      <c r="K59">
         <v>75</v>
       </c>
-      <c r="L59" s="0">
+      <c r="L59">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="60">
-[...10 lines deleted...]
-      <c r="D60" s="0">
+    <row r="60" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>133</v>
+      </c>
+      <c r="B60" t="s">
+        <v>142</v>
+      </c>
+      <c r="D60">
         <v>2</v>
       </c>
-      <c r="E60" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L60" s="0">
+      <c r="E60" t="s">
+        <v>42</v>
+      </c>
+      <c r="F60" t="s">
+        <v>135</v>
+      </c>
+      <c r="G60" t="s">
+        <v>136</v>
+      </c>
+      <c r="H60" t="s">
+        <v>143</v>
+      </c>
+      <c r="I60" t="s">
+        <v>144</v>
+      </c>
+      <c r="K60">
+        <v>2.5000000372528999E-2</v>
+      </c>
+      <c r="L60">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="61">
-[...10 lines deleted...]
-      <c r="D61" s="0">
+    <row r="61" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>133</v>
+      </c>
+      <c r="B61" t="s">
+        <v>145</v>
+      </c>
+      <c r="D61">
         <v>8</v>
       </c>
-      <c r="E61" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L61" s="0">
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>135</v>
+      </c>
+      <c r="G61" t="s">
+        <v>136</v>
+      </c>
+      <c r="H61" t="s">
+        <v>81</v>
+      </c>
+      <c r="I61" t="s">
+        <v>47</v>
+      </c>
+      <c r="K61">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L61">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="62">
-[...10 lines deleted...]
-      <c r="D62" s="0">
+    <row r="62" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>133</v>
+      </c>
+      <c r="B62" t="s">
+        <v>146</v>
+      </c>
+      <c r="D62">
         <v>4</v>
       </c>
-      <c r="E62" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L62" s="0">
+      <c r="E62" t="s">
+        <v>42</v>
+      </c>
+      <c r="F62" t="s">
+        <v>135</v>
+      </c>
+      <c r="G62" t="s">
+        <v>136</v>
+      </c>
+      <c r="H62" t="s">
+        <v>88</v>
+      </c>
+      <c r="I62" t="s">
+        <v>144</v>
+      </c>
+      <c r="K62">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L62">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="63">
-[...10 lines deleted...]
-      <c r="D63" s="0">
+    <row r="63" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>133</v>
+      </c>
+      <c r="B63" t="s">
+        <v>147</v>
+      </c>
+      <c r="D63">
         <v>1</v>
       </c>
-      <c r="E63" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L63" s="0">
+      <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>135</v>
+      </c>
+      <c r="G63" t="s">
+        <v>136</v>
+      </c>
+      <c r="H63" t="s">
+        <v>34</v>
+      </c>
+      <c r="I63" t="s">
+        <v>138</v>
+      </c>
+      <c r="K63">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L63">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="64">
-[...10 lines deleted...]
-      <c r="D64" s="0">
+    <row r="64" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>133</v>
+      </c>
+      <c r="B64" t="s">
+        <v>148</v>
+      </c>
+      <c r="D64">
         <v>5</v>
       </c>
-      <c r="E64" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K64" s="0">
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>135</v>
+      </c>
+      <c r="G64" t="s">
+        <v>136</v>
+      </c>
+      <c r="H64" t="s">
+        <v>34</v>
+      </c>
+      <c r="I64" t="s">
+        <v>138</v>
+      </c>
+      <c r="K64">
         <v>1.20000004768372</v>
       </c>
-      <c r="L64" s="0">
+      <c r="L64">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="65">
-[...10 lines deleted...]
-      <c r="D65" s="0">
+    <row r="65" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
+        <v>149</v>
+      </c>
+      <c r="D65">
         <v>3</v>
       </c>
-      <c r="E65" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L65" s="0">
+      <c r="E65" t="s">
+        <v>42</v>
+      </c>
+      <c r="F65" t="s">
+        <v>135</v>
+      </c>
+      <c r="G65" t="s">
+        <v>136</v>
+      </c>
+      <c r="H65" t="s">
+        <v>150</v>
+      </c>
+      <c r="I65" t="s">
+        <v>151</v>
+      </c>
+      <c r="K65">
+        <v>5.9999998658895499E-2</v>
+      </c>
+      <c r="L65">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="66">
-[...10 lines deleted...]
-      <c r="D66" s="0">
+    <row r="66" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>133</v>
+      </c>
+      <c r="B66" t="s">
+        <v>152</v>
+      </c>
+      <c r="D66">
         <v>17</v>
       </c>
-      <c r="E66" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K66" s="0">
+      <c r="E66" t="s">
+        <v>153</v>
+      </c>
+      <c r="F66" t="s">
+        <v>135</v>
+      </c>
+      <c r="G66" t="s">
+        <v>136</v>
+      </c>
+      <c r="H66" t="s">
+        <v>154</v>
+      </c>
+      <c r="I66" t="s">
+        <v>154</v>
+      </c>
+      <c r="K66">
         <v>1</v>
       </c>
-      <c r="L66" s="0">
+      <c r="L66">
         <v>6</v>
       </c>
     </row>
-    <row outlineLevel="0" r="67">
-[...10 lines deleted...]
-      <c r="D67" s="0">
+    <row r="67" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>133</v>
+      </c>
+      <c r="B67" t="s">
+        <v>155</v>
+      </c>
+      <c r="D67">
         <v>6</v>
       </c>
-      <c r="E67" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L67" s="0">
+      <c r="E67" t="s">
+        <v>42</v>
+      </c>
+      <c r="F67" t="s">
+        <v>135</v>
+      </c>
+      <c r="G67" t="s">
+        <v>136</v>
+      </c>
+      <c r="H67" t="s">
+        <v>18</v>
+      </c>
+      <c r="I67" t="s">
+        <v>156</v>
+      </c>
+      <c r="K67">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L67">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="68">
-[...10 lines deleted...]
-      <c r="D68" s="0">
+    <row r="68" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>133</v>
+      </c>
+      <c r="B68" t="s">
+        <v>157</v>
+      </c>
+      <c r="D68">
         <v>9</v>
       </c>
-      <c r="E68" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L68" s="0">
+      <c r="E68" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" t="s">
+        <v>135</v>
+      </c>
+      <c r="G68" t="s">
+        <v>136</v>
+      </c>
+      <c r="H68" t="s">
+        <v>158</v>
+      </c>
+      <c r="I68" t="s">
+        <v>100</v>
+      </c>
+      <c r="K68">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L68">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="69">
-[...10 lines deleted...]
-      <c r="D69" s="0">
+    <row r="69" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>133</v>
+      </c>
+      <c r="B69" t="s">
+        <v>159</v>
+      </c>
+      <c r="D69">
         <v>11</v>
       </c>
-      <c r="E69" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L69" s="0">
+      <c r="E69" t="s">
+        <v>42</v>
+      </c>
+      <c r="F69" t="s">
+        <v>135</v>
+      </c>
+      <c r="G69" t="s">
+        <v>136</v>
+      </c>
+      <c r="H69" t="s">
+        <v>160</v>
+      </c>
+      <c r="I69" t="s">
+        <v>93</v>
+      </c>
+      <c r="K69">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L69">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="70">
-[...10 lines deleted...]
-      <c r="D70" s="0">
+    <row r="70" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>133</v>
+      </c>
+      <c r="B70" t="s">
+        <v>161</v>
+      </c>
+      <c r="D70">
         <v>18</v>
       </c>
-      <c r="E70" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L70" s="0">
+      <c r="E70" t="s">
+        <v>153</v>
+      </c>
+      <c r="F70" t="s">
+        <v>135</v>
+      </c>
+      <c r="G70" t="s">
+        <v>136</v>
+      </c>
+      <c r="H70" t="s">
+        <v>162</v>
+      </c>
+      <c r="I70" t="s">
+        <v>162</v>
+      </c>
+      <c r="K70">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L70">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="71">
-[...10 lines deleted...]
-      <c r="D71" s="0">
+    <row r="71" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>133</v>
+      </c>
+      <c r="B71" t="s">
+        <v>163</v>
+      </c>
+      <c r="D71">
         <v>15</v>
       </c>
-      <c r="E71" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D72" s="0">
+      <c r="E71" t="s">
+        <v>42</v>
+      </c>
+      <c r="F71" t="s">
+        <v>135</v>
+      </c>
+      <c r="G71" t="s">
+        <v>136</v>
+      </c>
+      <c r="H71" t="s">
+        <v>23</v>
+      </c>
+      <c r="I71" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>133</v>
+      </c>
+      <c r="B72" t="s">
+        <v>165</v>
+      </c>
+      <c r="D72">
         <v>14</v>
       </c>
-      <c r="E72" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L72" s="0">
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>135</v>
+      </c>
+      <c r="G72" t="s">
+        <v>136</v>
+      </c>
+      <c r="H72" t="s">
+        <v>24</v>
+      </c>
+      <c r="I72" t="s">
+        <v>26</v>
+      </c>
+      <c r="K72">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L72">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="73">
-[...10 lines deleted...]
-      <c r="D73" s="0">
+    <row r="73" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>133</v>
+      </c>
+      <c r="B73" t="s">
+        <v>166</v>
+      </c>
+      <c r="D73">
         <v>13</v>
       </c>
-      <c r="E73" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K73" s="0">
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>135</v>
+      </c>
+      <c r="G73" t="s">
+        <v>136</v>
+      </c>
+      <c r="H73" t="s">
+        <v>34</v>
+      </c>
+      <c r="I73" t="s">
+        <v>18</v>
+      </c>
+      <c r="K73">
         <v>0.25</v>
       </c>
-      <c r="L73" s="0">
+      <c r="L73">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="74">
-[...10 lines deleted...]
-      <c r="D74" s="0">
+    <row r="74" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>133</v>
+      </c>
+      <c r="B74" t="s">
+        <v>167</v>
+      </c>
+      <c r="D74">
         <v>16</v>
       </c>
-      <c r="E74" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L74" s="0">
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>135</v>
+      </c>
+      <c r="G74" t="s">
+        <v>136</v>
+      </c>
+      <c r="H74" t="s">
+        <v>23</v>
+      </c>
+      <c r="I74" t="s">
+        <v>164</v>
+      </c>
+      <c r="K74">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L74">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="75">
-[...10 lines deleted...]
-      <c r="D75" s="0">
+    <row r="75" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>133</v>
+      </c>
+      <c r="B75" t="s">
+        <v>168</v>
+      </c>
+      <c r="D75">
         <v>10</v>
       </c>
-      <c r="E75" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K75" s="0">
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>135</v>
+      </c>
+      <c r="G75" t="s">
+        <v>136</v>
+      </c>
+      <c r="H75" t="s">
+        <v>169</v>
+      </c>
+      <c r="I75" t="s">
+        <v>126</v>
+      </c>
+      <c r="K75">
         <v>0.75</v>
       </c>
-      <c r="L75" s="0">
+      <c r="L75">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="76">
-[...10 lines deleted...]
-      <c r="D76" s="0">
+    <row r="76" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>170</v>
+      </c>
+      <c r="B76" t="s">
+        <v>171</v>
+      </c>
+      <c r="D76">
         <v>1</v>
       </c>
-      <c r="E76" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K76" s="0">
+      <c r="E76" t="s">
+        <v>172</v>
+      </c>
+      <c r="F76" t="s">
+        <v>135</v>
+      </c>
+      <c r="G76" t="s">
+        <v>136</v>
+      </c>
+      <c r="H76" t="s">
+        <v>173</v>
+      </c>
+      <c r="I76" t="s">
+        <v>100</v>
+      </c>
+      <c r="K76">
         <v>1.75</v>
       </c>
-      <c r="L76" s="0">
+      <c r="L76">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="77">
-[...10 lines deleted...]
-      <c r="D77" s="0">
+    <row r="77" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>174</v>
+      </c>
+      <c r="B77" t="s">
+        <v>175</v>
+      </c>
+      <c r="D77">
         <v>1</v>
       </c>
-      <c r="E77" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K77" s="0">
+      <c r="E77" t="s">
+        <v>172</v>
+      </c>
+      <c r="F77" t="s">
+        <v>176</v>
+      </c>
+      <c r="G77" t="s">
+        <v>177</v>
+      </c>
+      <c r="H77" t="s">
+        <v>178</v>
+      </c>
+      <c r="I77" t="s">
+        <v>28</v>
+      </c>
+      <c r="K77">
         <v>0.5</v>
       </c>
-      <c r="L77" s="0">
+      <c r="L77">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="78">
-[...10 lines deleted...]
-      <c r="D78" s="0">
+    <row r="78" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>174</v>
+      </c>
+      <c r="B78" t="s">
+        <v>179</v>
+      </c>
+      <c r="D78">
         <v>12</v>
       </c>
-      <c r="E78" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K78" s="0">
+      <c r="E78" t="s">
+        <v>172</v>
+      </c>
+      <c r="F78" t="s">
+        <v>176</v>
+      </c>
+      <c r="G78" t="s">
+        <v>177</v>
+      </c>
+      <c r="H78" t="s">
+        <v>180</v>
+      </c>
+      <c r="I78" t="s">
+        <v>28</v>
+      </c>
+      <c r="K78">
         <v>0.5</v>
       </c>
-      <c r="L78" s="0">
+      <c r="L78">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="79">
-[...10 lines deleted...]
-      <c r="D79" s="0">
+    <row r="79" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>174</v>
+      </c>
+      <c r="B79" t="s">
+        <v>181</v>
+      </c>
+      <c r="D79">
         <v>2</v>
       </c>
-      <c r="E79" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K79" s="0">
+      <c r="E79" t="s">
+        <v>172</v>
+      </c>
+      <c r="F79" t="s">
+        <v>176</v>
+      </c>
+      <c r="G79" t="s">
+        <v>177</v>
+      </c>
+      <c r="H79" t="s">
+        <v>178</v>
+      </c>
+      <c r="I79" t="s">
+        <v>78</v>
+      </c>
+      <c r="K79">
         <v>0.5</v>
       </c>
-      <c r="L79" s="0">
+      <c r="L79">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="80">
-[...10 lines deleted...]
-      <c r="D80" s="0">
+    <row r="80" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>174</v>
+      </c>
+      <c r="B80" t="s">
+        <v>182</v>
+      </c>
+      <c r="D80">
         <v>22</v>
       </c>
-      <c r="E80" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K80" s="0">
+      <c r="E80" t="s">
+        <v>172</v>
+      </c>
+      <c r="F80" t="s">
+        <v>176</v>
+      </c>
+      <c r="G80" t="s">
+        <v>177</v>
+      </c>
+      <c r="H80" t="s">
+        <v>178</v>
+      </c>
+      <c r="I80" t="s">
+        <v>78</v>
+      </c>
+      <c r="K80">
         <v>0.5</v>
       </c>
-      <c r="L80" s="0">
+      <c r="L80">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="81">
-[...10 lines deleted...]
-      <c r="D81" s="0">
+    <row r="81" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>174</v>
+      </c>
+      <c r="B81" t="s">
+        <v>183</v>
+      </c>
+      <c r="D81">
         <v>7</v>
       </c>
-      <c r="E81" s="0" t="inlineStr">
-[...43 lines deleted...]
-      <c r="D82" s="0">
+      <c r="E81" t="s">
+        <v>172</v>
+      </c>
+      <c r="F81" t="s">
+        <v>176</v>
+      </c>
+      <c r="G81" t="s">
+        <v>177</v>
+      </c>
+      <c r="H81" t="s">
+        <v>184</v>
+      </c>
+      <c r="I81" t="s">
+        <v>18</v>
+      </c>
+      <c r="K81">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L81">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>174</v>
+      </c>
+      <c r="B82" t="s">
+        <v>185</v>
+      </c>
+      <c r="D82">
         <v>13</v>
       </c>
-      <c r="E82" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K82" s="0">
+      <c r="E82" t="s">
+        <v>172</v>
+      </c>
+      <c r="F82" t="s">
+        <v>176</v>
+      </c>
+      <c r="G82" t="s">
+        <v>177</v>
+      </c>
+      <c r="H82" t="s">
+        <v>178</v>
+      </c>
+      <c r="I82" t="s">
+        <v>28</v>
+      </c>
+      <c r="K82">
         <v>0.75</v>
       </c>
-      <c r="L82" s="0">
-[...14 lines deleted...]
-      <c r="D83" s="0">
+      <c r="L82">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>174</v>
+      </c>
+      <c r="B83" t="s">
+        <v>186</v>
+      </c>
+      <c r="D83">
         <v>10</v>
       </c>
-      <c r="E83" s="0" t="inlineStr">
-[...43 lines deleted...]
-      <c r="D84" s="0">
+      <c r="E83" t="s">
+        <v>172</v>
+      </c>
+      <c r="F83" t="s">
+        <v>176</v>
+      </c>
+      <c r="G83" t="s">
+        <v>177</v>
+      </c>
+      <c r="H83" t="s">
+        <v>187</v>
+      </c>
+      <c r="I83" t="s">
+        <v>132</v>
+      </c>
+      <c r="K83">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L83">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>174</v>
+      </c>
+      <c r="B84" t="s">
+        <v>188</v>
+      </c>
+      <c r="D84">
         <v>3</v>
       </c>
-      <c r="E84" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K84" s="0">
+      <c r="E84" t="s">
+        <v>172</v>
+      </c>
+      <c r="F84" t="s">
+        <v>176</v>
+      </c>
+      <c r="G84" t="s">
+        <v>177</v>
+      </c>
+      <c r="H84" t="s">
+        <v>187</v>
+      </c>
+      <c r="I84" t="s">
+        <v>132</v>
+      </c>
+      <c r="K84">
         <v>0.75</v>
       </c>
-      <c r="L84" s="0">
+      <c r="L84">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="85">
-[...10 lines deleted...]
-      <c r="D85" s="0">
+    <row r="85" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" t="s">
+        <v>189</v>
+      </c>
+      <c r="D85">
         <v>9</v>
       </c>
-      <c r="E85" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K85" s="0">
+      <c r="E85" t="s">
+        <v>172</v>
+      </c>
+      <c r="F85" t="s">
+        <v>176</v>
+      </c>
+      <c r="G85" t="s">
+        <v>177</v>
+      </c>
+      <c r="H85" t="s">
+        <v>187</v>
+      </c>
+      <c r="I85" t="s">
+        <v>132</v>
+      </c>
+      <c r="K85">
         <v>0.5</v>
       </c>
-      <c r="L85" s="0">
-[...14 lines deleted...]
-      <c r="D86" s="0">
+      <c r="L85">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
+        <v>190</v>
+      </c>
+      <c r="D86">
         <v>8</v>
       </c>
-      <c r="E86" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K86" s="0">
+      <c r="E86" t="s">
+        <v>172</v>
+      </c>
+      <c r="F86" t="s">
+        <v>176</v>
+      </c>
+      <c r="G86" t="s">
+        <v>177</v>
+      </c>
+      <c r="H86" t="s">
+        <v>187</v>
+      </c>
+      <c r="I86" t="s">
+        <v>132</v>
+      </c>
+      <c r="K86">
         <v>0.75</v>
       </c>
-      <c r="L86" s="0">
-[...14 lines deleted...]
-      <c r="D87" s="0">
+      <c r="L86">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>174</v>
+      </c>
+      <c r="B87" t="s">
+        <v>191</v>
+      </c>
+      <c r="D87">
         <v>6</v>
       </c>
-      <c r="E87" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K87" s="0">
+      <c r="E87" t="s">
+        <v>172</v>
+      </c>
+      <c r="F87" t="s">
+        <v>176</v>
+      </c>
+      <c r="G87" t="s">
+        <v>177</v>
+      </c>
+      <c r="H87" t="s">
+        <v>180</v>
+      </c>
+      <c r="I87" t="s">
+        <v>18</v>
+      </c>
+      <c r="K87">
         <v>0.5</v>
       </c>
-      <c r="L87" s="0">
-[...14 lines deleted...]
-      <c r="D88" s="0">
+      <c r="L87">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>174</v>
+      </c>
+      <c r="B88" t="s">
+        <v>192</v>
+      </c>
+      <c r="D88">
         <v>4</v>
       </c>
-      <c r="E88" s="0" t="inlineStr">
-[...43 lines deleted...]
-      <c r="D89" s="0">
+      <c r="E88" t="s">
+        <v>172</v>
+      </c>
+      <c r="F88" t="s">
+        <v>176</v>
+      </c>
+      <c r="G88" t="s">
+        <v>177</v>
+      </c>
+      <c r="H88" t="s">
+        <v>180</v>
+      </c>
+      <c r="I88" t="s">
+        <v>34</v>
+      </c>
+      <c r="K88">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L88">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>174</v>
+      </c>
+      <c r="B89" t="s">
+        <v>193</v>
+      </c>
+      <c r="D89">
         <v>11</v>
       </c>
-      <c r="E89" s="0" t="inlineStr">
-[...43 lines deleted...]
-      <c r="D90" s="0">
+      <c r="E89" t="s">
+        <v>172</v>
+      </c>
+      <c r="F89" t="s">
+        <v>176</v>
+      </c>
+      <c r="G89" t="s">
+        <v>177</v>
+      </c>
+      <c r="H89" t="s">
+        <v>180</v>
+      </c>
+      <c r="I89" t="s">
+        <v>28</v>
+      </c>
+      <c r="K89">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L89">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>174</v>
+      </c>
+      <c r="B90" t="s">
+        <v>194</v>
+      </c>
+      <c r="D90">
         <v>5</v>
       </c>
-      <c r="E90" s="0" t="inlineStr">
-[...43 lines deleted...]
-      <c r="D91" s="0">
+      <c r="E90" t="s">
+        <v>172</v>
+      </c>
+      <c r="F90" t="s">
+        <v>176</v>
+      </c>
+      <c r="G90" t="s">
+        <v>177</v>
+      </c>
+      <c r="H90" t="s">
+        <v>180</v>
+      </c>
+      <c r="I90" t="s">
+        <v>28</v>
+      </c>
+      <c r="K90">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L90">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>174</v>
+      </c>
+      <c r="B91" t="s">
+        <v>195</v>
+      </c>
+      <c r="D91">
         <v>15</v>
       </c>
-      <c r="E91" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K91" s="0">
+      <c r="E91" t="s">
+        <v>172</v>
+      </c>
+      <c r="F91" t="s">
+        <v>176</v>
+      </c>
+      <c r="G91" t="s">
+        <v>177</v>
+      </c>
+      <c r="H91" t="s">
+        <v>66</v>
+      </c>
+      <c r="I91" t="s">
+        <v>34</v>
+      </c>
+      <c r="K91">
         <v>0.5</v>
       </c>
-      <c r="L91" s="0">
-[...14 lines deleted...]
-      <c r="D92" s="0">
+      <c r="L91">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>174</v>
+      </c>
+      <c r="B92" t="s">
+        <v>196</v>
+      </c>
+      <c r="D92">
         <v>16</v>
       </c>
-      <c r="E92" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K92" s="0">
+      <c r="E92" t="s">
+        <v>172</v>
+      </c>
+      <c r="F92" t="s">
+        <v>176</v>
+      </c>
+      <c r="G92" t="s">
+        <v>177</v>
+      </c>
+      <c r="H92" t="s">
+        <v>184</v>
+      </c>
+      <c r="I92" t="s">
+        <v>18</v>
+      </c>
+      <c r="K92">
         <v>0.5</v>
       </c>
-      <c r="L92" s="0">
-[...14 lines deleted...]
-      <c r="D93" s="0">
+      <c r="L92">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>174</v>
+      </c>
+      <c r="B93" t="s">
+        <v>197</v>
+      </c>
+      <c r="D93">
         <v>23</v>
       </c>
-      <c r="E93" s="0" t="inlineStr">
-[...43 lines deleted...]
-      <c r="D94" s="0">
+      <c r="E93" t="s">
+        <v>172</v>
+      </c>
+      <c r="F93" t="s">
+        <v>176</v>
+      </c>
+      <c r="G93" t="s">
+        <v>177</v>
+      </c>
+      <c r="H93" t="s">
+        <v>187</v>
+      </c>
+      <c r="I93" t="s">
+        <v>34</v>
+      </c>
+      <c r="K93">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L93">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>174</v>
+      </c>
+      <c r="B94" t="s">
+        <v>198</v>
+      </c>
+      <c r="D94">
         <v>19</v>
       </c>
-      <c r="E94" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D95" s="0">
+      <c r="E94" t="s">
+        <v>172</v>
+      </c>
+      <c r="F94" t="s">
+        <v>176</v>
+      </c>
+      <c r="G94" t="s">
+        <v>177</v>
+      </c>
+      <c r="H94" t="s">
+        <v>178</v>
+      </c>
+      <c r="I94" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>174</v>
+      </c>
+      <c r="B95" t="s">
+        <v>199</v>
+      </c>
+      <c r="D95">
         <v>17</v>
       </c>
-      <c r="E95" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D96" s="0">
+      <c r="E95" t="s">
+        <v>172</v>
+      </c>
+      <c r="F95" t="s">
+        <v>176</v>
+      </c>
+      <c r="G95" t="s">
+        <v>177</v>
+      </c>
+      <c r="H95" t="s">
+        <v>200</v>
+      </c>
+      <c r="I95" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>174</v>
+      </c>
+      <c r="B96" t="s">
+        <v>201</v>
+      </c>
+      <c r="D96">
         <v>18</v>
       </c>
-      <c r="E96" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D97" s="0">
+      <c r="E96" t="s">
+        <v>172</v>
+      </c>
+      <c r="F96" t="s">
+        <v>176</v>
+      </c>
+      <c r="G96" t="s">
+        <v>177</v>
+      </c>
+      <c r="H96" t="s">
+        <v>178</v>
+      </c>
+      <c r="I96" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>174</v>
+      </c>
+      <c r="B97" t="s">
+        <v>202</v>
+      </c>
+      <c r="D97">
         <v>14</v>
       </c>
-      <c r="E97" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K97" s="0">
+      <c r="E97" t="s">
+        <v>172</v>
+      </c>
+      <c r="F97" t="s">
+        <v>176</v>
+      </c>
+      <c r="G97" t="s">
+        <v>177</v>
+      </c>
+      <c r="H97" t="s">
+        <v>178</v>
+      </c>
+      <c r="I97" t="s">
+        <v>78</v>
+      </c>
+      <c r="K97">
         <v>1.25</v>
       </c>
-      <c r="L97" s="0">
-[...14 lines deleted...]
-      <c r="D98" s="0">
+      <c r="L97">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>174</v>
+      </c>
+      <c r="B98" t="s">
+        <v>203</v>
+      </c>
+      <c r="D98">
         <v>24</v>
       </c>
-      <c r="E98" s="0" t="inlineStr">
-[...84 lines deleted...]
-      <c r="D100" s="0">
+      <c r="E98" t="s">
+        <v>172</v>
+      </c>
+      <c r="F98" t="s">
+        <v>176</v>
+      </c>
+      <c r="G98" t="s">
+        <v>177</v>
+      </c>
+      <c r="H98" t="s">
+        <v>178</v>
+      </c>
+      <c r="I98" t="s">
+        <v>78</v>
+      </c>
+      <c r="K98">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L98">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>174</v>
+      </c>
+      <c r="B99" t="s">
+        <v>204</v>
+      </c>
+      <c r="D99">
+        <v>25</v>
+      </c>
+      <c r="E99" t="s">
+        <v>172</v>
+      </c>
+      <c r="F99" t="s">
+        <v>176</v>
+      </c>
+      <c r="G99" t="s">
+        <v>177</v>
+      </c>
+      <c r="H99" t="s">
+        <v>178</v>
+      </c>
+      <c r="I99" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>174</v>
+      </c>
+      <c r="B100" t="s">
+        <v>205</v>
+      </c>
+      <c r="D100">
         <v>26</v>
       </c>
-      <c r="E100" s="0" t="inlineStr">
-[...28 lines deleted...]
-      <c r="L100" s="0">
+      <c r="E100" t="s">
+        <v>172</v>
+      </c>
+      <c r="F100" t="s">
+        <v>176</v>
+      </c>
+      <c r="G100" t="s">
+        <v>177</v>
+      </c>
+      <c r="H100" t="s">
+        <v>178</v>
+      </c>
+      <c r="I100" t="s">
+        <v>78</v>
+      </c>
+      <c r="K100">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L100">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="101">
-[...10 lines deleted...]
-      <c r="D101" s="0">
+    <row r="101" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>174</v>
+      </c>
+      <c r="B101" t="s">
+        <v>206</v>
+      </c>
+      <c r="D101">
         <v>27</v>
       </c>
-      <c r="E101" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K101" s="0">
+      <c r="E101" t="s">
+        <v>172</v>
+      </c>
+      <c r="F101" t="s">
+        <v>176</v>
+      </c>
+      <c r="G101" t="s">
+        <v>177</v>
+      </c>
+      <c r="H101" t="s">
+        <v>178</v>
+      </c>
+      <c r="I101" t="s">
+        <v>78</v>
+      </c>
+      <c r="K101">
         <v>0.25</v>
       </c>
-      <c r="L101" s="0">
-[...14 lines deleted...]
-      <c r="D102" s="0">
+      <c r="L101">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>174</v>
+      </c>
+      <c r="B102" t="s">
+        <v>207</v>
+      </c>
+      <c r="D102">
         <v>28</v>
       </c>
-      <c r="E102" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D103" s="0">
+      <c r="E102" t="s">
+        <v>172</v>
+      </c>
+      <c r="F102" t="s">
+        <v>176</v>
+      </c>
+      <c r="G102" t="s">
+        <v>177</v>
+      </c>
+      <c r="H102" t="s">
+        <v>178</v>
+      </c>
+      <c r="I102" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>174</v>
+      </c>
+      <c r="B103" t="s">
+        <v>208</v>
+      </c>
+      <c r="D103">
         <v>29</v>
       </c>
-      <c r="E103" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K103" s="0">
+      <c r="E103" t="s">
+        <v>172</v>
+      </c>
+      <c r="F103" t="s">
+        <v>176</v>
+      </c>
+      <c r="G103" t="s">
+        <v>177</v>
+      </c>
+      <c r="H103" t="s">
+        <v>178</v>
+      </c>
+      <c r="I103" t="s">
+        <v>78</v>
+      </c>
+      <c r="K103">
         <v>0.5</v>
       </c>
-      <c r="L103" s="0">
+      <c r="L103">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="104">
-[...10 lines deleted...]
-      <c r="D104" s="0">
+    <row r="104" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>174</v>
+      </c>
+      <c r="B104" t="s">
+        <v>209</v>
+      </c>
+      <c r="D104">
         <v>30</v>
       </c>
-      <c r="E104" s="0" t="inlineStr">
-[...43 lines deleted...]
-      <c r="D105" s="0">
+      <c r="E104" t="s">
+        <v>172</v>
+      </c>
+      <c r="F104" t="s">
+        <v>176</v>
+      </c>
+      <c r="G104" t="s">
+        <v>177</v>
+      </c>
+      <c r="H104" t="s">
+        <v>178</v>
+      </c>
+      <c r="I104" t="s">
+        <v>78</v>
+      </c>
+      <c r="K104">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L104">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>174</v>
+      </c>
+      <c r="B105" t="s">
+        <v>210</v>
+      </c>
+      <c r="D105">
         <v>31</v>
       </c>
-      <c r="E105" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D106" s="0">
+      <c r="E105" t="s">
+        <v>172</v>
+      </c>
+      <c r="F105" t="s">
+        <v>176</v>
+      </c>
+      <c r="G105" t="s">
+        <v>177</v>
+      </c>
+      <c r="H105" t="s">
+        <v>178</v>
+      </c>
+      <c r="I105" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>174</v>
+      </c>
+      <c r="B106" t="s">
+        <v>211</v>
+      </c>
+      <c r="D106">
         <v>32</v>
       </c>
-      <c r="E106" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K106" s="0">
+      <c r="E106" t="s">
+        <v>172</v>
+      </c>
+      <c r="F106" t="s">
+        <v>176</v>
+      </c>
+      <c r="G106" t="s">
+        <v>177</v>
+      </c>
+      <c r="H106" t="s">
+        <v>178</v>
+      </c>
+      <c r="I106" t="s">
+        <v>78</v>
+      </c>
+      <c r="K106">
         <v>0.5</v>
       </c>
-      <c r="L106" s="0">
+      <c r="L106">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="107">
-[...10 lines deleted...]
-      <c r="D107" s="0">
+    <row r="107" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>174</v>
+      </c>
+      <c r="B107" t="s">
+        <v>212</v>
+      </c>
+      <c r="D107">
         <v>33</v>
       </c>
-      <c r="E107" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D108" s="0">
+      <c r="E107" t="s">
+        <v>172</v>
+      </c>
+      <c r="F107" t="s">
+        <v>176</v>
+      </c>
+      <c r="G107" t="s">
+        <v>177</v>
+      </c>
+      <c r="H107" t="s">
+        <v>178</v>
+      </c>
+      <c r="I107" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>174</v>
+      </c>
+      <c r="B108" t="s">
+        <v>213</v>
+      </c>
+      <c r="D108">
         <v>34</v>
       </c>
-      <c r="E108" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K108" s="0">
+      <c r="E108" t="s">
+        <v>172</v>
+      </c>
+      <c r="F108" t="s">
+        <v>176</v>
+      </c>
+      <c r="G108" t="s">
+        <v>177</v>
+      </c>
+      <c r="H108" t="s">
+        <v>178</v>
+      </c>
+      <c r="I108" t="s">
+        <v>78</v>
+      </c>
+      <c r="K108">
         <v>0.25</v>
       </c>
-      <c r="L108" s="0">
-[...14 lines deleted...]
-      <c r="D109" s="0">
+      <c r="L108">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>174</v>
+      </c>
+      <c r="B109" t="s">
+        <v>214</v>
+      </c>
+      <c r="D109">
         <v>36</v>
       </c>
-      <c r="E109" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D110" s="0">
+      <c r="E109" t="s">
+        <v>172</v>
+      </c>
+      <c r="F109" t="s">
+        <v>176</v>
+      </c>
+      <c r="G109" t="s">
+        <v>177</v>
+      </c>
+      <c r="H109" t="s">
+        <v>178</v>
+      </c>
+      <c r="I109" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>174</v>
+      </c>
+      <c r="B110" t="s">
+        <v>215</v>
+      </c>
+      <c r="D110">
         <v>37</v>
       </c>
-      <c r="E110" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D111" s="0">
+      <c r="E110" t="s">
+        <v>172</v>
+      </c>
+      <c r="F110" t="s">
+        <v>176</v>
+      </c>
+      <c r="G110" t="s">
+        <v>177</v>
+      </c>
+      <c r="H110" t="s">
+        <v>178</v>
+      </c>
+      <c r="I110" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>216</v>
+      </c>
+      <c r="B111" t="s">
+        <v>217</v>
+      </c>
+      <c r="D111">
         <v>9</v>
       </c>
-      <c r="E111" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L111" s="0">
+      <c r="E111" t="s">
+        <v>73</v>
+      </c>
+      <c r="F111" t="s">
+        <v>218</v>
+      </c>
+      <c r="G111" t="s">
+        <v>219</v>
+      </c>
+      <c r="H111" t="s">
+        <v>29</v>
+      </c>
+      <c r="K111">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L111">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="112">
-[...10 lines deleted...]
-      <c r="D112" s="0">
+    <row r="112" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>216</v>
+      </c>
+      <c r="B112" t="s">
+        <v>220</v>
+      </c>
+      <c r="D112">
         <v>1</v>
       </c>
-      <c r="E112" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L112" s="0">
+      <c r="E112" t="s">
+        <v>73</v>
+      </c>
+      <c r="F112" t="s">
+        <v>218</v>
+      </c>
+      <c r="G112" t="s">
+        <v>219</v>
+      </c>
+      <c r="H112" t="s">
+        <v>34</v>
+      </c>
+      <c r="K112">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L112">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="113">
-[...10 lines deleted...]
-      <c r="D113" s="0">
+    <row r="113" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>216</v>
+      </c>
+      <c r="B113" t="s">
+        <v>221</v>
+      </c>
+      <c r="D113">
         <v>21</v>
       </c>
-      <c r="E113" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D114" s="0">
+      <c r="E113" t="s">
+        <v>73</v>
+      </c>
+      <c r="F113" t="s">
+        <v>218</v>
+      </c>
+      <c r="G113" t="s">
+        <v>219</v>
+      </c>
+      <c r="H113" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>216</v>
+      </c>
+      <c r="B114" t="s">
+        <v>222</v>
+      </c>
+      <c r="D114">
         <v>6</v>
       </c>
-      <c r="E114" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L114" s="0">
+      <c r="E114" t="s">
+        <v>73</v>
+      </c>
+      <c r="F114" t="s">
+        <v>218</v>
+      </c>
+      <c r="G114" t="s">
+        <v>219</v>
+      </c>
+      <c r="H114" t="s">
+        <v>78</v>
+      </c>
+      <c r="K114">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L114">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="115">
-[...10 lines deleted...]
-      <c r="D115" s="0">
+    <row r="115" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>216</v>
+      </c>
+      <c r="B115" t="s">
+        <v>223</v>
+      </c>
+      <c r="D115">
         <v>11</v>
       </c>
-      <c r="E115" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D116" s="0">
+      <c r="E115" t="s">
+        <v>73</v>
+      </c>
+      <c r="F115" t="s">
+        <v>218</v>
+      </c>
+      <c r="G115" t="s">
+        <v>219</v>
+      </c>
+      <c r="H115" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>216</v>
+      </c>
+      <c r="B116" t="s">
+        <v>224</v>
+      </c>
+      <c r="D116">
         <v>12</v>
       </c>
-      <c r="E116" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D117" s="0">
+      <c r="E116" t="s">
+        <v>73</v>
+      </c>
+      <c r="F116" t="s">
+        <v>218</v>
+      </c>
+      <c r="G116" t="s">
+        <v>219</v>
+      </c>
+      <c r="H116" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>216</v>
+      </c>
+      <c r="B117" t="s">
+        <v>225</v>
+      </c>
+      <c r="D117">
         <v>16</v>
       </c>
-      <c r="E117" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D118" s="0">
+      <c r="E117" t="s">
+        <v>73</v>
+      </c>
+      <c r="F117" t="s">
+        <v>218</v>
+      </c>
+      <c r="G117" t="s">
+        <v>219</v>
+      </c>
+      <c r="H117" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>216</v>
+      </c>
+      <c r="B118" t="s">
+        <v>226</v>
+      </c>
+      <c r="D118">
         <v>17</v>
       </c>
-      <c r="E118" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D119" s="0">
+      <c r="E118" t="s">
+        <v>73</v>
+      </c>
+      <c r="F118" t="s">
+        <v>218</v>
+      </c>
+      <c r="G118" t="s">
+        <v>219</v>
+      </c>
+      <c r="H118" t="s">
         <v>18</v>
       </c>
-      <c r="E119" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D120" s="0">
+    </row>
+    <row r="119" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>216</v>
+      </c>
+      <c r="B119" t="s">
+        <v>227</v>
+      </c>
+      <c r="D119">
+        <v>18</v>
+      </c>
+      <c r="E119" t="s">
+        <v>73</v>
+      </c>
+      <c r="F119" t="s">
+        <v>218</v>
+      </c>
+      <c r="G119" t="s">
+        <v>219</v>
+      </c>
+      <c r="H119" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>216</v>
+      </c>
+      <c r="B120" t="s">
+        <v>228</v>
+      </c>
+      <c r="D120">
         <v>13</v>
       </c>
-      <c r="E120" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L120" s="0">
+      <c r="E120" t="s">
+        <v>73</v>
+      </c>
+      <c r="F120" t="s">
+        <v>218</v>
+      </c>
+      <c r="G120" t="s">
+        <v>219</v>
+      </c>
+      <c r="H120" t="s">
+        <v>18</v>
+      </c>
+      <c r="K120">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L120">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="121">
-[...10 lines deleted...]
-      <c r="D121" s="0">
+    <row r="121" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>216</v>
+      </c>
+      <c r="B121" t="s">
+        <v>229</v>
+      </c>
+      <c r="D121">
         <v>3</v>
       </c>
-      <c r="E121" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L121" s="0">
+      <c r="E121" t="s">
+        <v>73</v>
+      </c>
+      <c r="F121" t="s">
+        <v>218</v>
+      </c>
+      <c r="G121" t="s">
+        <v>219</v>
+      </c>
+      <c r="H121" t="s">
+        <v>28</v>
+      </c>
+      <c r="K121">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L121">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="122">
-[...10 lines deleted...]
-      <c r="D122" s="0">
+    <row r="122" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>216</v>
+      </c>
+      <c r="B122" t="s">
+        <v>230</v>
+      </c>
+      <c r="D122">
         <v>14</v>
       </c>
-      <c r="E122" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D123" s="0">
+      <c r="E122" t="s">
+        <v>73</v>
+      </c>
+      <c r="F122" t="s">
+        <v>218</v>
+      </c>
+      <c r="G122" t="s">
+        <v>219</v>
+      </c>
+      <c r="H122" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>216</v>
+      </c>
+      <c r="B123" t="s">
+        <v>231</v>
+      </c>
+      <c r="D123">
         <v>22</v>
       </c>
-      <c r="E123" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L123" s="0">
+      <c r="E123" t="s">
+        <v>73</v>
+      </c>
+      <c r="F123" t="s">
+        <v>218</v>
+      </c>
+      <c r="G123" t="s">
+        <v>219</v>
+      </c>
+      <c r="H123" t="s">
+        <v>18</v>
+      </c>
+      <c r="K123">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L123">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="124">
-[...10 lines deleted...]
-      <c r="D124" s="0">
+    <row r="124" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>216</v>
+      </c>
+      <c r="B124" t="s">
+        <v>232</v>
+      </c>
+      <c r="D124">
         <v>23</v>
       </c>
-      <c r="E124" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D125" s="0">
+      <c r="E124" t="s">
+        <v>73</v>
+      </c>
+      <c r="F124" t="s">
+        <v>218</v>
+      </c>
+      <c r="G124" t="s">
+        <v>219</v>
+      </c>
+      <c r="H124" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>216</v>
+      </c>
+      <c r="B125" t="s">
+        <v>233</v>
+      </c>
+      <c r="D125">
         <v>8</v>
       </c>
-      <c r="E125" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L125" s="0">
+      <c r="E125" t="s">
+        <v>73</v>
+      </c>
+      <c r="F125" t="s">
+        <v>218</v>
+      </c>
+      <c r="G125" t="s">
+        <v>219</v>
+      </c>
+      <c r="H125" t="s">
+        <v>28</v>
+      </c>
+      <c r="K125">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L125">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="126">
-[...10 lines deleted...]
-      <c r="D126" s="0">
+    <row r="126" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>216</v>
+      </c>
+      <c r="B126" t="s">
+        <v>234</v>
+      </c>
+      <c r="D126">
         <v>15</v>
       </c>
-      <c r="E126" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L126" s="0">
+      <c r="E126" t="s">
+        <v>73</v>
+      </c>
+      <c r="F126" t="s">
+        <v>218</v>
+      </c>
+      <c r="G126" t="s">
+        <v>219</v>
+      </c>
+      <c r="H126" t="s">
+        <v>18</v>
+      </c>
+      <c r="K126">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L126">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="127">
-[...47 lines deleted...]
-      <c r="D128" s="0">
+    <row r="127" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>216</v>
+      </c>
+      <c r="B127" t="s">
+        <v>235</v>
+      </c>
+      <c r="D127">
+        <v>25</v>
+      </c>
+      <c r="E127" t="s">
+        <v>73</v>
+      </c>
+      <c r="F127" t="s">
+        <v>218</v>
+      </c>
+      <c r="G127" t="s">
+        <v>219</v>
+      </c>
+      <c r="H127" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>216</v>
+      </c>
+      <c r="B128" t="s">
+        <v>236</v>
+      </c>
+      <c r="D128">
         <v>28</v>
       </c>
-      <c r="E128" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D129" s="0">
+      <c r="E128" t="s">
+        <v>73</v>
+      </c>
+      <c r="F128" t="s">
+        <v>218</v>
+      </c>
+      <c r="G128" t="s">
+        <v>219</v>
+      </c>
+      <c r="H128" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>216</v>
+      </c>
+      <c r="B129" t="s">
+        <v>237</v>
+      </c>
+      <c r="D129">
         <v>29</v>
       </c>
-      <c r="E129" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D130" s="0">
+      <c r="E129" t="s">
+        <v>73</v>
+      </c>
+      <c r="F129" t="s">
+        <v>218</v>
+      </c>
+      <c r="G129" t="s">
+        <v>219</v>
+      </c>
+      <c r="H129" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>216</v>
+      </c>
+      <c r="B130" t="s">
+        <v>238</v>
+      </c>
+      <c r="D130">
         <v>10</v>
       </c>
-      <c r="E130" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D131" s="0">
+      <c r="E130" t="s">
+        <v>73</v>
+      </c>
+      <c r="F130" t="s">
+        <v>218</v>
+      </c>
+      <c r="G130" t="s">
+        <v>219</v>
+      </c>
+      <c r="H130" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>216</v>
+      </c>
+      <c r="B131" t="s">
+        <v>239</v>
+      </c>
+      <c r="D131">
         <v>30</v>
       </c>
-      <c r="E131" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D132" s="0">
+      <c r="E131" t="s">
+        <v>73</v>
+      </c>
+      <c r="F131" t="s">
+        <v>218</v>
+      </c>
+      <c r="G131" t="s">
+        <v>219</v>
+      </c>
+      <c r="H131" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>216</v>
+      </c>
+      <c r="B132" t="s">
+        <v>240</v>
+      </c>
+      <c r="D132">
         <v>20</v>
       </c>
-      <c r="E132" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D133" s="0">
+      <c r="E132" t="s">
+        <v>73</v>
+      </c>
+      <c r="F132" t="s">
+        <v>218</v>
+      </c>
+      <c r="G132" t="s">
+        <v>219</v>
+      </c>
+      <c r="H132" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>216</v>
+      </c>
+      <c r="B133" t="s">
+        <v>241</v>
+      </c>
+      <c r="D133">
         <v>4</v>
       </c>
-      <c r="E133" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D134" s="0">
+      <c r="E133" t="s">
+        <v>73</v>
+      </c>
+      <c r="F133" t="s">
+        <v>218</v>
+      </c>
+      <c r="G133" t="s">
+        <v>219</v>
+      </c>
+      <c r="H133" t="s">
+        <v>34</v>
+      </c>
+      <c r="K133">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L133">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>216</v>
+      </c>
+      <c r="B134" t="s">
+        <v>242</v>
+      </c>
+      <c r="D134">
         <v>5</v>
       </c>
-      <c r="E134" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L134" s="0">
+      <c r="E134" t="s">
+        <v>73</v>
+      </c>
+      <c r="F134" t="s">
+        <v>218</v>
+      </c>
+      <c r="G134" t="s">
+        <v>219</v>
+      </c>
+      <c r="H134" t="s">
+        <v>34</v>
+      </c>
+      <c r="K134">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L134">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="135">
-[...10 lines deleted...]
-      <c r="D135" s="0">
+    <row r="135" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>216</v>
+      </c>
+      <c r="B135" t="s">
+        <v>243</v>
+      </c>
+      <c r="D135">
         <v>2</v>
       </c>
-      <c r="E135" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L135" s="0">
+      <c r="E135" t="s">
+        <v>73</v>
+      </c>
+      <c r="F135" t="s">
+        <v>218</v>
+      </c>
+      <c r="G135" t="s">
+        <v>219</v>
+      </c>
+      <c r="H135" t="s">
+        <v>34</v>
+      </c>
+      <c r="K135">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L135">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="136">
-[...10 lines deleted...]
-      <c r="D136" s="0">
+    <row r="136" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>216</v>
+      </c>
+      <c r="B136" t="s">
+        <v>244</v>
+      </c>
+      <c r="D136">
         <v>7</v>
       </c>
-      <c r="E136" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L136" s="0">
+      <c r="E136" t="s">
+        <v>73</v>
+      </c>
+      <c r="F136" t="s">
+        <v>218</v>
+      </c>
+      <c r="G136" t="s">
+        <v>219</v>
+      </c>
+      <c r="H136" t="s">
+        <v>132</v>
+      </c>
+      <c r="K136">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L136">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="137">
-[...10 lines deleted...]
-      <c r="D137" s="0">
+    <row r="137" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>216</v>
+      </c>
+      <c r="B137" t="s">
+        <v>245</v>
+      </c>
+      <c r="D137">
         <v>19</v>
       </c>
-      <c r="E137" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D138" s="0">
+      <c r="E137" t="s">
+        <v>73</v>
+      </c>
+      <c r="F137" t="s">
+        <v>218</v>
+      </c>
+      <c r="G137" t="s">
+        <v>219</v>
+      </c>
+      <c r="H137" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>216</v>
+      </c>
+      <c r="B138" t="s">
+        <v>246</v>
+      </c>
+      <c r="D138">
         <v>24</v>
       </c>
-      <c r="E138" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L138" s="0">
+      <c r="E138" t="s">
+        <v>73</v>
+      </c>
+      <c r="F138" t="s">
+        <v>218</v>
+      </c>
+      <c r="G138" t="s">
+        <v>219</v>
+      </c>
+      <c r="H138" t="s">
+        <v>18</v>
+      </c>
+      <c r="K138">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L138">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="139">
-[...10 lines deleted...]
-      <c r="D139" s="0">
+    <row r="139" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>216</v>
+      </c>
+      <c r="B139" t="s">
+        <v>247</v>
+      </c>
+      <c r="D139">
         <v>27</v>
       </c>
-      <c r="E139" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D140" s="0">
+      <c r="E139" t="s">
+        <v>73</v>
+      </c>
+      <c r="F139" t="s">
+        <v>218</v>
+      </c>
+      <c r="G139" t="s">
+        <v>219</v>
+      </c>
+      <c r="H139" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>216</v>
+      </c>
+      <c r="B140" t="s">
+        <v>248</v>
+      </c>
+      <c r="D140">
         <v>26</v>
       </c>
-      <c r="E140" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L140" s="0">
+      <c r="E140" t="s">
+        <v>73</v>
+      </c>
+      <c r="F140" t="s">
+        <v>218</v>
+      </c>
+      <c r="G140" t="s">
+        <v>219</v>
+      </c>
+      <c r="H140" t="s">
+        <v>18</v>
+      </c>
+      <c r="K140">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L140">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="141">
-[...10 lines deleted...]
-      <c r="D141" s="0">
+    <row r="141" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>249</v>
+      </c>
+      <c r="B141" t="s">
+        <v>250</v>
+      </c>
+      <c r="D141">
         <v>1</v>
       </c>
-      <c r="E141" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K141" s="0">
+      <c r="E141" t="s">
+        <v>172</v>
+      </c>
+      <c r="F141" t="s">
+        <v>176</v>
+      </c>
+      <c r="G141" t="s">
+        <v>177</v>
+      </c>
+      <c r="H141" t="s">
+        <v>251</v>
+      </c>
+      <c r="K141">
         <v>1</v>
       </c>
-      <c r="L141" s="0">
+      <c r="L141">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="142">
-[...10 lines deleted...]
-      <c r="D142" s="0">
+    <row r="142" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>252</v>
+      </c>
+      <c r="B142" t="s">
+        <v>253</v>
+      </c>
+      <c r="D142">
         <v>46</v>
       </c>
-      <c r="E142" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D143" s="0">
+      <c r="E142" t="s">
+        <v>172</v>
+      </c>
+      <c r="F142" t="s">
+        <v>254</v>
+      </c>
+      <c r="G142" t="s">
+        <v>255</v>
+      </c>
+      <c r="H142" t="s">
+        <v>256</v>
+      </c>
+      <c r="I142" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>252</v>
+      </c>
+      <c r="B143" t="s">
+        <v>258</v>
+      </c>
+      <c r="D143">
         <v>30</v>
       </c>
-      <c r="E143" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K143" s="0">
+      <c r="E143" t="s">
+        <v>172</v>
+      </c>
+      <c r="F143" t="s">
+        <v>254</v>
+      </c>
+      <c r="G143" t="s">
+        <v>255</v>
+      </c>
+      <c r="H143" t="s">
+        <v>256</v>
+      </c>
+      <c r="I143" t="s">
+        <v>257</v>
+      </c>
+      <c r="K143">
         <v>1</v>
       </c>
-      <c r="L143" s="0">
+      <c r="L143">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="144">
-[...10 lines deleted...]
-      <c r="D144" s="0">
+    <row r="144" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>252</v>
+      </c>
+      <c r="B144" t="s">
+        <v>259</v>
+      </c>
+      <c r="D144">
         <v>1</v>
       </c>
-      <c r="E144" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K144" s="0">
+      <c r="E144" t="s">
+        <v>172</v>
+      </c>
+      <c r="F144" t="s">
+        <v>254</v>
+      </c>
+      <c r="G144" t="s">
+        <v>255</v>
+      </c>
+      <c r="H144" t="s">
+        <v>256</v>
+      </c>
+      <c r="I144" t="s">
+        <v>257</v>
+      </c>
+      <c r="K144">
         <v>0.5</v>
       </c>
-      <c r="L144" s="0">
+      <c r="L144">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="145">
-[...10 lines deleted...]
-      <c r="D145" s="0">
+    <row r="145" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>252</v>
+      </c>
+      <c r="B145" t="s">
+        <v>260</v>
+      </c>
+      <c r="D145">
         <v>21</v>
       </c>
-      <c r="E145" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K145" s="0">
+      <c r="E145" t="s">
+        <v>172</v>
+      </c>
+      <c r="F145" t="s">
+        <v>254</v>
+      </c>
+      <c r="G145" t="s">
+        <v>255</v>
+      </c>
+      <c r="H145" t="s">
+        <v>256</v>
+      </c>
+      <c r="I145" t="s">
+        <v>257</v>
+      </c>
+      <c r="K145">
         <v>2</v>
       </c>
-      <c r="L145" s="0">
+      <c r="L145">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="146">
-[...10 lines deleted...]
-      <c r="D146" s="0">
+    <row r="146" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>252</v>
+      </c>
+      <c r="B146" t="s">
+        <v>261</v>
+      </c>
+      <c r="D146">
         <v>3</v>
       </c>
-      <c r="E146" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K146" s="0">
+      <c r="E146" t="s">
+        <v>172</v>
+      </c>
+      <c r="F146" t="s">
+        <v>254</v>
+      </c>
+      <c r="G146" t="s">
+        <v>255</v>
+      </c>
+      <c r="H146" t="s">
+        <v>256</v>
+      </c>
+      <c r="I146" t="s">
+        <v>257</v>
+      </c>
+      <c r="K146">
         <v>5</v>
       </c>
-      <c r="L146" s="0">
+      <c r="L146">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="147">
-[...10 lines deleted...]
-      <c r="D147" s="0">
+    <row r="147" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>252</v>
+      </c>
+      <c r="B147" t="s">
+        <v>262</v>
+      </c>
+      <c r="D147">
         <v>2</v>
       </c>
-      <c r="E147" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D148" s="0">
+      <c r="E147" t="s">
+        <v>172</v>
+      </c>
+      <c r="F147" t="s">
+        <v>254</v>
+      </c>
+      <c r="G147" t="s">
+        <v>255</v>
+      </c>
+      <c r="H147" t="s">
+        <v>256</v>
+      </c>
+      <c r="I147" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>252</v>
+      </c>
+      <c r="B148" t="s">
+        <v>263</v>
+      </c>
+      <c r="D148">
         <v>45</v>
       </c>
-      <c r="E148" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D149" s="0">
+      <c r="E148" t="s">
+        <v>172</v>
+      </c>
+      <c r="F148" t="s">
+        <v>254</v>
+      </c>
+      <c r="G148" t="s">
+        <v>255</v>
+      </c>
+      <c r="H148" t="s">
+        <v>256</v>
+      </c>
+      <c r="I148" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>252</v>
+      </c>
+      <c r="B149" t="s">
+        <v>264</v>
+      </c>
+      <c r="D149">
         <v>44</v>
       </c>
-      <c r="E149" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D150" s="0">
+      <c r="E149" t="s">
+        <v>172</v>
+      </c>
+      <c r="F149" t="s">
+        <v>254</v>
+      </c>
+      <c r="G149" t="s">
+        <v>255</v>
+      </c>
+      <c r="H149" t="s">
+        <v>256</v>
+      </c>
+      <c r="I149" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>252</v>
+      </c>
+      <c r="B150" t="s">
+        <v>265</v>
+      </c>
+      <c r="D150">
         <v>10</v>
       </c>
-      <c r="E150" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K150" s="0">
+      <c r="E150" t="s">
+        <v>172</v>
+      </c>
+      <c r="F150" t="s">
+        <v>254</v>
+      </c>
+      <c r="G150" t="s">
+        <v>255</v>
+      </c>
+      <c r="H150" t="s">
+        <v>256</v>
+      </c>
+      <c r="I150" t="s">
+        <v>257</v>
+      </c>
+      <c r="K150">
         <v>5</v>
       </c>
-      <c r="L150" s="0">
+      <c r="L150">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="151">
-[...10 lines deleted...]
-      <c r="D151" s="0">
+    <row r="151" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>252</v>
+      </c>
+      <c r="B151" t="s">
+        <v>266</v>
+      </c>
+      <c r="D151">
         <v>28</v>
       </c>
-      <c r="E151" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K151" s="0">
+      <c r="E151" t="s">
+        <v>172</v>
+      </c>
+      <c r="F151" t="s">
+        <v>254</v>
+      </c>
+      <c r="G151" t="s">
+        <v>255</v>
+      </c>
+      <c r="H151" t="s">
+        <v>256</v>
+      </c>
+      <c r="I151" t="s">
+        <v>257</v>
+      </c>
+      <c r="K151">
         <v>2</v>
       </c>
-      <c r="L151" s="0">
+      <c r="L151">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="152">
-[...10 lines deleted...]
-      <c r="D152" s="0">
+    <row r="152" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>252</v>
+      </c>
+      <c r="B152" t="s">
+        <v>267</v>
+      </c>
+      <c r="D152">
         <v>43</v>
       </c>
-      <c r="E152" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D153" s="0">
+      <c r="E152" t="s">
+        <v>172</v>
+      </c>
+      <c r="F152" t="s">
+        <v>254</v>
+      </c>
+      <c r="G152" t="s">
+        <v>255</v>
+      </c>
+      <c r="H152" t="s">
+        <v>256</v>
+      </c>
+      <c r="I152" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>252</v>
+      </c>
+      <c r="B153" t="s">
+        <v>268</v>
+      </c>
+      <c r="D153">
         <v>11</v>
       </c>
-      <c r="E153" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D154" s="0">
+      <c r="E153" t="s">
+        <v>172</v>
+      </c>
+      <c r="F153" t="s">
+        <v>254</v>
+      </c>
+      <c r="G153" t="s">
+        <v>255</v>
+      </c>
+      <c r="H153" t="s">
+        <v>256</v>
+      </c>
+      <c r="I153" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>252</v>
+      </c>
+      <c r="B154" t="s">
+        <v>269</v>
+      </c>
+      <c r="D154">
         <v>42</v>
       </c>
-      <c r="E154" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D155" s="0">
+      <c r="E154" t="s">
+        <v>172</v>
+      </c>
+      <c r="F154" t="s">
+        <v>254</v>
+      </c>
+      <c r="G154" t="s">
+        <v>255</v>
+      </c>
+      <c r="H154" t="s">
+        <v>256</v>
+      </c>
+      <c r="I154" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>252</v>
+      </c>
+      <c r="B155" t="s">
+        <v>270</v>
+      </c>
+      <c r="D155">
         <v>22</v>
       </c>
-      <c r="E155" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D156" s="0">
+      <c r="E155" t="s">
+        <v>172</v>
+      </c>
+      <c r="F155" t="s">
+        <v>254</v>
+      </c>
+      <c r="G155" t="s">
+        <v>255</v>
+      </c>
+      <c r="H155" t="s">
+        <v>256</v>
+      </c>
+      <c r="I155" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>252</v>
+      </c>
+      <c r="B156" t="s">
+        <v>271</v>
+      </c>
+      <c r="D156">
         <v>16</v>
       </c>
-      <c r="E156" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D157" s="0">
+      <c r="E156" t="s">
+        <v>172</v>
+      </c>
+      <c r="F156" t="s">
+        <v>254</v>
+      </c>
+      <c r="G156" t="s">
+        <v>255</v>
+      </c>
+      <c r="H156" t="s">
+        <v>256</v>
+      </c>
+      <c r="I156" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>252</v>
+      </c>
+      <c r="B157" t="s">
+        <v>272</v>
+      </c>
+      <c r="D157">
         <v>12</v>
       </c>
-      <c r="E157" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K157" s="0">
+      <c r="E157" t="s">
+        <v>172</v>
+      </c>
+      <c r="F157" t="s">
+        <v>254</v>
+      </c>
+      <c r="G157" t="s">
+        <v>255</v>
+      </c>
+      <c r="H157" t="s">
+        <v>256</v>
+      </c>
+      <c r="I157" t="s">
+        <v>257</v>
+      </c>
+      <c r="K157">
         <v>2</v>
       </c>
-      <c r="L157" s="0">
+      <c r="L157">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="158">
-[...10 lines deleted...]
-      <c r="D158" s="0">
+    <row r="158" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>252</v>
+      </c>
+      <c r="B158" t="s">
+        <v>273</v>
+      </c>
+      <c r="D158">
         <v>9</v>
       </c>
-      <c r="E158" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K158" s="0">
+      <c r="E158" t="s">
+        <v>172</v>
+      </c>
+      <c r="F158" t="s">
+        <v>254</v>
+      </c>
+      <c r="G158" t="s">
+        <v>255</v>
+      </c>
+      <c r="H158" t="s">
+        <v>256</v>
+      </c>
+      <c r="I158" t="s">
+        <v>257</v>
+      </c>
+      <c r="K158">
         <v>1</v>
       </c>
-      <c r="L158" s="0">
+      <c r="L158">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="159">
-[...10 lines deleted...]
-      <c r="D159" s="0">
+    <row r="159" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>252</v>
+      </c>
+      <c r="B159" t="s">
+        <v>274</v>
+      </c>
+      <c r="D159">
         <v>41</v>
       </c>
-      <c r="E159" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D160" s="0">
+      <c r="E159" t="s">
+        <v>172</v>
+      </c>
+      <c r="F159" t="s">
+        <v>254</v>
+      </c>
+      <c r="G159" t="s">
+        <v>255</v>
+      </c>
+      <c r="H159" t="s">
+        <v>256</v>
+      </c>
+      <c r="I159" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>252</v>
+      </c>
+      <c r="B160" t="s">
+        <v>275</v>
+      </c>
+      <c r="D160">
         <v>17</v>
       </c>
-      <c r="E160" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K160" s="0">
+      <c r="E160" t="s">
+        <v>172</v>
+      </c>
+      <c r="F160" t="s">
+        <v>254</v>
+      </c>
+      <c r="G160" t="s">
+        <v>255</v>
+      </c>
+      <c r="H160" t="s">
+        <v>256</v>
+      </c>
+      <c r="I160" t="s">
+        <v>257</v>
+      </c>
+      <c r="K160">
         <v>2.5</v>
       </c>
-      <c r="L160" s="0">
-[...14 lines deleted...]
-      <c r="D161" s="0">
+      <c r="L160">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>252</v>
+      </c>
+      <c r="B161" t="s">
+        <v>276</v>
+      </c>
+      <c r="D161">
         <v>27</v>
       </c>
-      <c r="E161" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K161" s="0">
+      <c r="E161" t="s">
+        <v>172</v>
+      </c>
+      <c r="F161" t="s">
+        <v>254</v>
+      </c>
+      <c r="G161" t="s">
+        <v>255</v>
+      </c>
+      <c r="H161" t="s">
+        <v>256</v>
+      </c>
+      <c r="I161" t="s">
+        <v>257</v>
+      </c>
+      <c r="K161">
         <v>0.5</v>
       </c>
-      <c r="L161" s="0">
+      <c r="L161">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="162">
-[...10 lines deleted...]
-      <c r="D162" s="0">
+    <row r="162" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>252</v>
+      </c>
+      <c r="B162" t="s">
+        <v>277</v>
+      </c>
+      <c r="D162">
         <v>40</v>
       </c>
-      <c r="E162" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D163" s="0">
+      <c r="E162" t="s">
+        <v>172</v>
+      </c>
+      <c r="F162" t="s">
+        <v>254</v>
+      </c>
+      <c r="G162" t="s">
+        <v>255</v>
+      </c>
+      <c r="H162" t="s">
+        <v>256</v>
+      </c>
+      <c r="I162" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>252</v>
+      </c>
+      <c r="B163" t="s">
+        <v>278</v>
+      </c>
+      <c r="D163">
         <v>13</v>
       </c>
-      <c r="E163" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D164" s="0">
+      <c r="E163" t="s">
+        <v>172</v>
+      </c>
+      <c r="F163" t="s">
+        <v>254</v>
+      </c>
+      <c r="G163" t="s">
+        <v>255</v>
+      </c>
+      <c r="H163" t="s">
+        <v>256</v>
+      </c>
+      <c r="I163" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>252</v>
+      </c>
+      <c r="B164" t="s">
+        <v>279</v>
+      </c>
+      <c r="D164">
         <v>8</v>
       </c>
-      <c r="E164" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K164" s="0">
+      <c r="E164" t="s">
+        <v>172</v>
+      </c>
+      <c r="F164" t="s">
+        <v>254</v>
+      </c>
+      <c r="G164" t="s">
+        <v>255</v>
+      </c>
+      <c r="H164" t="s">
+        <v>256</v>
+      </c>
+      <c r="I164" t="s">
+        <v>257</v>
+      </c>
+      <c r="K164">
         <v>5</v>
       </c>
-      <c r="L164" s="0">
-[...14 lines deleted...]
-      <c r="D165" s="0">
+      <c r="L164">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>252</v>
+      </c>
+      <c r="B165" t="s">
+        <v>280</v>
+      </c>
+      <c r="D165">
         <v>4</v>
       </c>
-      <c r="E165" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K165" s="0">
+      <c r="E165" t="s">
+        <v>172</v>
+      </c>
+      <c r="F165" t="s">
+        <v>254</v>
+      </c>
+      <c r="G165" t="s">
+        <v>255</v>
+      </c>
+      <c r="H165" t="s">
+        <v>256</v>
+      </c>
+      <c r="I165" t="s">
+        <v>257</v>
+      </c>
+      <c r="K165">
         <v>2</v>
       </c>
-      <c r="L165" s="0">
+      <c r="L165">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="166">
-[...10 lines deleted...]
-      <c r="D166" s="0">
+    <row r="166" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>252</v>
+      </c>
+      <c r="B166" t="s">
+        <v>281</v>
+      </c>
+      <c r="D166">
         <v>39</v>
       </c>
-      <c r="E166" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D167" s="0">
+      <c r="E166" t="s">
+        <v>172</v>
+      </c>
+      <c r="F166" t="s">
+        <v>254</v>
+      </c>
+      <c r="G166" t="s">
+        <v>255</v>
+      </c>
+      <c r="H166" t="s">
+        <v>256</v>
+      </c>
+      <c r="I166" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>252</v>
+      </c>
+      <c r="B167" t="s">
+        <v>282</v>
+      </c>
+      <c r="D167">
         <v>38</v>
       </c>
-      <c r="E167" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D168" s="0">
+      <c r="E167" t="s">
+        <v>172</v>
+      </c>
+      <c r="F167" t="s">
+        <v>254</v>
+      </c>
+      <c r="G167" t="s">
+        <v>255</v>
+      </c>
+      <c r="H167" t="s">
+        <v>256</v>
+      </c>
+      <c r="I167" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>252</v>
+      </c>
+      <c r="B168" t="s">
+        <v>283</v>
+      </c>
+      <c r="D168">
         <v>20</v>
       </c>
-      <c r="E168" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K168" s="0">
+      <c r="E168" t="s">
+        <v>172</v>
+      </c>
+      <c r="F168" t="s">
+        <v>254</v>
+      </c>
+      <c r="G168" t="s">
+        <v>255</v>
+      </c>
+      <c r="H168" t="s">
+        <v>256</v>
+      </c>
+      <c r="I168" t="s">
+        <v>257</v>
+      </c>
+      <c r="K168">
         <v>3</v>
       </c>
-      <c r="L168" s="0">
+      <c r="L168">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="169">
-[...10 lines deleted...]
-      <c r="D169" s="0">
+    <row r="169" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>252</v>
+      </c>
+      <c r="B169" t="s">
+        <v>284</v>
+      </c>
+      <c r="D169">
         <v>29</v>
       </c>
-      <c r="E169" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K169" s="0">
+      <c r="E169" t="s">
+        <v>172</v>
+      </c>
+      <c r="F169" t="s">
+        <v>254</v>
+      </c>
+      <c r="G169" t="s">
+        <v>255</v>
+      </c>
+      <c r="H169" t="s">
+        <v>256</v>
+      </c>
+      <c r="I169" t="s">
+        <v>257</v>
+      </c>
+      <c r="K169">
         <v>0.5</v>
       </c>
-      <c r="L169" s="0">
+      <c r="L169">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="170">
-[...10 lines deleted...]
-      <c r="D170" s="0">
+    <row r="170" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>252</v>
+      </c>
+      <c r="B170" t="s">
+        <v>285</v>
+      </c>
+      <c r="D170">
         <v>5</v>
       </c>
-      <c r="E170" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K170" s="0">
+      <c r="E170" t="s">
+        <v>172</v>
+      </c>
+      <c r="F170" t="s">
+        <v>254</v>
+      </c>
+      <c r="G170" t="s">
+        <v>255</v>
+      </c>
+      <c r="H170" t="s">
+        <v>256</v>
+      </c>
+      <c r="I170" t="s">
+        <v>257</v>
+      </c>
+      <c r="K170">
         <v>2.5</v>
       </c>
-      <c r="L170" s="0">
+      <c r="L170">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="171">
-[...10 lines deleted...]
-      <c r="D171" s="0">
+    <row r="171" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>252</v>
+      </c>
+      <c r="B171" t="s">
+        <v>286</v>
+      </c>
+      <c r="D171">
         <v>37</v>
       </c>
-      <c r="E171" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D172" s="0">
+      <c r="E171" t="s">
+        <v>172</v>
+      </c>
+      <c r="F171" t="s">
+        <v>254</v>
+      </c>
+      <c r="G171" t="s">
+        <v>255</v>
+      </c>
+      <c r="H171" t="s">
+        <v>256</v>
+      </c>
+      <c r="I171" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>252</v>
+      </c>
+      <c r="B172" t="s">
+        <v>287</v>
+      </c>
+      <c r="D172">
         <v>18</v>
       </c>
-      <c r="E172" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D173" s="0">
+      <c r="E172" t="s">
+        <v>172</v>
+      </c>
+      <c r="F172" t="s">
+        <v>254</v>
+      </c>
+      <c r="G172" t="s">
+        <v>255</v>
+      </c>
+      <c r="H172" t="s">
+        <v>256</v>
+      </c>
+      <c r="I172" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>252</v>
+      </c>
+      <c r="B173" t="s">
+        <v>288</v>
+      </c>
+      <c r="D173">
         <v>6</v>
       </c>
-      <c r="E173" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K173" s="0">
+      <c r="E173" t="s">
+        <v>172</v>
+      </c>
+      <c r="F173" t="s">
+        <v>254</v>
+      </c>
+      <c r="G173" t="s">
+        <v>255</v>
+      </c>
+      <c r="H173" t="s">
+        <v>256</v>
+      </c>
+      <c r="I173" t="s">
+        <v>257</v>
+      </c>
+      <c r="K173">
         <v>2</v>
       </c>
-      <c r="L173" s="0">
-[...14 lines deleted...]
-      <c r="D174" s="0">
+      <c r="L173">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>252</v>
+      </c>
+      <c r="B174" t="s">
+        <v>289</v>
+      </c>
+      <c r="D174">
         <v>7</v>
       </c>
-      <c r="E174" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K174" s="0">
+      <c r="E174" t="s">
+        <v>172</v>
+      </c>
+      <c r="F174" t="s">
+        <v>254</v>
+      </c>
+      <c r="G174" t="s">
+        <v>255</v>
+      </c>
+      <c r="H174" t="s">
+        <v>256</v>
+      </c>
+      <c r="I174" t="s">
+        <v>257</v>
+      </c>
+      <c r="K174">
         <v>5</v>
       </c>
-      <c r="L174" s="0">
-[...14 lines deleted...]
-      <c r="D175" s="0">
+      <c r="L174">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>252</v>
+      </c>
+      <c r="B175" t="s">
+        <v>290</v>
+      </c>
+      <c r="D175">
         <v>36</v>
       </c>
-      <c r="E175" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D176" s="0">
+      <c r="E175" t="s">
+        <v>172</v>
+      </c>
+      <c r="F175" t="s">
+        <v>254</v>
+      </c>
+      <c r="G175" t="s">
+        <v>255</v>
+      </c>
+      <c r="H175" t="s">
+        <v>256</v>
+      </c>
+      <c r="I175" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>252</v>
+      </c>
+      <c r="B176" t="s">
+        <v>291</v>
+      </c>
+      <c r="D176">
         <v>35</v>
       </c>
-      <c r="E176" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D177" s="0">
+      <c r="E176" t="s">
+        <v>172</v>
+      </c>
+      <c r="F176" t="s">
+        <v>254</v>
+      </c>
+      <c r="G176" t="s">
+        <v>255</v>
+      </c>
+      <c r="H176" t="s">
+        <v>256</v>
+      </c>
+      <c r="I176" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>252</v>
+      </c>
+      <c r="B177" t="s">
+        <v>292</v>
+      </c>
+      <c r="D177">
         <v>15</v>
       </c>
-      <c r="E177" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K177" s="0">
+      <c r="E177" t="s">
+        <v>172</v>
+      </c>
+      <c r="F177" t="s">
+        <v>254</v>
+      </c>
+      <c r="G177" t="s">
+        <v>255</v>
+      </c>
+      <c r="H177" t="s">
+        <v>256</v>
+      </c>
+      <c r="I177" t="s">
+        <v>257</v>
+      </c>
+      <c r="K177">
         <v>0.5</v>
       </c>
-      <c r="L177" s="0">
+      <c r="L177">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="178">
-[...10 lines deleted...]
-      <c r="D178" s="0">
+    <row r="178" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>252</v>
+      </c>
+      <c r="B178" t="s">
+        <v>293</v>
+      </c>
+      <c r="D178">
         <v>34</v>
       </c>
-      <c r="E178" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K178" s="0">
+      <c r="E178" t="s">
+        <v>172</v>
+      </c>
+      <c r="F178" t="s">
+        <v>254</v>
+      </c>
+      <c r="G178" t="s">
+        <v>255</v>
+      </c>
+      <c r="H178" t="s">
+        <v>256</v>
+      </c>
+      <c r="I178" t="s">
+        <v>257</v>
+      </c>
+      <c r="K178">
         <v>0.5</v>
       </c>
-      <c r="L178" s="0">
+      <c r="L178">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="179">
-[...10 lines deleted...]
-      <c r="D179" s="0">
+    <row r="179" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>252</v>
+      </c>
+      <c r="B179" t="s">
+        <v>294</v>
+      </c>
+      <c r="D179">
         <v>24</v>
       </c>
-      <c r="E179" s="0" t="inlineStr">
-[...25 lines deleted...]
-      <c r="K179" s="0">
+      <c r="E179" t="s">
+        <v>172</v>
+      </c>
+      <c r="F179" t="s">
+        <v>254</v>
+      </c>
+      <c r="G179" t="s">
+        <v>255</v>
+      </c>
+      <c r="H179" t="s">
+        <v>256</v>
+      </c>
+      <c r="I179" t="s">
+        <v>257</v>
+      </c>
+      <c r="K179">
         <v>0.5</v>
       </c>
-      <c r="L179" s="0">
+      <c r="L179">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="180">
-[...10 lines deleted...]
-      <c r="D180" s="0">
+    <row r="180" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>252</v>
+      </c>
+      <c r="B180" t="s">
+        <v>295</v>
+      </c>
+      <c r="D180">
         <v>33</v>
       </c>
-      <c r="E180" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D181" s="0">
+      <c r="E180" t="s">
+        <v>172</v>
+      </c>
+      <c r="F180" t="s">
+        <v>254</v>
+      </c>
+      <c r="G180" t="s">
+        <v>255</v>
+      </c>
+      <c r="H180" t="s">
+        <v>256</v>
+      </c>
+      <c r="I180" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>252</v>
+      </c>
+      <c r="B181" t="s">
+        <v>296</v>
+      </c>
+      <c r="D181">
         <v>32</v>
       </c>
-      <c r="E181" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D182" s="0">
+      <c r="E181" t="s">
+        <v>172</v>
+      </c>
+      <c r="F181" t="s">
+        <v>254</v>
+      </c>
+      <c r="G181" t="s">
+        <v>255</v>
+      </c>
+      <c r="H181" t="s">
+        <v>256</v>
+      </c>
+      <c r="I181" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>252</v>
+      </c>
+      <c r="B182" t="s">
+        <v>297</v>
+      </c>
+      <c r="D182">
         <v>19</v>
       </c>
-      <c r="E182" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D183" s="0">
+      <c r="E182" t="s">
+        <v>172</v>
+      </c>
+      <c r="F182" t="s">
+        <v>254</v>
+      </c>
+      <c r="G182" t="s">
+        <v>255</v>
+      </c>
+      <c r="H182" t="s">
+        <v>256</v>
+      </c>
+      <c r="I182" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>252</v>
+      </c>
+      <c r="B183" t="s">
+        <v>298</v>
+      </c>
+      <c r="D183">
         <v>31</v>
       </c>
-      <c r="E183" s="0" t="inlineStr">
-[...37 lines deleted...]
-      <c r="D184" s="0">
+      <c r="E183" t="s">
+        <v>172</v>
+      </c>
+      <c r="F183" t="s">
+        <v>254</v>
+      </c>
+      <c r="G183" t="s">
+        <v>255</v>
+      </c>
+      <c r="H183" t="s">
+        <v>256</v>
+      </c>
+      <c r="I183" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>299</v>
+      </c>
+      <c r="B184" t="s">
+        <v>300</v>
+      </c>
+      <c r="D184">
         <v>1</v>
       </c>
-      <c r="E184" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L184" s="0">
+      <c r="E184" t="s">
+        <v>301</v>
+      </c>
+      <c r="F184" t="s">
+        <v>302</v>
+      </c>
+      <c r="G184" t="s">
+        <v>303</v>
+      </c>
+      <c r="K184">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L184">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="185">
-[...10 lines deleted...]
-      <c r="D185" s="0">
+    <row r="185" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>299</v>
+      </c>
+      <c r="B185" t="s">
+        <v>304</v>
+      </c>
+      <c r="D185">
         <v>2</v>
       </c>
-      <c r="E185" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K185" s="0">
+      <c r="E185" t="s">
+        <v>121</v>
+      </c>
+      <c r="F185" t="s">
+        <v>302</v>
+      </c>
+      <c r="G185" t="s">
+        <v>303</v>
+      </c>
+      <c r="K185">
         <v>0.5</v>
       </c>
-      <c r="L185" s="0">
-[...14 lines deleted...]
-      <c r="D186" s="0">
+      <c r="L185">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>299</v>
+      </c>
+      <c r="B186" t="s">
+        <v>305</v>
+      </c>
+      <c r="D186">
         <v>3</v>
       </c>
-      <c r="E186" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L186" s="0">
+      <c r="E186" t="s">
+        <v>121</v>
+      </c>
+      <c r="F186" t="s">
+        <v>302</v>
+      </c>
+      <c r="G186" t="s">
+        <v>303</v>
+      </c>
+      <c r="K186">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L186">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="187">
-[...10 lines deleted...]
-      <c r="D187" s="0">
+    <row r="187" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>299</v>
+      </c>
+      <c r="B187" t="s">
+        <v>306</v>
+      </c>
+      <c r="D187">
         <v>4</v>
       </c>
-      <c r="E187" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D188" s="0">
+      <c r="E187" t="s">
+        <v>301</v>
+      </c>
+      <c r="F187" t="s">
+        <v>302</v>
+      </c>
+      <c r="G187" t="s">
+        <v>303</v>
+      </c>
+      <c r="K187">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L187">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>299</v>
+      </c>
+      <c r="B188" t="s">
+        <v>307</v>
+      </c>
+      <c r="D188">
         <v>5</v>
       </c>
-      <c r="E188" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L188" s="0">
+      <c r="E188" t="s">
+        <v>301</v>
+      </c>
+      <c r="F188" t="s">
+        <v>302</v>
+      </c>
+      <c r="G188" t="s">
+        <v>303</v>
+      </c>
+      <c r="K188">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L188">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="189">
-[...10 lines deleted...]
-      <c r="D189" s="0">
+    <row r="189" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>299</v>
+      </c>
+      <c r="B189" t="s">
+        <v>308</v>
+      </c>
+      <c r="D189">
         <v>6</v>
       </c>
-      <c r="E189" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D190" s="0">
+      <c r="E189" t="s">
+        <v>121</v>
+      </c>
+      <c r="F189" t="s">
+        <v>302</v>
+      </c>
+      <c r="G189" t="s">
+        <v>303</v>
+      </c>
+      <c r="K189">
+        <v>1.00000004749745E-3</v>
+      </c>
+      <c r="L189">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>299</v>
+      </c>
+      <c r="B190" t="s">
+        <v>309</v>
+      </c>
+      <c r="D190">
         <v>7</v>
       </c>
-      <c r="E190" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D191" s="0">
+      <c r="E190" t="s">
+        <v>121</v>
+      </c>
+      <c r="F190" t="s">
+        <v>302</v>
+      </c>
+      <c r="G190" t="s">
+        <v>303</v>
+      </c>
+      <c r="K190">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L190">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>310</v>
+      </c>
+      <c r="B191" t="s">
+        <v>311</v>
+      </c>
+      <c r="D191">
         <v>6</v>
       </c>
-      <c r="E191" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D192" s="0">
+      <c r="E191" t="s">
+        <v>312</v>
+      </c>
+      <c r="F191" t="s">
+        <v>135</v>
+      </c>
+      <c r="G191" t="s">
+        <v>136</v>
+      </c>
+      <c r="H191" t="s">
+        <v>63</v>
+      </c>
+      <c r="I191" t="s">
+        <v>81</v>
+      </c>
+      <c r="J191" t="s">
+        <v>313</v>
+      </c>
+      <c r="K191">
+        <v>0.60000002384185802</v>
+      </c>
+      <c r="L191">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>310</v>
+      </c>
+      <c r="B192" t="s">
+        <v>314</v>
+      </c>
+      <c r="D192">
         <v>54</v>
       </c>
-      <c r="E192" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D193" s="0">
+      <c r="E192" t="s">
+        <v>315</v>
+      </c>
+      <c r="F192" t="s">
+        <v>135</v>
+      </c>
+      <c r="G192" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>310</v>
+      </c>
+      <c r="B193" t="s">
+        <v>134</v>
+      </c>
+      <c r="D193">
         <v>16</v>
       </c>
-      <c r="E193" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L193" s="0">
+      <c r="E193" t="s">
+        <v>312</v>
+      </c>
+      <c r="F193" t="s">
+        <v>135</v>
+      </c>
+      <c r="G193" t="s">
+        <v>136</v>
+      </c>
+      <c r="H193" t="s">
+        <v>316</v>
+      </c>
+      <c r="I193" t="s">
+        <v>317</v>
+      </c>
+      <c r="J193" t="s">
+        <v>34</v>
+      </c>
+      <c r="K193">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L193">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="194">
-[...10 lines deleted...]
-      <c r="D194" s="0">
+    <row r="194" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>310</v>
+      </c>
+      <c r="B194" t="s">
+        <v>318</v>
+      </c>
+      <c r="D194">
         <v>57</v>
       </c>
-      <c r="E194" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K194" s="0">
+      <c r="E194" t="s">
+        <v>315</v>
+      </c>
+      <c r="F194" t="s">
+        <v>135</v>
+      </c>
+      <c r="G194" t="s">
+        <v>136</v>
+      </c>
+      <c r="H194" t="s">
+        <v>178</v>
+      </c>
+      <c r="I194" t="s">
+        <v>319</v>
+      </c>
+      <c r="J194" t="s">
+        <v>162</v>
+      </c>
+      <c r="K194">
         <v>5</v>
       </c>
-      <c r="L194" s="0">
+      <c r="L194">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="195">
-[...10 lines deleted...]
-      <c r="D195" s="0">
+    <row r="195" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>310</v>
+      </c>
+      <c r="B195" t="s">
+        <v>320</v>
+      </c>
+      <c r="D195">
         <v>39</v>
       </c>
-      <c r="E195" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D196" s="0">
+      <c r="E195" t="s">
+        <v>315</v>
+      </c>
+      <c r="F195" t="s">
+        <v>135</v>
+      </c>
+      <c r="G195" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>310</v>
+      </c>
+      <c r="B196" t="s">
+        <v>321</v>
+      </c>
+      <c r="D196">
         <v>66</v>
       </c>
-      <c r="E196" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D197" s="0">
+      <c r="E196" t="s">
+        <v>315</v>
+      </c>
+      <c r="F196" t="s">
+        <v>135</v>
+      </c>
+      <c r="G196" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>310</v>
+      </c>
+      <c r="B197" t="s">
+        <v>142</v>
+      </c>
+      <c r="D197">
         <v>5</v>
       </c>
-      <c r="E197" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K197" s="0">
+      <c r="E197" t="s">
+        <v>315</v>
+      </c>
+      <c r="F197" t="s">
+        <v>135</v>
+      </c>
+      <c r="G197" t="s">
+        <v>136</v>
+      </c>
+      <c r="H197" t="s">
+        <v>200</v>
+      </c>
+      <c r="I197" t="s">
+        <v>322</v>
+      </c>
+      <c r="J197" t="s">
+        <v>323</v>
+      </c>
+      <c r="K197">
         <v>2</v>
       </c>
-      <c r="L197" s="0">
+      <c r="L197">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="198">
-[...10 lines deleted...]
-      <c r="D198" s="0">
+    <row r="198" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>310</v>
+      </c>
+      <c r="B198" t="s">
+        <v>324</v>
+      </c>
+      <c r="D198">
         <v>45</v>
       </c>
-      <c r="E198" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K198" s="0">
+      <c r="E198" t="s">
+        <v>312</v>
+      </c>
+      <c r="F198" t="s">
+        <v>135</v>
+      </c>
+      <c r="G198" t="s">
+        <v>136</v>
+      </c>
+      <c r="H198" t="s">
+        <v>325</v>
+      </c>
+      <c r="I198" t="s">
+        <v>326</v>
+      </c>
+      <c r="J198" t="s">
+        <v>327</v>
+      </c>
+      <c r="K198">
         <v>15</v>
       </c>
-      <c r="L198" s="0">
+      <c r="L198">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="199">
-[...10 lines deleted...]
-      <c r="D199" s="0">
+    <row r="199" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>310</v>
+      </c>
+      <c r="B199" t="s">
+        <v>328</v>
+      </c>
+      <c r="D199">
         <v>59</v>
       </c>
-      <c r="E199" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D200" s="0">
+      <c r="E199" t="s">
+        <v>315</v>
+      </c>
+      <c r="F199" t="s">
+        <v>135</v>
+      </c>
+      <c r="G199" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>310</v>
+      </c>
+      <c r="B200" t="s">
+        <v>329</v>
+      </c>
+      <c r="D200">
         <v>56</v>
       </c>
-      <c r="E200" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D201" s="0">
+      <c r="E200" t="s">
+        <v>315</v>
+      </c>
+      <c r="F200" t="s">
+        <v>135</v>
+      </c>
+      <c r="G200" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>310</v>
+      </c>
+      <c r="B201" t="s">
+        <v>145</v>
+      </c>
+      <c r="D201">
         <v>17</v>
       </c>
-      <c r="E201" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K201" s="0">
+      <c r="E201" t="s">
+        <v>315</v>
+      </c>
+      <c r="F201" t="s">
+        <v>135</v>
+      </c>
+      <c r="G201" t="s">
+        <v>136</v>
+      </c>
+      <c r="H201" t="s">
+        <v>325</v>
+      </c>
+      <c r="I201" t="s">
+        <v>330</v>
+      </c>
+      <c r="J201" t="s">
+        <v>116</v>
+      </c>
+      <c r="K201">
         <v>20</v>
       </c>
-      <c r="L201" s="0">
+      <c r="L201">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="202">
-[...10 lines deleted...]
-      <c r="D202" s="0">
+    <row r="202" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>310</v>
+      </c>
+      <c r="B202" t="s">
+        <v>146</v>
+      </c>
+      <c r="D202">
         <v>9</v>
       </c>
-      <c r="E202" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K202" s="0">
+      <c r="E202" t="s">
+        <v>315</v>
+      </c>
+      <c r="F202" t="s">
+        <v>135</v>
+      </c>
+      <c r="G202" t="s">
+        <v>136</v>
+      </c>
+      <c r="H202" t="s">
+        <v>323</v>
+      </c>
+      <c r="I202" t="s">
+        <v>63</v>
+      </c>
+      <c r="J202" t="s">
+        <v>323</v>
+      </c>
+      <c r="K202">
         <v>1</v>
       </c>
-      <c r="L202" s="0">
+      <c r="L202">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="203">
-[...10 lines deleted...]
-      <c r="D203" s="0">
+    <row r="203" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>310</v>
+      </c>
+      <c r="B203" t="s">
+        <v>147</v>
+      </c>
+      <c r="D203">
         <v>3</v>
       </c>
-      <c r="E203" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K203" s="0">
+      <c r="E203" t="s">
+        <v>315</v>
+      </c>
+      <c r="F203" t="s">
+        <v>135</v>
+      </c>
+      <c r="G203" t="s">
+        <v>136</v>
+      </c>
+      <c r="H203" t="s">
+        <v>331</v>
+      </c>
+      <c r="I203" t="s">
+        <v>332</v>
+      </c>
+      <c r="J203" t="s">
+        <v>333</v>
+      </c>
+      <c r="K203">
         <v>40</v>
       </c>
-      <c r="L203" s="0">
+      <c r="L203">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="204">
-[...10 lines deleted...]
-      <c r="D204" s="0">
+    <row r="204" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>310</v>
+      </c>
+      <c r="B204" t="s">
+        <v>334</v>
+      </c>
+      <c r="D204">
         <v>47</v>
       </c>
-      <c r="E204" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D205" s="0">
+      <c r="E204" t="s">
+        <v>315</v>
+      </c>
+      <c r="F204" t="s">
+        <v>135</v>
+      </c>
+      <c r="G204" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>310</v>
+      </c>
+      <c r="B205" t="s">
+        <v>335</v>
+      </c>
+      <c r="D205">
         <v>64</v>
       </c>
-      <c r="E205" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D206" s="0">
+      <c r="E205" t="s">
+        <v>315</v>
+      </c>
+      <c r="F205" t="s">
+        <v>135</v>
+      </c>
+      <c r="G205" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="206" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>310</v>
+      </c>
+      <c r="B206" t="s">
+        <v>148</v>
+      </c>
+      <c r="D206">
         <v>10</v>
       </c>
-      <c r="E206" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K206" s="0">
+      <c r="E206" t="s">
+        <v>312</v>
+      </c>
+      <c r="F206" t="s">
+        <v>135</v>
+      </c>
+      <c r="G206" t="s">
+        <v>136</v>
+      </c>
+      <c r="H206" t="s">
+        <v>323</v>
+      </c>
+      <c r="I206" t="s">
+        <v>336</v>
+      </c>
+      <c r="J206" t="s">
+        <v>337</v>
+      </c>
+      <c r="K206">
         <v>1</v>
       </c>
-      <c r="L206" s="0">
+      <c r="L206">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="207">
-[...10 lines deleted...]
-      <c r="D207" s="0">
+    <row r="207" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>310</v>
+      </c>
+      <c r="B207" t="s">
+        <v>338</v>
+      </c>
+      <c r="D207">
         <v>58</v>
       </c>
-      <c r="E207" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D208" s="0">
+      <c r="E207" t="s">
+        <v>315</v>
+      </c>
+      <c r="F207" t="s">
+        <v>135</v>
+      </c>
+      <c r="G207" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>310</v>
+      </c>
+      <c r="B208" t="s">
+        <v>149</v>
+      </c>
+      <c r="D208">
         <v>7</v>
       </c>
-      <c r="E208" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K208" s="0">
+      <c r="E208" t="s">
+        <v>315</v>
+      </c>
+      <c r="F208" t="s">
+        <v>135</v>
+      </c>
+      <c r="G208" t="s">
+        <v>136</v>
+      </c>
+      <c r="H208" t="s">
+        <v>339</v>
+      </c>
+      <c r="I208" t="s">
+        <v>340</v>
+      </c>
+      <c r="J208" t="s">
+        <v>339</v>
+      </c>
+      <c r="K208">
         <v>5</v>
       </c>
-      <c r="L208" s="0">
+      <c r="L208">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="209">
-[...10 lines deleted...]
-      <c r="D209" s="0">
+    <row r="209" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>310</v>
+      </c>
+      <c r="B209" t="s">
+        <v>341</v>
+      </c>
+      <c r="D209">
         <v>12</v>
       </c>
-      <c r="E209" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D210" s="0">
+      <c r="E209" t="s">
+        <v>315</v>
+      </c>
+      <c r="F209" t="s">
+        <v>135</v>
+      </c>
+      <c r="G209" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>310</v>
+      </c>
+      <c r="B210" t="s">
+        <v>152</v>
+      </c>
+      <c r="D210">
         <v>41</v>
       </c>
-      <c r="E210" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K210" s="0">
+      <c r="E210" t="s">
+        <v>312</v>
+      </c>
+      <c r="F210" t="s">
+        <v>135</v>
+      </c>
+      <c r="G210" t="s">
+        <v>136</v>
+      </c>
+      <c r="H210" t="s">
+        <v>325</v>
+      </c>
+      <c r="I210" t="s">
+        <v>342</v>
+      </c>
+      <c r="J210" t="s">
+        <v>343</v>
+      </c>
+      <c r="K210">
         <v>12.5</v>
       </c>
-      <c r="L210" s="0">
+      <c r="L210">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="211">
-[...10 lines deleted...]
-      <c r="D211" s="0">
+    <row r="211" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>310</v>
+      </c>
+      <c r="B211" t="s">
+        <v>155</v>
+      </c>
+      <c r="D211">
         <v>11</v>
       </c>
-      <c r="E211" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L211" s="0">
+      <c r="E211" t="s">
+        <v>315</v>
+      </c>
+      <c r="F211" t="s">
+        <v>135</v>
+      </c>
+      <c r="G211" t="s">
+        <v>136</v>
+      </c>
+      <c r="H211" t="s">
+        <v>140</v>
+      </c>
+      <c r="I211" t="s">
+        <v>326</v>
+      </c>
+      <c r="J211" t="s">
+        <v>344</v>
+      </c>
+      <c r="K211">
+        <v>25</v>
+      </c>
+      <c r="L211">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="212">
-[...10 lines deleted...]
-      <c r="D212" s="0">
+    <row r="212" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>310</v>
+      </c>
+      <c r="B212" t="s">
+        <v>171</v>
+      </c>
+      <c r="D212">
         <v>1</v>
       </c>
-      <c r="E212" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K212" s="0">
+      <c r="E212" t="s">
+        <v>315</v>
+      </c>
+      <c r="F212" t="s">
+        <v>135</v>
+      </c>
+      <c r="G212" t="s">
+        <v>136</v>
+      </c>
+      <c r="H212" t="s">
+        <v>345</v>
+      </c>
+      <c r="I212" t="s">
+        <v>339</v>
+      </c>
+      <c r="J212" t="s">
+        <v>178</v>
+      </c>
+      <c r="K212">
         <v>1</v>
       </c>
-      <c r="L212" s="0">
+      <c r="L212">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="213">
-[...10 lines deleted...]
-      <c r="D213" s="0">
+    <row r="213" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>310</v>
+      </c>
+      <c r="B213" t="s">
+        <v>346</v>
+      </c>
+      <c r="D213">
         <v>38</v>
       </c>
-      <c r="E213" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D214" s="0">
+      <c r="E213" t="s">
+        <v>315</v>
+      </c>
+      <c r="F213" t="s">
+        <v>135</v>
+      </c>
+      <c r="G213" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="214" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>310</v>
+      </c>
+      <c r="B214" t="s">
+        <v>347</v>
+      </c>
+      <c r="D214">
         <v>52</v>
       </c>
-      <c r="E214" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K214" s="0">
+      <c r="E214" t="s">
+        <v>315</v>
+      </c>
+      <c r="F214" t="s">
+        <v>135</v>
+      </c>
+      <c r="G214" t="s">
+        <v>136</v>
+      </c>
+      <c r="H214" t="s">
+        <v>348</v>
+      </c>
+      <c r="I214" t="s">
+        <v>257</v>
+      </c>
+      <c r="J214" t="s">
+        <v>323</v>
+      </c>
+      <c r="K214">
         <v>1</v>
       </c>
-      <c r="L214" s="0">
+      <c r="L214">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="215">
-[...10 lines deleted...]
-      <c r="D215" s="0">
+    <row r="215" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>310</v>
+      </c>
+      <c r="B215" t="s">
+        <v>349</v>
+      </c>
+      <c r="D215">
         <v>60</v>
       </c>
-      <c r="E215" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D216" s="0">
+      <c r="E215" t="s">
+        <v>315</v>
+      </c>
+      <c r="F215" t="s">
+        <v>135</v>
+      </c>
+      <c r="G215" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>310</v>
+      </c>
+      <c r="B216" t="s">
+        <v>157</v>
+      </c>
+      <c r="D216">
         <v>19</v>
       </c>
-      <c r="E216" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K216" s="0">
+      <c r="E216" t="s">
+        <v>315</v>
+      </c>
+      <c r="F216" t="s">
+        <v>135</v>
+      </c>
+      <c r="G216" t="s">
+        <v>136</v>
+      </c>
+      <c r="H216" t="s">
+        <v>325</v>
+      </c>
+      <c r="I216" t="s">
+        <v>130</v>
+      </c>
+      <c r="J216" t="s">
+        <v>350</v>
+      </c>
+      <c r="K216">
         <v>15</v>
       </c>
-      <c r="L216" s="0">
+      <c r="L216">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="217">
-[...10 lines deleted...]
-      <c r="D217" s="0">
+    <row r="217" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>310</v>
+      </c>
+      <c r="B217" t="s">
+        <v>351</v>
+      </c>
+      <c r="D217">
         <v>53</v>
       </c>
-      <c r="E217" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D218" s="0">
+      <c r="E217" t="s">
+        <v>315</v>
+      </c>
+      <c r="F217" t="s">
+        <v>135</v>
+      </c>
+      <c r="G217" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>310</v>
+      </c>
+      <c r="B218" t="s">
+        <v>352</v>
+      </c>
+      <c r="D218">
         <v>42</v>
       </c>
-      <c r="E218" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D219" s="0">
+      <c r="E218" t="s">
+        <v>312</v>
+      </c>
+      <c r="F218" t="s">
+        <v>135</v>
+      </c>
+      <c r="G218" t="s">
+        <v>136</v>
+      </c>
+      <c r="H218" t="s">
+        <v>353</v>
+      </c>
+      <c r="I218" t="s">
+        <v>354</v>
+      </c>
+      <c r="J218" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>310</v>
+      </c>
+      <c r="B219" t="s">
+        <v>356</v>
+      </c>
+      <c r="D219">
         <v>63</v>
       </c>
-      <c r="E219" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D220" s="0">
+      <c r="E219" t="s">
+        <v>315</v>
+      </c>
+      <c r="F219" t="s">
+        <v>135</v>
+      </c>
+      <c r="G219" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>310</v>
+      </c>
+      <c r="B220" t="s">
+        <v>357</v>
+      </c>
+      <c r="D220">
         <v>44</v>
       </c>
-      <c r="E220" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K220" s="0">
+      <c r="E220" t="s">
+        <v>312</v>
+      </c>
+      <c r="F220" t="s">
+        <v>135</v>
+      </c>
+      <c r="G220" t="s">
+        <v>136</v>
+      </c>
+      <c r="H220" t="s">
+        <v>358</v>
+      </c>
+      <c r="I220" t="s">
+        <v>359</v>
+      </c>
+      <c r="J220" t="s">
+        <v>358</v>
+      </c>
+      <c r="K220">
         <v>50</v>
       </c>
-      <c r="L220" s="0">
+      <c r="L220">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="221">
-[...10 lines deleted...]
-      <c r="D221" s="0">
+    <row r="221" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>310</v>
+      </c>
+      <c r="B221" t="s">
+        <v>360</v>
+      </c>
+      <c r="D221">
         <v>48</v>
       </c>
-      <c r="E221" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D222" s="0">
+      <c r="E221" t="s">
+        <v>315</v>
+      </c>
+      <c r="F221" t="s">
+        <v>135</v>
+      </c>
+      <c r="G221" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
+        <v>310</v>
+      </c>
+      <c r="B222" t="s">
+        <v>361</v>
+      </c>
+      <c r="D222">
         <v>13</v>
       </c>
-      <c r="E222" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D223" s="0">
+      <c r="E222" t="s">
+        <v>315</v>
+      </c>
+      <c r="F222" t="s">
+        <v>135</v>
+      </c>
+      <c r="G222" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
+        <v>310</v>
+      </c>
+      <c r="B223" t="s">
+        <v>362</v>
+      </c>
+      <c r="D223">
         <v>14</v>
       </c>
-      <c r="E223" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K223" s="0">
+      <c r="E223" t="s">
+        <v>315</v>
+      </c>
+      <c r="F223" t="s">
+        <v>135</v>
+      </c>
+      <c r="G223" t="s">
+        <v>136</v>
+      </c>
+      <c r="H223" t="s">
+        <v>140</v>
+      </c>
+      <c r="I223" t="s">
+        <v>327</v>
+      </c>
+      <c r="J223" t="s">
+        <v>363</v>
+      </c>
+      <c r="K223">
         <v>30</v>
       </c>
-      <c r="L223" s="0">
+      <c r="L223">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="224">
-[...10 lines deleted...]
-      <c r="D224" s="0">
+    <row r="224" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
+        <v>310</v>
+      </c>
+      <c r="B224" t="s">
+        <v>159</v>
+      </c>
+      <c r="D224">
         <v>31</v>
       </c>
-      <c r="E224" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K224" s="0">
+      <c r="E224" t="s">
+        <v>315</v>
+      </c>
+      <c r="F224" t="s">
+        <v>135</v>
+      </c>
+      <c r="G224" t="s">
+        <v>136</v>
+      </c>
+      <c r="H224" t="s">
+        <v>325</v>
+      </c>
+      <c r="I224" t="s">
+        <v>322</v>
+      </c>
+      <c r="J224" t="s">
+        <v>180</v>
+      </c>
+      <c r="K224">
         <v>1</v>
       </c>
-      <c r="L224" s="0">
+      <c r="L224">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="225">
-[...10 lines deleted...]
-      <c r="D225" s="0">
+    <row r="225" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A225" t="s">
+        <v>310</v>
+      </c>
+      <c r="B225" t="s">
+        <v>364</v>
+      </c>
+      <c r="D225">
         <v>40</v>
       </c>
-      <c r="E225" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L225" s="0">
+      <c r="E225" t="s">
+        <v>312</v>
+      </c>
+      <c r="F225" t="s">
+        <v>135</v>
+      </c>
+      <c r="G225" t="s">
+        <v>136</v>
+      </c>
+      <c r="H225" t="s">
+        <v>140</v>
+      </c>
+      <c r="I225" t="s">
+        <v>140</v>
+      </c>
+      <c r="J225" t="s">
+        <v>365</v>
+      </c>
+      <c r="K225">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L225">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="226">
-[...10 lines deleted...]
-      <c r="D226" s="0">
+    <row r="226" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A226" t="s">
+        <v>310</v>
+      </c>
+      <c r="B226" t="s">
+        <v>161</v>
+      </c>
+      <c r="D226">
         <v>49</v>
       </c>
-      <c r="E226" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D227" s="0">
+      <c r="E226" t="s">
+        <v>315</v>
+      </c>
+      <c r="F226" t="s">
+        <v>135</v>
+      </c>
+      <c r="G226" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="227" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A227" t="s">
+        <v>310</v>
+      </c>
+      <c r="B227" t="s">
+        <v>366</v>
+      </c>
+      <c r="D227">
         <v>43</v>
       </c>
-      <c r="E227" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D228" s="0">
+      <c r="E227" t="s">
+        <v>312</v>
+      </c>
+      <c r="F227" t="s">
+        <v>135</v>
+      </c>
+      <c r="G227" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="228" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A228" t="s">
+        <v>310</v>
+      </c>
+      <c r="B228" t="s">
+        <v>367</v>
+      </c>
+      <c r="D228">
         <v>61</v>
       </c>
-      <c r="E228" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D229" s="0">
+      <c r="E228" t="s">
+        <v>315</v>
+      </c>
+      <c r="F228" t="s">
+        <v>135</v>
+      </c>
+      <c r="G228" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="229" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A229" t="s">
+        <v>310</v>
+      </c>
+      <c r="B229" t="s">
+        <v>368</v>
+      </c>
+      <c r="D229">
         <v>55</v>
       </c>
-      <c r="E229" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D230" s="0">
+      <c r="E229" t="s">
+        <v>315</v>
+      </c>
+      <c r="F229" t="s">
+        <v>135</v>
+      </c>
+      <c r="G229" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>310</v>
+      </c>
+      <c r="B230" t="s">
+        <v>163</v>
+      </c>
+      <c r="D230">
         <v>65</v>
       </c>
-      <c r="E230" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D231" s="0">
+      <c r="E230" t="s">
+        <v>315</v>
+      </c>
+      <c r="F230" t="s">
+        <v>135</v>
+      </c>
+      <c r="G230" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="231" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
+        <v>310</v>
+      </c>
+      <c r="B231" t="s">
+        <v>369</v>
+      </c>
+      <c r="D231">
         <v>68</v>
       </c>
-      <c r="E231" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D232" s="0">
+      <c r="E231" t="s">
+        <v>315</v>
+      </c>
+      <c r="F231" t="s">
+        <v>135</v>
+      </c>
+      <c r="G231" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="232" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
+        <v>310</v>
+      </c>
+      <c r="B232" t="s">
+        <v>165</v>
+      </c>
+      <c r="D232">
         <v>35</v>
       </c>
-      <c r="E232" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D233" s="0">
+      <c r="E232" t="s">
+        <v>315</v>
+      </c>
+      <c r="F232" t="s">
+        <v>135</v>
+      </c>
+      <c r="G232" t="s">
+        <v>136</v>
+      </c>
+      <c r="H232" t="s">
+        <v>339</v>
+      </c>
+      <c r="I232" t="s">
+        <v>339</v>
+      </c>
+      <c r="J232" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="233" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>310</v>
+      </c>
+      <c r="B233" t="s">
+        <v>370</v>
+      </c>
+      <c r="D233">
         <v>46</v>
       </c>
-      <c r="E233" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D234" s="0">
+      <c r="E233" t="s">
+        <v>315</v>
+      </c>
+      <c r="F233" t="s">
+        <v>135</v>
+      </c>
+      <c r="G233" t="s">
+        <v>136</v>
+      </c>
+      <c r="H233" t="s">
+        <v>327</v>
+      </c>
+      <c r="I233" t="s">
+        <v>327</v>
+      </c>
+      <c r="J233" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
+        <v>310</v>
+      </c>
+      <c r="B234" t="s">
+        <v>371</v>
+      </c>
+      <c r="D234">
         <v>62</v>
       </c>
-      <c r="E234" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D235" s="0">
+      <c r="E234" t="s">
+        <v>315</v>
+      </c>
+      <c r="F234" t="s">
+        <v>135</v>
+      </c>
+      <c r="G234" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="235" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A235" t="s">
+        <v>310</v>
+      </c>
+      <c r="B235" t="s">
+        <v>167</v>
+      </c>
+      <c r="D235">
         <v>67</v>
       </c>
-      <c r="E235" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L235" s="0">
+      <c r="E235" t="s">
+        <v>315</v>
+      </c>
+      <c r="F235" t="s">
+        <v>135</v>
+      </c>
+      <c r="G235" t="s">
+        <v>136</v>
+      </c>
+      <c r="H235" t="s">
+        <v>29</v>
+      </c>
+      <c r="I235" t="s">
+        <v>29</v>
+      </c>
+      <c r="J235" t="s">
+        <v>313</v>
+      </c>
+      <c r="K235">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L235">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="236">
-[...10 lines deleted...]
-      <c r="D236" s="0">
+    <row r="236" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A236" t="s">
+        <v>310</v>
+      </c>
+      <c r="B236" t="s">
+        <v>166</v>
+      </c>
+      <c r="D236">
         <v>34</v>
       </c>
-      <c r="E236" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="K236" s="0">
+      <c r="E236" t="s">
+        <v>315</v>
+      </c>
+      <c r="F236" t="s">
+        <v>135</v>
+      </c>
+      <c r="G236" t="s">
+        <v>136</v>
+      </c>
+      <c r="H236" t="s">
+        <v>337</v>
+      </c>
+      <c r="I236" t="s">
+        <v>257</v>
+      </c>
+      <c r="J236" t="s">
+        <v>257</v>
+      </c>
+      <c r="K236">
         <v>1</v>
       </c>
-      <c r="L236" s="0">
+      <c r="L236">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="237">
-[...10 lines deleted...]
-      <c r="D237" s="0">
+    <row r="237" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>310</v>
+      </c>
+      <c r="B237" t="s">
+        <v>372</v>
+      </c>
+      <c r="D237">
         <v>50</v>
       </c>
-      <c r="E237" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D238" s="0">
+      <c r="E237" t="s">
+        <v>315</v>
+      </c>
+      <c r="F237" t="s">
+        <v>135</v>
+      </c>
+      <c r="G237" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="238" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
+        <v>310</v>
+      </c>
+      <c r="B238" t="s">
+        <v>168</v>
+      </c>
+      <c r="D238">
         <v>21</v>
       </c>
-      <c r="E238" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L238" s="0">
+      <c r="E238" t="s">
+        <v>312</v>
+      </c>
+      <c r="F238" t="s">
+        <v>135</v>
+      </c>
+      <c r="G238" t="s">
+        <v>136</v>
+      </c>
+      <c r="H238" t="s">
+        <v>373</v>
+      </c>
+      <c r="I238" t="s">
+        <v>374</v>
+      </c>
+      <c r="J238" t="s">
+        <v>257</v>
+      </c>
+      <c r="K238">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L238">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="239">
-[...10 lines deleted...]
-      <c r="D239" s="0">
+    <row r="239" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>310</v>
+      </c>
+      <c r="B239" t="s">
+        <v>375</v>
+      </c>
+      <c r="D239">
         <v>51</v>
       </c>
-      <c r="E239" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D240" s="0">
+      <c r="E239" t="s">
+        <v>315</v>
+      </c>
+      <c r="F239" t="s">
+        <v>135</v>
+      </c>
+      <c r="G239" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="240" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>310</v>
+      </c>
+      <c r="B240" t="s">
+        <v>376</v>
+      </c>
+      <c r="D240">
         <v>32</v>
       </c>
-      <c r="E240" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D241" s="0">
+      <c r="E240" t="s">
+        <v>377</v>
+      </c>
+      <c r="F240" t="s">
+        <v>378</v>
+      </c>
+      <c r="G240" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="241" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
+        <v>310</v>
+      </c>
+      <c r="B241" t="s">
+        <v>380</v>
+      </c>
+      <c r="D241">
         <v>8</v>
       </c>
-      <c r="E241" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K241" s="0">
+      <c r="E241" t="s">
+        <v>377</v>
+      </c>
+      <c r="F241" t="s">
+        <v>378</v>
+      </c>
+      <c r="G241" t="s">
+        <v>379</v>
+      </c>
+      <c r="K241">
         <v>0.25</v>
       </c>
-      <c r="L241" s="0">
+      <c r="L241">
         <v>3</v>
       </c>
     </row>
-    <row outlineLevel="0" r="242">
-[...10 lines deleted...]
-      <c r="D242" s="0">
+    <row r="242" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
+        <v>310</v>
+      </c>
+      <c r="B242" t="s">
+        <v>381</v>
+      </c>
+      <c r="D242">
         <v>37</v>
       </c>
-      <c r="E242" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D243" s="0">
+      <c r="E242" t="s">
+        <v>377</v>
+      </c>
+      <c r="F242" t="s">
+        <v>382</v>
+      </c>
+      <c r="G242" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="243" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
+        <v>310</v>
+      </c>
+      <c r="B243" t="s">
+        <v>384</v>
+      </c>
+      <c r="D243">
         <v>36</v>
       </c>
-      <c r="E243" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L243" s="0">
+      <c r="E243" t="s">
+        <v>377</v>
+      </c>
+      <c r="F243" t="s">
+        <v>382</v>
+      </c>
+      <c r="G243" t="s">
+        <v>383</v>
+      </c>
+      <c r="K243">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L243">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="244">
-[...10 lines deleted...]
-      <c r="D244" s="0">
+    <row r="244" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
+        <v>385</v>
+      </c>
+      <c r="B244" t="s">
+        <v>386</v>
+      </c>
+      <c r="D244">
         <v>1</v>
       </c>
-      <c r="E244" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D245" s="0">
+      <c r="E244" t="s">
+        <v>315</v>
+      </c>
+      <c r="F244" t="s">
+        <v>43</v>
+      </c>
+      <c r="G244" t="s">
+        <v>387</v>
+      </c>
+      <c r="H244" t="s">
+        <v>388</v>
+      </c>
+      <c r="K244">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L244">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
+        <v>385</v>
+      </c>
+      <c r="B245" t="s">
+        <v>389</v>
+      </c>
+      <c r="D245">
         <v>20</v>
       </c>
-      <c r="E245" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K245" s="0">
+      <c r="E245" t="s">
+        <v>315</v>
+      </c>
+      <c r="F245" t="s">
+        <v>43</v>
+      </c>
+      <c r="G245" t="s">
+        <v>387</v>
+      </c>
+      <c r="H245" t="s">
+        <v>388</v>
+      </c>
+      <c r="K245">
         <v>0.5</v>
       </c>
-      <c r="L245" s="0">
+      <c r="L245">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="246">
-[...10 lines deleted...]
-      <c r="D246" s="0">
+    <row r="246" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
+        <v>385</v>
+      </c>
+      <c r="B246" t="s">
+        <v>390</v>
+      </c>
+      <c r="D246">
         <v>2</v>
       </c>
-      <c r="E246" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L246" s="0">
+      <c r="E246" t="s">
+        <v>315</v>
+      </c>
+      <c r="F246" t="s">
+        <v>43</v>
+      </c>
+      <c r="G246" t="s">
+        <v>387</v>
+      </c>
+      <c r="H246" t="s">
+        <v>391</v>
+      </c>
+      <c r="K246">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L246">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="247">
-[...10 lines deleted...]
-      <c r="D247" s="0">
+    <row r="247" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
+        <v>385</v>
+      </c>
+      <c r="B247" t="s">
+        <v>392</v>
+      </c>
+      <c r="D247">
         <v>3</v>
       </c>
-      <c r="E247" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D248" s="0">
+      <c r="E247" t="s">
+        <v>315</v>
+      </c>
+      <c r="F247" t="s">
+        <v>43</v>
+      </c>
+      <c r="G247" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="248" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
+        <v>385</v>
+      </c>
+      <c r="B248" t="s">
+        <v>393</v>
+      </c>
+      <c r="D248">
         <v>4</v>
       </c>
-      <c r="E248" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D249" s="0">
+      <c r="E248" t="s">
+        <v>315</v>
+      </c>
+      <c r="F248" t="s">
+        <v>43</v>
+      </c>
+      <c r="G248" t="s">
+        <v>387</v>
+      </c>
+      <c r="H248" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="249" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
+        <v>385</v>
+      </c>
+      <c r="B249" t="s">
+        <v>394</v>
+      </c>
+      <c r="D249">
         <v>6</v>
       </c>
-      <c r="E249" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D250" s="0">
+      <c r="E249" t="s">
+        <v>315</v>
+      </c>
+      <c r="F249" t="s">
+        <v>43</v>
+      </c>
+      <c r="G249" t="s">
+        <v>387</v>
+      </c>
+      <c r="H249" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="250" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
+        <v>385</v>
+      </c>
+      <c r="B250" t="s">
+        <v>395</v>
+      </c>
+      <c r="D250">
         <v>7</v>
       </c>
-      <c r="E250" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D251" s="0">
+      <c r="E250" t="s">
+        <v>315</v>
+      </c>
+      <c r="F250" t="s">
+        <v>43</v>
+      </c>
+      <c r="G250" t="s">
+        <v>387</v>
+      </c>
+      <c r="H250" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="251" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
+        <v>385</v>
+      </c>
+      <c r="B251" t="s">
+        <v>396</v>
+      </c>
+      <c r="D251">
         <v>8</v>
       </c>
-      <c r="E251" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D252" s="0">
+      <c r="E251" t="s">
+        <v>315</v>
+      </c>
+      <c r="F251" t="s">
+        <v>43</v>
+      </c>
+      <c r="G251" t="s">
+        <v>387</v>
+      </c>
+      <c r="H251" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="252" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
+        <v>385</v>
+      </c>
+      <c r="B252" t="s">
+        <v>397</v>
+      </c>
+      <c r="D252">
         <v>9</v>
       </c>
-      <c r="E252" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L252" s="0">
+      <c r="E252" t="s">
+        <v>315</v>
+      </c>
+      <c r="F252" t="s">
+        <v>43</v>
+      </c>
+      <c r="G252" t="s">
+        <v>387</v>
+      </c>
+      <c r="H252" t="s">
+        <v>88</v>
+      </c>
+      <c r="K252">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L252">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="253">
-[...10 lines deleted...]
-      <c r="D253" s="0">
+    <row r="253" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
+        <v>385</v>
+      </c>
+      <c r="B253" t="s">
+        <v>398</v>
+      </c>
+      <c r="D253">
         <v>10</v>
       </c>
-      <c r="E253" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L253" s="0">
+      <c r="E253" t="s">
+        <v>315</v>
+      </c>
+      <c r="F253" t="s">
+        <v>43</v>
+      </c>
+      <c r="G253" t="s">
+        <v>387</v>
+      </c>
+      <c r="H253" t="s">
+        <v>88</v>
+      </c>
+      <c r="K253">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L253">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="254">
-[...10 lines deleted...]
-      <c r="D254" s="0">
+    <row r="254" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
+        <v>385</v>
+      </c>
+      <c r="B254" t="s">
+        <v>399</v>
+      </c>
+      <c r="D254">
         <v>11</v>
       </c>
-      <c r="E254" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L254" s="0">
+      <c r="E254" t="s">
+        <v>315</v>
+      </c>
+      <c r="F254" t="s">
+        <v>43</v>
+      </c>
+      <c r="G254" t="s">
+        <v>387</v>
+      </c>
+      <c r="H254" t="s">
+        <v>47</v>
+      </c>
+      <c r="K254">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L254">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="255">
-[...10 lines deleted...]
-      <c r="D255" s="0">
+    <row r="255" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
+        <v>385</v>
+      </c>
+      <c r="B255" t="s">
+        <v>400</v>
+      </c>
+      <c r="D255">
         <v>12</v>
       </c>
-      <c r="E255" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L255" s="0">
+      <c r="E255" t="s">
+        <v>315</v>
+      </c>
+      <c r="F255" t="s">
+        <v>43</v>
+      </c>
+      <c r="G255" t="s">
+        <v>387</v>
+      </c>
+      <c r="H255" t="s">
+        <v>47</v>
+      </c>
+      <c r="K255">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L255">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="256">
-[...10 lines deleted...]
-      <c r="D256" s="0">
+    <row r="256" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
+        <v>385</v>
+      </c>
+      <c r="B256" t="s">
+        <v>401</v>
+      </c>
+      <c r="D256">
         <v>13</v>
       </c>
-      <c r="E256" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L256" s="0">
+      <c r="E256" t="s">
+        <v>315</v>
+      </c>
+      <c r="F256" t="s">
+        <v>43</v>
+      </c>
+      <c r="G256" t="s">
+        <v>387</v>
+      </c>
+      <c r="H256" t="s">
+        <v>88</v>
+      </c>
+      <c r="K256">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L256">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="257">
-[...10 lines deleted...]
-      <c r="D257" s="0">
+    <row r="257" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
+        <v>385</v>
+      </c>
+      <c r="B257" t="s">
+        <v>402</v>
+      </c>
+      <c r="D257">
         <v>14</v>
       </c>
-      <c r="E257" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D258" s="0">
+      <c r="E257" t="s">
+        <v>315</v>
+      </c>
+      <c r="F257" t="s">
+        <v>43</v>
+      </c>
+      <c r="G257" t="s">
+        <v>387</v>
+      </c>
+      <c r="H257" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="258" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
+        <v>385</v>
+      </c>
+      <c r="B258" t="s">
+        <v>403</v>
+      </c>
+      <c r="D258">
         <v>15</v>
       </c>
-      <c r="E258" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D259" s="0">
+      <c r="E258" t="s">
+        <v>315</v>
+      </c>
+      <c r="F258" t="s">
+        <v>43</v>
+      </c>
+      <c r="G258" t="s">
+        <v>387</v>
+      </c>
+      <c r="H258" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="259" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
+        <v>385</v>
+      </c>
+      <c r="B259" t="s">
+        <v>404</v>
+      </c>
+      <c r="D259">
         <v>16</v>
       </c>
-      <c r="E259" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D260" s="0">
+      <c r="E259" t="s">
+        <v>315</v>
+      </c>
+      <c r="F259" t="s">
+        <v>43</v>
+      </c>
+      <c r="G259" t="s">
+        <v>387</v>
+      </c>
+      <c r="H259" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="260" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
+        <v>385</v>
+      </c>
+      <c r="B260" t="s">
+        <v>405</v>
+      </c>
+      <c r="D260">
         <v>27</v>
       </c>
-      <c r="E260" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D261" s="0">
+      <c r="E260" t="s">
+        <v>315</v>
+      </c>
+      <c r="F260" t="s">
+        <v>43</v>
+      </c>
+      <c r="G260" t="s">
+        <v>387</v>
+      </c>
+      <c r="H260" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
+        <v>385</v>
+      </c>
+      <c r="B261" t="s">
+        <v>406</v>
+      </c>
+      <c r="D261">
         <v>17</v>
       </c>
-      <c r="E261" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L261" s="0">
+      <c r="E261" t="s">
+        <v>315</v>
+      </c>
+      <c r="F261" t="s">
+        <v>43</v>
+      </c>
+      <c r="G261" t="s">
+        <v>387</v>
+      </c>
+      <c r="H261" t="s">
+        <v>88</v>
+      </c>
+      <c r="K261">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L261">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="262">
-[...10 lines deleted...]
-      <c r="D262" s="0">
+    <row r="262" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>385</v>
+      </c>
+      <c r="B262" t="s">
+        <v>407</v>
+      </c>
+      <c r="D262">
         <v>28</v>
       </c>
-      <c r="E262" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D263" s="0">
+      <c r="E262" t="s">
+        <v>315</v>
+      </c>
+      <c r="F262" t="s">
+        <v>43</v>
+      </c>
+      <c r="G262" t="s">
+        <v>387</v>
+      </c>
+      <c r="H262" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>385</v>
+      </c>
+      <c r="B263" t="s">
+        <v>408</v>
+      </c>
+      <c r="D263">
         <v>18</v>
       </c>
-      <c r="E263" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D264" s="0">
+      <c r="E263" t="s">
+        <v>315</v>
+      </c>
+      <c r="F263" t="s">
+        <v>43</v>
+      </c>
+      <c r="G263" t="s">
+        <v>387</v>
+      </c>
+      <c r="H263" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="264" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A264" t="s">
+        <v>385</v>
+      </c>
+      <c r="B264" t="s">
+        <v>409</v>
+      </c>
+      <c r="D264">
         <v>29</v>
       </c>
-      <c r="E264" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D265" s="0">
+      <c r="E264" t="s">
+        <v>315</v>
+      </c>
+      <c r="F264" t="s">
+        <v>43</v>
+      </c>
+      <c r="G264" t="s">
+        <v>387</v>
+      </c>
+      <c r="H264" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="265" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>385</v>
+      </c>
+      <c r="B265" t="s">
+        <v>410</v>
+      </c>
+      <c r="D265">
         <v>19</v>
       </c>
-      <c r="E265" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D266" s="0">
+      <c r="E265" t="s">
+        <v>315</v>
+      </c>
+      <c r="F265" t="s">
+        <v>43</v>
+      </c>
+      <c r="G265" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="266" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A266" t="s">
+        <v>385</v>
+      </c>
+      <c r="B266" t="s">
+        <v>411</v>
+      </c>
+      <c r="D266">
         <v>23</v>
       </c>
-      <c r="E266" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D267" s="0">
+      <c r="E266" t="s">
+        <v>315</v>
+      </c>
+      <c r="F266" t="s">
+        <v>43</v>
+      </c>
+      <c r="G266" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="267" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A267" t="s">
+        <v>385</v>
+      </c>
+      <c r="B267" t="s">
+        <v>412</v>
+      </c>
+      <c r="D267">
         <v>24</v>
       </c>
-      <c r="E267" s="0" t="inlineStr">
-[...62 lines deleted...]
-      <c r="D269" s="0">
+      <c r="E267" t="s">
+        <v>315</v>
+      </c>
+      <c r="F267" t="s">
+        <v>43</v>
+      </c>
+      <c r="G267" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="268" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A268" t="s">
+        <v>385</v>
+      </c>
+      <c r="B268" t="s">
+        <v>413</v>
+      </c>
+      <c r="D268">
+        <v>25</v>
+      </c>
+      <c r="E268" t="s">
+        <v>315</v>
+      </c>
+      <c r="F268" t="s">
+        <v>43</v>
+      </c>
+      <c r="G268" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="269" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A269" t="s">
+        <v>385</v>
+      </c>
+      <c r="B269" t="s">
+        <v>414</v>
+      </c>
+      <c r="D269">
         <v>26</v>
       </c>
-      <c r="E269" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D270" s="0">
+      <c r="E269" t="s">
+        <v>315</v>
+      </c>
+      <c r="F269" t="s">
+        <v>43</v>
+      </c>
+      <c r="G269" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="270" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A270" t="s">
+        <v>385</v>
+      </c>
+      <c r="B270" t="s">
+        <v>415</v>
+      </c>
+      <c r="D270">
         <v>21</v>
       </c>
-      <c r="E270" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D271" s="0">
+      <c r="E270" t="s">
+        <v>315</v>
+      </c>
+      <c r="F270" t="s">
+        <v>43</v>
+      </c>
+      <c r="G270" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="271" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A271" t="s">
+        <v>385</v>
+      </c>
+      <c r="B271" t="s">
+        <v>416</v>
+      </c>
+      <c r="D271">
         <v>22</v>
       </c>
-      <c r="E271" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D272" s="0">
+      <c r="E271" t="s">
+        <v>315</v>
+      </c>
+      <c r="F271" t="s">
+        <v>43</v>
+      </c>
+      <c r="G271" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="272" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A272" t="s">
+        <v>417</v>
+      </c>
+      <c r="B272" t="s">
+        <v>418</v>
+      </c>
+      <c r="D272">
         <v>9</v>
       </c>
-      <c r="E272" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K272" s="0">
+      <c r="E272" t="s">
+        <v>315</v>
+      </c>
+      <c r="F272" t="s">
+        <v>419</v>
+      </c>
+      <c r="G272" t="s">
+        <v>420</v>
+      </c>
+      <c r="H272" t="s">
+        <v>421</v>
+      </c>
+      <c r="K272">
         <v>1.5</v>
       </c>
-      <c r="L272" s="0">
+      <c r="L272">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="273">
-[...10 lines deleted...]
-      <c r="D273" s="0">
+    <row r="273" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A273" t="s">
+        <v>417</v>
+      </c>
+      <c r="B273" t="s">
+        <v>422</v>
+      </c>
+      <c r="D273">
         <v>10</v>
       </c>
-      <c r="E273" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K273" s="0">
+      <c r="E273" t="s">
+        <v>315</v>
+      </c>
+      <c r="F273" t="s">
+        <v>419</v>
+      </c>
+      <c r="G273" t="s">
+        <v>420</v>
+      </c>
+      <c r="H273" t="s">
+        <v>423</v>
+      </c>
+      <c r="K273">
         <v>1</v>
       </c>
-      <c r="L273" s="0">
+      <c r="L273">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="274">
-[...10 lines deleted...]
-      <c r="D274" s="0">
+    <row r="274" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A274" t="s">
+        <v>417</v>
+      </c>
+      <c r="B274" t="s">
+        <v>424</v>
+      </c>
+      <c r="D274">
         <v>11</v>
       </c>
-      <c r="E274" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K274" s="0">
+      <c r="E274" t="s">
+        <v>315</v>
+      </c>
+      <c r="F274" t="s">
+        <v>419</v>
+      </c>
+      <c r="G274" t="s">
+        <v>420</v>
+      </c>
+      <c r="H274" t="s">
+        <v>423</v>
+      </c>
+      <c r="K274">
         <v>1.5</v>
       </c>
-      <c r="L274" s="0">
+      <c r="L274">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="275">
-[...10 lines deleted...]
-      <c r="D275" s="0">
+    <row r="275" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A275" t="s">
+        <v>417</v>
+      </c>
+      <c r="B275" t="s">
+        <v>425</v>
+      </c>
+      <c r="D275">
         <v>12</v>
       </c>
-      <c r="E275" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K275" s="0">
+      <c r="E275" t="s">
+        <v>426</v>
+      </c>
+      <c r="F275" t="s">
+        <v>419</v>
+      </c>
+      <c r="G275" t="s">
+        <v>420</v>
+      </c>
+      <c r="H275" t="s">
+        <v>427</v>
+      </c>
+      <c r="K275">
         <v>5</v>
       </c>
-      <c r="L275" s="0">
+      <c r="L275">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="276">
-[...10 lines deleted...]
-      <c r="D276" s="0">
+    <row r="276" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A276" t="s">
+        <v>417</v>
+      </c>
+      <c r="B276" t="s">
+        <v>428</v>
+      </c>
+      <c r="D276">
         <v>2</v>
       </c>
-      <c r="E276" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K276" s="0">
+      <c r="E276" t="s">
+        <v>315</v>
+      </c>
+      <c r="F276" t="s">
+        <v>419</v>
+      </c>
+      <c r="G276" t="s">
+        <v>420</v>
+      </c>
+      <c r="H276" t="s">
+        <v>429</v>
+      </c>
+      <c r="K276">
         <v>1</v>
       </c>
-      <c r="L276" s="0">
+      <c r="L276">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="277">
-[...10 lines deleted...]
-      <c r="D277" s="0">
+    <row r="277" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A277" t="s">
+        <v>417</v>
+      </c>
+      <c r="B277" t="s">
+        <v>430</v>
+      </c>
+      <c r="D277">
         <v>3</v>
       </c>
-      <c r="E277" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K277" s="0">
+      <c r="E277" t="s">
+        <v>315</v>
+      </c>
+      <c r="F277" t="s">
+        <v>419</v>
+      </c>
+      <c r="G277" t="s">
+        <v>420</v>
+      </c>
+      <c r="H277" t="s">
+        <v>431</v>
+      </c>
+      <c r="K277">
         <v>1.25</v>
       </c>
-      <c r="L277" s="0">
+      <c r="L277">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="278">
-[...10 lines deleted...]
-      <c r="D278" s="0">
+    <row r="278" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A278" t="s">
+        <v>417</v>
+      </c>
+      <c r="B278" t="s">
+        <v>432</v>
+      </c>
+      <c r="D278">
         <v>1</v>
       </c>
-      <c r="E278" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K278" s="0">
+      <c r="E278" t="s">
+        <v>315</v>
+      </c>
+      <c r="F278" t="s">
+        <v>419</v>
+      </c>
+      <c r="G278" t="s">
+        <v>420</v>
+      </c>
+      <c r="H278" t="s">
+        <v>423</v>
+      </c>
+      <c r="K278">
         <v>2.5</v>
       </c>
-      <c r="L278" s="0">
+      <c r="L278">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="279">
-[...10 lines deleted...]
-      <c r="D279" s="0">
+    <row r="279" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A279" t="s">
+        <v>417</v>
+      </c>
+      <c r="B279" t="s">
+        <v>433</v>
+      </c>
+      <c r="D279">
         <v>4</v>
       </c>
-      <c r="E279" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K279" s="0">
+      <c r="E279" t="s">
+        <v>434</v>
+      </c>
+      <c r="F279" t="s">
+        <v>419</v>
+      </c>
+      <c r="G279" t="s">
+        <v>420</v>
+      </c>
+      <c r="H279" t="s">
+        <v>431</v>
+      </c>
+      <c r="K279">
         <v>5</v>
       </c>
-      <c r="L279" s="0">
+      <c r="L279">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="280">
-[...10 lines deleted...]
-      <c r="D280" s="0">
+    <row r="280" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A280" t="s">
+        <v>417</v>
+      </c>
+      <c r="B280" t="s">
+        <v>435</v>
+      </c>
+      <c r="D280">
         <v>6</v>
       </c>
-      <c r="E280" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K280" s="0">
+      <c r="E280" t="s">
+        <v>315</v>
+      </c>
+      <c r="F280" t="s">
+        <v>419</v>
+      </c>
+      <c r="G280" t="s">
+        <v>420</v>
+      </c>
+      <c r="H280" t="s">
+        <v>431</v>
+      </c>
+      <c r="K280">
         <v>1.5</v>
       </c>
-      <c r="L280" s="0">
-[...14 lines deleted...]
-      <c r="D281" s="0">
+      <c r="L280">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="281" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A281" t="s">
+        <v>417</v>
+      </c>
+      <c r="B281" t="s">
+        <v>436</v>
+      </c>
+      <c r="D281">
         <v>7</v>
       </c>
-      <c r="E281" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K281" s="0">
+      <c r="E281" t="s">
+        <v>315</v>
+      </c>
+      <c r="F281" t="s">
+        <v>419</v>
+      </c>
+      <c r="G281" t="s">
+        <v>420</v>
+      </c>
+      <c r="H281" t="s">
+        <v>431</v>
+      </c>
+      <c r="K281">
         <v>3</v>
       </c>
-      <c r="L281" s="0">
+      <c r="L281">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="282">
-[...10 lines deleted...]
-      <c r="D282" s="0">
+    <row r="282" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A282" t="s">
+        <v>417</v>
+      </c>
+      <c r="B282" t="s">
+        <v>437</v>
+      </c>
+      <c r="D282">
         <v>5</v>
       </c>
-      <c r="E282" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K282" s="0">
+      <c r="E282" t="s">
+        <v>315</v>
+      </c>
+      <c r="F282" t="s">
+        <v>419</v>
+      </c>
+      <c r="G282" t="s">
+        <v>420</v>
+      </c>
+      <c r="H282" t="s">
+        <v>423</v>
+      </c>
+      <c r="K282">
         <v>5</v>
       </c>
-      <c r="L282" s="0">
+      <c r="L282">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="283">
-[...10 lines deleted...]
-      <c r="D283" s="0">
+    <row r="283" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A283" t="s">
+        <v>417</v>
+      </c>
+      <c r="B283" t="s">
+        <v>438</v>
+      </c>
+      <c r="D283">
         <v>8</v>
       </c>
-      <c r="E283" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K283" s="0">
+      <c r="E283" t="s">
+        <v>434</v>
+      </c>
+      <c r="F283" t="s">
+        <v>419</v>
+      </c>
+      <c r="G283" t="s">
+        <v>420</v>
+      </c>
+      <c r="H283" t="s">
+        <v>431</v>
+      </c>
+      <c r="K283">
         <v>8</v>
       </c>
-      <c r="L283" s="0">
+      <c r="L283">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="284">
-[...10 lines deleted...]
-      <c r="D284" s="0">
+    <row r="284" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A284" t="s">
+        <v>417</v>
+      </c>
+      <c r="B284" t="s">
+        <v>439</v>
+      </c>
+      <c r="D284">
         <v>13</v>
       </c>
-      <c r="E284" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D285" s="0">
+      <c r="E284" t="s">
+        <v>315</v>
+      </c>
+      <c r="F284" t="s">
+        <v>419</v>
+      </c>
+      <c r="G284" t="s">
+        <v>420</v>
+      </c>
+      <c r="H284" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="285" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A285" t="s">
+        <v>417</v>
+      </c>
+      <c r="B285" t="s">
+        <v>440</v>
+      </c>
+      <c r="D285">
         <v>14</v>
       </c>
-      <c r="E285" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D286" s="0">
+      <c r="E285" t="s">
+        <v>315</v>
+      </c>
+      <c r="F285" t="s">
+        <v>419</v>
+      </c>
+      <c r="G285" t="s">
+        <v>420</v>
+      </c>
+      <c r="H285" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="286" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A286" t="s">
+        <v>417</v>
+      </c>
+      <c r="B286" t="s">
+        <v>441</v>
+      </c>
+      <c r="D286">
         <v>15</v>
       </c>
-      <c r="E286" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K286" s="0">
+      <c r="E286" t="s">
+        <v>434</v>
+      </c>
+      <c r="F286" t="s">
+        <v>419</v>
+      </c>
+      <c r="G286" t="s">
+        <v>420</v>
+      </c>
+      <c r="H286" t="s">
+        <v>431</v>
+      </c>
+      <c r="K286">
         <v>10</v>
       </c>
-      <c r="L286" s="0">
+      <c r="L286">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="287">
-[...10 lines deleted...]
-      <c r="D287" s="0">
+    <row r="287" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A287" t="s">
+        <v>417</v>
+      </c>
+      <c r="B287" t="s">
+        <v>442</v>
+      </c>
+      <c r="D287">
         <v>16</v>
       </c>
-      <c r="E287" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L287" s="0">
+      <c r="E287" t="s">
+        <v>312</v>
+      </c>
+      <c r="F287" t="s">
+        <v>419</v>
+      </c>
+      <c r="G287" t="s">
+        <v>420</v>
+      </c>
+      <c r="H287" t="s">
+        <v>23</v>
+      </c>
+      <c r="K287">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L287">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="288">
-[...10 lines deleted...]
-      <c r="D288" s="0">
+    <row r="288" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A288" t="s">
+        <v>417</v>
+      </c>
+      <c r="B288" t="s">
+        <v>443</v>
+      </c>
+      <c r="D288">
         <v>17</v>
       </c>
-      <c r="E288" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L288" s="0">
+      <c r="E288" t="s">
+        <v>312</v>
+      </c>
+      <c r="F288" t="s">
+        <v>419</v>
+      </c>
+      <c r="G288" t="s">
+        <v>420</v>
+      </c>
+      <c r="H288" t="s">
+        <v>444</v>
+      </c>
+      <c r="K288">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L288">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="289">
-[...10 lines deleted...]
-      <c r="D289" s="0">
+    <row r="289" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A289" t="s">
+        <v>417</v>
+      </c>
+      <c r="B289" t="s">
+        <v>445</v>
+      </c>
+      <c r="D289">
         <v>18</v>
       </c>
-      <c r="E289" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D290" s="0">
+      <c r="E289" t="s">
+        <v>312</v>
+      </c>
+      <c r="F289" t="s">
+        <v>419</v>
+      </c>
+      <c r="G289" t="s">
+        <v>420</v>
+      </c>
+      <c r="H289" t="s">
+        <v>444</v>
+      </c>
+      <c r="K289">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L289">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="290" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A290" t="s">
+        <v>417</v>
+      </c>
+      <c r="B290" t="s">
+        <v>446</v>
+      </c>
+      <c r="D290">
         <v>19</v>
       </c>
-      <c r="E290" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D291" s="0">
+      <c r="E290" t="s">
+        <v>312</v>
+      </c>
+      <c r="F290" t="s">
+        <v>419</v>
+      </c>
+      <c r="G290" t="s">
+        <v>420</v>
+      </c>
+      <c r="H290" t="s">
+        <v>93</v>
+      </c>
+      <c r="K290">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L290">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="291" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A291" t="s">
+        <v>417</v>
+      </c>
+      <c r="B291" t="s">
+        <v>447</v>
+      </c>
+      <c r="D291">
         <v>20</v>
       </c>
-      <c r="E291" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L291" s="0">
+      <c r="E291" t="s">
+        <v>448</v>
+      </c>
+      <c r="F291" t="s">
+        <v>419</v>
+      </c>
+      <c r="G291" t="s">
+        <v>420</v>
+      </c>
+      <c r="H291" t="s">
+        <v>47</v>
+      </c>
+      <c r="K291">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L291">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="292">
-[...10 lines deleted...]
-      <c r="D292" s="0">
+    <row r="292" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A292" t="s">
+        <v>449</v>
+      </c>
+      <c r="B292" t="s">
+        <v>450</v>
+      </c>
+      <c r="D292">
         <v>19</v>
       </c>
-      <c r="E292" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D293" s="0">
+      <c r="E292" t="s">
+        <v>113</v>
+      </c>
+      <c r="F292" t="s">
+        <v>419</v>
+      </c>
+      <c r="G292" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="293" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A293" t="s">
+        <v>449</v>
+      </c>
+      <c r="B293" t="s">
+        <v>451</v>
+      </c>
+      <c r="D293">
         <v>9</v>
       </c>
-      <c r="E293" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D294" s="0">
+      <c r="E293" t="s">
+        <v>113</v>
+      </c>
+      <c r="F293" t="s">
+        <v>419</v>
+      </c>
+      <c r="G293" t="s">
+        <v>420</v>
+      </c>
+      <c r="H293" t="s">
+        <v>88</v>
+      </c>
+      <c r="K293">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L293">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A294" t="s">
+        <v>449</v>
+      </c>
+      <c r="B294" t="s">
+        <v>452</v>
+      </c>
+      <c r="D294">
         <v>23</v>
       </c>
-      <c r="E294" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K294" s="0">
+      <c r="E294" t="s">
+        <v>113</v>
+      </c>
+      <c r="F294" t="s">
+        <v>419</v>
+      </c>
+      <c r="G294" t="s">
+        <v>420</v>
+      </c>
+      <c r="H294" t="s">
+        <v>88</v>
+      </c>
+      <c r="K294">
         <v>0.25</v>
       </c>
-      <c r="L294" s="0">
-[...14 lines deleted...]
-      <c r="D295" s="0">
+      <c r="L294">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="295" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A295" t="s">
+        <v>449</v>
+      </c>
+      <c r="B295" t="s">
+        <v>453</v>
+      </c>
+      <c r="D295">
         <v>11</v>
       </c>
-      <c r="E295" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D296" s="0">
+      <c r="E295" t="s">
+        <v>113</v>
+      </c>
+      <c r="F295" t="s">
+        <v>419</v>
+      </c>
+      <c r="G295" t="s">
+        <v>420</v>
+      </c>
+      <c r="H295" t="s">
+        <v>80</v>
+      </c>
+      <c r="K295">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L295">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="296" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A296" t="s">
+        <v>449</v>
+      </c>
+      <c r="B296" t="s">
+        <v>454</v>
+      </c>
+      <c r="D296">
         <v>10</v>
       </c>
-      <c r="E296" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D297" s="0">
+      <c r="E296" t="s">
+        <v>113</v>
+      </c>
+      <c r="F296" t="s">
+        <v>419</v>
+      </c>
+      <c r="G296" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="297" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A297" t="s">
+        <v>449</v>
+      </c>
+      <c r="B297" t="s">
+        <v>455</v>
+      </c>
+      <c r="D297">
         <v>24</v>
       </c>
-      <c r="E297" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D298" s="0">
+      <c r="E297" t="s">
+        <v>113</v>
+      </c>
+      <c r="F297" t="s">
+        <v>419</v>
+      </c>
+      <c r="G297" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="298" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A298" t="s">
+        <v>449</v>
+      </c>
+      <c r="B298" t="s">
+        <v>456</v>
+      </c>
+      <c r="D298">
         <v>12</v>
       </c>
-      <c r="E298" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D299" s="0">
+      <c r="E298" t="s">
+        <v>113</v>
+      </c>
+      <c r="F298" t="s">
+        <v>419</v>
+      </c>
+      <c r="G298" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="299" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A299" t="s">
+        <v>449</v>
+      </c>
+      <c r="B299" t="s">
+        <v>457</v>
+      </c>
+      <c r="D299">
         <v>17</v>
       </c>
-      <c r="E299" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D300" s="0">
+      <c r="E299" t="s">
+        <v>113</v>
+      </c>
+      <c r="F299" t="s">
+        <v>419</v>
+      </c>
+      <c r="G299" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="300" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A300" t="s">
+        <v>449</v>
+      </c>
+      <c r="B300" t="s">
+        <v>458</v>
+      </c>
+      <c r="D300">
         <v>26</v>
       </c>
-      <c r="E300" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D301" s="0">
+      <c r="E300" t="s">
+        <v>113</v>
+      </c>
+      <c r="F300" t="s">
+        <v>419</v>
+      </c>
+      <c r="G300" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="301" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A301" t="s">
+        <v>449</v>
+      </c>
+      <c r="B301" t="s">
+        <v>459</v>
+      </c>
+      <c r="D301">
         <v>15</v>
       </c>
-      <c r="E301" s="0" t="inlineStr">
-[...78 lines deleted...]
-      <c r="D303" s="0">
+      <c r="E301" t="s">
+        <v>113</v>
+      </c>
+      <c r="F301" t="s">
+        <v>419</v>
+      </c>
+      <c r="G301" t="s">
+        <v>420</v>
+      </c>
+      <c r="H301" t="s">
+        <v>80</v>
+      </c>
+      <c r="K301">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L301">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="302" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A302" t="s">
+        <v>449</v>
+      </c>
+      <c r="B302" t="s">
+        <v>460</v>
+      </c>
+      <c r="D302">
+        <v>25</v>
+      </c>
+      <c r="E302" t="s">
+        <v>113</v>
+      </c>
+      <c r="F302" t="s">
+        <v>419</v>
+      </c>
+      <c r="G302" t="s">
+        <v>420</v>
+      </c>
+      <c r="K302">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L302">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="303" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A303" t="s">
+        <v>449</v>
+      </c>
+      <c r="B303" t="s">
+        <v>461</v>
+      </c>
+      <c r="D303">
         <v>16</v>
       </c>
-      <c r="E303" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D304" s="0">
+      <c r="E303" t="s">
+        <v>113</v>
+      </c>
+      <c r="F303" t="s">
+        <v>419</v>
+      </c>
+      <c r="G303" t="s">
+        <v>420</v>
+      </c>
+      <c r="K303">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L303">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="304" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A304" t="s">
+        <v>449</v>
+      </c>
+      <c r="B304" t="s">
+        <v>462</v>
+      </c>
+      <c r="D304">
         <v>18</v>
       </c>
-      <c r="E304" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D305" s="0">
+      <c r="E304" t="s">
+        <v>113</v>
+      </c>
+      <c r="F304" t="s">
+        <v>419</v>
+      </c>
+      <c r="G304" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="305" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A305" t="s">
+        <v>449</v>
+      </c>
+      <c r="B305" t="s">
+        <v>463</v>
+      </c>
+      <c r="D305">
         <v>14</v>
       </c>
-      <c r="E305" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D306" s="0">
+      <c r="E305" t="s">
+        <v>113</v>
+      </c>
+      <c r="F305" t="s">
+        <v>419</v>
+      </c>
+      <c r="G305" t="s">
+        <v>420</v>
+      </c>
+      <c r="H305" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="306" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A306" t="s">
+        <v>449</v>
+      </c>
+      <c r="B306" t="s">
+        <v>464</v>
+      </c>
+      <c r="D306">
         <v>13</v>
       </c>
-      <c r="E306" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D307" s="0">
+      <c r="E306" t="s">
+        <v>113</v>
+      </c>
+      <c r="F306" t="s">
+        <v>419</v>
+      </c>
+      <c r="G306" t="s">
+        <v>420</v>
+      </c>
+      <c r="H306" t="s">
+        <v>88</v>
+      </c>
+      <c r="K306">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L306">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="307" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A307" t="s">
+        <v>449</v>
+      </c>
+      <c r="B307" t="s">
+        <v>465</v>
+      </c>
+      <c r="D307">
         <v>3</v>
       </c>
-      <c r="E307" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L307" s="0">
+      <c r="E307" t="s">
+        <v>113</v>
+      </c>
+      <c r="F307" t="s">
+        <v>419</v>
+      </c>
+      <c r="G307" t="s">
+        <v>420</v>
+      </c>
+      <c r="H307" t="s">
+        <v>80</v>
+      </c>
+      <c r="K307">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L307">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="308">
-[...10 lines deleted...]
-      <c r="D308" s="0">
+    <row r="308" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A308" t="s">
+        <v>449</v>
+      </c>
+      <c r="B308" t="s">
+        <v>466</v>
+      </c>
+      <c r="D308">
         <v>4</v>
       </c>
-      <c r="E308" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L308" s="0">
+      <c r="E308" t="s">
+        <v>113</v>
+      </c>
+      <c r="F308" t="s">
+        <v>419</v>
+      </c>
+      <c r="G308" t="s">
+        <v>420</v>
+      </c>
+      <c r="H308" t="s">
+        <v>47</v>
+      </c>
+      <c r="K308">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L308">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="309">
-[...10 lines deleted...]
-      <c r="D309" s="0">
+    <row r="309" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>449</v>
+      </c>
+      <c r="B309" t="s">
+        <v>467</v>
+      </c>
+      <c r="D309">
         <v>5</v>
       </c>
-      <c r="E309" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L309" s="0">
+      <c r="E309" t="s">
+        <v>113</v>
+      </c>
+      <c r="F309" t="s">
+        <v>419</v>
+      </c>
+      <c r="G309" t="s">
+        <v>420</v>
+      </c>
+      <c r="H309" t="s">
+        <v>23</v>
+      </c>
+      <c r="K309">
+        <v>3.9999999105930301E-2</v>
+      </c>
+      <c r="L309">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="310">
-[...10 lines deleted...]
-      <c r="D310" s="0">
+    <row r="310" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>449</v>
+      </c>
+      <c r="B310" t="s">
+        <v>468</v>
+      </c>
+      <c r="D310">
         <v>6</v>
       </c>
-      <c r="E310" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D311" s="0">
+      <c r="E310" t="s">
+        <v>113</v>
+      </c>
+      <c r="F310" t="s">
+        <v>419</v>
+      </c>
+      <c r="G310" t="s">
+        <v>420</v>
+      </c>
+      <c r="H310" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="311" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>449</v>
+      </c>
+      <c r="B311" t="s">
+        <v>469</v>
+      </c>
+      <c r="D311">
         <v>7</v>
       </c>
-      <c r="E311" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D312" s="0">
+      <c r="E311" t="s">
+        <v>113</v>
+      </c>
+      <c r="F311" t="s">
+        <v>419</v>
+      </c>
+      <c r="G311" t="s">
+        <v>420</v>
+      </c>
+      <c r="H311" t="s">
+        <v>138</v>
+      </c>
+      <c r="K311">
+        <v>3.9999999105930301E-2</v>
+      </c>
+      <c r="L311">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="312" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>449</v>
+      </c>
+      <c r="B312" t="s">
+        <v>470</v>
+      </c>
+      <c r="D312">
         <v>8</v>
       </c>
-      <c r="E312" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D313" s="0">
+      <c r="E312" t="s">
+        <v>113</v>
+      </c>
+      <c r="F312" t="s">
+        <v>419</v>
+      </c>
+      <c r="G312" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="313" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>449</v>
+      </c>
+      <c r="B313" t="s">
+        <v>471</v>
+      </c>
+      <c r="D313">
         <v>2</v>
       </c>
-      <c r="E313" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D314" s="0">
+      <c r="E313" t="s">
+        <v>113</v>
+      </c>
+      <c r="F313" t="s">
+        <v>419</v>
+      </c>
+      <c r="G313" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="314" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>449</v>
+      </c>
+      <c r="B314" t="s">
+        <v>472</v>
+      </c>
+      <c r="D314">
         <v>1</v>
       </c>
-      <c r="E314" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L314" s="0">
+      <c r="E314" t="s">
+        <v>113</v>
+      </c>
+      <c r="F314" t="s">
+        <v>419</v>
+      </c>
+      <c r="G314" t="s">
+        <v>420</v>
+      </c>
+      <c r="H314" t="s">
+        <v>17</v>
+      </c>
+      <c r="K314">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L314">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="315">
-[...10 lines deleted...]
-      <c r="D315" s="0">
+    <row r="315" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>449</v>
+      </c>
+      <c r="B315" t="s">
+        <v>473</v>
+      </c>
+      <c r="D315">
         <v>20</v>
       </c>
-      <c r="E315" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K315" s="0">
+      <c r="E315" t="s">
+        <v>474</v>
+      </c>
+      <c r="F315" t="s">
+        <v>419</v>
+      </c>
+      <c r="G315" t="s">
+        <v>420</v>
+      </c>
+      <c r="H315" t="s">
+        <v>475</v>
+      </c>
+      <c r="K315">
         <v>65</v>
       </c>
-      <c r="L315" s="0">
-[...14 lines deleted...]
-      <c r="D316" s="0">
+      <c r="L315">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="316" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A316" t="s">
+        <v>449</v>
+      </c>
+      <c r="B316" t="s">
+        <v>476</v>
+      </c>
+      <c r="D316">
         <v>21</v>
       </c>
-      <c r="E316" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D317" s="0">
+      <c r="E316" t="s">
+        <v>113</v>
+      </c>
+      <c r="F316" t="s">
+        <v>419</v>
+      </c>
+      <c r="G316" t="s">
+        <v>420</v>
+      </c>
+      <c r="H316" t="s">
+        <v>138</v>
+      </c>
+      <c r="K316">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L316">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="317" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A317" t="s">
+        <v>449</v>
+      </c>
+      <c r="B317" t="s">
+        <v>477</v>
+      </c>
+      <c r="D317">
         <v>22</v>
       </c>
-      <c r="E317" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="D318" s="0">
+      <c r="E317" t="s">
+        <v>113</v>
+      </c>
+      <c r="F317" t="s">
+        <v>419</v>
+      </c>
+      <c r="G317" t="s">
+        <v>420</v>
+      </c>
+      <c r="H317" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="318" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A318" t="s">
+        <v>478</v>
+      </c>
+      <c r="B318" t="s">
+        <v>479</v>
+      </c>
+      <c r="C318" t="s">
+        <v>480</v>
+      </c>
+      <c r="D318">
         <v>1</v>
       </c>
-      <c r="E318" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D319" s="0">
+      <c r="E318" t="s">
+        <v>315</v>
+      </c>
+      <c r="F318" t="s">
+        <v>481</v>
+      </c>
+      <c r="G318" t="s">
+        <v>482</v>
+      </c>
+      <c r="H318" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="319" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A319" t="s">
+        <v>483</v>
+      </c>
+      <c r="B319" t="s">
+        <v>484</v>
+      </c>
+      <c r="D319">
         <v>54</v>
       </c>
-      <c r="E319" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D320" s="0">
+      <c r="E319" t="s">
+        <v>315</v>
+      </c>
+      <c r="F319" t="s">
+        <v>485</v>
+      </c>
+      <c r="G319" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="320" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A320" t="s">
+        <v>483</v>
+      </c>
+      <c r="B320" t="s">
+        <v>203</v>
+      </c>
+      <c r="D320">
         <v>19</v>
       </c>
-      <c r="E320" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D321" s="0">
+      <c r="E320" t="s">
+        <v>315</v>
+      </c>
+      <c r="F320" t="s">
+        <v>485</v>
+      </c>
+      <c r="G320" t="s">
+        <v>486</v>
+      </c>
+      <c r="H320" t="s">
+        <v>322</v>
+      </c>
+      <c r="I320" t="s">
+        <v>17</v>
+      </c>
+      <c r="J320" t="s">
+        <v>17</v>
+      </c>
+      <c r="K320">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L320">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A321" t="s">
+        <v>483</v>
+      </c>
+      <c r="B321" t="s">
+        <v>487</v>
+      </c>
+      <c r="D321">
         <v>53</v>
       </c>
-      <c r="E321" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D322" s="0">
+      <c r="E321" t="s">
+        <v>488</v>
+      </c>
+      <c r="F321" t="s">
+        <v>485</v>
+      </c>
+      <c r="G321" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A322" t="s">
+        <v>483</v>
+      </c>
+      <c r="B322" t="s">
+        <v>204</v>
+      </c>
+      <c r="D322">
         <v>28</v>
       </c>
-      <c r="E322" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D323" s="0">
+      <c r="E322" t="s">
+        <v>315</v>
+      </c>
+      <c r="F322" t="s">
+        <v>485</v>
+      </c>
+      <c r="G322" t="s">
+        <v>486</v>
+      </c>
+      <c r="H322" t="s">
+        <v>34</v>
+      </c>
+      <c r="I322" t="s">
+        <v>489</v>
+      </c>
+      <c r="J322" t="s">
+        <v>489</v>
+      </c>
+      <c r="K322">
+        <v>3.9999999105930301E-2</v>
+      </c>
+      <c r="L322">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A323" t="s">
+        <v>483</v>
+      </c>
+      <c r="B323" t="s">
+        <v>205</v>
+      </c>
+      <c r="D323">
         <v>20</v>
       </c>
-      <c r="E323" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L323" s="0">
+      <c r="E323" t="s">
+        <v>315</v>
+      </c>
+      <c r="F323" t="s">
+        <v>485</v>
+      </c>
+      <c r="G323" t="s">
+        <v>486</v>
+      </c>
+      <c r="H323" t="s">
+        <v>63</v>
+      </c>
+      <c r="I323" t="s">
+        <v>490</v>
+      </c>
+      <c r="J323" t="s">
+        <v>17</v>
+      </c>
+      <c r="K323">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L323">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="324">
-[...10 lines deleted...]
-      <c r="D324" s="0">
+    <row r="324" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A324" t="s">
+        <v>483</v>
+      </c>
+      <c r="B324" t="s">
+        <v>491</v>
+      </c>
+      <c r="D324">
         <v>44</v>
       </c>
-      <c r="E324" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D325" s="0">
+      <c r="E324" t="s">
+        <v>488</v>
+      </c>
+      <c r="F324" t="s">
+        <v>485</v>
+      </c>
+      <c r="G324" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A325" t="s">
+        <v>483</v>
+      </c>
+      <c r="B325" t="s">
+        <v>206</v>
+      </c>
+      <c r="D325">
         <v>21</v>
       </c>
-      <c r="E325" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L325" s="0">
+      <c r="E325" t="s">
+        <v>315</v>
+      </c>
+      <c r="F325" t="s">
+        <v>485</v>
+      </c>
+      <c r="G325" t="s">
+        <v>486</v>
+      </c>
+      <c r="H325" t="s">
+        <v>492</v>
+      </c>
+      <c r="I325" t="s">
+        <v>45</v>
+      </c>
+      <c r="J325" t="s">
+        <v>493</v>
+      </c>
+      <c r="K325">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L325">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="326">
-[...10 lines deleted...]
-      <c r="D326" s="0">
+    <row r="326" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A326" t="s">
+        <v>483</v>
+      </c>
+      <c r="B326" t="s">
+        <v>207</v>
+      </c>
+      <c r="D326">
         <v>22</v>
       </c>
-      <c r="E326" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L326" s="0">
+      <c r="E326" t="s">
+        <v>315</v>
+      </c>
+      <c r="F326" t="s">
+        <v>485</v>
+      </c>
+      <c r="G326" t="s">
+        <v>486</v>
+      </c>
+      <c r="H326" t="s">
+        <v>313</v>
+      </c>
+      <c r="I326" t="s">
+        <v>138</v>
+      </c>
+      <c r="J326" t="s">
+        <v>138</v>
+      </c>
+      <c r="K326">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L326">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="327">
-[...10 lines deleted...]
-      <c r="D327" s="0">
+    <row r="327" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A327" t="s">
+        <v>483</v>
+      </c>
+      <c r="B327" t="s">
+        <v>494</v>
+      </c>
+      <c r="D327">
         <v>45</v>
       </c>
-      <c r="E327" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D328" s="0">
+      <c r="E327" t="s">
+        <v>488</v>
+      </c>
+      <c r="F327" t="s">
+        <v>485</v>
+      </c>
+      <c r="G327" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="328" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A328" t="s">
+        <v>483</v>
+      </c>
+      <c r="B328" t="s">
+        <v>495</v>
+      </c>
+      <c r="D328">
         <v>46</v>
       </c>
-      <c r="E328" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D329" s="0">
+      <c r="E328" t="s">
+        <v>488</v>
+      </c>
+      <c r="F328" t="s">
+        <v>485</v>
+      </c>
+      <c r="G328" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="329" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A329" t="s">
+        <v>483</v>
+      </c>
+      <c r="B329" t="s">
+        <v>496</v>
+      </c>
+      <c r="D329">
         <v>47</v>
       </c>
-      <c r="E329" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D330" s="0">
+      <c r="E329" t="s">
+        <v>488</v>
+      </c>
+      <c r="F329" t="s">
+        <v>485</v>
+      </c>
+      <c r="G329" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="330" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A330" t="s">
+        <v>483</v>
+      </c>
+      <c r="B330" t="s">
+        <v>497</v>
+      </c>
+      <c r="D330">
         <v>48</v>
       </c>
-      <c r="E330" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D331" s="0">
+      <c r="E330" t="s">
+        <v>488</v>
+      </c>
+      <c r="F330" t="s">
+        <v>485</v>
+      </c>
+      <c r="G330" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="331" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A331" t="s">
+        <v>483</v>
+      </c>
+      <c r="B331" t="s">
+        <v>498</v>
+      </c>
+      <c r="D331">
         <v>49</v>
       </c>
-      <c r="E331" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D332" s="0">
+      <c r="E331" t="s">
+        <v>499</v>
+      </c>
+      <c r="F331" t="s">
+        <v>485</v>
+      </c>
+      <c r="G331" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="332" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A332" t="s">
+        <v>483</v>
+      </c>
+      <c r="B332" t="s">
+        <v>500</v>
+      </c>
+      <c r="D332">
         <v>50</v>
       </c>
-      <c r="E332" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D333" s="0">
+      <c r="E332" t="s">
+        <v>488</v>
+      </c>
+      <c r="F332" t="s">
+        <v>485</v>
+      </c>
+      <c r="G332" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="333" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A333" t="s">
+        <v>483</v>
+      </c>
+      <c r="B333" t="s">
+        <v>501</v>
+      </c>
+      <c r="D333">
         <v>51</v>
       </c>
-      <c r="E333" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D334" s="0">
+      <c r="E333" t="s">
+        <v>488</v>
+      </c>
+      <c r="F333" t="s">
+        <v>485</v>
+      </c>
+      <c r="G333" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="334" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A334" t="s">
+        <v>483</v>
+      </c>
+      <c r="B334" t="s">
+        <v>502</v>
+      </c>
+      <c r="D334">
         <v>52</v>
       </c>
-      <c r="E334" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D335" s="0">
+      <c r="E334" t="s">
+        <v>488</v>
+      </c>
+      <c r="F334" t="s">
+        <v>485</v>
+      </c>
+      <c r="G334" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="335" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A335" t="s">
+        <v>483</v>
+      </c>
+      <c r="B335" t="s">
+        <v>208</v>
+      </c>
+      <c r="D335">
         <v>23</v>
       </c>
-      <c r="E335" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L335" s="0">
+      <c r="E335" t="s">
+        <v>315</v>
+      </c>
+      <c r="F335" t="s">
+        <v>485</v>
+      </c>
+      <c r="G335" t="s">
+        <v>486</v>
+      </c>
+      <c r="H335" t="s">
+        <v>492</v>
+      </c>
+      <c r="I335" t="s">
+        <v>503</v>
+      </c>
+      <c r="J335" t="s">
+        <v>28</v>
+      </c>
+      <c r="K335">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L335">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="336">
-[...10 lines deleted...]
-      <c r="D336" s="0">
+    <row r="336" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A336" t="s">
+        <v>483</v>
+      </c>
+      <c r="B336" t="s">
+        <v>504</v>
+      </c>
+      <c r="D336">
         <v>43</v>
       </c>
-      <c r="E336" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D337" s="0">
+      <c r="E336" t="s">
+        <v>488</v>
+      </c>
+      <c r="F336" t="s">
+        <v>485</v>
+      </c>
+      <c r="G336" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="337" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A337" t="s">
+        <v>483</v>
+      </c>
+      <c r="B337" t="s">
+        <v>209</v>
+      </c>
+      <c r="D337">
         <v>30</v>
       </c>
-      <c r="E337" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L337" s="0">
+      <c r="E337" t="s">
+        <v>315</v>
+      </c>
+      <c r="F337" t="s">
+        <v>485</v>
+      </c>
+      <c r="G337" t="s">
+        <v>486</v>
+      </c>
+      <c r="H337" t="s">
+        <v>505</v>
+      </c>
+      <c r="I337" t="s">
+        <v>506</v>
+      </c>
+      <c r="J337" t="s">
+        <v>507</v>
+      </c>
+      <c r="K337">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L337">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="338">
-[...10 lines deleted...]
-      <c r="D338" s="0">
+    <row r="338" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A338" t="s">
+        <v>483</v>
+      </c>
+      <c r="B338" t="s">
+        <v>210</v>
+      </c>
+      <c r="D338">
         <v>24</v>
       </c>
-      <c r="E338" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L338" s="0">
+      <c r="E338" t="s">
+        <v>315</v>
+      </c>
+      <c r="F338" t="s">
+        <v>485</v>
+      </c>
+      <c r="G338" t="s">
+        <v>486</v>
+      </c>
+      <c r="H338" t="s">
+        <v>505</v>
+      </c>
+      <c r="I338" t="s">
+        <v>506</v>
+      </c>
+      <c r="J338" t="s">
+        <v>507</v>
+      </c>
+      <c r="K338">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L338">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="339">
-[...46 lines deleted...]
-      <c r="L339" s="0">
+    <row r="339" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A339" t="s">
+        <v>483</v>
+      </c>
+      <c r="B339" t="s">
+        <v>211</v>
+      </c>
+      <c r="D339">
+        <v>25</v>
+      </c>
+      <c r="E339" t="s">
+        <v>315</v>
+      </c>
+      <c r="F339" t="s">
+        <v>485</v>
+      </c>
+      <c r="G339" t="s">
+        <v>486</v>
+      </c>
+      <c r="H339" t="s">
+        <v>325</v>
+      </c>
+      <c r="I339" t="s">
+        <v>508</v>
+      </c>
+      <c r="J339" t="s">
+        <v>98</v>
+      </c>
+      <c r="K339">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L339">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="340">
-[...10 lines deleted...]
-      <c r="D340" s="0">
+    <row r="340" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A340" t="s">
+        <v>483</v>
+      </c>
+      <c r="B340" t="s">
+        <v>212</v>
+      </c>
+      <c r="D340">
         <v>26</v>
       </c>
-      <c r="E340" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L340" s="0">
+      <c r="E340" t="s">
+        <v>315</v>
+      </c>
+      <c r="F340" t="s">
+        <v>485</v>
+      </c>
+      <c r="G340" t="s">
+        <v>486</v>
+      </c>
+      <c r="H340" t="s">
+        <v>131</v>
+      </c>
+      <c r="I340" t="s">
+        <v>509</v>
+      </c>
+      <c r="J340" t="s">
+        <v>509</v>
+      </c>
+      <c r="K340">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L340">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="341">
-[...10 lines deleted...]
-      <c r="D341" s="0">
+    <row r="341" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A341" t="s">
+        <v>483</v>
+      </c>
+      <c r="B341" t="s">
+        <v>510</v>
+      </c>
+      <c r="D341">
         <v>42</v>
       </c>
-      <c r="E341" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D342" s="0">
+      <c r="E341" t="s">
+        <v>488</v>
+      </c>
+      <c r="F341" t="s">
+        <v>485</v>
+      </c>
+      <c r="G341" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="342" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A342" t="s">
+        <v>483</v>
+      </c>
+      <c r="B342" t="s">
+        <v>213</v>
+      </c>
+      <c r="D342">
         <v>27</v>
       </c>
-      <c r="E342" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L342" s="0">
+      <c r="E342" t="s">
+        <v>315</v>
+      </c>
+      <c r="F342" t="s">
+        <v>485</v>
+      </c>
+      <c r="G342" t="s">
+        <v>486</v>
+      </c>
+      <c r="H342" t="s">
+        <v>257</v>
+      </c>
+      <c r="I342" t="s">
+        <v>490</v>
+      </c>
+      <c r="J342" t="s">
+        <v>17</v>
+      </c>
+      <c r="K342">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L342">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="343">
-[...10 lines deleted...]
-      <c r="D343" s="0">
+    <row r="343" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A343" t="s">
+        <v>483</v>
+      </c>
+      <c r="B343" t="s">
+        <v>511</v>
+      </c>
+      <c r="D343">
         <v>41</v>
       </c>
-      <c r="E343" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D344" s="0">
+      <c r="E343" t="s">
+        <v>488</v>
+      </c>
+      <c r="F343" t="s">
+        <v>485</v>
+      </c>
+      <c r="G343" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="344" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A344" t="s">
+        <v>483</v>
+      </c>
+      <c r="B344" t="s">
+        <v>512</v>
+      </c>
+      <c r="D344">
         <v>40</v>
       </c>
-      <c r="E344" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D345" s="0">
+      <c r="E344" t="s">
+        <v>488</v>
+      </c>
+      <c r="F344" t="s">
+        <v>485</v>
+      </c>
+      <c r="G344" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="345" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A345" t="s">
+        <v>483</v>
+      </c>
+      <c r="B345" t="s">
+        <v>513</v>
+      </c>
+      <c r="D345">
         <v>39</v>
       </c>
-      <c r="E345" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D346" s="0">
+      <c r="E345" t="s">
+        <v>488</v>
+      </c>
+      <c r="F345" t="s">
+        <v>485</v>
+      </c>
+      <c r="G345" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="346" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A346" t="s">
+        <v>483</v>
+      </c>
+      <c r="B346" t="s">
+        <v>514</v>
+      </c>
+      <c r="D346">
         <v>38</v>
       </c>
-      <c r="E346" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D347" s="0">
+      <c r="E346" t="s">
+        <v>488</v>
+      </c>
+      <c r="F346" t="s">
+        <v>485</v>
+      </c>
+      <c r="G346" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="347" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A347" t="s">
+        <v>483</v>
+      </c>
+      <c r="B347" t="s">
+        <v>515</v>
+      </c>
+      <c r="D347">
         <v>37</v>
       </c>
-      <c r="E347" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D348" s="0">
+      <c r="E347" t="s">
+        <v>488</v>
+      </c>
+      <c r="F347" t="s">
+        <v>485</v>
+      </c>
+      <c r="G347" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="348" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A348" t="s">
+        <v>483</v>
+      </c>
+      <c r="B348" t="s">
+        <v>516</v>
+      </c>
+      <c r="D348">
         <v>33</v>
       </c>
-      <c r="E348" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D349" s="0">
+      <c r="E348" t="s">
+        <v>488</v>
+      </c>
+      <c r="F348" t="s">
+        <v>485</v>
+      </c>
+      <c r="G348" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="349" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A349" t="s">
+        <v>483</v>
+      </c>
+      <c r="B349" t="s">
+        <v>517</v>
+      </c>
+      <c r="D349">
         <v>34</v>
       </c>
-      <c r="E349" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D350" s="0">
+      <c r="E349" t="s">
+        <v>488</v>
+      </c>
+      <c r="F349" t="s">
+        <v>485</v>
+      </c>
+      <c r="G349" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="350" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A350" t="s">
+        <v>483</v>
+      </c>
+      <c r="B350" t="s">
+        <v>518</v>
+      </c>
+      <c r="D350">
         <v>35</v>
       </c>
-      <c r="E350" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D351" s="0">
+      <c r="E350" t="s">
+        <v>488</v>
+      </c>
+      <c r="F350" t="s">
+        <v>485</v>
+      </c>
+      <c r="G350" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="351" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A351" t="s">
+        <v>483</v>
+      </c>
+      <c r="B351" t="s">
+        <v>274</v>
+      </c>
+      <c r="D351">
         <v>36</v>
       </c>
-      <c r="E351" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D352" s="0">
+      <c r="E351" t="s">
+        <v>488</v>
+      </c>
+      <c r="F351" t="s">
+        <v>485</v>
+      </c>
+      <c r="G351" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="352" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A352" t="s">
+        <v>483</v>
+      </c>
+      <c r="B352" t="s">
+        <v>193</v>
+      </c>
+      <c r="D352">
         <v>15</v>
       </c>
-      <c r="E352" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D353" s="0">
+      <c r="E352" t="s">
+        <v>315</v>
+      </c>
+      <c r="F352" t="s">
+        <v>485</v>
+      </c>
+      <c r="G352" t="s">
+        <v>486</v>
+      </c>
+      <c r="H352" t="s">
+        <v>160</v>
+      </c>
+      <c r="I352" t="s">
+        <v>80</v>
+      </c>
+      <c r="J352" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="353" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A353" t="s">
+        <v>483</v>
+      </c>
+      <c r="B353" t="s">
+        <v>192</v>
+      </c>
+      <c r="D353">
         <v>5</v>
       </c>
-      <c r="E353" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L353" s="0">
+      <c r="E353" t="s">
+        <v>315</v>
+      </c>
+      <c r="F353" t="s">
+        <v>485</v>
+      </c>
+      <c r="G353" t="s">
+        <v>486</v>
+      </c>
+      <c r="H353" t="s">
+        <v>323</v>
+      </c>
+      <c r="I353" t="s">
+        <v>507</v>
+      </c>
+      <c r="J353" t="s">
+        <v>507</v>
+      </c>
+      <c r="K353">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L353">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="354">
-[...10 lines deleted...]
-      <c r="D354" s="0">
+    <row r="354" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A354" t="s">
+        <v>483</v>
+      </c>
+      <c r="B354" t="s">
+        <v>194</v>
+      </c>
+      <c r="D354">
         <v>6</v>
       </c>
-      <c r="E354" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D355" s="0">
+      <c r="E354" t="s">
+        <v>315</v>
+      </c>
+      <c r="F354" t="s">
+        <v>485</v>
+      </c>
+      <c r="G354" t="s">
+        <v>486</v>
+      </c>
+      <c r="H354" t="s">
+        <v>18</v>
+      </c>
+      <c r="I354" t="s">
+        <v>18</v>
+      </c>
+      <c r="J354" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="355" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A355" t="s">
+        <v>483</v>
+      </c>
+      <c r="B355" t="s">
+        <v>191</v>
+      </c>
+      <c r="D355">
         <v>7</v>
       </c>
-      <c r="E355" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D356" s="0">
+      <c r="E355" t="s">
+        <v>315</v>
+      </c>
+      <c r="F355" t="s">
+        <v>485</v>
+      </c>
+      <c r="G355" t="s">
+        <v>486</v>
+      </c>
+      <c r="H355" t="s">
+        <v>519</v>
+      </c>
+      <c r="I355" t="s">
+        <v>18</v>
+      </c>
+      <c r="J355" t="s">
+        <v>18</v>
+      </c>
+      <c r="K355">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L355">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="356" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A356" t="s">
+        <v>483</v>
+      </c>
+      <c r="B356" t="s">
+        <v>188</v>
+      </c>
+      <c r="D356">
         <v>4</v>
       </c>
-      <c r="E356" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L356" s="0">
+      <c r="E356" t="s">
+        <v>315</v>
+      </c>
+      <c r="F356" t="s">
+        <v>485</v>
+      </c>
+      <c r="G356" t="s">
+        <v>486</v>
+      </c>
+      <c r="H356" t="s">
+        <v>520</v>
+      </c>
+      <c r="I356" t="s">
+        <v>28</v>
+      </c>
+      <c r="J356" t="s">
+        <v>28</v>
+      </c>
+      <c r="K356">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L356">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="357">
-[...10 lines deleted...]
-      <c r="D357" s="0">
+    <row r="357" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A357" t="s">
+        <v>483</v>
+      </c>
+      <c r="B357" t="s">
+        <v>183</v>
+      </c>
+      <c r="D357">
         <v>8</v>
       </c>
-      <c r="E357" s="0" t="inlineStr">
-[...32 lines deleted...]
-      <c r="L357" s="0">
+      <c r="E357" t="s">
+        <v>315</v>
+      </c>
+      <c r="F357" t="s">
+        <v>485</v>
+      </c>
+      <c r="G357" t="s">
+        <v>486</v>
+      </c>
+      <c r="H357" t="s">
+        <v>68</v>
+      </c>
+      <c r="I357" t="s">
+        <v>26</v>
+      </c>
+      <c r="J357" t="s">
+        <v>26</v>
+      </c>
+      <c r="K357">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L357">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="358">
-[...10 lines deleted...]
-      <c r="D358" s="0">
+    <row r="358" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
+        <v>483</v>
+      </c>
+      <c r="B358" t="s">
+        <v>185</v>
+      </c>
+      <c r="D358">
         <v>17</v>
       </c>
-      <c r="E358" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D359" s="0">
+      <c r="E358" t="s">
+        <v>315</v>
+      </c>
+      <c r="F358" t="s">
+        <v>485</v>
+      </c>
+      <c r="G358" t="s">
+        <v>486</v>
+      </c>
+      <c r="H358" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="359" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A359" t="s">
+        <v>483</v>
+      </c>
+      <c r="B359" t="s">
+        <v>175</v>
+      </c>
+      <c r="D359">
         <v>1</v>
       </c>
-      <c r="E359" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D360" s="0">
+      <c r="E359" t="s">
+        <v>315</v>
+      </c>
+      <c r="F359" t="s">
+        <v>485</v>
+      </c>
+      <c r="G359" t="s">
+        <v>486</v>
+      </c>
+      <c r="H359" t="s">
+        <v>17</v>
+      </c>
+      <c r="I359" t="s">
+        <v>17</v>
+      </c>
+      <c r="J359" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="360" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A360" t="s">
+        <v>483</v>
+      </c>
+      <c r="B360" t="s">
+        <v>179</v>
+      </c>
+      <c r="D360">
         <v>16</v>
       </c>
-      <c r="E360" s="0" t="inlineStr">
-[...47 lines deleted...]
-      <c r="D361" s="0">
+      <c r="E360" t="s">
+        <v>315</v>
+      </c>
+      <c r="F360" t="s">
+        <v>485</v>
+      </c>
+      <c r="G360" t="s">
+        <v>486</v>
+      </c>
+      <c r="H360" t="s">
+        <v>24</v>
+      </c>
+      <c r="I360" t="s">
+        <v>17</v>
+      </c>
+      <c r="J360" t="s">
+        <v>17</v>
+      </c>
+      <c r="K360">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L360">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="361" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A361" t="s">
+        <v>483</v>
+      </c>
+      <c r="B361" t="s">
+        <v>182</v>
+      </c>
+      <c r="D361">
         <v>29</v>
       </c>
-      <c r="E361" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D362" s="0">
+      <c r="E361" t="s">
+        <v>315</v>
+      </c>
+      <c r="F361" t="s">
+        <v>485</v>
+      </c>
+      <c r="G361" t="s">
+        <v>486</v>
+      </c>
+      <c r="H361" t="s">
+        <v>17</v>
+      </c>
+      <c r="I361" t="s">
+        <v>17</v>
+      </c>
+      <c r="J361" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="362" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A362" t="s">
+        <v>483</v>
+      </c>
+      <c r="B362" t="s">
+        <v>181</v>
+      </c>
+      <c r="D362">
         <v>2</v>
       </c>
-      <c r="E362" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D363" s="0">
+      <c r="E362" t="s">
+        <v>315</v>
+      </c>
+      <c r="F362" t="s">
+        <v>485</v>
+      </c>
+      <c r="G362" t="s">
+        <v>486</v>
+      </c>
+      <c r="H362" t="s">
+        <v>17</v>
+      </c>
+      <c r="I362" t="s">
+        <v>17</v>
+      </c>
+      <c r="J362" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="363" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A363" t="s">
+        <v>483</v>
+      </c>
+      <c r="B363" t="s">
+        <v>214</v>
+      </c>
+      <c r="D363">
         <v>31</v>
       </c>
-      <c r="E363" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D364" s="0">
+      <c r="E363" t="s">
+        <v>488</v>
+      </c>
+      <c r="F363" t="s">
+        <v>485</v>
+      </c>
+      <c r="G363" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="364" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A364" t="s">
+        <v>483</v>
+      </c>
+      <c r="B364" t="s">
+        <v>521</v>
+      </c>
+      <c r="D364">
         <v>32</v>
       </c>
-      <c r="E364" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D365" s="0">
+      <c r="E364" t="s">
+        <v>488</v>
+      </c>
+      <c r="F364" t="s">
+        <v>485</v>
+      </c>
+      <c r="G364" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="365" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A365" t="s">
+        <v>483</v>
+      </c>
+      <c r="B365" t="s">
+        <v>522</v>
+      </c>
+      <c r="D365">
         <v>3</v>
       </c>
-      <c r="E365" s="0" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D366" s="0">
+      <c r="E365" t="s">
+        <v>315</v>
+      </c>
+      <c r="F365" t="s">
+        <v>485</v>
+      </c>
+      <c r="G365" t="s">
+        <v>486</v>
+      </c>
+      <c r="H365" t="s">
+        <v>523</v>
+      </c>
+      <c r="I365" t="s">
+        <v>156</v>
+      </c>
+      <c r="J365" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="366" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A366" t="s">
+        <v>483</v>
+      </c>
+      <c r="B366" t="s">
+        <v>384</v>
+      </c>
+      <c r="D366">
         <v>9</v>
       </c>
-      <c r="E366" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L366" s="0">
+      <c r="E366" t="s">
+        <v>377</v>
+      </c>
+      <c r="F366" t="s">
+        <v>382</v>
+      </c>
+      <c r="G366" t="s">
+        <v>383</v>
+      </c>
+      <c r="K366">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L366">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="367">
-[...10 lines deleted...]
-      <c r="D367" s="0">
+    <row r="367" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A367" t="s">
+        <v>483</v>
+      </c>
+      <c r="B367" t="s">
+        <v>381</v>
+      </c>
+      <c r="D367">
         <v>10</v>
       </c>
-      <c r="E367" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L367" s="0">
+      <c r="E367" t="s">
+        <v>377</v>
+      </c>
+      <c r="F367" t="s">
+        <v>382</v>
+      </c>
+      <c r="G367" t="s">
+        <v>383</v>
+      </c>
+      <c r="K367">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L367">
         <v>5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="368">
-[...10 lines deleted...]
-      <c r="D368" s="0">
+    <row r="368" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A368" t="s">
+        <v>524</v>
+      </c>
+      <c r="B368" t="s">
+        <v>72</v>
+      </c>
+      <c r="D368">
         <v>54</v>
       </c>
-      <c r="E368" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K368" s="0">
+      <c r="E368" t="s">
+        <v>315</v>
+      </c>
+      <c r="F368" t="s">
+        <v>74</v>
+      </c>
+      <c r="G368" t="s">
+        <v>75</v>
+      </c>
+      <c r="H368" t="s">
+        <v>520</v>
+      </c>
+      <c r="K368">
         <v>0.5</v>
       </c>
-      <c r="L368" s="0">
-[...14 lines deleted...]
-      <c r="D369" s="0">
+      <c r="L368">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="369" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A369" t="s">
+        <v>524</v>
+      </c>
+      <c r="B369" t="s">
+        <v>79</v>
+      </c>
+      <c r="D369">
         <v>30</v>
       </c>
-      <c r="E369" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D370" s="0">
+      <c r="E369" t="s">
+        <v>315</v>
+      </c>
+      <c r="F369" t="s">
+        <v>74</v>
+      </c>
+      <c r="G369" t="s">
+        <v>75</v>
+      </c>
+      <c r="H369" t="s">
+        <v>77</v>
+      </c>
+      <c r="K369">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L369">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="370" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A370" t="s">
+        <v>524</v>
+      </c>
+      <c r="B370" t="s">
+        <v>82</v>
+      </c>
+      <c r="D370">
         <v>27</v>
       </c>
-      <c r="E370" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L370" s="0">
+      <c r="E370" t="s">
+        <v>315</v>
+      </c>
+      <c r="F370" t="s">
+        <v>74</v>
+      </c>
+      <c r="G370" t="s">
+        <v>75</v>
+      </c>
+      <c r="H370" t="s">
+        <v>34</v>
+      </c>
+      <c r="K370">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L370">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="371">
-[...10 lines deleted...]
-      <c r="D371" s="0">
+    <row r="371" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A371" t="s">
+        <v>524</v>
+      </c>
+      <c r="B371" t="s">
+        <v>84</v>
+      </c>
+      <c r="D371">
         <v>17</v>
       </c>
-      <c r="E371" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L371" s="0">
+      <c r="E371" t="s">
+        <v>315</v>
+      </c>
+      <c r="F371" t="s">
+        <v>74</v>
+      </c>
+      <c r="G371" t="s">
+        <v>75</v>
+      </c>
+      <c r="H371" t="s">
+        <v>503</v>
+      </c>
+      <c r="K371">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L371">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="372">
-[...10 lines deleted...]
-      <c r="D372" s="0">
+    <row r="372" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A372" t="s">
+        <v>524</v>
+      </c>
+      <c r="B372" t="s">
+        <v>525</v>
+      </c>
+      <c r="D372">
         <v>45</v>
       </c>
-      <c r="E372" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D373" s="0">
+      <c r="E372" t="s">
+        <v>315</v>
+      </c>
+      <c r="F372" t="s">
+        <v>74</v>
+      </c>
+      <c r="G372" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="373" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A373" t="s">
+        <v>524</v>
+      </c>
+      <c r="B373" t="s">
+        <v>87</v>
+      </c>
+      <c r="D373">
         <v>19</v>
       </c>
-      <c r="E373" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D374" s="0">
+      <c r="E373" t="s">
+        <v>315</v>
+      </c>
+      <c r="F373" t="s">
+        <v>74</v>
+      </c>
+      <c r="G373" t="s">
+        <v>75</v>
+      </c>
+      <c r="H373" t="s">
+        <v>77</v>
+      </c>
+      <c r="K373">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L373">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="374" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A374" t="s">
+        <v>524</v>
+      </c>
+      <c r="B374" t="s">
+        <v>89</v>
+      </c>
+      <c r="D374">
         <v>18</v>
       </c>
-      <c r="E374" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K374" s="0">
+      <c r="E374" t="s">
+        <v>315</v>
+      </c>
+      <c r="F374" t="s">
+        <v>74</v>
+      </c>
+      <c r="G374" t="s">
+        <v>75</v>
+      </c>
+      <c r="H374" t="s">
+        <v>34</v>
+      </c>
+      <c r="K374">
         <v>0.25</v>
       </c>
-      <c r="L374" s="0">
+      <c r="L374">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="375">
-[...10 lines deleted...]
-      <c r="D375" s="0">
+    <row r="375" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A375" t="s">
+        <v>524</v>
+      </c>
+      <c r="B375" t="s">
+        <v>90</v>
+      </c>
+      <c r="D375">
         <v>2</v>
       </c>
-      <c r="E375" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L375" s="0">
+      <c r="E375" t="s">
+        <v>315</v>
+      </c>
+      <c r="F375" t="s">
+        <v>74</v>
+      </c>
+      <c r="G375" t="s">
+        <v>75</v>
+      </c>
+      <c r="H375" t="s">
+        <v>34</v>
+      </c>
+      <c r="K375">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L375">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="376">
-[...10 lines deleted...]
-      <c r="D376" s="0">
+    <row r="376" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A376" t="s">
+        <v>524</v>
+      </c>
+      <c r="B376" t="s">
+        <v>92</v>
+      </c>
+      <c r="D376">
         <v>15</v>
       </c>
-      <c r="E376" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L376" s="0">
+      <c r="E376" t="s">
+        <v>315</v>
+      </c>
+      <c r="F376" t="s">
+        <v>74</v>
+      </c>
+      <c r="G376" t="s">
+        <v>75</v>
+      </c>
+      <c r="H376" t="s">
+        <v>34</v>
+      </c>
+      <c r="K376">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L376">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="377">
-[...10 lines deleted...]
-      <c r="D377" s="0">
+    <row r="377" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A377" t="s">
+        <v>524</v>
+      </c>
+      <c r="B377" t="s">
+        <v>91</v>
+      </c>
+      <c r="D377">
         <v>26</v>
       </c>
-      <c r="E377" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D378" s="0">
+      <c r="E377" t="s">
+        <v>315</v>
+      </c>
+      <c r="F377" t="s">
+        <v>74</v>
+      </c>
+      <c r="G377" t="s">
+        <v>75</v>
+      </c>
+      <c r="H377" t="s">
+        <v>34</v>
+      </c>
+      <c r="K377">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L377">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="378" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A378" t="s">
+        <v>524</v>
+      </c>
+      <c r="B378" t="s">
+        <v>526</v>
+      </c>
+      <c r="D378">
         <v>66</v>
       </c>
-      <c r="E378" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D379" s="0">
+      <c r="E378" t="s">
+        <v>315</v>
+      </c>
+      <c r="F378" t="s">
+        <v>74</v>
+      </c>
+      <c r="G378" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="379" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A379" t="s">
+        <v>524</v>
+      </c>
+      <c r="B379" t="s">
+        <v>94</v>
+      </c>
+      <c r="D379">
         <v>53</v>
       </c>
-      <c r="E379" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L379" s="0">
+      <c r="E379" t="s">
+        <v>315</v>
+      </c>
+      <c r="F379" t="s">
+        <v>74</v>
+      </c>
+      <c r="G379" t="s">
+        <v>75</v>
+      </c>
+      <c r="H379" t="s">
+        <v>28</v>
+      </c>
+      <c r="K379">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L379">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="380">
-[...10 lines deleted...]
-      <c r="D380" s="0">
+    <row r="380" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A380" t="s">
+        <v>524</v>
+      </c>
+      <c r="B380" t="s">
+        <v>527</v>
+      </c>
+      <c r="D380">
         <v>1</v>
       </c>
-      <c r="E380" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K380" s="0">
+      <c r="E380" t="s">
+        <v>315</v>
+      </c>
+      <c r="F380" t="s">
+        <v>74</v>
+      </c>
+      <c r="G380" t="s">
+        <v>75</v>
+      </c>
+      <c r="H380" t="s">
+        <v>28</v>
+      </c>
+      <c r="K380">
         <v>0.5</v>
       </c>
-      <c r="L380" s="0">
+      <c r="L380">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="381">
-[...38 lines deleted...]
-      <c r="L381" s="0">
+    <row r="381" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A381" t="s">
+        <v>524</v>
+      </c>
+      <c r="B381" t="s">
+        <v>528</v>
+      </c>
+      <c r="D381">
+        <v>25</v>
+      </c>
+      <c r="E381" t="s">
+        <v>315</v>
+      </c>
+      <c r="F381" t="s">
+        <v>74</v>
+      </c>
+      <c r="G381" t="s">
+        <v>75</v>
+      </c>
+      <c r="H381" t="s">
+        <v>77</v>
+      </c>
+      <c r="K381">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L381">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="382">
-[...10 lines deleted...]
-      <c r="D382" s="0">
+    <row r="382" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A382" t="s">
+        <v>524</v>
+      </c>
+      <c r="B382" t="s">
+        <v>529</v>
+      </c>
+      <c r="D382">
         <v>52</v>
       </c>
-      <c r="E382" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D383" s="0">
+      <c r="E382" t="s">
+        <v>315</v>
+      </c>
+      <c r="F382" t="s">
+        <v>74</v>
+      </c>
+      <c r="G382" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="383" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A383" t="s">
+        <v>524</v>
+      </c>
+      <c r="B383" t="s">
+        <v>530</v>
+      </c>
+      <c r="D383">
         <v>46</v>
       </c>
-      <c r="E383" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D384" s="0">
+      <c r="E383" t="s">
+        <v>315</v>
+      </c>
+      <c r="F383" t="s">
+        <v>74</v>
+      </c>
+      <c r="G383" t="s">
+        <v>75</v>
+      </c>
+      <c r="H383" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="384" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A384" t="s">
+        <v>524</v>
+      </c>
+      <c r="B384" t="s">
+        <v>97</v>
+      </c>
+      <c r="D384">
         <v>16</v>
       </c>
-      <c r="E384" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L384" s="0">
+      <c r="E384" t="s">
+        <v>315</v>
+      </c>
+      <c r="F384" t="s">
+        <v>74</v>
+      </c>
+      <c r="G384" t="s">
+        <v>75</v>
+      </c>
+      <c r="H384" t="s">
+        <v>32</v>
+      </c>
+      <c r="K384">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L384">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="385">
-[...10 lines deleted...]
-      <c r="D385" s="0">
+    <row r="385" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A385" t="s">
+        <v>524</v>
+      </c>
+      <c r="B385" t="s">
+        <v>96</v>
+      </c>
+      <c r="D385">
         <v>28</v>
       </c>
-      <c r="E385" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D386" s="0">
+      <c r="E385" t="s">
+        <v>315</v>
+      </c>
+      <c r="F385" t="s">
+        <v>74</v>
+      </c>
+      <c r="G385" t="s">
+        <v>75</v>
+      </c>
+      <c r="H385" t="s">
+        <v>68</v>
+      </c>
+      <c r="K385">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L385">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="386" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A386" t="s">
+        <v>524</v>
+      </c>
+      <c r="B386" t="s">
+        <v>99</v>
+      </c>
+      <c r="D386">
         <v>3</v>
       </c>
-      <c r="E386" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D387" s="0">
+      <c r="E386" t="s">
+        <v>315</v>
+      </c>
+      <c r="F386" t="s">
+        <v>74</v>
+      </c>
+      <c r="G386" t="s">
+        <v>75</v>
+      </c>
+      <c r="H386" t="s">
+        <v>77</v>
+      </c>
+      <c r="K386">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L386">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="387" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A387" t="s">
+        <v>524</v>
+      </c>
+      <c r="B387" t="s">
+        <v>102</v>
+      </c>
+      <c r="D387">
         <v>24</v>
       </c>
-      <c r="E387" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D388" s="0">
+      <c r="E387" t="s">
+        <v>315</v>
+      </c>
+      <c r="F387" t="s">
+        <v>74</v>
+      </c>
+      <c r="G387" t="s">
+        <v>75</v>
+      </c>
+      <c r="H387" t="s">
+        <v>63</v>
+      </c>
+      <c r="K387">
+        <v>5.9999998658895499E-2</v>
+      </c>
+      <c r="L387">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="388" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A388" t="s">
+        <v>524</v>
+      </c>
+      <c r="B388" t="s">
+        <v>531</v>
+      </c>
+      <c r="D388">
         <v>50</v>
       </c>
-      <c r="E388" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D389" s="0">
+      <c r="E388" t="s">
+        <v>315</v>
+      </c>
+      <c r="F388" t="s">
+        <v>74</v>
+      </c>
+      <c r="G388" t="s">
+        <v>75</v>
+      </c>
+      <c r="H388" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="389" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A389" t="s">
+        <v>524</v>
+      </c>
+      <c r="B389" t="s">
+        <v>103</v>
+      </c>
+      <c r="D389">
         <v>13</v>
       </c>
-      <c r="E389" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K389" s="0">
+      <c r="E389" t="s">
+        <v>315</v>
+      </c>
+      <c r="F389" t="s">
+        <v>74</v>
+      </c>
+      <c r="G389" t="s">
+        <v>75</v>
+      </c>
+      <c r="H389" t="s">
+        <v>123</v>
+      </c>
+      <c r="K389">
         <v>1</v>
       </c>
-      <c r="L389" s="0">
-[...14 lines deleted...]
-      <c r="D390" s="0">
+      <c r="L389">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="390" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A390" t="s">
+        <v>524</v>
+      </c>
+      <c r="B390" t="s">
+        <v>104</v>
+      </c>
+      <c r="D390">
         <v>14</v>
       </c>
-      <c r="E390" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L390" s="0">
+      <c r="E390" t="s">
+        <v>315</v>
+      </c>
+      <c r="F390" t="s">
+        <v>74</v>
+      </c>
+      <c r="G390" t="s">
+        <v>75</v>
+      </c>
+      <c r="H390" t="s">
+        <v>68</v>
+      </c>
+      <c r="K390">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L390">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="391">
-[...10 lines deleted...]
-      <c r="D391" s="0">
+    <row r="391" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A391" t="s">
+        <v>524</v>
+      </c>
+      <c r="B391" t="s">
+        <v>532</v>
+      </c>
+      <c r="D391">
         <v>51</v>
       </c>
-      <c r="E391" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D392" s="0">
+      <c r="E391" t="s">
+        <v>315</v>
+      </c>
+      <c r="F391" t="s">
+        <v>74</v>
+      </c>
+      <c r="G391" t="s">
+        <v>75</v>
+      </c>
+      <c r="H391" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="392" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A392" t="s">
+        <v>524</v>
+      </c>
+      <c r="B392" t="s">
+        <v>533</v>
+      </c>
+      <c r="D392">
         <v>69</v>
       </c>
-      <c r="E392" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D393" s="0">
+      <c r="E392" t="s">
+        <v>315</v>
+      </c>
+      <c r="F392" t="s">
+        <v>74</v>
+      </c>
+      <c r="G392" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="393" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A393" t="s">
+        <v>524</v>
+      </c>
+      <c r="B393" t="s">
+        <v>534</v>
+      </c>
+      <c r="D393">
         <v>57</v>
       </c>
-      <c r="E393" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D394" s="0">
+      <c r="E393" t="s">
+        <v>315</v>
+      </c>
+      <c r="F393" t="s">
+        <v>74</v>
+      </c>
+      <c r="G393" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="394" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A394" t="s">
+        <v>524</v>
+      </c>
+      <c r="B394" t="s">
+        <v>535</v>
+      </c>
+      <c r="D394">
         <v>55</v>
       </c>
-      <c r="E394" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D395" s="0">
+      <c r="E394" t="s">
+        <v>315</v>
+      </c>
+      <c r="F394" t="s">
+        <v>74</v>
+      </c>
+      <c r="G394" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="395" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A395" t="s">
+        <v>524</v>
+      </c>
+      <c r="B395" t="s">
+        <v>536</v>
+      </c>
+      <c r="D395">
         <v>56</v>
       </c>
-      <c r="E395" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D396" s="0">
+      <c r="E395" t="s">
+        <v>315</v>
+      </c>
+      <c r="F395" t="s">
+        <v>74</v>
+      </c>
+      <c r="G395" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="396" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A396" t="s">
+        <v>524</v>
+      </c>
+      <c r="B396" t="s">
+        <v>537</v>
+      </c>
+      <c r="D396">
         <v>67</v>
       </c>
-      <c r="E396" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D397" s="0">
+      <c r="E396" t="s">
+        <v>315</v>
+      </c>
+      <c r="F396" t="s">
+        <v>74</v>
+      </c>
+      <c r="G396" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="397" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A397" t="s">
+        <v>524</v>
+      </c>
+      <c r="B397" t="s">
+        <v>538</v>
+      </c>
+      <c r="D397">
         <v>48</v>
       </c>
-      <c r="E397" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D398" s="0">
+      <c r="E397" t="s">
+        <v>315</v>
+      </c>
+      <c r="F397" t="s">
+        <v>74</v>
+      </c>
+      <c r="G397" t="s">
+        <v>75</v>
+      </c>
+      <c r="H397" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="398" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A398" t="s">
+        <v>524</v>
+      </c>
+      <c r="B398" t="s">
+        <v>539</v>
+      </c>
+      <c r="D398">
         <v>47</v>
       </c>
-      <c r="E398" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D399" s="0">
+      <c r="E398" t="s">
+        <v>315</v>
+      </c>
+      <c r="F398" t="s">
+        <v>74</v>
+      </c>
+      <c r="G398" t="s">
+        <v>75</v>
+      </c>
+      <c r="H398" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="399" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A399" t="s">
+        <v>524</v>
+      </c>
+      <c r="B399" t="s">
+        <v>540</v>
+      </c>
+      <c r="D399">
         <v>49</v>
       </c>
-      <c r="E399" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D400" s="0">
+      <c r="E399" t="s">
+        <v>315</v>
+      </c>
+      <c r="F399" t="s">
+        <v>74</v>
+      </c>
+      <c r="G399" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="400" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A400" t="s">
+        <v>524</v>
+      </c>
+      <c r="B400" t="s">
+        <v>541</v>
+      </c>
+      <c r="D400">
         <v>68</v>
       </c>
-      <c r="E400" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D401" s="0">
+      <c r="E400" t="s">
+        <v>315</v>
+      </c>
+      <c r="F400" t="s">
+        <v>74</v>
+      </c>
+      <c r="G400" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="401" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A401" t="s">
+        <v>524</v>
+      </c>
+      <c r="B401" t="s">
+        <v>542</v>
+      </c>
+      <c r="D401">
         <v>58</v>
       </c>
-      <c r="E401" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D402" s="0">
+      <c r="E401" t="s">
+        <v>315</v>
+      </c>
+      <c r="F401" t="s">
+        <v>74</v>
+      </c>
+      <c r="G401" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="402" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A402" t="s">
+        <v>524</v>
+      </c>
+      <c r="B402" t="s">
+        <v>543</v>
+      </c>
+      <c r="D402">
         <v>59</v>
       </c>
-      <c r="E402" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D403" s="0">
+      <c r="E402" t="s">
+        <v>315</v>
+      </c>
+      <c r="F402" t="s">
+        <v>74</v>
+      </c>
+      <c r="G402" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="403" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A403" t="s">
+        <v>524</v>
+      </c>
+      <c r="B403" t="s">
+        <v>544</v>
+      </c>
+      <c r="D403">
         <v>60</v>
       </c>
-      <c r="E403" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D404" s="0">
+      <c r="E403" t="s">
+        <v>315</v>
+      </c>
+      <c r="F403" t="s">
+        <v>74</v>
+      </c>
+      <c r="G403" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="404" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A404" t="s">
+        <v>524</v>
+      </c>
+      <c r="B404" t="s">
+        <v>545</v>
+      </c>
+      <c r="D404">
         <v>61</v>
       </c>
-      <c r="E404" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D405" s="0">
+      <c r="E404" t="s">
+        <v>315</v>
+      </c>
+      <c r="F404" t="s">
+        <v>74</v>
+      </c>
+      <c r="G404" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="405" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A405" t="s">
+        <v>524</v>
+      </c>
+      <c r="B405" t="s">
+        <v>546</v>
+      </c>
+      <c r="D405">
         <v>62</v>
       </c>
-      <c r="E405" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D406" s="0">
+      <c r="E405" t="s">
+        <v>315</v>
+      </c>
+      <c r="F405" t="s">
+        <v>74</v>
+      </c>
+      <c r="G405" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="406" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A406" t="s">
+        <v>524</v>
+      </c>
+      <c r="B406" t="s">
+        <v>547</v>
+      </c>
+      <c r="D406">
         <v>63</v>
       </c>
-      <c r="E406" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D407" s="0">
+      <c r="E406" t="s">
+        <v>315</v>
+      </c>
+      <c r="F406" t="s">
+        <v>74</v>
+      </c>
+      <c r="G406" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="407" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A407" t="s">
+        <v>524</v>
+      </c>
+      <c r="B407" t="s">
+        <v>548</v>
+      </c>
+      <c r="D407">
         <v>64</v>
       </c>
-      <c r="E407" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D408" s="0">
+      <c r="E407" t="s">
+        <v>315</v>
+      </c>
+      <c r="F407" t="s">
+        <v>74</v>
+      </c>
+      <c r="G407" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="408" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A408" t="s">
+        <v>524</v>
+      </c>
+      <c r="B408" t="s">
+        <v>549</v>
+      </c>
+      <c r="D408">
         <v>65</v>
       </c>
-      <c r="E408" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D409" s="0">
+      <c r="E408" t="s">
+        <v>315</v>
+      </c>
+      <c r="F408" t="s">
+        <v>74</v>
+      </c>
+      <c r="G408" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="409" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A409" t="s">
+        <v>524</v>
+      </c>
+      <c r="B409" t="s">
+        <v>550</v>
+      </c>
+      <c r="D409">
         <v>71</v>
       </c>
-      <c r="E409" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D410" s="0">
+      <c r="E409" t="s">
+        <v>315</v>
+      </c>
+      <c r="F409" t="s">
+        <v>74</v>
+      </c>
+      <c r="G409" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="410" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A410" t="s">
+        <v>524</v>
+      </c>
+      <c r="B410" t="s">
+        <v>551</v>
+      </c>
+      <c r="D410">
         <v>72</v>
       </c>
-      <c r="E410" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D411" s="0">
+      <c r="E410" t="s">
+        <v>315</v>
+      </c>
+      <c r="F410" t="s">
+        <v>74</v>
+      </c>
+      <c r="G410" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="411" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A411" t="s">
+        <v>524</v>
+      </c>
+      <c r="B411" t="s">
+        <v>552</v>
+      </c>
+      <c r="D411">
         <v>73</v>
       </c>
-      <c r="E411" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D412" s="0">
+      <c r="E411" t="s">
+        <v>315</v>
+      </c>
+      <c r="F411" t="s">
+        <v>74</v>
+      </c>
+      <c r="G411" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="412" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A412" t="s">
+        <v>524</v>
+      </c>
+      <c r="B412" t="s">
+        <v>105</v>
+      </c>
+      <c r="D412">
         <v>70</v>
       </c>
-      <c r="E412" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D413" s="0">
+      <c r="E412" t="s">
+        <v>315</v>
+      </c>
+      <c r="F412" t="s">
+        <v>553</v>
+      </c>
+      <c r="G412" t="s">
+        <v>105</v>
+      </c>
+      <c r="H412" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="413" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A413" t="s">
+        <v>524</v>
+      </c>
+      <c r="B413" t="s">
+        <v>381</v>
+      </c>
+      <c r="D413">
         <v>31</v>
       </c>
-      <c r="E413" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D414" s="0">
+      <c r="E413" t="s">
+        <v>377</v>
+      </c>
+      <c r="F413" t="s">
+        <v>382</v>
+      </c>
+      <c r="G413" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="414" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A414" t="s">
+        <v>524</v>
+      </c>
+      <c r="B414" t="s">
+        <v>384</v>
+      </c>
+      <c r="D414">
         <v>33</v>
       </c>
-      <c r="E414" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L414" s="0">
+      <c r="E414" t="s">
+        <v>377</v>
+      </c>
+      <c r="F414" t="s">
+        <v>382</v>
+      </c>
+      <c r="G414" t="s">
+        <v>383</v>
+      </c>
+      <c r="K414">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L414">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="415">
-[...10 lines deleted...]
-      <c r="D415" s="0">
+    <row r="415" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A415" t="s">
+        <v>554</v>
+      </c>
+      <c r="B415" t="s">
+        <v>555</v>
+      </c>
+      <c r="D415">
         <v>1</v>
       </c>
-      <c r="E415" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K415" s="0">
+      <c r="E415" t="s">
+        <v>312</v>
+      </c>
+      <c r="F415" t="s">
+        <v>419</v>
+      </c>
+      <c r="G415" t="s">
+        <v>420</v>
+      </c>
+      <c r="H415" t="s">
+        <v>556</v>
+      </c>
+      <c r="K415">
         <v>0.25</v>
       </c>
-      <c r="L415" s="0">
+      <c r="L415">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="416">
-[...10 lines deleted...]
-      <c r="D416" s="0">
+    <row r="416" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A416" t="s">
+        <v>557</v>
+      </c>
+      <c r="B416" t="s">
+        <v>558</v>
+      </c>
+      <c r="D416">
         <v>15</v>
       </c>
-      <c r="E416" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D417" s="0">
+      <c r="E416" t="s">
+        <v>559</v>
+      </c>
+      <c r="F416" t="s">
+        <v>61</v>
+      </c>
+      <c r="G416" t="s">
+        <v>62</v>
+      </c>
+      <c r="H416" t="s">
+        <v>560</v>
+      </c>
+      <c r="K416">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L416">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="417" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A417" t="s">
+        <v>557</v>
+      </c>
+      <c r="B417" t="s">
+        <v>561</v>
+      </c>
+      <c r="D417">
         <v>14</v>
       </c>
-      <c r="E417" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D418" s="0">
+      <c r="E417" t="s">
+        <v>559</v>
+      </c>
+      <c r="F417" t="s">
+        <v>61</v>
+      </c>
+      <c r="G417" t="s">
+        <v>62</v>
+      </c>
+      <c r="H417" t="s">
+        <v>18</v>
+      </c>
+      <c r="K417">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L417">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="418" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A418" t="s">
+        <v>557</v>
+      </c>
+      <c r="B418" t="s">
+        <v>562</v>
+      </c>
+      <c r="D418">
         <v>13</v>
       </c>
-      <c r="E418" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D419" s="0">
+      <c r="E418" t="s">
+        <v>559</v>
+      </c>
+      <c r="F418" t="s">
+        <v>61</v>
+      </c>
+      <c r="G418" t="s">
+        <v>62</v>
+      </c>
+      <c r="H418" t="s">
+        <v>29</v>
+      </c>
+      <c r="K418">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L418">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="419" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A419" t="s">
+        <v>557</v>
+      </c>
+      <c r="B419" t="s">
+        <v>563</v>
+      </c>
+      <c r="D419">
         <v>18</v>
       </c>
-      <c r="E419" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D420" s="0">
+      <c r="E419" t="s">
+        <v>559</v>
+      </c>
+      <c r="F419" t="s">
+        <v>61</v>
+      </c>
+      <c r="G419" t="s">
+        <v>62</v>
+      </c>
+      <c r="H419" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="420" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A420" t="s">
+        <v>557</v>
+      </c>
+      <c r="B420" t="s">
+        <v>564</v>
+      </c>
+      <c r="D420">
         <v>17</v>
       </c>
-      <c r="E420" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D421" s="0">
+      <c r="E420" t="s">
+        <v>559</v>
+      </c>
+      <c r="F420" t="s">
+        <v>61</v>
+      </c>
+      <c r="G420" t="s">
+        <v>62</v>
+      </c>
+      <c r="H420" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="421" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A421" t="s">
+        <v>557</v>
+      </c>
+      <c r="B421" t="s">
+        <v>565</v>
+      </c>
+      <c r="D421">
         <v>16</v>
       </c>
-      <c r="E421" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D422" s="0">
+      <c r="E421" t="s">
+        <v>559</v>
+      </c>
+      <c r="F421" t="s">
+        <v>61</v>
+      </c>
+      <c r="G421" t="s">
+        <v>62</v>
+      </c>
+      <c r="H421" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="422" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A422" t="s">
+        <v>566</v>
+      </c>
+      <c r="B422" t="s">
+        <v>567</v>
+      </c>
+      <c r="D422">
         <v>1</v>
       </c>
-      <c r="E422" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L422" s="0">
+      <c r="E422" t="s">
+        <v>315</v>
+      </c>
+      <c r="F422" t="s">
+        <v>568</v>
+      </c>
+      <c r="G422" t="s">
+        <v>569</v>
+      </c>
+      <c r="H422" t="s">
+        <v>144</v>
+      </c>
+      <c r="K422">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L422">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="423">
-[...10 lines deleted...]
-      <c r="D423" s="0">
+    <row r="423" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A423" t="s">
+        <v>566</v>
+      </c>
+      <c r="B423" t="s">
+        <v>570</v>
+      </c>
+      <c r="D423">
         <v>2</v>
       </c>
-      <c r="E423" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L423" s="0">
+      <c r="E423" t="s">
+        <v>315</v>
+      </c>
+      <c r="F423" t="s">
+        <v>568</v>
+      </c>
+      <c r="G423" t="s">
+        <v>569</v>
+      </c>
+      <c r="H423" t="s">
+        <v>523</v>
+      </c>
+      <c r="K423">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L423">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="424">
-[...10 lines deleted...]
-      <c r="D424" s="0">
+    <row r="424" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A424" t="s">
+        <v>566</v>
+      </c>
+      <c r="B424" t="s">
+        <v>571</v>
+      </c>
+      <c r="D424">
         <v>18</v>
       </c>
-      <c r="E424" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D425" s="0">
+      <c r="E424" t="s">
+        <v>315</v>
+      </c>
+      <c r="F424" t="s">
+        <v>568</v>
+      </c>
+      <c r="G424" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="425" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A425" t="s">
+        <v>566</v>
+      </c>
+      <c r="B425" t="s">
+        <v>572</v>
+      </c>
+      <c r="D425">
         <v>15</v>
       </c>
-      <c r="E425" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L425" s="0">
+      <c r="E425" t="s">
+        <v>315</v>
+      </c>
+      <c r="F425" t="s">
+        <v>568</v>
+      </c>
+      <c r="G425" t="s">
+        <v>569</v>
+      </c>
+      <c r="H425" t="s">
+        <v>47</v>
+      </c>
+      <c r="K425">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L425">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="426">
-[...10 lines deleted...]
-      <c r="D426" s="0">
+    <row r="426" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A426" t="s">
+        <v>566</v>
+      </c>
+      <c r="B426" t="s">
+        <v>573</v>
+      </c>
+      <c r="D426">
         <v>16</v>
       </c>
-      <c r="E426" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D427" s="0">
+      <c r="E426" t="s">
+        <v>315</v>
+      </c>
+      <c r="F426" t="s">
+        <v>568</v>
+      </c>
+      <c r="G426" t="s">
+        <v>569</v>
+      </c>
+      <c r="H426" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="427" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A427" t="s">
+        <v>566</v>
+      </c>
+      <c r="B427" t="s">
+        <v>574</v>
+      </c>
+      <c r="D427">
         <v>3</v>
       </c>
-      <c r="E427" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L427" s="0">
+      <c r="E427" t="s">
+        <v>315</v>
+      </c>
+      <c r="F427" t="s">
+        <v>568</v>
+      </c>
+      <c r="G427" t="s">
+        <v>569</v>
+      </c>
+      <c r="H427" t="s">
+        <v>47</v>
+      </c>
+      <c r="K427">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L427">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="428">
-[...10 lines deleted...]
-      <c r="D428" s="0">
+    <row r="428" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A428" t="s">
+        <v>566</v>
+      </c>
+      <c r="B428" t="s">
+        <v>575</v>
+      </c>
+      <c r="D428">
         <v>4</v>
       </c>
-      <c r="E428" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D429" s="0">
+      <c r="E428" t="s">
+        <v>315</v>
+      </c>
+      <c r="F428" t="s">
+        <v>568</v>
+      </c>
+      <c r="G428" t="s">
+        <v>569</v>
+      </c>
+      <c r="H428" t="s">
+        <v>576</v>
+      </c>
+      <c r="K428">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L428">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="429" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A429" t="s">
+        <v>566</v>
+      </c>
+      <c r="B429" t="s">
+        <v>577</v>
+      </c>
+      <c r="D429">
         <v>102</v>
       </c>
-      <c r="E429" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D430" s="0">
+      <c r="E429" t="s">
+        <v>315</v>
+      </c>
+      <c r="F429" t="s">
+        <v>568</v>
+      </c>
+      <c r="G429" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="430" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A430" t="s">
+        <v>566</v>
+      </c>
+      <c r="B430" t="s">
+        <v>578</v>
+      </c>
+      <c r="D430">
         <v>5</v>
       </c>
-      <c r="E430" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L430" s="0">
+      <c r="E430" t="s">
+        <v>315</v>
+      </c>
+      <c r="F430" t="s">
+        <v>568</v>
+      </c>
+      <c r="G430" t="s">
+        <v>569</v>
+      </c>
+      <c r="H430" t="s">
+        <v>93</v>
+      </c>
+      <c r="K430">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L430">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="431">
-[...10 lines deleted...]
-      <c r="D431" s="0">
+    <row r="431" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A431" t="s">
+        <v>566</v>
+      </c>
+      <c r="B431" t="s">
+        <v>579</v>
+      </c>
+      <c r="D431">
         <v>6</v>
       </c>
-      <c r="E431" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L431" s="0">
+      <c r="E431" t="s">
+        <v>315</v>
+      </c>
+      <c r="F431" t="s">
+        <v>568</v>
+      </c>
+      <c r="G431" t="s">
+        <v>569</v>
+      </c>
+      <c r="H431" t="s">
+        <v>580</v>
+      </c>
+      <c r="K431">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L431">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="432">
-[...10 lines deleted...]
-      <c r="D432" s="0">
+    <row r="432" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A432" t="s">
+        <v>566</v>
+      </c>
+      <c r="B432" t="s">
+        <v>581</v>
+      </c>
+      <c r="D432">
         <v>7</v>
       </c>
-      <c r="E432" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D433" s="0">
+      <c r="E432" t="s">
+        <v>315</v>
+      </c>
+      <c r="F432" t="s">
+        <v>568</v>
+      </c>
+      <c r="G432" t="s">
+        <v>569</v>
+      </c>
+      <c r="H432" t="s">
+        <v>144</v>
+      </c>
+      <c r="K432">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L432">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="433" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A433" t="s">
+        <v>566</v>
+      </c>
+      <c r="B433" t="s">
+        <v>582</v>
+      </c>
+      <c r="D433">
         <v>8</v>
       </c>
-      <c r="E433" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D434" s="0">
+      <c r="E433" t="s">
+        <v>315</v>
+      </c>
+      <c r="F433" t="s">
+        <v>568</v>
+      </c>
+      <c r="G433" t="s">
+        <v>569</v>
+      </c>
+      <c r="H433" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="434" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A434" t="s">
+        <v>566</v>
+      </c>
+      <c r="B434" t="s">
+        <v>583</v>
+      </c>
+      <c r="D434">
         <v>10</v>
       </c>
-      <c r="E434" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D435" s="0">
+      <c r="E434" t="s">
+        <v>315</v>
+      </c>
+      <c r="F434" t="s">
+        <v>568</v>
+      </c>
+      <c r="G434" t="s">
+        <v>569</v>
+      </c>
+      <c r="H434" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="435" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A435" t="s">
+        <v>566</v>
+      </c>
+      <c r="B435" t="s">
+        <v>584</v>
+      </c>
+      <c r="D435">
         <v>11</v>
       </c>
-      <c r="E435" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D436" s="0">
+      <c r="E435" t="s">
+        <v>315</v>
+      </c>
+      <c r="F435" t="s">
+        <v>568</v>
+      </c>
+      <c r="G435" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="436" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A436" t="s">
+        <v>566</v>
+      </c>
+      <c r="B436" t="s">
+        <v>585</v>
+      </c>
+      <c r="D436">
         <v>12</v>
       </c>
-      <c r="E436" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D437" s="0">
+      <c r="E436" t="s">
+        <v>315</v>
+      </c>
+      <c r="F436" t="s">
+        <v>568</v>
+      </c>
+      <c r="G436" t="s">
+        <v>569</v>
+      </c>
+      <c r="H436" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="437" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A437" t="s">
+        <v>566</v>
+      </c>
+      <c r="B437" t="s">
+        <v>586</v>
+      </c>
+      <c r="D437">
         <v>13</v>
       </c>
-      <c r="E437" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D438" s="0">
+      <c r="E437" t="s">
+        <v>315</v>
+      </c>
+      <c r="F437" t="s">
+        <v>568</v>
+      </c>
+      <c r="G437" t="s">
+        <v>569</v>
+      </c>
+      <c r="H437" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="438" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A438" t="s">
+        <v>566</v>
+      </c>
+      <c r="B438" t="s">
+        <v>587</v>
+      </c>
+      <c r="D438">
         <v>14</v>
       </c>
-      <c r="E438" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D439" s="0">
+      <c r="E438" t="s">
+        <v>315</v>
+      </c>
+      <c r="F438" t="s">
+        <v>568</v>
+      </c>
+      <c r="G438" t="s">
+        <v>569</v>
+      </c>
+      <c r="H438" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="439" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A439" t="s">
+        <v>566</v>
+      </c>
+      <c r="B439" t="s">
+        <v>588</v>
+      </c>
+      <c r="D439">
         <v>9</v>
       </c>
-      <c r="E439" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D440" s="0">
+      <c r="E439" t="s">
+        <v>315</v>
+      </c>
+      <c r="F439" t="s">
+        <v>568</v>
+      </c>
+      <c r="G439" t="s">
+        <v>569</v>
+      </c>
+      <c r="H439" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="440" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A440" t="s">
+        <v>566</v>
+      </c>
+      <c r="B440" t="s">
+        <v>589</v>
+      </c>
+      <c r="D440">
         <v>19</v>
       </c>
-      <c r="E440" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D441" s="0">
+      <c r="E440" t="s">
+        <v>315</v>
+      </c>
+      <c r="F440" t="s">
+        <v>568</v>
+      </c>
+      <c r="G440" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="441" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A441" t="s">
+        <v>566</v>
+      </c>
+      <c r="B441" t="s">
+        <v>590</v>
+      </c>
+      <c r="D441">
         <v>20</v>
       </c>
-      <c r="E441" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D442" s="0">
+      <c r="E441" t="s">
+        <v>315</v>
+      </c>
+      <c r="F441" t="s">
+        <v>568</v>
+      </c>
+      <c r="G441" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="442" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A442" t="s">
+        <v>566</v>
+      </c>
+      <c r="B442" t="s">
+        <v>591</v>
+      </c>
+      <c r="D442">
         <v>21</v>
       </c>
-      <c r="E442" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D443" s="0">
+      <c r="E442" t="s">
+        <v>315</v>
+      </c>
+      <c r="F442" t="s">
+        <v>568</v>
+      </c>
+      <c r="G442" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="443" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A443" t="s">
+        <v>566</v>
+      </c>
+      <c r="B443" t="s">
+        <v>592</v>
+      </c>
+      <c r="D443">
         <v>103</v>
       </c>
-      <c r="E443" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D444" s="0">
+      <c r="E443" t="s">
+        <v>315</v>
+      </c>
+      <c r="F443" t="s">
+        <v>568</v>
+      </c>
+      <c r="G443" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="444" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A444" t="s">
+        <v>566</v>
+      </c>
+      <c r="B444" t="s">
+        <v>593</v>
+      </c>
+      <c r="D444">
         <v>104</v>
       </c>
-      <c r="E444" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D445" s="0">
+      <c r="E444" t="s">
+        <v>315</v>
+      </c>
+      <c r="F444" t="s">
+        <v>568</v>
+      </c>
+      <c r="G444" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="445" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A445" t="s">
+        <v>566</v>
+      </c>
+      <c r="B445" t="s">
+        <v>594</v>
+      </c>
+      <c r="D445">
         <v>101</v>
       </c>
-      <c r="E445" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L445" s="0">
+      <c r="E445" t="s">
+        <v>595</v>
+      </c>
+      <c r="F445" t="s">
+        <v>568</v>
+      </c>
+      <c r="G445" t="s">
+        <v>569</v>
+      </c>
+      <c r="K445">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L445">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="446">
-[...10 lines deleted...]
-      <c r="D446" s="0">
+    <row r="446" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A446" t="s">
+        <v>596</v>
+      </c>
+      <c r="B446" t="s">
+        <v>597</v>
+      </c>
+      <c r="D446">
         <v>58</v>
       </c>
-      <c r="E446" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D447" s="0">
+      <c r="E446" t="s">
+        <v>598</v>
+      </c>
+      <c r="F446" t="s">
+        <v>599</v>
+      </c>
+      <c r="G446" t="s">
+        <v>600</v>
+      </c>
+      <c r="K446">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L446">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="447" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A447" t="s">
+        <v>596</v>
+      </c>
+      <c r="B447" t="s">
+        <v>203</v>
+      </c>
+      <c r="D447">
         <v>3</v>
       </c>
-      <c r="E447" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D448" s="0">
+      <c r="E447" t="s">
+        <v>598</v>
+      </c>
+      <c r="F447" t="s">
+        <v>599</v>
+      </c>
+      <c r="G447" t="s">
+        <v>600</v>
+      </c>
+      <c r="K447">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L447">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="448" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A448" t="s">
+        <v>596</v>
+      </c>
+      <c r="B448" t="s">
+        <v>204</v>
+      </c>
+      <c r="D448">
         <v>59</v>
       </c>
-      <c r="E448" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D449" s="0">
+      <c r="E448" t="s">
+        <v>598</v>
+      </c>
+      <c r="F448" t="s">
+        <v>599</v>
+      </c>
+      <c r="G448" t="s">
+        <v>600</v>
+      </c>
+      <c r="K448">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L448">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="449" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A449" t="s">
+        <v>596</v>
+      </c>
+      <c r="B449" t="s">
+        <v>601</v>
+      </c>
+      <c r="D449">
         <v>60</v>
       </c>
-      <c r="E449" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D450" s="0">
+      <c r="E449" t="s">
+        <v>598</v>
+      </c>
+      <c r="F449" t="s">
+        <v>599</v>
+      </c>
+      <c r="G449" t="s">
+        <v>600</v>
+      </c>
+      <c r="K449">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L449">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="450" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A450" t="s">
+        <v>596</v>
+      </c>
+      <c r="B450" t="s">
+        <v>205</v>
+      </c>
+      <c r="D450">
         <v>4</v>
       </c>
-      <c r="E450" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D451" s="0">
+      <c r="E450" t="s">
+        <v>598</v>
+      </c>
+      <c r="F450" t="s">
+        <v>599</v>
+      </c>
+      <c r="G450" t="s">
+        <v>600</v>
+      </c>
+      <c r="K450">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L450">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="451" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A451" t="s">
+        <v>596</v>
+      </c>
+      <c r="B451" t="s">
+        <v>206</v>
+      </c>
+      <c r="D451">
         <v>5</v>
       </c>
-      <c r="E451" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D452" s="0">
+      <c r="E451" t="s">
+        <v>598</v>
+      </c>
+      <c r="F451" t="s">
+        <v>599</v>
+      </c>
+      <c r="G451" t="s">
+        <v>600</v>
+      </c>
+      <c r="K451">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L451">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="452" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A452" t="s">
+        <v>596</v>
+      </c>
+      <c r="B452" t="s">
+        <v>207</v>
+      </c>
+      <c r="D452">
         <v>61</v>
       </c>
-      <c r="E452" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D453" s="0">
+      <c r="E452" t="s">
+        <v>598</v>
+      </c>
+      <c r="F452" t="s">
+        <v>599</v>
+      </c>
+      <c r="G452" t="s">
+        <v>600</v>
+      </c>
+      <c r="K452">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L452">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="453" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A453" t="s">
+        <v>596</v>
+      </c>
+      <c r="B453" t="s">
+        <v>208</v>
+      </c>
+      <c r="D453">
         <v>6</v>
       </c>
-      <c r="E453" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D454" s="0">
+      <c r="E453" t="s">
+        <v>598</v>
+      </c>
+      <c r="F453" t="s">
+        <v>599</v>
+      </c>
+      <c r="G453" t="s">
+        <v>600</v>
+      </c>
+      <c r="K453">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L453">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="454" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A454" t="s">
+        <v>596</v>
+      </c>
+      <c r="B454" t="s">
+        <v>209</v>
+      </c>
+      <c r="D454">
         <v>7</v>
       </c>
-      <c r="E454" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D455" s="0">
+      <c r="E454" t="s">
+        <v>598</v>
+      </c>
+      <c r="F454" t="s">
+        <v>599</v>
+      </c>
+      <c r="G454" t="s">
+        <v>600</v>
+      </c>
+      <c r="K454">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L454">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="455" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A455" t="s">
+        <v>596</v>
+      </c>
+      <c r="B455" t="s">
+        <v>602</v>
+      </c>
+      <c r="D455">
         <v>62</v>
       </c>
-      <c r="E455" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D456" s="0">
+      <c r="E455" t="s">
+        <v>598</v>
+      </c>
+      <c r="F455" t="s">
+        <v>599</v>
+      </c>
+      <c r="G455" t="s">
+        <v>600</v>
+      </c>
+      <c r="K455">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L455">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="456" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A456" t="s">
+        <v>596</v>
+      </c>
+      <c r="B456" t="s">
+        <v>211</v>
+      </c>
+      <c r="D456">
         <v>8</v>
       </c>
-      <c r="E456" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D457" s="0">
+      <c r="E456" t="s">
+        <v>598</v>
+      </c>
+      <c r="F456" t="s">
+        <v>599</v>
+      </c>
+      <c r="G456" t="s">
+        <v>600</v>
+      </c>
+      <c r="K456">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L456">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="457" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A457" t="s">
+        <v>596</v>
+      </c>
+      <c r="B457" t="s">
+        <v>212</v>
+      </c>
+      <c r="D457">
         <v>63</v>
       </c>
-      <c r="E457" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D458" s="0">
+      <c r="E457" t="s">
+        <v>598</v>
+      </c>
+      <c r="F457" t="s">
+        <v>599</v>
+      </c>
+      <c r="G457" t="s">
+        <v>600</v>
+      </c>
+      <c r="K457">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L457">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="458" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A458" t="s">
+        <v>596</v>
+      </c>
+      <c r="B458" t="s">
+        <v>510</v>
+      </c>
+      <c r="D458">
         <v>64</v>
       </c>
-      <c r="E458" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D459" s="0">
+      <c r="E458" t="s">
+        <v>598</v>
+      </c>
+      <c r="F458" t="s">
+        <v>599</v>
+      </c>
+      <c r="G458" t="s">
+        <v>600</v>
+      </c>
+      <c r="K458">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L458">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="459" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A459" t="s">
+        <v>596</v>
+      </c>
+      <c r="B459" t="s">
+        <v>213</v>
+      </c>
+      <c r="D459">
         <v>9</v>
       </c>
-      <c r="E459" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D460" s="0">
+      <c r="E459" t="s">
+        <v>598</v>
+      </c>
+      <c r="F459" t="s">
+        <v>599</v>
+      </c>
+      <c r="G459" t="s">
+        <v>600</v>
+      </c>
+      <c r="K459">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L459">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="460" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A460" t="s">
+        <v>596</v>
+      </c>
+      <c r="B460" t="s">
+        <v>512</v>
+      </c>
+      <c r="D460">
         <v>65</v>
       </c>
-      <c r="E460" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D461" s="0">
+      <c r="E460" t="s">
+        <v>598</v>
+      </c>
+      <c r="F460" t="s">
+        <v>599</v>
+      </c>
+      <c r="G460" t="s">
+        <v>600</v>
+      </c>
+      <c r="K460">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L460">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="461" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A461" t="s">
+        <v>596</v>
+      </c>
+      <c r="B461" t="s">
+        <v>513</v>
+      </c>
+      <c r="D461">
         <v>66</v>
       </c>
-      <c r="E461" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D462" s="0">
+      <c r="E461" t="s">
+        <v>598</v>
+      </c>
+      <c r="F461" t="s">
+        <v>599</v>
+      </c>
+      <c r="G461" t="s">
+        <v>600</v>
+      </c>
+      <c r="K461">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L461">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="462" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A462" t="s">
+        <v>596</v>
+      </c>
+      <c r="B462" t="s">
+        <v>515</v>
+      </c>
+      <c r="D462">
         <v>67</v>
       </c>
-      <c r="E462" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D463" s="0">
+      <c r="E462" t="s">
+        <v>598</v>
+      </c>
+      <c r="F462" t="s">
+        <v>599</v>
+      </c>
+      <c r="G462" t="s">
+        <v>600</v>
+      </c>
+      <c r="K462">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L462">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="463" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A463" t="s">
+        <v>596</v>
+      </c>
+      <c r="B463" t="s">
+        <v>603</v>
+      </c>
+      <c r="D463">
         <v>70</v>
       </c>
-      <c r="E463" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D464" s="0">
+      <c r="E463" t="s">
+        <v>598</v>
+      </c>
+      <c r="F463" t="s">
+        <v>599</v>
+      </c>
+      <c r="G463" t="s">
+        <v>600</v>
+      </c>
+      <c r="K463">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L463">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="464" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A464" t="s">
+        <v>596</v>
+      </c>
+      <c r="B464" t="s">
+        <v>604</v>
+      </c>
+      <c r="D464">
         <v>72</v>
       </c>
-      <c r="E464" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D465" s="0">
+      <c r="E464" t="s">
+        <v>598</v>
+      </c>
+      <c r="F464" t="s">
+        <v>599</v>
+      </c>
+      <c r="G464" t="s">
+        <v>600</v>
+      </c>
+      <c r="K464">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L464">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="465" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A465" t="s">
+        <v>596</v>
+      </c>
+      <c r="B465" t="s">
+        <v>605</v>
+      </c>
+      <c r="D465">
         <v>69</v>
       </c>
-      <c r="E465" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D466" s="0">
+      <c r="E465" t="s">
+        <v>598</v>
+      </c>
+      <c r="F465" t="s">
+        <v>599</v>
+      </c>
+      <c r="G465" t="s">
+        <v>600</v>
+      </c>
+      <c r="K465">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L465">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="466" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A466" t="s">
+        <v>596</v>
+      </c>
+      <c r="B466" t="s">
+        <v>606</v>
+      </c>
+      <c r="D466">
         <v>71</v>
       </c>
-      <c r="E466" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D467" s="0">
+      <c r="E466" t="s">
+        <v>598</v>
+      </c>
+      <c r="F466" t="s">
+        <v>599</v>
+      </c>
+      <c r="G466" t="s">
+        <v>600</v>
+      </c>
+      <c r="K466">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L466">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="467" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A467" t="s">
+        <v>596</v>
+      </c>
+      <c r="B467" t="s">
+        <v>607</v>
+      </c>
+      <c r="D467">
         <v>1</v>
       </c>
-      <c r="E467" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D468" s="0">
+      <c r="E467" t="s">
+        <v>598</v>
+      </c>
+      <c r="F467" t="s">
+        <v>599</v>
+      </c>
+      <c r="G467" t="s">
+        <v>600</v>
+      </c>
+      <c r="K467">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L467">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="468" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A468" t="s">
+        <v>596</v>
+      </c>
+      <c r="B468" t="s">
+        <v>608</v>
+      </c>
+      <c r="D468">
         <v>2</v>
       </c>
-      <c r="E468" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D469" s="0">
+      <c r="E468" t="s">
+        <v>598</v>
+      </c>
+      <c r="F468" t="s">
+        <v>599</v>
+      </c>
+      <c r="G468" t="s">
+        <v>600</v>
+      </c>
+      <c r="K468">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L468">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="469" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A469" t="s">
+        <v>596</v>
+      </c>
+      <c r="B469" t="s">
+        <v>186</v>
+      </c>
+      <c r="D469">
         <v>77</v>
       </c>
-      <c r="E469" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D470" s="0">
+      <c r="E469" t="s">
+        <v>598</v>
+      </c>
+      <c r="F469" t="s">
+        <v>599</v>
+      </c>
+      <c r="G469" t="s">
+        <v>600</v>
+      </c>
+      <c r="K469">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L469">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="470" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A470" t="s">
+        <v>596</v>
+      </c>
+      <c r="B470" t="s">
+        <v>609</v>
+      </c>
+      <c r="D470">
         <v>73</v>
       </c>
-      <c r="E470" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D471" s="0">
+      <c r="E470" t="s">
+        <v>598</v>
+      </c>
+      <c r="F470" t="s">
+        <v>599</v>
+      </c>
+      <c r="G470" t="s">
+        <v>600</v>
+      </c>
+      <c r="K470">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L470">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="471" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A471" t="s">
+        <v>596</v>
+      </c>
+      <c r="B471" t="s">
+        <v>610</v>
+      </c>
+      <c r="D471">
         <v>74</v>
       </c>
-      <c r="E471" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D472" s="0">
+      <c r="E471" t="s">
+        <v>598</v>
+      </c>
+      <c r="F471" t="s">
+        <v>599</v>
+      </c>
+      <c r="G471" t="s">
+        <v>600</v>
+      </c>
+      <c r="K471">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L471">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="472" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A472" t="s">
+        <v>596</v>
+      </c>
+      <c r="B472" t="s">
+        <v>611</v>
+      </c>
+      <c r="D472">
         <v>81</v>
       </c>
-      <c r="E472" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D473" s="0">
+      <c r="E472" t="s">
+        <v>598</v>
+      </c>
+      <c r="F472" t="s">
+        <v>599</v>
+      </c>
+      <c r="G472" t="s">
+        <v>600</v>
+      </c>
+      <c r="K472">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L472">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="473" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A473" t="s">
+        <v>596</v>
+      </c>
+      <c r="B473" t="s">
+        <v>612</v>
+      </c>
+      <c r="D473">
         <v>86</v>
       </c>
-      <c r="E473" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D474" s="0">
+      <c r="E473" t="s">
+        <v>598</v>
+      </c>
+      <c r="F473" t="s">
+        <v>599</v>
+      </c>
+      <c r="G473" t="s">
+        <v>600</v>
+      </c>
+      <c r="K473">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L473">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="474" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A474" t="s">
+        <v>596</v>
+      </c>
+      <c r="B474" t="s">
+        <v>613</v>
+      </c>
+      <c r="D474">
         <v>76</v>
       </c>
-      <c r="E474" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D475" s="0">
+      <c r="E474" t="s">
+        <v>598</v>
+      </c>
+      <c r="F474" t="s">
+        <v>599</v>
+      </c>
+      <c r="G474" t="s">
+        <v>600</v>
+      </c>
+      <c r="K474">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L474">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="475" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A475" t="s">
+        <v>596</v>
+      </c>
+      <c r="B475" t="s">
+        <v>188</v>
+      </c>
+      <c r="D475">
         <v>78</v>
       </c>
-      <c r="E475" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D476" s="0">
+      <c r="E475" t="s">
+        <v>598</v>
+      </c>
+      <c r="F475" t="s">
+        <v>599</v>
+      </c>
+      <c r="G475" t="s">
+        <v>600</v>
+      </c>
+      <c r="K475">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L475">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="476" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A476" t="s">
+        <v>596</v>
+      </c>
+      <c r="B476" t="s">
+        <v>614</v>
+      </c>
+      <c r="D476">
         <v>83</v>
       </c>
-      <c r="E476" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D477" s="0">
+      <c r="E476" t="s">
+        <v>598</v>
+      </c>
+      <c r="F476" t="s">
+        <v>599</v>
+      </c>
+      <c r="G476" t="s">
+        <v>600</v>
+      </c>
+      <c r="K476">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L476">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="477" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A477" t="s">
+        <v>596</v>
+      </c>
+      <c r="B477" t="s">
+        <v>189</v>
+      </c>
+      <c r="D477">
         <v>79</v>
       </c>
-      <c r="E477" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D478" s="0">
+      <c r="E477" t="s">
+        <v>598</v>
+      </c>
+      <c r="F477" t="s">
+        <v>599</v>
+      </c>
+      <c r="G477" t="s">
+        <v>600</v>
+      </c>
+      <c r="K477">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L477">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="478" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A478" t="s">
+        <v>596</v>
+      </c>
+      <c r="B478" t="s">
+        <v>615</v>
+      </c>
+      <c r="D478">
         <v>75</v>
       </c>
-      <c r="E478" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D479" s="0">
+      <c r="E478" t="s">
+        <v>598</v>
+      </c>
+      <c r="F478" t="s">
+        <v>599</v>
+      </c>
+      <c r="G478" t="s">
+        <v>600</v>
+      </c>
+      <c r="K478">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L478">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="479" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A479" t="s">
+        <v>596</v>
+      </c>
+      <c r="B479" t="s">
+        <v>214</v>
+      </c>
+      <c r="D479">
         <v>84</v>
       </c>
-      <c r="E479" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D480" s="0">
+      <c r="E479" t="s">
+        <v>598</v>
+      </c>
+      <c r="F479" t="s">
+        <v>599</v>
+      </c>
+      <c r="G479" t="s">
+        <v>600</v>
+      </c>
+      <c r="K479">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L479">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="480" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A480" t="s">
+        <v>596</v>
+      </c>
+      <c r="B480" t="s">
+        <v>616</v>
+      </c>
+      <c r="D480">
         <v>47</v>
       </c>
-      <c r="E480" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D481" s="0">
+      <c r="E480" t="s">
+        <v>598</v>
+      </c>
+      <c r="F480" t="s">
+        <v>599</v>
+      </c>
+      <c r="G480" t="s">
+        <v>600</v>
+      </c>
+      <c r="K480">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L480">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="481" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A481" t="s">
+        <v>596</v>
+      </c>
+      <c r="B481" t="s">
+        <v>617</v>
+      </c>
+      <c r="D481">
         <v>48</v>
       </c>
-      <c r="E481" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D482" s="0">
+      <c r="E481" t="s">
+        <v>598</v>
+      </c>
+      <c r="F481" t="s">
+        <v>599</v>
+      </c>
+      <c r="G481" t="s">
+        <v>600</v>
+      </c>
+      <c r="K481">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L481">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="482" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A482" t="s">
+        <v>596</v>
+      </c>
+      <c r="B482" t="s">
+        <v>190</v>
+      </c>
+      <c r="D482">
         <v>80</v>
       </c>
-      <c r="E482" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D483" s="0">
+      <c r="E482" t="s">
+        <v>598</v>
+      </c>
+      <c r="F482" t="s">
+        <v>599</v>
+      </c>
+      <c r="G482" t="s">
+        <v>600</v>
+      </c>
+      <c r="K482">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L482">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="483" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A483" t="s">
+        <v>596</v>
+      </c>
+      <c r="B483" t="s">
+        <v>197</v>
+      </c>
+      <c r="D483">
         <v>68</v>
       </c>
-      <c r="E483" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D484" s="0">
+      <c r="E483" t="s">
+        <v>598</v>
+      </c>
+      <c r="F483" t="s">
+        <v>599</v>
+      </c>
+      <c r="G483" t="s">
+        <v>600</v>
+      </c>
+      <c r="K483">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L483">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="484" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A484" t="s">
+        <v>596</v>
+      </c>
+      <c r="B484" t="s">
+        <v>618</v>
+      </c>
+      <c r="D484">
         <v>82</v>
       </c>
-      <c r="E484" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D485" s="0">
+      <c r="E484" t="s">
+        <v>598</v>
+      </c>
+      <c r="F484" t="s">
+        <v>599</v>
+      </c>
+      <c r="G484" t="s">
+        <v>600</v>
+      </c>
+      <c r="K484">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L484">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="485" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A485" t="s">
+        <v>596</v>
+      </c>
+      <c r="B485" t="s">
+        <v>619</v>
+      </c>
+      <c r="D485">
         <v>85</v>
       </c>
-      <c r="E485" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D486" s="0">
+      <c r="E485" t="s">
+        <v>598</v>
+      </c>
+      <c r="F485" t="s">
+        <v>599</v>
+      </c>
+      <c r="G485" t="s">
+        <v>600</v>
+      </c>
+      <c r="K485">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L485">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="486" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A486" t="s">
+        <v>596</v>
+      </c>
+      <c r="B486" t="s">
+        <v>620</v>
+      </c>
+      <c r="D486">
         <v>50</v>
       </c>
-      <c r="E486" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D487" s="0">
+      <c r="E486" t="s">
+        <v>598</v>
+      </c>
+      <c r="F486" t="s">
+        <v>74</v>
+      </c>
+      <c r="G486" t="s">
+        <v>621</v>
+      </c>
+      <c r="K486">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L486">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="487" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A487" t="s">
+        <v>596</v>
+      </c>
+      <c r="B487" t="s">
+        <v>622</v>
+      </c>
+      <c r="D487">
         <v>52</v>
       </c>
-      <c r="E487" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D488" s="0">
+      <c r="E487" t="s">
+        <v>598</v>
+      </c>
+      <c r="F487" t="s">
+        <v>74</v>
+      </c>
+      <c r="G487" t="s">
+        <v>621</v>
+      </c>
+      <c r="K487">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L487">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="488" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A488" t="s">
+        <v>596</v>
+      </c>
+      <c r="B488" t="s">
+        <v>623</v>
+      </c>
+      <c r="D488">
         <v>51</v>
       </c>
-      <c r="E488" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D489" s="0">
+      <c r="E488" t="s">
+        <v>598</v>
+      </c>
+      <c r="F488" t="s">
+        <v>74</v>
+      </c>
+      <c r="G488" t="s">
+        <v>621</v>
+      </c>
+      <c r="K488">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L488">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="489" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A489" t="s">
+        <v>596</v>
+      </c>
+      <c r="B489" t="s">
+        <v>72</v>
+      </c>
+      <c r="D489">
         <v>10</v>
       </c>
-      <c r="E489" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D490" s="0">
+      <c r="E489" t="s">
+        <v>598</v>
+      </c>
+      <c r="F489" t="s">
+        <v>74</v>
+      </c>
+      <c r="G489" t="s">
+        <v>621</v>
+      </c>
+      <c r="K489">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L489">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="490" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A490" t="s">
+        <v>596</v>
+      </c>
+      <c r="B490" t="s">
+        <v>79</v>
+      </c>
+      <c r="D490">
         <v>11</v>
       </c>
-      <c r="E490" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D491" s="0">
+      <c r="E490" t="s">
+        <v>598</v>
+      </c>
+      <c r="F490" t="s">
+        <v>74</v>
+      </c>
+      <c r="G490" t="s">
+        <v>621</v>
+      </c>
+      <c r="K490">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L490">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="491" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A491" t="s">
+        <v>596</v>
+      </c>
+      <c r="B491" t="s">
+        <v>82</v>
+      </c>
+      <c r="D491">
         <v>14</v>
       </c>
-      <c r="E491" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D492" s="0">
+      <c r="E491" t="s">
+        <v>598</v>
+      </c>
+      <c r="F491" t="s">
+        <v>74</v>
+      </c>
+      <c r="G491" t="s">
+        <v>621</v>
+      </c>
+      <c r="K491">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L491">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="492" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A492" t="s">
+        <v>596</v>
+      </c>
+      <c r="B492" t="s">
+        <v>84</v>
+      </c>
+      <c r="D492">
         <v>17</v>
       </c>
-      <c r="E492" s="0" t="inlineStr">
-[...74 lines deleted...]
-      <c r="D494" s="0">
+      <c r="E492" t="s">
+        <v>598</v>
+      </c>
+      <c r="F492" t="s">
+        <v>74</v>
+      </c>
+      <c r="G492" t="s">
+        <v>621</v>
+      </c>
+      <c r="K492">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L492">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="493" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A493" t="s">
+        <v>596</v>
+      </c>
+      <c r="B493" t="s">
+        <v>87</v>
+      </c>
+      <c r="D493">
+        <v>25</v>
+      </c>
+      <c r="E493" t="s">
+        <v>598</v>
+      </c>
+      <c r="F493" t="s">
+        <v>74</v>
+      </c>
+      <c r="G493" t="s">
+        <v>621</v>
+      </c>
+      <c r="K493">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L493">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="494" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A494" t="s">
+        <v>596</v>
+      </c>
+      <c r="B494" t="s">
+        <v>89</v>
+      </c>
+      <c r="D494">
         <v>20</v>
       </c>
-      <c r="E494" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D495" s="0">
+      <c r="E494" t="s">
+        <v>598</v>
+      </c>
+      <c r="F494" t="s">
+        <v>74</v>
+      </c>
+      <c r="G494" t="s">
+        <v>621</v>
+      </c>
+      <c r="K494">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L494">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="495" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A495" t="s">
+        <v>596</v>
+      </c>
+      <c r="B495" t="s">
+        <v>624</v>
+      </c>
+      <c r="D495">
         <v>22</v>
       </c>
-      <c r="E495" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D496" s="0">
+      <c r="E495" t="s">
+        <v>598</v>
+      </c>
+      <c r="F495" t="s">
+        <v>74</v>
+      </c>
+      <c r="G495" t="s">
+        <v>621</v>
+      </c>
+      <c r="K495">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L495">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="496" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A496" t="s">
+        <v>596</v>
+      </c>
+      <c r="B496" t="s">
+        <v>625</v>
+      </c>
+      <c r="D496">
         <v>24</v>
       </c>
-      <c r="E496" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D497" s="0">
+      <c r="E496" t="s">
+        <v>598</v>
+      </c>
+      <c r="F496" t="s">
+        <v>74</v>
+      </c>
+      <c r="G496" t="s">
+        <v>621</v>
+      </c>
+      <c r="K496">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L496">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="497" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A497" t="s">
+        <v>596</v>
+      </c>
+      <c r="B497" t="s">
+        <v>626</v>
+      </c>
+      <c r="D497">
         <v>23</v>
       </c>
-      <c r="E497" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D498" s="0">
+      <c r="E497" t="s">
+        <v>598</v>
+      </c>
+      <c r="F497" t="s">
+        <v>74</v>
+      </c>
+      <c r="G497" t="s">
+        <v>621</v>
+      </c>
+      <c r="K497">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L497">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="498" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A498" t="s">
+        <v>596</v>
+      </c>
+      <c r="B498" t="s">
+        <v>90</v>
+      </c>
+      <c r="D498">
         <v>165</v>
       </c>
-      <c r="E498" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D499" s="0">
+      <c r="E498" t="s">
+        <v>598</v>
+      </c>
+      <c r="F498" t="s">
+        <v>74</v>
+      </c>
+      <c r="G498" t="s">
+        <v>621</v>
+      </c>
+      <c r="K498">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L498">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="499" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A499" t="s">
+        <v>596</v>
+      </c>
+      <c r="B499" t="s">
+        <v>627</v>
+      </c>
+      <c r="D499">
         <v>26</v>
       </c>
-      <c r="E499" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D500" s="0">
+      <c r="E499" t="s">
+        <v>598</v>
+      </c>
+      <c r="F499" t="s">
+        <v>74</v>
+      </c>
+      <c r="G499" t="s">
+        <v>621</v>
+      </c>
+      <c r="K499">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L499">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="500" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A500" t="s">
+        <v>596</v>
+      </c>
+      <c r="B500" t="s">
+        <v>91</v>
+      </c>
+      <c r="D500">
         <v>21</v>
       </c>
-      <c r="E500" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D501" s="0">
+      <c r="E500" t="s">
+        <v>598</v>
+      </c>
+      <c r="F500" t="s">
+        <v>74</v>
+      </c>
+      <c r="G500" t="s">
+        <v>621</v>
+      </c>
+      <c r="K500">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L500">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="501" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A501" t="s">
+        <v>596</v>
+      </c>
+      <c r="B501" t="s">
+        <v>94</v>
+      </c>
+      <c r="D501">
         <v>18</v>
       </c>
-      <c r="E501" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D502" s="0">
+      <c r="E501" t="s">
+        <v>598</v>
+      </c>
+      <c r="F501" t="s">
+        <v>74</v>
+      </c>
+      <c r="G501" t="s">
+        <v>621</v>
+      </c>
+      <c r="K501">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L501">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="502" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A502" t="s">
+        <v>596</v>
+      </c>
+      <c r="B502" t="s">
+        <v>628</v>
+      </c>
+      <c r="D502">
         <v>19</v>
       </c>
-      <c r="E502" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D503" s="0">
+      <c r="E502" t="s">
+        <v>598</v>
+      </c>
+      <c r="F502" t="s">
+        <v>74</v>
+      </c>
+      <c r="G502" t="s">
+        <v>621</v>
+      </c>
+      <c r="K502">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L502">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="503" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A503" t="s">
+        <v>596</v>
+      </c>
+      <c r="B503" t="s">
+        <v>629</v>
+      </c>
+      <c r="D503">
         <v>28</v>
       </c>
-      <c r="E503" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D504" s="0">
+      <c r="E503" t="s">
+        <v>598</v>
+      </c>
+      <c r="F503" t="s">
+        <v>74</v>
+      </c>
+      <c r="G503" t="s">
+        <v>621</v>
+      </c>
+      <c r="K503">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L503">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="504" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A504" t="s">
+        <v>596</v>
+      </c>
+      <c r="B504" t="s">
+        <v>97</v>
+      </c>
+      <c r="D504">
         <v>15</v>
       </c>
-      <c r="E504" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D505" s="0">
+      <c r="E504" t="s">
+        <v>598</v>
+      </c>
+      <c r="F504" t="s">
+        <v>74</v>
+      </c>
+      <c r="G504" t="s">
+        <v>621</v>
+      </c>
+      <c r="K504">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L504">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="505" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A505" t="s">
+        <v>596</v>
+      </c>
+      <c r="B505" t="s">
+        <v>96</v>
+      </c>
+      <c r="D505">
         <v>12</v>
       </c>
-      <c r="E505" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D506" s="0">
+      <c r="E505" t="s">
+        <v>598</v>
+      </c>
+      <c r="F505" t="s">
+        <v>74</v>
+      </c>
+      <c r="G505" t="s">
+        <v>621</v>
+      </c>
+      <c r="K505">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L505">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="506" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A506" t="s">
+        <v>596</v>
+      </c>
+      <c r="B506" t="s">
+        <v>99</v>
+      </c>
+      <c r="D506">
         <v>27</v>
       </c>
-      <c r="E506" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D507" s="0">
+      <c r="E506" t="s">
+        <v>598</v>
+      </c>
+      <c r="F506" t="s">
+        <v>74</v>
+      </c>
+      <c r="G506" t="s">
+        <v>621</v>
+      </c>
+      <c r="K506">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L506">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="507" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A507" t="s">
+        <v>596</v>
+      </c>
+      <c r="B507" t="s">
+        <v>102</v>
+      </c>
+      <c r="D507">
         <v>49</v>
       </c>
-      <c r="E507" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D508" s="0">
+      <c r="E507" t="s">
+        <v>598</v>
+      </c>
+      <c r="F507" t="s">
+        <v>74</v>
+      </c>
+      <c r="G507" t="s">
+        <v>621</v>
+      </c>
+      <c r="K507">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L507">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="508" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A508" t="s">
+        <v>596</v>
+      </c>
+      <c r="B508" t="s">
+        <v>531</v>
+      </c>
+      <c r="D508">
         <v>53</v>
       </c>
-      <c r="E508" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D509" s="0">
+      <c r="E508" t="s">
+        <v>598</v>
+      </c>
+      <c r="F508" t="s">
+        <v>74</v>
+      </c>
+      <c r="G508" t="s">
+        <v>621</v>
+      </c>
+      <c r="K508">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L508">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="509" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A509" t="s">
+        <v>596</v>
+      </c>
+      <c r="B509" t="s">
+        <v>103</v>
+      </c>
+      <c r="D509">
         <v>13</v>
       </c>
-      <c r="E509" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D510" s="0">
+      <c r="E509" t="s">
+        <v>598</v>
+      </c>
+      <c r="F509" t="s">
+        <v>74</v>
+      </c>
+      <c r="G509" t="s">
+        <v>621</v>
+      </c>
+      <c r="K509">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L509">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="510" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A510" t="s">
+        <v>596</v>
+      </c>
+      <c r="B510" t="s">
+        <v>104</v>
+      </c>
+      <c r="D510">
         <v>16</v>
       </c>
-      <c r="E510" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D511" s="0">
+      <c r="E510" t="s">
+        <v>598</v>
+      </c>
+      <c r="F510" t="s">
+        <v>74</v>
+      </c>
+      <c r="G510" t="s">
+        <v>621</v>
+      </c>
+      <c r="K510">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L510">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="511" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A511" t="s">
+        <v>596</v>
+      </c>
+      <c r="B511" t="s">
+        <v>567</v>
+      </c>
+      <c r="D511">
         <v>29</v>
       </c>
-      <c r="E511" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D512" s="0">
+      <c r="E511" t="s">
+        <v>598</v>
+      </c>
+      <c r="F511" t="s">
+        <v>630</v>
+      </c>
+      <c r="G511" t="s">
+        <v>631</v>
+      </c>
+      <c r="K511">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L511">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="512" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A512" t="s">
+        <v>596</v>
+      </c>
+      <c r="B512" t="s">
+        <v>570</v>
+      </c>
+      <c r="D512">
         <v>30</v>
       </c>
-      <c r="E512" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D513" s="0">
+      <c r="E512" t="s">
+        <v>598</v>
+      </c>
+      <c r="F512" t="s">
+        <v>630</v>
+      </c>
+      <c r="G512" t="s">
+        <v>631</v>
+      </c>
+      <c r="K512">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L512">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="513" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A513" t="s">
+        <v>596</v>
+      </c>
+      <c r="B513" t="s">
+        <v>572</v>
+      </c>
+      <c r="D513">
         <v>54</v>
       </c>
-      <c r="E513" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D514" s="0">
+      <c r="E513" t="s">
+        <v>598</v>
+      </c>
+      <c r="F513" t="s">
+        <v>630</v>
+      </c>
+      <c r="G513" t="s">
+        <v>631</v>
+      </c>
+      <c r="K513">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L513">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="514" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A514" t="s">
+        <v>596</v>
+      </c>
+      <c r="B514" t="s">
+        <v>573</v>
+      </c>
+      <c r="D514">
         <v>55</v>
       </c>
-      <c r="E514" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D515" s="0">
+      <c r="E514" t="s">
+        <v>598</v>
+      </c>
+      <c r="F514" t="s">
+        <v>630</v>
+      </c>
+      <c r="G514" t="s">
+        <v>631</v>
+      </c>
+      <c r="K514">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L514">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="515" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A515" t="s">
+        <v>596</v>
+      </c>
+      <c r="B515" t="s">
+        <v>574</v>
+      </c>
+      <c r="D515">
         <v>31</v>
       </c>
-      <c r="E515" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D516" s="0">
+      <c r="E515" t="s">
+        <v>598</v>
+      </c>
+      <c r="F515" t="s">
+        <v>630</v>
+      </c>
+      <c r="G515" t="s">
+        <v>631</v>
+      </c>
+      <c r="K515">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L515">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="516" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A516" t="s">
+        <v>596</v>
+      </c>
+      <c r="B516" t="s">
+        <v>575</v>
+      </c>
+      <c r="D516">
         <v>32</v>
       </c>
-      <c r="E516" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D517" s="0">
+      <c r="E516" t="s">
+        <v>598</v>
+      </c>
+      <c r="F516" t="s">
+        <v>630</v>
+      </c>
+      <c r="G516" t="s">
+        <v>631</v>
+      </c>
+      <c r="K516">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L516">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="517" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A517" t="s">
+        <v>596</v>
+      </c>
+      <c r="B517" t="s">
+        <v>578</v>
+      </c>
+      <c r="D517">
         <v>33</v>
       </c>
-      <c r="E517" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D518" s="0">
+      <c r="E517" t="s">
+        <v>598</v>
+      </c>
+      <c r="F517" t="s">
+        <v>630</v>
+      </c>
+      <c r="G517" t="s">
+        <v>631</v>
+      </c>
+      <c r="K517">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L517">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="518" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A518" t="s">
+        <v>596</v>
+      </c>
+      <c r="B518" t="s">
+        <v>579</v>
+      </c>
+      <c r="D518">
         <v>34</v>
       </c>
-      <c r="E518" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D519" s="0">
+      <c r="E518" t="s">
+        <v>598</v>
+      </c>
+      <c r="F518" t="s">
+        <v>630</v>
+      </c>
+      <c r="G518" t="s">
+        <v>631</v>
+      </c>
+      <c r="K518">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L518">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="519" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A519" t="s">
+        <v>596</v>
+      </c>
+      <c r="B519" t="s">
+        <v>581</v>
+      </c>
+      <c r="D519">
         <v>56</v>
       </c>
-      <c r="E519" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D520" s="0">
+      <c r="E519" t="s">
+        <v>598</v>
+      </c>
+      <c r="F519" t="s">
+        <v>630</v>
+      </c>
+      <c r="G519" t="s">
+        <v>631</v>
+      </c>
+      <c r="K519">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L519">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="520" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A520" t="s">
+        <v>596</v>
+      </c>
+      <c r="B520" t="s">
+        <v>582</v>
+      </c>
+      <c r="D520">
         <v>57</v>
       </c>
-      <c r="E520" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D521" s="0">
+      <c r="E520" t="s">
+        <v>598</v>
+      </c>
+      <c r="F520" t="s">
+        <v>630</v>
+      </c>
+      <c r="G520" t="s">
+        <v>631</v>
+      </c>
+      <c r="K520">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L520">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="521" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A521" t="s">
+        <v>596</v>
+      </c>
+      <c r="B521" t="s">
+        <v>269</v>
+      </c>
+      <c r="D521">
         <v>88</v>
       </c>
-      <c r="E521" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D522" s="0">
+      <c r="E521" t="s">
+        <v>598</v>
+      </c>
+      <c r="F521" t="s">
+        <v>632</v>
+      </c>
+      <c r="G521" t="s">
+        <v>633</v>
+      </c>
+      <c r="K521">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L521">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="522" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A522" t="s">
+        <v>596</v>
+      </c>
+      <c r="B522" t="s">
+        <v>634</v>
+      </c>
+      <c r="D522">
         <v>87</v>
       </c>
-      <c r="E522" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D523" s="0">
+      <c r="E522" t="s">
+        <v>598</v>
+      </c>
+      <c r="F522" t="s">
+        <v>632</v>
+      </c>
+      <c r="G522" t="s">
+        <v>633</v>
+      </c>
+      <c r="K522">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L522">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="523" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A523" t="s">
+        <v>596</v>
+      </c>
+      <c r="B523" t="s">
+        <v>635</v>
+      </c>
+      <c r="D523">
         <v>35</v>
       </c>
-      <c r="E523" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L523" s="0">
+      <c r="E523" t="s">
+        <v>636</v>
+      </c>
+      <c r="F523" t="s">
+        <v>637</v>
+      </c>
+      <c r="G523" t="s">
+        <v>638</v>
+      </c>
+      <c r="K523">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L523">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="524">
-[...10 lines deleted...]
-      <c r="D524" s="0">
+    <row r="524" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A524" t="s">
+        <v>596</v>
+      </c>
+      <c r="B524" t="s">
+        <v>639</v>
+      </c>
+      <c r="D524">
         <v>36</v>
       </c>
-      <c r="E524" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L524" s="0">
+      <c r="E524" t="s">
+        <v>636</v>
+      </c>
+      <c r="F524" t="s">
+        <v>637</v>
+      </c>
+      <c r="G524" t="s">
+        <v>638</v>
+      </c>
+      <c r="K524">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L524">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="525">
-[...10 lines deleted...]
-      <c r="D525" s="0">
+    <row r="525" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A525" t="s">
+        <v>596</v>
+      </c>
+      <c r="B525" t="s">
+        <v>640</v>
+      </c>
+      <c r="D525">
         <v>37</v>
       </c>
-      <c r="E525" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L525" s="0">
+      <c r="E525" t="s">
+        <v>636</v>
+      </c>
+      <c r="F525" t="s">
+        <v>637</v>
+      </c>
+      <c r="G525" t="s">
+        <v>638</v>
+      </c>
+      <c r="K525">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L525">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="526">
-[...10 lines deleted...]
-      <c r="D526" s="0">
+    <row r="526" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A526" t="s">
+        <v>596</v>
+      </c>
+      <c r="B526" t="s">
+        <v>641</v>
+      </c>
+      <c r="D526">
         <v>38</v>
       </c>
-      <c r="E526" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L526" s="0">
+      <c r="E526" t="s">
+        <v>636</v>
+      </c>
+      <c r="F526" t="s">
+        <v>637</v>
+      </c>
+      <c r="G526" t="s">
+        <v>638</v>
+      </c>
+      <c r="K526">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L526">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="527">
-[...10 lines deleted...]
-      <c r="D527" s="0">
+    <row r="527" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A527" t="s">
+        <v>596</v>
+      </c>
+      <c r="B527" t="s">
+        <v>642</v>
+      </c>
+      <c r="D527">
         <v>39</v>
       </c>
-      <c r="E527" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L527" s="0">
+      <c r="E527" t="s">
+        <v>636</v>
+      </c>
+      <c r="F527" t="s">
+        <v>637</v>
+      </c>
+      <c r="G527" t="s">
+        <v>638</v>
+      </c>
+      <c r="K527">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L527">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="528">
-[...10 lines deleted...]
-      <c r="D528" s="0">
+    <row r="528" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A528" t="s">
+        <v>596</v>
+      </c>
+      <c r="B528" t="s">
+        <v>643</v>
+      </c>
+      <c r="D528">
         <v>40</v>
       </c>
-      <c r="E528" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L528" s="0">
+      <c r="E528" t="s">
+        <v>636</v>
+      </c>
+      <c r="F528" t="s">
+        <v>637</v>
+      </c>
+      <c r="G528" t="s">
+        <v>638</v>
+      </c>
+      <c r="K528">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L528">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="529">
-[...10 lines deleted...]
-      <c r="D529" s="0">
+    <row r="529" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A529" t="s">
+        <v>596</v>
+      </c>
+      <c r="B529" t="s">
+        <v>644</v>
+      </c>
+      <c r="D529">
         <v>41</v>
       </c>
-      <c r="E529" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L529" s="0">
+      <c r="E529" t="s">
+        <v>636</v>
+      </c>
+      <c r="F529" t="s">
+        <v>637</v>
+      </c>
+      <c r="G529" t="s">
+        <v>638</v>
+      </c>
+      <c r="K529">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L529">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="530">
-[...10 lines deleted...]
-      <c r="D530" s="0">
+    <row r="530" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A530" t="s">
+        <v>596</v>
+      </c>
+      <c r="B530" t="s">
+        <v>645</v>
+      </c>
+      <c r="D530">
         <v>42</v>
       </c>
-      <c r="E530" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L530" s="0">
+      <c r="E530" t="s">
+        <v>636</v>
+      </c>
+      <c r="F530" t="s">
+        <v>637</v>
+      </c>
+      <c r="G530" t="s">
+        <v>638</v>
+      </c>
+      <c r="K530">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L530">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="531">
-[...10 lines deleted...]
-      <c r="D531" s="0">
+    <row r="531" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A531" t="s">
+        <v>596</v>
+      </c>
+      <c r="B531" t="s">
+        <v>646</v>
+      </c>
+      <c r="D531">
         <v>43</v>
       </c>
-      <c r="E531" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L531" s="0">
+      <c r="E531" t="s">
+        <v>636</v>
+      </c>
+      <c r="F531" t="s">
+        <v>637</v>
+      </c>
+      <c r="G531" t="s">
+        <v>638</v>
+      </c>
+      <c r="K531">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L531">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="532">
-[...10 lines deleted...]
-      <c r="D532" s="0">
+    <row r="532" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A532" t="s">
+        <v>596</v>
+      </c>
+      <c r="B532" t="s">
+        <v>647</v>
+      </c>
+      <c r="D532">
         <v>44</v>
       </c>
-      <c r="E532" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L532" s="0">
+      <c r="E532" t="s">
+        <v>636</v>
+      </c>
+      <c r="F532" t="s">
+        <v>637</v>
+      </c>
+      <c r="G532" t="s">
+        <v>638</v>
+      </c>
+      <c r="K532">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L532">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="533">
-[...10 lines deleted...]
-      <c r="D533" s="0">
+    <row r="533" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A533" t="s">
+        <v>596</v>
+      </c>
+      <c r="B533" t="s">
+        <v>648</v>
+      </c>
+      <c r="D533">
         <v>45</v>
       </c>
-      <c r="E533" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L533" s="0">
+      <c r="E533" t="s">
+        <v>636</v>
+      </c>
+      <c r="F533" t="s">
+        <v>637</v>
+      </c>
+      <c r="G533" t="s">
+        <v>638</v>
+      </c>
+      <c r="K533">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L533">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="534">
-[...10 lines deleted...]
-      <c r="D534" s="0">
+    <row r="534" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A534" t="s">
+        <v>596</v>
+      </c>
+      <c r="B534" t="s">
+        <v>649</v>
+      </c>
+      <c r="D534">
         <v>46</v>
       </c>
-      <c r="E534" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L534" s="0">
+      <c r="E534" t="s">
+        <v>636</v>
+      </c>
+      <c r="F534" t="s">
+        <v>637</v>
+      </c>
+      <c r="G534" t="s">
+        <v>638</v>
+      </c>
+      <c r="K534">
+        <v>4.9999998882412902E-3</v>
+      </c>
+      <c r="L534">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="535">
-[...10 lines deleted...]
-      <c r="D535" s="0">
+    <row r="535" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A535" t="s">
+        <v>596</v>
+      </c>
+      <c r="B535" t="s">
+        <v>650</v>
+      </c>
+      <c r="D535">
         <v>90</v>
       </c>
-      <c r="E535" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D536" s="0">
+      <c r="E535" t="s">
+        <v>598</v>
+      </c>
+      <c r="F535" t="s">
+        <v>651</v>
+      </c>
+      <c r="G535" t="s">
+        <v>652</v>
+      </c>
+      <c r="K535">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L535">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="536" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A536" t="s">
+        <v>596</v>
+      </c>
+      <c r="B536" t="s">
+        <v>653</v>
+      </c>
+      <c r="D536">
         <v>91</v>
       </c>
-      <c r="E536" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D537" s="0">
+      <c r="E536" t="s">
+        <v>598</v>
+      </c>
+      <c r="F536" t="s">
+        <v>651</v>
+      </c>
+      <c r="G536" t="s">
+        <v>652</v>
+      </c>
+      <c r="K536">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L536">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="537" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A537" t="s">
+        <v>596</v>
+      </c>
+      <c r="B537" t="s">
+        <v>654</v>
+      </c>
+      <c r="D537">
         <v>93</v>
       </c>
-      <c r="E537" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D538" s="0">
+      <c r="E537" t="s">
+        <v>598</v>
+      </c>
+      <c r="F537" t="s">
+        <v>651</v>
+      </c>
+      <c r="G537" t="s">
+        <v>652</v>
+      </c>
+      <c r="K537">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L537">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="538" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A538" t="s">
+        <v>596</v>
+      </c>
+      <c r="B538" t="s">
+        <v>655</v>
+      </c>
+      <c r="D538">
         <v>169</v>
       </c>
-      <c r="E538" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D539" s="0">
+      <c r="E538" t="s">
+        <v>598</v>
+      </c>
+      <c r="F538" t="s">
+        <v>651</v>
+      </c>
+      <c r="G538" t="s">
+        <v>652</v>
+      </c>
+      <c r="K538">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L538">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="539" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A539" t="s">
+        <v>596</v>
+      </c>
+      <c r="B539" t="s">
+        <v>656</v>
+      </c>
+      <c r="D539">
         <v>95</v>
       </c>
-      <c r="E539" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D540" s="0">
+      <c r="E539" t="s">
+        <v>598</v>
+      </c>
+      <c r="F539" t="s">
+        <v>651</v>
+      </c>
+      <c r="G539" t="s">
+        <v>652</v>
+      </c>
+      <c r="K539">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L539">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="540" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A540" t="s">
+        <v>596</v>
+      </c>
+      <c r="B540" t="s">
+        <v>657</v>
+      </c>
+      <c r="D540">
         <v>170</v>
       </c>
-      <c r="E540" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D541" s="0">
+      <c r="E540" t="s">
+        <v>598</v>
+      </c>
+      <c r="F540" t="s">
+        <v>651</v>
+      </c>
+      <c r="G540" t="s">
+        <v>652</v>
+      </c>
+      <c r="K540">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L540">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="541" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A541" t="s">
+        <v>596</v>
+      </c>
+      <c r="B541" t="s">
+        <v>658</v>
+      </c>
+      <c r="D541">
         <v>171</v>
       </c>
-      <c r="E541" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D542" s="0">
+      <c r="E541" t="s">
+        <v>598</v>
+      </c>
+      <c r="F541" t="s">
+        <v>651</v>
+      </c>
+      <c r="G541" t="s">
+        <v>652</v>
+      </c>
+      <c r="K541">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L541">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="542" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A542" t="s">
+        <v>596</v>
+      </c>
+      <c r="B542" t="s">
+        <v>659</v>
+      </c>
+      <c r="D542">
         <v>96</v>
       </c>
-      <c r="E542" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D543" s="0">
+      <c r="E542" t="s">
+        <v>598</v>
+      </c>
+      <c r="F542" t="s">
+        <v>651</v>
+      </c>
+      <c r="G542" t="s">
+        <v>652</v>
+      </c>
+      <c r="K542">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L542">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="543" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A543" t="s">
+        <v>596</v>
+      </c>
+      <c r="B543" t="s">
+        <v>259</v>
+      </c>
+      <c r="D543">
         <v>97</v>
       </c>
-      <c r="E543" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D544" s="0">
+      <c r="E543" t="s">
+        <v>598</v>
+      </c>
+      <c r="F543" t="s">
+        <v>651</v>
+      </c>
+      <c r="G543" t="s">
+        <v>652</v>
+      </c>
+      <c r="K543">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L543">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="544" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A544" t="s">
+        <v>596</v>
+      </c>
+      <c r="B544" t="s">
+        <v>660</v>
+      </c>
+      <c r="D544">
         <v>172</v>
       </c>
-      <c r="E544" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D545" s="0">
+      <c r="E544" t="s">
+        <v>598</v>
+      </c>
+      <c r="F544" t="s">
+        <v>651</v>
+      </c>
+      <c r="G544" t="s">
+        <v>652</v>
+      </c>
+      <c r="K544">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L544">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="545" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A545" t="s">
+        <v>596</v>
+      </c>
+      <c r="B545" t="s">
+        <v>661</v>
+      </c>
+      <c r="D545">
         <v>98</v>
       </c>
-      <c r="E545" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D546" s="0">
+      <c r="E545" t="s">
+        <v>598</v>
+      </c>
+      <c r="F545" t="s">
+        <v>651</v>
+      </c>
+      <c r="G545" t="s">
+        <v>652</v>
+      </c>
+      <c r="K545">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L545">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="546" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A546" t="s">
+        <v>596</v>
+      </c>
+      <c r="B546" t="s">
+        <v>662</v>
+      </c>
+      <c r="D546">
         <v>99</v>
       </c>
-      <c r="E546" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D547" s="0">
+      <c r="E546" t="s">
+        <v>598</v>
+      </c>
+      <c r="F546" t="s">
+        <v>651</v>
+      </c>
+      <c r="G546" t="s">
+        <v>652</v>
+      </c>
+      <c r="K546">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L546">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="547" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A547" t="s">
+        <v>596</v>
+      </c>
+      <c r="B547" t="s">
+        <v>663</v>
+      </c>
+      <c r="D547">
         <v>173</v>
       </c>
-      <c r="E547" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D548" s="0">
+      <c r="E547" t="s">
+        <v>598</v>
+      </c>
+      <c r="F547" t="s">
+        <v>651</v>
+      </c>
+      <c r="G547" t="s">
+        <v>652</v>
+      </c>
+      <c r="K547">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L547">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="548" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A548" t="s">
+        <v>596</v>
+      </c>
+      <c r="B548" t="s">
+        <v>664</v>
+      </c>
+      <c r="D548">
         <v>100</v>
       </c>
-      <c r="E548" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D549" s="0">
+      <c r="E548" t="s">
+        <v>598</v>
+      </c>
+      <c r="F548" t="s">
+        <v>651</v>
+      </c>
+      <c r="G548" t="s">
+        <v>652</v>
+      </c>
+      <c r="K548">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L548">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="549" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A549" t="s">
+        <v>596</v>
+      </c>
+      <c r="B549" t="s">
+        <v>665</v>
+      </c>
+      <c r="D549">
         <v>101</v>
       </c>
-      <c r="E549" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D550" s="0">
+      <c r="E549" t="s">
+        <v>598</v>
+      </c>
+      <c r="F549" t="s">
+        <v>651</v>
+      </c>
+      <c r="G549" t="s">
+        <v>652</v>
+      </c>
+      <c r="K549">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L549">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="550" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A550" t="s">
+        <v>596</v>
+      </c>
+      <c r="B550" t="s">
+        <v>666</v>
+      </c>
+      <c r="D550">
         <v>174</v>
       </c>
-      <c r="E550" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D551" s="0">
+      <c r="E550" t="s">
+        <v>598</v>
+      </c>
+      <c r="F550" t="s">
+        <v>651</v>
+      </c>
+      <c r="G550" t="s">
+        <v>652</v>
+      </c>
+      <c r="K550">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L550">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="551" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A551" t="s">
+        <v>596</v>
+      </c>
+      <c r="B551" t="s">
+        <v>667</v>
+      </c>
+      <c r="D551">
         <v>102</v>
       </c>
-      <c r="E551" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D552" s="0">
+      <c r="E551" t="s">
+        <v>598</v>
+      </c>
+      <c r="F551" t="s">
+        <v>651</v>
+      </c>
+      <c r="G551" t="s">
+        <v>652</v>
+      </c>
+      <c r="K551">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L551">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="552" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A552" t="s">
+        <v>596</v>
+      </c>
+      <c r="B552" t="s">
+        <v>668</v>
+      </c>
+      <c r="D552">
         <v>175</v>
       </c>
-      <c r="E552" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D553" s="0">
+      <c r="E552" t="s">
+        <v>598</v>
+      </c>
+      <c r="F552" t="s">
+        <v>651</v>
+      </c>
+      <c r="G552" t="s">
+        <v>652</v>
+      </c>
+      <c r="K552">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L552">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="553" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A553" t="s">
+        <v>596</v>
+      </c>
+      <c r="B553" t="s">
+        <v>669</v>
+      </c>
+      <c r="D553">
         <v>103</v>
       </c>
-      <c r="E553" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D554" s="0">
+      <c r="E553" t="s">
+        <v>598</v>
+      </c>
+      <c r="F553" t="s">
+        <v>651</v>
+      </c>
+      <c r="G553" t="s">
+        <v>652</v>
+      </c>
+      <c r="K553">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L553">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="554" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A554" t="s">
+        <v>596</v>
+      </c>
+      <c r="B554" t="s">
+        <v>265</v>
+      </c>
+      <c r="D554">
         <v>176</v>
       </c>
-      <c r="E554" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D555" s="0">
+      <c r="E554" t="s">
+        <v>598</v>
+      </c>
+      <c r="F554" t="s">
+        <v>651</v>
+      </c>
+      <c r="G554" t="s">
+        <v>652</v>
+      </c>
+      <c r="K554">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L554">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="555" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A555" t="s">
+        <v>596</v>
+      </c>
+      <c r="B555" t="s">
+        <v>670</v>
+      </c>
+      <c r="D555">
         <v>104</v>
       </c>
-      <c r="E555" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D556" s="0">
+      <c r="E555" t="s">
+        <v>598</v>
+      </c>
+      <c r="F555" t="s">
+        <v>651</v>
+      </c>
+      <c r="G555" t="s">
+        <v>652</v>
+      </c>
+      <c r="K555">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L555">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="556" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A556" t="s">
+        <v>596</v>
+      </c>
+      <c r="B556" t="s">
+        <v>671</v>
+      </c>
+      <c r="D556">
         <v>105</v>
       </c>
-      <c r="E556" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D557" s="0">
+      <c r="E556" t="s">
+        <v>598</v>
+      </c>
+      <c r="F556" t="s">
+        <v>651</v>
+      </c>
+      <c r="G556" t="s">
+        <v>652</v>
+      </c>
+      <c r="K556">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L556">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="557" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A557" t="s">
+        <v>596</v>
+      </c>
+      <c r="B557" t="s">
+        <v>266</v>
+      </c>
+      <c r="D557">
         <v>177</v>
       </c>
-      <c r="E557" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D558" s="0">
+      <c r="E557" t="s">
+        <v>598</v>
+      </c>
+      <c r="F557" t="s">
+        <v>651</v>
+      </c>
+      <c r="G557" t="s">
+        <v>652</v>
+      </c>
+      <c r="K557">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L557">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="558" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A558" t="s">
+        <v>596</v>
+      </c>
+      <c r="B558" t="s">
+        <v>672</v>
+      </c>
+      <c r="D558">
         <v>106</v>
       </c>
-      <c r="E558" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D559" s="0">
+      <c r="E558" t="s">
+        <v>598</v>
+      </c>
+      <c r="F558" t="s">
+        <v>651</v>
+      </c>
+      <c r="G558" t="s">
+        <v>652</v>
+      </c>
+      <c r="K558">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L558">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="559" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A559" t="s">
+        <v>596</v>
+      </c>
+      <c r="B559" t="s">
+        <v>673</v>
+      </c>
+      <c r="D559">
         <v>107</v>
       </c>
-      <c r="E559" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D560" s="0">
+      <c r="E559" t="s">
+        <v>598</v>
+      </c>
+      <c r="F559" t="s">
+        <v>651</v>
+      </c>
+      <c r="G559" t="s">
+        <v>652</v>
+      </c>
+      <c r="K559">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L559">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="560" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A560" t="s">
+        <v>596</v>
+      </c>
+      <c r="B560" t="s">
+        <v>674</v>
+      </c>
+      <c r="D560">
         <v>178</v>
       </c>
-      <c r="E560" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D561" s="0">
+      <c r="E560" t="s">
+        <v>598</v>
+      </c>
+      <c r="F560" t="s">
+        <v>651</v>
+      </c>
+      <c r="G560" t="s">
+        <v>652</v>
+      </c>
+      <c r="K560">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L560">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="561" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A561" t="s">
+        <v>596</v>
+      </c>
+      <c r="B561" t="s">
+        <v>675</v>
+      </c>
+      <c r="D561">
         <v>179</v>
       </c>
-      <c r="E561" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D562" s="0">
+      <c r="E561" t="s">
+        <v>598</v>
+      </c>
+      <c r="F561" t="s">
+        <v>651</v>
+      </c>
+      <c r="G561" t="s">
+        <v>652</v>
+      </c>
+      <c r="K561">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L561">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="562" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A562" t="s">
+        <v>596</v>
+      </c>
+      <c r="B562" t="s">
+        <v>676</v>
+      </c>
+      <c r="D562">
         <v>180</v>
       </c>
-      <c r="E562" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D563" s="0">
+      <c r="E562" t="s">
+        <v>598</v>
+      </c>
+      <c r="F562" t="s">
+        <v>651</v>
+      </c>
+      <c r="G562" t="s">
+        <v>652</v>
+      </c>
+      <c r="K562">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L562">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="563" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A563" t="s">
+        <v>596</v>
+      </c>
+      <c r="B563" t="s">
+        <v>677</v>
+      </c>
+      <c r="D563">
         <v>181</v>
       </c>
-      <c r="E563" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D564" s="0">
+      <c r="E563" t="s">
+        <v>598</v>
+      </c>
+      <c r="F563" t="s">
+        <v>651</v>
+      </c>
+      <c r="G563" t="s">
+        <v>652</v>
+      </c>
+      <c r="K563">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L563">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="564" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A564" t="s">
+        <v>596</v>
+      </c>
+      <c r="B564" t="s">
+        <v>678</v>
+      </c>
+      <c r="D564">
         <v>89</v>
       </c>
-      <c r="E564" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D565" s="0">
+      <c r="E564" t="s">
+        <v>598</v>
+      </c>
+      <c r="F564" t="s">
+        <v>651</v>
+      </c>
+      <c r="G564" t="s">
+        <v>652</v>
+      </c>
+      <c r="K564">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L564">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="565" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A565" t="s">
+        <v>596</v>
+      </c>
+      <c r="B565" t="s">
+        <v>679</v>
+      </c>
+      <c r="D565">
         <v>94</v>
       </c>
-      <c r="E565" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D566" s="0">
+      <c r="E565" t="s">
+        <v>598</v>
+      </c>
+      <c r="F565" t="s">
+        <v>651</v>
+      </c>
+      <c r="G565" t="s">
+        <v>652</v>
+      </c>
+      <c r="K565">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L565">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="566" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A566" t="s">
+        <v>596</v>
+      </c>
+      <c r="B566" t="s">
+        <v>680</v>
+      </c>
+      <c r="D566">
         <v>108</v>
       </c>
-      <c r="E566" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D567" s="0">
+      <c r="E566" t="s">
+        <v>598</v>
+      </c>
+      <c r="F566" t="s">
+        <v>651</v>
+      </c>
+      <c r="G566" t="s">
+        <v>652</v>
+      </c>
+      <c r="K566">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L566">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="567" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A567" t="s">
+        <v>596</v>
+      </c>
+      <c r="B567" t="s">
+        <v>681</v>
+      </c>
+      <c r="D567">
         <v>109</v>
       </c>
-      <c r="E567" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D568" s="0">
+      <c r="E567" t="s">
+        <v>598</v>
+      </c>
+      <c r="F567" t="s">
+        <v>651</v>
+      </c>
+      <c r="G567" t="s">
+        <v>652</v>
+      </c>
+      <c r="K567">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L567">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="568" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A568" t="s">
+        <v>596</v>
+      </c>
+      <c r="B568" t="s">
+        <v>682</v>
+      </c>
+      <c r="D568">
         <v>111</v>
       </c>
-      <c r="E568" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D569" s="0">
+      <c r="E568" t="s">
+        <v>598</v>
+      </c>
+      <c r="F568" t="s">
+        <v>651</v>
+      </c>
+      <c r="G568" t="s">
+        <v>652</v>
+      </c>
+      <c r="K568">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L568">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="569" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A569" t="s">
+        <v>596</v>
+      </c>
+      <c r="B569" t="s">
+        <v>272</v>
+      </c>
+      <c r="D569">
         <v>182</v>
       </c>
-      <c r="E569" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D570" s="0">
+      <c r="E569" t="s">
+        <v>598</v>
+      </c>
+      <c r="F569" t="s">
+        <v>651</v>
+      </c>
+      <c r="G569" t="s">
+        <v>652</v>
+      </c>
+      <c r="K569">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L569">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="570" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A570" t="s">
+        <v>596</v>
+      </c>
+      <c r="B570" t="s">
+        <v>683</v>
+      </c>
+      <c r="D570">
         <v>112</v>
       </c>
-      <c r="E570" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D571" s="0">
+      <c r="E570" t="s">
+        <v>598</v>
+      </c>
+      <c r="F570" t="s">
+        <v>651</v>
+      </c>
+      <c r="G570" t="s">
+        <v>652</v>
+      </c>
+      <c r="K570">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L570">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="571" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A571" t="s">
+        <v>596</v>
+      </c>
+      <c r="B571" t="s">
+        <v>684</v>
+      </c>
+      <c r="D571">
         <v>183</v>
       </c>
-      <c r="E571" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D572" s="0">
+      <c r="E571" t="s">
+        <v>598</v>
+      </c>
+      <c r="F571" t="s">
+        <v>651</v>
+      </c>
+      <c r="G571" t="s">
+        <v>652</v>
+      </c>
+      <c r="K571">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L571">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="572" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A572" t="s">
+        <v>596</v>
+      </c>
+      <c r="B572" t="s">
+        <v>685</v>
+      </c>
+      <c r="D572">
         <v>113</v>
       </c>
-      <c r="E572" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D573" s="0">
+      <c r="E572" t="s">
+        <v>598</v>
+      </c>
+      <c r="F572" t="s">
+        <v>651</v>
+      </c>
+      <c r="G572" t="s">
+        <v>652</v>
+      </c>
+      <c r="K572">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L572">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="573" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A573" t="s">
+        <v>596</v>
+      </c>
+      <c r="B573" t="s">
+        <v>686</v>
+      </c>
+      <c r="D573">
         <v>184</v>
       </c>
-      <c r="E573" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D574" s="0">
+      <c r="E573" t="s">
+        <v>598</v>
+      </c>
+      <c r="F573" t="s">
+        <v>651</v>
+      </c>
+      <c r="G573" t="s">
+        <v>652</v>
+      </c>
+      <c r="K573">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L573">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="574" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A574" t="s">
+        <v>596</v>
+      </c>
+      <c r="B574" t="s">
+        <v>687</v>
+      </c>
+      <c r="D574">
         <v>114</v>
       </c>
-      <c r="E574" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D575" s="0">
+      <c r="E574" t="s">
+        <v>598</v>
+      </c>
+      <c r="F574" t="s">
+        <v>651</v>
+      </c>
+      <c r="G574" t="s">
+        <v>652</v>
+      </c>
+      <c r="K574">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L574">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="575" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A575" t="s">
+        <v>596</v>
+      </c>
+      <c r="B575" t="s">
+        <v>275</v>
+      </c>
+      <c r="D575">
         <v>185</v>
       </c>
-      <c r="E575" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D576" s="0">
+      <c r="E575" t="s">
+        <v>598</v>
+      </c>
+      <c r="F575" t="s">
+        <v>651</v>
+      </c>
+      <c r="G575" t="s">
+        <v>652</v>
+      </c>
+      <c r="K575">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L575">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="576" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A576" t="s">
+        <v>596</v>
+      </c>
+      <c r="B576" t="s">
+        <v>688</v>
+      </c>
+      <c r="D576">
         <v>186</v>
       </c>
-      <c r="E576" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D577" s="0">
+      <c r="E576" t="s">
+        <v>598</v>
+      </c>
+      <c r="F576" t="s">
+        <v>651</v>
+      </c>
+      <c r="G576" t="s">
+        <v>652</v>
+      </c>
+      <c r="K576">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L576">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="577" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A577" t="s">
+        <v>596</v>
+      </c>
+      <c r="B577" t="s">
+        <v>276</v>
+      </c>
+      <c r="D577">
         <v>115</v>
       </c>
-      <c r="E577" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D578" s="0">
+      <c r="E577" t="s">
+        <v>598</v>
+      </c>
+      <c r="F577" t="s">
+        <v>651</v>
+      </c>
+      <c r="G577" t="s">
+        <v>652</v>
+      </c>
+      <c r="K577">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L577">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="578" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A578" t="s">
+        <v>596</v>
+      </c>
+      <c r="B578" t="s">
+        <v>689</v>
+      </c>
+      <c r="D578">
         <v>187</v>
       </c>
-      <c r="E578" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D579" s="0">
+      <c r="E578" t="s">
+        <v>598</v>
+      </c>
+      <c r="F578" t="s">
+        <v>651</v>
+      </c>
+      <c r="G578" t="s">
+        <v>652</v>
+      </c>
+      <c r="K578">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L578">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="579" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A579" t="s">
+        <v>596</v>
+      </c>
+      <c r="B579" t="s">
+        <v>690</v>
+      </c>
+      <c r="D579">
         <v>116</v>
       </c>
-      <c r="E579" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D580" s="0">
+      <c r="E579" t="s">
+        <v>598</v>
+      </c>
+      <c r="F579" t="s">
+        <v>651</v>
+      </c>
+      <c r="G579" t="s">
+        <v>652</v>
+      </c>
+      <c r="K579">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L579">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="580" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A580" t="s">
+        <v>596</v>
+      </c>
+      <c r="B580" t="s">
+        <v>691</v>
+      </c>
+      <c r="D580">
         <v>188</v>
       </c>
-      <c r="E580" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D581" s="0">
+      <c r="E580" t="s">
+        <v>598</v>
+      </c>
+      <c r="F580" t="s">
+        <v>651</v>
+      </c>
+      <c r="G580" t="s">
+        <v>652</v>
+      </c>
+      <c r="K580">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L580">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="581" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A581" t="s">
+        <v>596</v>
+      </c>
+      <c r="B581" t="s">
+        <v>692</v>
+      </c>
+      <c r="D581">
         <v>189</v>
       </c>
-      <c r="E581" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D582" s="0">
+      <c r="E581" t="s">
+        <v>598</v>
+      </c>
+      <c r="F581" t="s">
+        <v>651</v>
+      </c>
+      <c r="G581" t="s">
+        <v>652</v>
+      </c>
+      <c r="K581">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L581">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="582" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A582" t="s">
+        <v>596</v>
+      </c>
+      <c r="B582" t="s">
+        <v>693</v>
+      </c>
+      <c r="D582">
         <v>190</v>
       </c>
-      <c r="E582" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D583" s="0">
+      <c r="E582" t="s">
+        <v>598</v>
+      </c>
+      <c r="F582" t="s">
+        <v>651</v>
+      </c>
+      <c r="G582" t="s">
+        <v>652</v>
+      </c>
+      <c r="K582">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L582">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="583" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A583" t="s">
+        <v>596</v>
+      </c>
+      <c r="B583" t="s">
+        <v>694</v>
+      </c>
+      <c r="D583">
         <v>191</v>
       </c>
-      <c r="E583" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D584" s="0">
+      <c r="E583" t="s">
+        <v>598</v>
+      </c>
+      <c r="F583" t="s">
+        <v>651</v>
+      </c>
+      <c r="G583" t="s">
+        <v>652</v>
+      </c>
+      <c r="K583">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L583">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="584" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A584" t="s">
+        <v>596</v>
+      </c>
+      <c r="B584" t="s">
+        <v>695</v>
+      </c>
+      <c r="D584">
         <v>192</v>
       </c>
-      <c r="E584" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D585" s="0">
+      <c r="E584" t="s">
+        <v>598</v>
+      </c>
+      <c r="F584" t="s">
+        <v>651</v>
+      </c>
+      <c r="G584" t="s">
+        <v>652</v>
+      </c>
+      <c r="K584">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L584">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="585" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A585" t="s">
+        <v>596</v>
+      </c>
+      <c r="B585" t="s">
+        <v>696</v>
+      </c>
+      <c r="D585">
         <v>193</v>
       </c>
-      <c r="E585" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D586" s="0">
+      <c r="E585" t="s">
+        <v>598</v>
+      </c>
+      <c r="F585" t="s">
+        <v>651</v>
+      </c>
+      <c r="G585" t="s">
+        <v>652</v>
+      </c>
+      <c r="K585">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L585">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="586" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A586" t="s">
+        <v>596</v>
+      </c>
+      <c r="B586" t="s">
+        <v>697</v>
+      </c>
+      <c r="D586">
         <v>117</v>
       </c>
-      <c r="E586" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D587" s="0">
+      <c r="E586" t="s">
+        <v>598</v>
+      </c>
+      <c r="F586" t="s">
+        <v>651</v>
+      </c>
+      <c r="G586" t="s">
+        <v>652</v>
+      </c>
+      <c r="K586">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L586">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="587" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A587" t="s">
+        <v>596</v>
+      </c>
+      <c r="B587" t="s">
+        <v>698</v>
+      </c>
+      <c r="D587">
         <v>194</v>
       </c>
-      <c r="E587" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D588" s="0">
+      <c r="E587" t="s">
+        <v>598</v>
+      </c>
+      <c r="F587" t="s">
+        <v>651</v>
+      </c>
+      <c r="G587" t="s">
+        <v>652</v>
+      </c>
+      <c r="K587">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L587">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="588" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A588" t="s">
+        <v>596</v>
+      </c>
+      <c r="B588" t="s">
+        <v>699</v>
+      </c>
+      <c r="D588">
         <v>118</v>
       </c>
-      <c r="E588" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D589" s="0">
+      <c r="E588" t="s">
+        <v>598</v>
+      </c>
+      <c r="F588" t="s">
+        <v>651</v>
+      </c>
+      <c r="G588" t="s">
+        <v>652</v>
+      </c>
+      <c r="K588">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L588">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="589" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A589" t="s">
+        <v>596</v>
+      </c>
+      <c r="B589" t="s">
+        <v>700</v>
+      </c>
+      <c r="D589">
         <v>119</v>
       </c>
-      <c r="E589" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D590" s="0">
+      <c r="E589" t="s">
+        <v>598</v>
+      </c>
+      <c r="F589" t="s">
+        <v>651</v>
+      </c>
+      <c r="G589" t="s">
+        <v>652</v>
+      </c>
+      <c r="K589">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L589">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="590" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A590" t="s">
+        <v>596</v>
+      </c>
+      <c r="B590" t="s">
+        <v>701</v>
+      </c>
+      <c r="D590">
         <v>120</v>
       </c>
-      <c r="E590" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D591" s="0">
+      <c r="E590" t="s">
+        <v>598</v>
+      </c>
+      <c r="F590" t="s">
+        <v>651</v>
+      </c>
+      <c r="G590" t="s">
+        <v>652</v>
+      </c>
+      <c r="K590">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L590">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="591" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A591" t="s">
+        <v>596</v>
+      </c>
+      <c r="B591" t="s">
+        <v>702</v>
+      </c>
+      <c r="D591">
         <v>121</v>
       </c>
-      <c r="E591" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D592" s="0">
+      <c r="E591" t="s">
+        <v>598</v>
+      </c>
+      <c r="F591" t="s">
+        <v>651</v>
+      </c>
+      <c r="G591" t="s">
+        <v>652</v>
+      </c>
+      <c r="K591">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L591">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="592" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A592" t="s">
+        <v>596</v>
+      </c>
+      <c r="B592" t="s">
+        <v>282</v>
+      </c>
+      <c r="D592">
         <v>122</v>
       </c>
-      <c r="E592" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D593" s="0">
+      <c r="E592" t="s">
+        <v>598</v>
+      </c>
+      <c r="F592" t="s">
+        <v>651</v>
+      </c>
+      <c r="G592" t="s">
+        <v>652</v>
+      </c>
+      <c r="K592">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L592">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="593" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A593" t="s">
+        <v>596</v>
+      </c>
+      <c r="B593" t="s">
+        <v>703</v>
+      </c>
+      <c r="D593">
         <v>195</v>
       </c>
-      <c r="E593" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D594" s="0">
+      <c r="E593" t="s">
+        <v>598</v>
+      </c>
+      <c r="F593" t="s">
+        <v>651</v>
+      </c>
+      <c r="G593" t="s">
+        <v>652</v>
+      </c>
+      <c r="K593">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L593">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="594" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A594" t="s">
+        <v>596</v>
+      </c>
+      <c r="B594" t="s">
+        <v>704</v>
+      </c>
+      <c r="D594">
         <v>123</v>
       </c>
-      <c r="E594" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D595" s="0">
+      <c r="E594" t="s">
+        <v>598</v>
+      </c>
+      <c r="F594" t="s">
+        <v>651</v>
+      </c>
+      <c r="G594" t="s">
+        <v>652</v>
+      </c>
+      <c r="K594">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L594">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="595" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A595" t="s">
+        <v>596</v>
+      </c>
+      <c r="B595" t="s">
+        <v>705</v>
+      </c>
+      <c r="D595">
         <v>124</v>
       </c>
-      <c r="E595" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D596" s="0">
+      <c r="E595" t="s">
+        <v>598</v>
+      </c>
+      <c r="F595" t="s">
+        <v>651</v>
+      </c>
+      <c r="G595" t="s">
+        <v>652</v>
+      </c>
+      <c r="K595">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L595">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="596" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A596" t="s">
+        <v>596</v>
+      </c>
+      <c r="B596" t="s">
+        <v>284</v>
+      </c>
+      <c r="D596">
         <v>125</v>
       </c>
-      <c r="E596" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D597" s="0">
+      <c r="E596" t="s">
+        <v>598</v>
+      </c>
+      <c r="F596" t="s">
+        <v>651</v>
+      </c>
+      <c r="G596" t="s">
+        <v>652</v>
+      </c>
+      <c r="K596">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L596">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="597" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A597" t="s">
+        <v>596</v>
+      </c>
+      <c r="B597" t="s">
+        <v>706</v>
+      </c>
+      <c r="D597">
         <v>126</v>
       </c>
-      <c r="E597" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D598" s="0">
+      <c r="E597" t="s">
+        <v>598</v>
+      </c>
+      <c r="F597" t="s">
+        <v>651</v>
+      </c>
+      <c r="G597" t="s">
+        <v>652</v>
+      </c>
+      <c r="K597">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L597">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="598" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A598" t="s">
+        <v>596</v>
+      </c>
+      <c r="B598" t="s">
+        <v>707</v>
+      </c>
+      <c r="D598">
         <v>127</v>
       </c>
-      <c r="E598" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D599" s="0">
+      <c r="E598" t="s">
+        <v>598</v>
+      </c>
+      <c r="F598" t="s">
+        <v>651</v>
+      </c>
+      <c r="G598" t="s">
+        <v>652</v>
+      </c>
+      <c r="K598">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L598">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="599" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A599" t="s">
+        <v>596</v>
+      </c>
+      <c r="B599" t="s">
+        <v>708</v>
+      </c>
+      <c r="D599">
         <v>128</v>
       </c>
-      <c r="E599" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D600" s="0">
+      <c r="E599" t="s">
+        <v>598</v>
+      </c>
+      <c r="F599" t="s">
+        <v>651</v>
+      </c>
+      <c r="G599" t="s">
+        <v>652</v>
+      </c>
+      <c r="K599">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L599">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="600" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A600" t="s">
+        <v>596</v>
+      </c>
+      <c r="B600" t="s">
+        <v>285</v>
+      </c>
+      <c r="D600">
         <v>196</v>
       </c>
-      <c r="E600" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D601" s="0">
+      <c r="E600" t="s">
+        <v>598</v>
+      </c>
+      <c r="F600" t="s">
+        <v>651</v>
+      </c>
+      <c r="G600" t="s">
+        <v>652</v>
+      </c>
+      <c r="K600">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L600">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="601" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A601" t="s">
+        <v>596</v>
+      </c>
+      <c r="B601" t="s">
+        <v>709</v>
+      </c>
+      <c r="D601">
         <v>92</v>
       </c>
-      <c r="E601" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D602" s="0">
+      <c r="E601" t="s">
+        <v>598</v>
+      </c>
+      <c r="F601" t="s">
+        <v>651</v>
+      </c>
+      <c r="G601" t="s">
+        <v>652</v>
+      </c>
+      <c r="K601">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L601">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="602" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A602" t="s">
+        <v>596</v>
+      </c>
+      <c r="B602" t="s">
+        <v>710</v>
+      </c>
+      <c r="D602">
         <v>129</v>
       </c>
-      <c r="E602" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D603" s="0">
+      <c r="E602" t="s">
+        <v>598</v>
+      </c>
+      <c r="F602" t="s">
+        <v>651</v>
+      </c>
+      <c r="G602" t="s">
+        <v>652</v>
+      </c>
+      <c r="K602">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L602">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="603" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A603" t="s">
+        <v>596</v>
+      </c>
+      <c r="B603" t="s">
+        <v>711</v>
+      </c>
+      <c r="D603">
         <v>130</v>
       </c>
-      <c r="E603" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D604" s="0">
+      <c r="E603" t="s">
+        <v>598</v>
+      </c>
+      <c r="F603" t="s">
+        <v>651</v>
+      </c>
+      <c r="G603" t="s">
+        <v>652</v>
+      </c>
+      <c r="K603">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L603">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="604" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A604" t="s">
+        <v>596</v>
+      </c>
+      <c r="B604" t="s">
+        <v>712</v>
+      </c>
+      <c r="D604">
         <v>197</v>
       </c>
-      <c r="E604" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D605" s="0">
+      <c r="E604" t="s">
+        <v>598</v>
+      </c>
+      <c r="F604" t="s">
+        <v>651</v>
+      </c>
+      <c r="G604" t="s">
+        <v>652</v>
+      </c>
+      <c r="K604">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L604">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="605" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A605" t="s">
+        <v>596</v>
+      </c>
+      <c r="B605" t="s">
+        <v>713</v>
+      </c>
+      <c r="D605">
         <v>131</v>
       </c>
-      <c r="E605" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D606" s="0">
+      <c r="E605" t="s">
+        <v>598</v>
+      </c>
+      <c r="F605" t="s">
+        <v>651</v>
+      </c>
+      <c r="G605" t="s">
+        <v>652</v>
+      </c>
+      <c r="K605">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L605">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="606" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A606" t="s">
+        <v>596</v>
+      </c>
+      <c r="B606" t="s">
+        <v>714</v>
+      </c>
+      <c r="D606">
         <v>132</v>
       </c>
-      <c r="E606" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D607" s="0">
+      <c r="E606" t="s">
+        <v>598</v>
+      </c>
+      <c r="F606" t="s">
+        <v>651</v>
+      </c>
+      <c r="G606" t="s">
+        <v>652</v>
+      </c>
+      <c r="K606">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L606">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="607" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A607" t="s">
+        <v>596</v>
+      </c>
+      <c r="B607" t="s">
+        <v>715</v>
+      </c>
+      <c r="D607">
         <v>198</v>
       </c>
-      <c r="E607" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D608" s="0">
+      <c r="E607" t="s">
+        <v>598</v>
+      </c>
+      <c r="F607" t="s">
+        <v>651</v>
+      </c>
+      <c r="G607" t="s">
+        <v>652</v>
+      </c>
+      <c r="K607">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L607">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="608" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A608" t="s">
+        <v>596</v>
+      </c>
+      <c r="B608" t="s">
+        <v>716</v>
+      </c>
+      <c r="D608">
         <v>133</v>
       </c>
-      <c r="E608" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D609" s="0">
+      <c r="E608" t="s">
+        <v>598</v>
+      </c>
+      <c r="F608" t="s">
+        <v>651</v>
+      </c>
+      <c r="G608" t="s">
+        <v>652</v>
+      </c>
+      <c r="K608">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L608">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="609" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A609" t="s">
+        <v>596</v>
+      </c>
+      <c r="B609" t="s">
+        <v>717</v>
+      </c>
+      <c r="D609">
         <v>134</v>
       </c>
-      <c r="E609" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D610" s="0">
+      <c r="E609" t="s">
+        <v>598</v>
+      </c>
+      <c r="F609" t="s">
+        <v>651</v>
+      </c>
+      <c r="G609" t="s">
+        <v>652</v>
+      </c>
+      <c r="K609">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L609">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="610" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A610" t="s">
+        <v>596</v>
+      </c>
+      <c r="B610" t="s">
+        <v>718</v>
+      </c>
+      <c r="D610">
         <v>135</v>
       </c>
-      <c r="E610" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D611" s="0">
+      <c r="E610" t="s">
+        <v>598</v>
+      </c>
+      <c r="F610" t="s">
+        <v>651</v>
+      </c>
+      <c r="G610" t="s">
+        <v>652</v>
+      </c>
+      <c r="K610">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L610">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="611" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A611" t="s">
+        <v>596</v>
+      </c>
+      <c r="B611" t="s">
+        <v>719</v>
+      </c>
+      <c r="D611">
         <v>136</v>
       </c>
-      <c r="E611" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D612" s="0">
+      <c r="E611" t="s">
+        <v>598</v>
+      </c>
+      <c r="F611" t="s">
+        <v>651</v>
+      </c>
+      <c r="G611" t="s">
+        <v>652</v>
+      </c>
+      <c r="K611">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L611">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="612" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A612" t="s">
+        <v>596</v>
+      </c>
+      <c r="B612" t="s">
+        <v>720</v>
+      </c>
+      <c r="D612">
         <v>137</v>
       </c>
-      <c r="E612" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D613" s="0">
+      <c r="E612" t="s">
+        <v>598</v>
+      </c>
+      <c r="F612" t="s">
+        <v>651</v>
+      </c>
+      <c r="G612" t="s">
+        <v>652</v>
+      </c>
+      <c r="K612">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L612">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="613" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A613" t="s">
+        <v>596</v>
+      </c>
+      <c r="B613" t="s">
+        <v>721</v>
+      </c>
+      <c r="D613">
         <v>199</v>
       </c>
-      <c r="E613" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D614" s="0">
+      <c r="E613" t="s">
+        <v>598</v>
+      </c>
+      <c r="F613" t="s">
+        <v>651</v>
+      </c>
+      <c r="G613" t="s">
+        <v>652</v>
+      </c>
+      <c r="K613">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L613">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="614" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A614" t="s">
+        <v>596</v>
+      </c>
+      <c r="B614" t="s">
+        <v>722</v>
+      </c>
+      <c r="D614">
         <v>138</v>
       </c>
-      <c r="E614" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D615" s="0">
+      <c r="E614" t="s">
+        <v>598</v>
+      </c>
+      <c r="F614" t="s">
+        <v>651</v>
+      </c>
+      <c r="G614" t="s">
+        <v>652</v>
+      </c>
+      <c r="K614">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L614">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="615" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A615" t="s">
+        <v>596</v>
+      </c>
+      <c r="B615" t="s">
+        <v>723</v>
+      </c>
+      <c r="D615">
         <v>139</v>
       </c>
-      <c r="E615" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D616" s="0">
+      <c r="E615" t="s">
+        <v>598</v>
+      </c>
+      <c r="F615" t="s">
+        <v>651</v>
+      </c>
+      <c r="G615" t="s">
+        <v>652</v>
+      </c>
+      <c r="K615">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L615">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="616" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A616" t="s">
+        <v>596</v>
+      </c>
+      <c r="B616" t="s">
+        <v>724</v>
+      </c>
+      <c r="D616">
         <v>200</v>
       </c>
-      <c r="E616" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D617" s="0">
+      <c r="E616" t="s">
+        <v>598</v>
+      </c>
+      <c r="F616" t="s">
+        <v>651</v>
+      </c>
+      <c r="G616" t="s">
+        <v>652</v>
+      </c>
+      <c r="K616">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L616">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="617" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A617" t="s">
+        <v>596</v>
+      </c>
+      <c r="B617" t="s">
+        <v>725</v>
+      </c>
+      <c r="D617">
         <v>201</v>
       </c>
-      <c r="E617" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D618" s="0">
+      <c r="E617" t="s">
+        <v>598</v>
+      </c>
+      <c r="F617" t="s">
+        <v>651</v>
+      </c>
+      <c r="G617" t="s">
+        <v>652</v>
+      </c>
+      <c r="K617">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L617">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="618" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A618" t="s">
+        <v>596</v>
+      </c>
+      <c r="B618" t="s">
+        <v>726</v>
+      </c>
+      <c r="D618">
         <v>202</v>
       </c>
-      <c r="E618" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D619" s="0">
+      <c r="E618" t="s">
+        <v>598</v>
+      </c>
+      <c r="F618" t="s">
+        <v>651</v>
+      </c>
+      <c r="G618" t="s">
+        <v>652</v>
+      </c>
+      <c r="K618">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L618">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="619" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A619" t="s">
+        <v>596</v>
+      </c>
+      <c r="B619" t="s">
+        <v>727</v>
+      </c>
+      <c r="D619">
         <v>140</v>
       </c>
-      <c r="E619" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D620" s="0">
+      <c r="E619" t="s">
+        <v>598</v>
+      </c>
+      <c r="F619" t="s">
+        <v>651</v>
+      </c>
+      <c r="G619" t="s">
+        <v>652</v>
+      </c>
+      <c r="K619">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L619">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="620" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A620" t="s">
+        <v>596</v>
+      </c>
+      <c r="B620" t="s">
+        <v>286</v>
+      </c>
+      <c r="D620">
         <v>203</v>
       </c>
-      <c r="E620" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D621" s="0">
+      <c r="E620" t="s">
+        <v>598</v>
+      </c>
+      <c r="F620" t="s">
+        <v>651</v>
+      </c>
+      <c r="G620" t="s">
+        <v>652</v>
+      </c>
+      <c r="K620">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L620">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="621" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A621" t="s">
+        <v>596</v>
+      </c>
+      <c r="B621" t="s">
+        <v>728</v>
+      </c>
+      <c r="D621">
         <v>204</v>
       </c>
-      <c r="E621" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D622" s="0">
+      <c r="E621" t="s">
+        <v>598</v>
+      </c>
+      <c r="F621" t="s">
+        <v>651</v>
+      </c>
+      <c r="G621" t="s">
+        <v>652</v>
+      </c>
+      <c r="K621">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L621">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="622" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A622" t="s">
+        <v>596</v>
+      </c>
+      <c r="B622" t="s">
+        <v>729</v>
+      </c>
+      <c r="D622">
         <v>205</v>
       </c>
-      <c r="E622" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D623" s="0">
+      <c r="E622" t="s">
+        <v>598</v>
+      </c>
+      <c r="F622" t="s">
+        <v>651</v>
+      </c>
+      <c r="G622" t="s">
+        <v>652</v>
+      </c>
+      <c r="K622">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L622">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="623" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A623" t="s">
+        <v>596</v>
+      </c>
+      <c r="B623" t="s">
+        <v>730</v>
+      </c>
+      <c r="D623">
         <v>206</v>
       </c>
-      <c r="E623" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D624" s="0">
+      <c r="E623" t="s">
+        <v>598</v>
+      </c>
+      <c r="F623" t="s">
+        <v>651</v>
+      </c>
+      <c r="G623" t="s">
+        <v>652</v>
+      </c>
+      <c r="K623">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L623">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="624" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A624" t="s">
+        <v>596</v>
+      </c>
+      <c r="B624" t="s">
+        <v>731</v>
+      </c>
+      <c r="D624">
         <v>141</v>
       </c>
-      <c r="E624" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D625" s="0">
+      <c r="E624" t="s">
+        <v>598</v>
+      </c>
+      <c r="F624" t="s">
+        <v>651</v>
+      </c>
+      <c r="G624" t="s">
+        <v>652</v>
+      </c>
+      <c r="K624">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L624">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="625" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A625" t="s">
+        <v>596</v>
+      </c>
+      <c r="B625" t="s">
+        <v>732</v>
+      </c>
+      <c r="D625">
         <v>143</v>
       </c>
-      <c r="E625" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D626" s="0">
+      <c r="E625" t="s">
+        <v>598</v>
+      </c>
+      <c r="F625" t="s">
+        <v>651</v>
+      </c>
+      <c r="G625" t="s">
+        <v>652</v>
+      </c>
+      <c r="K625">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L625">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="626" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A626" t="s">
+        <v>596</v>
+      </c>
+      <c r="B626" t="s">
+        <v>733</v>
+      </c>
+      <c r="D626">
         <v>168</v>
       </c>
-      <c r="E626" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D627" s="0">
+      <c r="E626" t="s">
+        <v>598</v>
+      </c>
+      <c r="F626" t="s">
+        <v>651</v>
+      </c>
+      <c r="G626" t="s">
+        <v>652</v>
+      </c>
+      <c r="K626">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L626">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="627" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A627" t="s">
+        <v>596</v>
+      </c>
+      <c r="B627" t="s">
+        <v>398</v>
+      </c>
+      <c r="D627">
         <v>207</v>
       </c>
-      <c r="E627" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D628" s="0">
+      <c r="E627" t="s">
+        <v>598</v>
+      </c>
+      <c r="F627" t="s">
+        <v>651</v>
+      </c>
+      <c r="G627" t="s">
+        <v>652</v>
+      </c>
+      <c r="K627">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L627">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="628" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A628" t="s">
+        <v>596</v>
+      </c>
+      <c r="B628" t="s">
+        <v>397</v>
+      </c>
+      <c r="D628">
         <v>144</v>
       </c>
-      <c r="E628" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D629" s="0">
+      <c r="E628" t="s">
+        <v>598</v>
+      </c>
+      <c r="F628" t="s">
+        <v>651</v>
+      </c>
+      <c r="G628" t="s">
+        <v>652</v>
+      </c>
+      <c r="K628">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L628">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="629" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A629" t="s">
+        <v>596</v>
+      </c>
+      <c r="B629" t="s">
+        <v>734</v>
+      </c>
+      <c r="D629">
         <v>145</v>
       </c>
-      <c r="E629" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D630" s="0">
+      <c r="E629" t="s">
+        <v>598</v>
+      </c>
+      <c r="F629" t="s">
+        <v>651</v>
+      </c>
+      <c r="G629" t="s">
+        <v>652</v>
+      </c>
+      <c r="K629">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L629">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="630" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A630" t="s">
+        <v>596</v>
+      </c>
+      <c r="B630" t="s">
+        <v>735</v>
+      </c>
+      <c r="D630">
         <v>146</v>
       </c>
-      <c r="E630" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D631" s="0">
+      <c r="E630" t="s">
+        <v>598</v>
+      </c>
+      <c r="F630" t="s">
+        <v>651</v>
+      </c>
+      <c r="G630" t="s">
+        <v>652</v>
+      </c>
+      <c r="K630">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L630">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="631" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A631" t="s">
+        <v>596</v>
+      </c>
+      <c r="B631" t="s">
+        <v>736</v>
+      </c>
+      <c r="D631">
         <v>208</v>
       </c>
-      <c r="E631" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D632" s="0">
+      <c r="E631" t="s">
+        <v>598</v>
+      </c>
+      <c r="F631" t="s">
+        <v>651</v>
+      </c>
+      <c r="G631" t="s">
+        <v>652</v>
+      </c>
+      <c r="K631">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L631">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="632" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A632" t="s">
+        <v>596</v>
+      </c>
+      <c r="B632" t="s">
+        <v>737</v>
+      </c>
+      <c r="D632">
         <v>209</v>
       </c>
-      <c r="E632" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D633" s="0">
+      <c r="E632" t="s">
+        <v>598</v>
+      </c>
+      <c r="F632" t="s">
+        <v>651</v>
+      </c>
+      <c r="G632" t="s">
+        <v>652</v>
+      </c>
+      <c r="K632">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L632">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="633" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A633" t="s">
+        <v>596</v>
+      </c>
+      <c r="B633" t="s">
+        <v>738</v>
+      </c>
+      <c r="D633">
         <v>210</v>
       </c>
-      <c r="E633" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D634" s="0">
+      <c r="E633" t="s">
+        <v>598</v>
+      </c>
+      <c r="F633" t="s">
+        <v>651</v>
+      </c>
+      <c r="G633" t="s">
+        <v>652</v>
+      </c>
+      <c r="K633">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L633">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="634" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A634" t="s">
+        <v>596</v>
+      </c>
+      <c r="B634" t="s">
+        <v>739</v>
+      </c>
+      <c r="D634">
         <v>147</v>
       </c>
-      <c r="E634" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D635" s="0">
+      <c r="E634" t="s">
+        <v>598</v>
+      </c>
+      <c r="F634" t="s">
+        <v>651</v>
+      </c>
+      <c r="G634" t="s">
+        <v>652</v>
+      </c>
+      <c r="K634">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L634">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="635" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A635" t="s">
+        <v>596</v>
+      </c>
+      <c r="B635" t="s">
+        <v>740</v>
+      </c>
+      <c r="D635">
         <v>148</v>
       </c>
-      <c r="E635" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D636" s="0">
+      <c r="E635" t="s">
+        <v>598</v>
+      </c>
+      <c r="F635" t="s">
+        <v>651</v>
+      </c>
+      <c r="G635" t="s">
+        <v>652</v>
+      </c>
+      <c r="K635">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L635">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="636" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A636" t="s">
+        <v>596</v>
+      </c>
+      <c r="B636" t="s">
+        <v>741</v>
+      </c>
+      <c r="D636">
         <v>149</v>
       </c>
-      <c r="E636" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D637" s="0">
+      <c r="E636" t="s">
+        <v>598</v>
+      </c>
+      <c r="F636" t="s">
+        <v>651</v>
+      </c>
+      <c r="G636" t="s">
+        <v>652</v>
+      </c>
+      <c r="K636">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L636">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="637" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A637" t="s">
+        <v>596</v>
+      </c>
+      <c r="B637" t="s">
+        <v>742</v>
+      </c>
+      <c r="D637">
         <v>211</v>
       </c>
-      <c r="E637" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D638" s="0">
+      <c r="E637" t="s">
+        <v>598</v>
+      </c>
+      <c r="F637" t="s">
+        <v>651</v>
+      </c>
+      <c r="G637" t="s">
+        <v>652</v>
+      </c>
+      <c r="K637">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L637">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="638" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A638" t="s">
+        <v>596</v>
+      </c>
+      <c r="B638" t="s">
+        <v>743</v>
+      </c>
+      <c r="D638">
         <v>150</v>
       </c>
-      <c r="E638" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D639" s="0">
+      <c r="E638" t="s">
+        <v>598</v>
+      </c>
+      <c r="F638" t="s">
+        <v>651</v>
+      </c>
+      <c r="G638" t="s">
+        <v>652</v>
+      </c>
+      <c r="K638">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L638">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="639" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A639" t="s">
+        <v>596</v>
+      </c>
+      <c r="B639" t="s">
+        <v>744</v>
+      </c>
+      <c r="D639">
         <v>212</v>
       </c>
-      <c r="E639" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D640" s="0">
+      <c r="E639" t="s">
+        <v>598</v>
+      </c>
+      <c r="F639" t="s">
+        <v>651</v>
+      </c>
+      <c r="G639" t="s">
+        <v>652</v>
+      </c>
+      <c r="K639">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L639">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="640" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A640" t="s">
+        <v>596</v>
+      </c>
+      <c r="B640" t="s">
+        <v>745</v>
+      </c>
+      <c r="D640">
         <v>151</v>
       </c>
-      <c r="E640" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D641" s="0">
+      <c r="E640" t="s">
+        <v>598</v>
+      </c>
+      <c r="F640" t="s">
+        <v>651</v>
+      </c>
+      <c r="G640" t="s">
+        <v>652</v>
+      </c>
+      <c r="K640">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L640">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="641" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A641" t="s">
+        <v>596</v>
+      </c>
+      <c r="B641" t="s">
+        <v>746</v>
+      </c>
+      <c r="D641">
         <v>213</v>
       </c>
-      <c r="E641" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D642" s="0">
+      <c r="E641" t="s">
+        <v>598</v>
+      </c>
+      <c r="F641" t="s">
+        <v>651</v>
+      </c>
+      <c r="G641" t="s">
+        <v>652</v>
+      </c>
+      <c r="K641">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L641">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="642" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A642" t="s">
+        <v>596</v>
+      </c>
+      <c r="B642" t="s">
+        <v>747</v>
+      </c>
+      <c r="D642">
         <v>214</v>
       </c>
-      <c r="E642" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D643" s="0">
+      <c r="E642" t="s">
+        <v>598</v>
+      </c>
+      <c r="F642" t="s">
+        <v>651</v>
+      </c>
+      <c r="G642" t="s">
+        <v>652</v>
+      </c>
+      <c r="K642">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L642">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="643" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A643" t="s">
+        <v>596</v>
+      </c>
+      <c r="B643" t="s">
+        <v>748</v>
+      </c>
+      <c r="D643">
         <v>215</v>
       </c>
-      <c r="E643" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D644" s="0">
+      <c r="E643" t="s">
+        <v>598</v>
+      </c>
+      <c r="F643" t="s">
+        <v>651</v>
+      </c>
+      <c r="G643" t="s">
+        <v>652</v>
+      </c>
+      <c r="K643">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L643">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="644" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A644" t="s">
+        <v>596</v>
+      </c>
+      <c r="B644" t="s">
+        <v>292</v>
+      </c>
+      <c r="D644">
         <v>152</v>
       </c>
-      <c r="E644" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D645" s="0">
+      <c r="E644" t="s">
+        <v>598</v>
+      </c>
+      <c r="F644" t="s">
+        <v>651</v>
+      </c>
+      <c r="G644" t="s">
+        <v>652</v>
+      </c>
+      <c r="K644">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L644">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="645" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A645" t="s">
+        <v>596</v>
+      </c>
+      <c r="B645" t="s">
+        <v>749</v>
+      </c>
+      <c r="D645">
         <v>153</v>
       </c>
-      <c r="E645" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D646" s="0">
+      <c r="E645" t="s">
+        <v>598</v>
+      </c>
+      <c r="F645" t="s">
+        <v>651</v>
+      </c>
+      <c r="G645" t="s">
+        <v>652</v>
+      </c>
+      <c r="K645">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L645">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="646" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A646" t="s">
+        <v>596</v>
+      </c>
+      <c r="B646" t="s">
+        <v>750</v>
+      </c>
+      <c r="D646">
         <v>216</v>
       </c>
-      <c r="E646" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D647" s="0">
+      <c r="E646" t="s">
+        <v>598</v>
+      </c>
+      <c r="F646" t="s">
+        <v>651</v>
+      </c>
+      <c r="G646" t="s">
+        <v>652</v>
+      </c>
+      <c r="K646">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L646">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="647" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A647" t="s">
+        <v>596</v>
+      </c>
+      <c r="B647" t="s">
+        <v>751</v>
+      </c>
+      <c r="D647">
         <v>154</v>
       </c>
-      <c r="E647" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D648" s="0">
+      <c r="E647" t="s">
+        <v>598</v>
+      </c>
+      <c r="F647" t="s">
+        <v>651</v>
+      </c>
+      <c r="G647" t="s">
+        <v>652</v>
+      </c>
+      <c r="K647">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L647">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="648" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A648" t="s">
+        <v>596</v>
+      </c>
+      <c r="B648" t="s">
+        <v>752</v>
+      </c>
+      <c r="D648">
         <v>155</v>
       </c>
-      <c r="E648" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D649" s="0">
+      <c r="E648" t="s">
+        <v>598</v>
+      </c>
+      <c r="F648" t="s">
+        <v>651</v>
+      </c>
+      <c r="G648" t="s">
+        <v>652</v>
+      </c>
+      <c r="K648">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L648">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="649" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A649" t="s">
+        <v>596</v>
+      </c>
+      <c r="B649" t="s">
+        <v>753</v>
+      </c>
+      <c r="D649">
         <v>217</v>
       </c>
-      <c r="E649" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D650" s="0">
+      <c r="E649" t="s">
+        <v>598</v>
+      </c>
+      <c r="F649" t="s">
+        <v>651</v>
+      </c>
+      <c r="G649" t="s">
+        <v>652</v>
+      </c>
+      <c r="K649">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L649">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="650" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A650" t="s">
+        <v>596</v>
+      </c>
+      <c r="B650" t="s">
+        <v>294</v>
+      </c>
+      <c r="D650">
         <v>156</v>
       </c>
-      <c r="E650" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D651" s="0">
+      <c r="E650" t="s">
+        <v>598</v>
+      </c>
+      <c r="F650" t="s">
+        <v>651</v>
+      </c>
+      <c r="G650" t="s">
+        <v>652</v>
+      </c>
+      <c r="K650">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L650">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="651" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A651" t="s">
+        <v>596</v>
+      </c>
+      <c r="B651" t="s">
+        <v>754</v>
+      </c>
+      <c r="D651">
         <v>157</v>
       </c>
-      <c r="E651" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D652" s="0">
+      <c r="E651" t="s">
+        <v>598</v>
+      </c>
+      <c r="F651" t="s">
+        <v>651</v>
+      </c>
+      <c r="G651" t="s">
+        <v>652</v>
+      </c>
+      <c r="K651">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L651">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="652" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A652" t="s">
+        <v>596</v>
+      </c>
+      <c r="B652" t="s">
+        <v>293</v>
+      </c>
+      <c r="D652">
         <v>164</v>
       </c>
-      <c r="E652" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D653" s="0">
+      <c r="E652" t="s">
+        <v>598</v>
+      </c>
+      <c r="F652" t="s">
+        <v>651</v>
+      </c>
+      <c r="G652" t="s">
+        <v>652</v>
+      </c>
+      <c r="K652">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L652">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="653" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A653" t="s">
+        <v>596</v>
+      </c>
+      <c r="B653" t="s">
+        <v>755</v>
+      </c>
+      <c r="D653">
         <v>218</v>
       </c>
-      <c r="E653" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D654" s="0">
+      <c r="E653" t="s">
+        <v>598</v>
+      </c>
+      <c r="F653" t="s">
+        <v>651</v>
+      </c>
+      <c r="G653" t="s">
+        <v>652</v>
+      </c>
+      <c r="K653">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L653">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="654" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A654" t="s">
+        <v>596</v>
+      </c>
+      <c r="B654" t="s">
+        <v>756</v>
+      </c>
+      <c r="D654">
         <v>219</v>
       </c>
-      <c r="E654" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D655" s="0">
+      <c r="E654" t="s">
+        <v>598</v>
+      </c>
+      <c r="F654" t="s">
+        <v>651</v>
+      </c>
+      <c r="G654" t="s">
+        <v>652</v>
+      </c>
+      <c r="K654">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L654">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="655" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A655" t="s">
+        <v>596</v>
+      </c>
+      <c r="B655" t="s">
+        <v>295</v>
+      </c>
+      <c r="D655">
         <v>158</v>
       </c>
-      <c r="E655" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D656" s="0">
+      <c r="E655" t="s">
+        <v>598</v>
+      </c>
+      <c r="F655" t="s">
+        <v>651</v>
+      </c>
+      <c r="G655" t="s">
+        <v>652</v>
+      </c>
+      <c r="K655">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L655">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="656" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A656" t="s">
+        <v>596</v>
+      </c>
+      <c r="B656" t="s">
+        <v>296</v>
+      </c>
+      <c r="D656">
         <v>159</v>
       </c>
-      <c r="E656" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D657" s="0">
+      <c r="E656" t="s">
+        <v>598</v>
+      </c>
+      <c r="F656" t="s">
+        <v>651</v>
+      </c>
+      <c r="G656" t="s">
+        <v>652</v>
+      </c>
+      <c r="K656">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L656">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="657" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A657" t="s">
+        <v>596</v>
+      </c>
+      <c r="B657" t="s">
+        <v>757</v>
+      </c>
+      <c r="D657">
         <v>160</v>
       </c>
-      <c r="E657" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D658" s="0">
+      <c r="E657" t="s">
+        <v>598</v>
+      </c>
+      <c r="F657" t="s">
+        <v>651</v>
+      </c>
+      <c r="G657" t="s">
+        <v>652</v>
+      </c>
+      <c r="K657">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L657">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="658" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A658" t="s">
+        <v>596</v>
+      </c>
+      <c r="B658" t="s">
+        <v>758</v>
+      </c>
+      <c r="D658">
         <v>161</v>
       </c>
-      <c r="E658" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D659" s="0">
+      <c r="E658" t="s">
+        <v>598</v>
+      </c>
+      <c r="F658" t="s">
+        <v>651</v>
+      </c>
+      <c r="G658" t="s">
+        <v>652</v>
+      </c>
+      <c r="K658">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L658">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="659" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A659" t="s">
+        <v>596</v>
+      </c>
+      <c r="B659" t="s">
+        <v>759</v>
+      </c>
+      <c r="D659">
         <v>162</v>
       </c>
-      <c r="E659" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D660" s="0">
+      <c r="E659" t="s">
+        <v>598</v>
+      </c>
+      <c r="F659" t="s">
+        <v>651</v>
+      </c>
+      <c r="G659" t="s">
+        <v>652</v>
+      </c>
+      <c r="K659">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L659">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="660" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A660" t="s">
+        <v>596</v>
+      </c>
+      <c r="B660" t="s">
+        <v>760</v>
+      </c>
+      <c r="D660">
         <v>163</v>
       </c>
-      <c r="E660" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D661" s="0">
+      <c r="E660" t="s">
+        <v>598</v>
+      </c>
+      <c r="F660" t="s">
+        <v>651</v>
+      </c>
+      <c r="G660" t="s">
+        <v>652</v>
+      </c>
+      <c r="K660">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L660">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="661" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A661" t="s">
+        <v>596</v>
+      </c>
+      <c r="B661" t="s">
+        <v>761</v>
+      </c>
+      <c r="D661">
         <v>220</v>
       </c>
-      <c r="E661" s="0" t="inlineStr">
-[...40 lines deleted...]
-      <c r="D662" s="0">
+      <c r="E661" t="s">
+        <v>598</v>
+      </c>
+      <c r="F661" t="s">
+        <v>651</v>
+      </c>
+      <c r="G661" t="s">
+        <v>652</v>
+      </c>
+      <c r="K661">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L661">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="662" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A662" t="s">
+        <v>762</v>
+      </c>
+      <c r="B662" t="s">
+        <v>479</v>
+      </c>
+      <c r="C662" t="s">
+        <v>479</v>
+      </c>
+      <c r="D662">
         <v>1</v>
       </c>
-      <c r="E662" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K662" s="0">
+      <c r="E662" t="s">
+        <v>315</v>
+      </c>
+      <c r="F662" t="s">
+        <v>481</v>
+      </c>
+      <c r="G662" t="s">
+        <v>763</v>
+      </c>
+      <c r="K662">
         <v>1</v>
       </c>
-      <c r="L662" s="0">
-[...19 lines deleted...]
-      <c r="D663" s="0">
+      <c r="L662">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="663" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A663" t="s">
+        <v>762</v>
+      </c>
+      <c r="B663" t="s">
+        <v>479</v>
+      </c>
+      <c r="C663" t="s">
+        <v>479</v>
+      </c>
+      <c r="D663">
         <v>2</v>
       </c>
-      <c r="E663" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L663" s="0">
+      <c r="E663" t="s">
+        <v>73</v>
+      </c>
+      <c r="F663" t="s">
+        <v>481</v>
+      </c>
+      <c r="G663" t="s">
+        <v>763</v>
+      </c>
+      <c r="K663">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L663">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="664">
-[...10 lines deleted...]
-      <c r="D664" s="0">
+    <row r="664" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A664" t="s">
+        <v>764</v>
+      </c>
+      <c r="B664" t="s">
+        <v>765</v>
+      </c>
+      <c r="D664">
         <v>231</v>
       </c>
-      <c r="E664" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K664" s="0">
+      <c r="E664" t="s">
+        <v>766</v>
+      </c>
+      <c r="F664" t="s">
+        <v>767</v>
+      </c>
+      <c r="G664" t="s">
+        <v>768</v>
+      </c>
+      <c r="K664">
         <v>1</v>
       </c>
-      <c r="L664" s="0">
-[...14 lines deleted...]
-      <c r="D665" s="0">
+      <c r="L664">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="665" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A665" t="s">
+        <v>764</v>
+      </c>
+      <c r="B665" t="s">
+        <v>769</v>
+      </c>
+      <c r="D665">
         <v>232</v>
       </c>
-      <c r="E665" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K665" s="0">
+      <c r="E665" t="s">
+        <v>766</v>
+      </c>
+      <c r="F665" t="s">
+        <v>767</v>
+      </c>
+      <c r="G665" t="s">
+        <v>768</v>
+      </c>
+      <c r="K665">
         <v>1</v>
       </c>
-      <c r="L665" s="0">
-[...14 lines deleted...]
-      <c r="D666" s="0">
+      <c r="L665">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="666" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A666" t="s">
+        <v>764</v>
+      </c>
+      <c r="B666" t="s">
+        <v>770</v>
+      </c>
+      <c r="D666">
         <v>233</v>
       </c>
-      <c r="E666" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K666" s="0">
+      <c r="E666" t="s">
+        <v>766</v>
+      </c>
+      <c r="F666" t="s">
+        <v>767</v>
+      </c>
+      <c r="G666" t="s">
+        <v>768</v>
+      </c>
+      <c r="K666">
         <v>1</v>
       </c>
-      <c r="L666" s="0">
-[...14 lines deleted...]
-      <c r="D667" s="0">
+      <c r="L666">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="667" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A667" t="s">
+        <v>764</v>
+      </c>
+      <c r="B667" t="s">
+        <v>771</v>
+      </c>
+      <c r="D667">
         <v>241</v>
       </c>
-      <c r="E667" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K667" s="0">
+      <c r="E667" t="s">
+        <v>766</v>
+      </c>
+      <c r="F667" t="s">
+        <v>767</v>
+      </c>
+      <c r="G667" t="s">
+        <v>768</v>
+      </c>
+      <c r="K667">
         <v>1</v>
       </c>
-      <c r="L667" s="0">
-[...14 lines deleted...]
-      <c r="D668" s="0">
+      <c r="L667">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="668" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A668" t="s">
+        <v>764</v>
+      </c>
+      <c r="B668" t="s">
+        <v>772</v>
+      </c>
+      <c r="D668">
         <v>242</v>
       </c>
-      <c r="E668" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K668" s="0">
+      <c r="E668" t="s">
+        <v>766</v>
+      </c>
+      <c r="F668" t="s">
+        <v>767</v>
+      </c>
+      <c r="G668" t="s">
+        <v>768</v>
+      </c>
+      <c r="K668">
         <v>1</v>
       </c>
-      <c r="L668" s="0">
-[...14 lines deleted...]
-      <c r="D669" s="0">
+      <c r="L668">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="669" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A669" t="s">
+        <v>764</v>
+      </c>
+      <c r="B669" t="s">
+        <v>773</v>
+      </c>
+      <c r="D669">
         <v>243</v>
       </c>
-      <c r="E669" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K669" s="0">
+      <c r="E669" t="s">
+        <v>766</v>
+      </c>
+      <c r="F669" t="s">
+        <v>767</v>
+      </c>
+      <c r="G669" t="s">
+        <v>768</v>
+      </c>
+      <c r="K669">
         <v>1</v>
       </c>
-      <c r="L669" s="0">
-[...14 lines deleted...]
-      <c r="D670" s="0">
+      <c r="L669">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="670" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A670" t="s">
+        <v>764</v>
+      </c>
+      <c r="B670" t="s">
+        <v>774</v>
+      </c>
+      <c r="D670">
         <v>251</v>
       </c>
-      <c r="E670" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K670" s="0">
+      <c r="E670" t="s">
+        <v>766</v>
+      </c>
+      <c r="F670" t="s">
+        <v>767</v>
+      </c>
+      <c r="G670" t="s">
+        <v>768</v>
+      </c>
+      <c r="K670">
         <v>1</v>
       </c>
-      <c r="L670" s="0">
-[...14 lines deleted...]
-      <c r="D671" s="0">
+      <c r="L670">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="671" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A671" t="s">
+        <v>764</v>
+      </c>
+      <c r="B671" t="s">
+        <v>775</v>
+      </c>
+      <c r="D671">
         <v>252</v>
       </c>
-      <c r="E671" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K671" s="0">
+      <c r="E671" t="s">
+        <v>766</v>
+      </c>
+      <c r="F671" t="s">
+        <v>767</v>
+      </c>
+      <c r="G671" t="s">
+        <v>768</v>
+      </c>
+      <c r="K671">
         <v>1</v>
       </c>
-      <c r="L671" s="0">
-[...14 lines deleted...]
-      <c r="D672" s="0">
+      <c r="L671">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="672" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A672" t="s">
+        <v>764</v>
+      </c>
+      <c r="B672" t="s">
+        <v>776</v>
+      </c>
+      <c r="D672">
         <v>253</v>
       </c>
-      <c r="E672" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K672" s="0">
+      <c r="E672" t="s">
+        <v>766</v>
+      </c>
+      <c r="F672" t="s">
+        <v>767</v>
+      </c>
+      <c r="G672" t="s">
+        <v>768</v>
+      </c>
+      <c r="K672">
         <v>1</v>
       </c>
-      <c r="L672" s="0">
-[...14 lines deleted...]
-      <c r="D673" s="0">
+      <c r="L672">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="673" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A673" t="s">
+        <v>764</v>
+      </c>
+      <c r="B673" t="s">
+        <v>777</v>
+      </c>
+      <c r="D673">
         <v>271</v>
       </c>
-      <c r="E673" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K673" s="0">
+      <c r="E673" t="s">
+        <v>766</v>
+      </c>
+      <c r="F673" t="s">
+        <v>767</v>
+      </c>
+      <c r="G673" t="s">
+        <v>768</v>
+      </c>
+      <c r="K673">
         <v>1</v>
       </c>
-      <c r="L673" s="0">
-[...14 lines deleted...]
-      <c r="D674" s="0">
+      <c r="L673">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="674" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A674" t="s">
+        <v>764</v>
+      </c>
+      <c r="B674" t="s">
+        <v>778</v>
+      </c>
+      <c r="D674">
         <v>272</v>
       </c>
-      <c r="E674" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K674" s="0">
+      <c r="E674" t="s">
+        <v>766</v>
+      </c>
+      <c r="F674" t="s">
+        <v>767</v>
+      </c>
+      <c r="G674" t="s">
+        <v>768</v>
+      </c>
+      <c r="K674">
         <v>1</v>
       </c>
-      <c r="L674" s="0">
-[...14 lines deleted...]
-      <c r="D675" s="0">
+      <c r="L674">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="675" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A675" t="s">
+        <v>764</v>
+      </c>
+      <c r="B675" t="s">
+        <v>779</v>
+      </c>
+      <c r="D675">
         <v>273</v>
       </c>
-      <c r="E675" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K675" s="0">
+      <c r="E675" t="s">
+        <v>766</v>
+      </c>
+      <c r="F675" t="s">
+        <v>767</v>
+      </c>
+      <c r="G675" t="s">
+        <v>768</v>
+      </c>
+      <c r="K675">
         <v>1</v>
       </c>
-      <c r="L675" s="0">
-[...14 lines deleted...]
-      <c r="D676" s="0">
+      <c r="L675">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="676" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A676" t="s">
+        <v>764</v>
+      </c>
+      <c r="B676" t="s">
+        <v>780</v>
+      </c>
+      <c r="D676">
         <v>281</v>
       </c>
-      <c r="E676" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K676" s="0">
+      <c r="E676" t="s">
+        <v>766</v>
+      </c>
+      <c r="F676" t="s">
+        <v>767</v>
+      </c>
+      <c r="G676" t="s">
+        <v>768</v>
+      </c>
+      <c r="K676">
         <v>1</v>
       </c>
-      <c r="L676" s="0">
-[...14 lines deleted...]
-      <c r="D677" s="0">
+      <c r="L676">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="677" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A677" t="s">
+        <v>764</v>
+      </c>
+      <c r="B677" t="s">
+        <v>781</v>
+      </c>
+      <c r="D677">
         <v>282</v>
       </c>
-      <c r="E677" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K677" s="0">
+      <c r="E677" t="s">
+        <v>766</v>
+      </c>
+      <c r="F677" t="s">
+        <v>767</v>
+      </c>
+      <c r="G677" t="s">
+        <v>768</v>
+      </c>
+      <c r="K677">
         <v>1</v>
       </c>
-      <c r="L677" s="0">
-[...14 lines deleted...]
-      <c r="D678" s="0">
+      <c r="L677">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="678" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A678" t="s">
+        <v>764</v>
+      </c>
+      <c r="B678" t="s">
+        <v>782</v>
+      </c>
+      <c r="D678">
         <v>283</v>
       </c>
-      <c r="E678" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K678" s="0">
+      <c r="E678" t="s">
+        <v>766</v>
+      </c>
+      <c r="F678" t="s">
+        <v>767</v>
+      </c>
+      <c r="G678" t="s">
+        <v>768</v>
+      </c>
+      <c r="K678">
         <v>1</v>
       </c>
-      <c r="L678" s="0">
-[...14 lines deleted...]
-      <c r="D679" s="0">
+      <c r="L678">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="679" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A679" t="s">
+        <v>764</v>
+      </c>
+      <c r="B679" t="s">
+        <v>783</v>
+      </c>
+      <c r="D679">
         <v>291</v>
       </c>
-      <c r="E679" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K679" s="0">
+      <c r="E679" t="s">
+        <v>766</v>
+      </c>
+      <c r="F679" t="s">
+        <v>767</v>
+      </c>
+      <c r="G679" t="s">
+        <v>768</v>
+      </c>
+      <c r="K679">
         <v>1</v>
       </c>
-      <c r="L679" s="0">
-[...14 lines deleted...]
-      <c r="D680" s="0">
+      <c r="L679">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="680" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A680" t="s">
+        <v>764</v>
+      </c>
+      <c r="B680" t="s">
+        <v>784</v>
+      </c>
+      <c r="D680">
         <v>292</v>
       </c>
-      <c r="E680" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K680" s="0">
+      <c r="E680" t="s">
+        <v>766</v>
+      </c>
+      <c r="F680" t="s">
+        <v>767</v>
+      </c>
+      <c r="G680" t="s">
+        <v>768</v>
+      </c>
+      <c r="K680">
         <v>1</v>
       </c>
-      <c r="L680" s="0">
-[...14 lines deleted...]
-      <c r="D681" s="0">
+      <c r="L680">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="681" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A681" t="s">
+        <v>764</v>
+      </c>
+      <c r="B681" t="s">
+        <v>785</v>
+      </c>
+      <c r="D681">
         <v>293</v>
       </c>
-      <c r="E681" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K681" s="0">
+      <c r="E681" t="s">
+        <v>766</v>
+      </c>
+      <c r="F681" t="s">
+        <v>767</v>
+      </c>
+      <c r="G681" t="s">
+        <v>768</v>
+      </c>
+      <c r="K681">
         <v>1</v>
       </c>
-      <c r="L681" s="0">
-[...14 lines deleted...]
-      <c r="D682" s="0">
+      <c r="L681">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="682" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A682" t="s">
+        <v>764</v>
+      </c>
+      <c r="B682" t="s">
+        <v>786</v>
+      </c>
+      <c r="D682">
         <v>311</v>
       </c>
-      <c r="E682" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K682" s="0">
+      <c r="E682" t="s">
+        <v>766</v>
+      </c>
+      <c r="F682" t="s">
+        <v>767</v>
+      </c>
+      <c r="G682" t="s">
+        <v>768</v>
+      </c>
+      <c r="K682">
         <v>1</v>
       </c>
-      <c r="L682" s="0">
-[...14 lines deleted...]
-      <c r="D683" s="0">
+      <c r="L682">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="683" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A683" t="s">
+        <v>764</v>
+      </c>
+      <c r="B683" t="s">
+        <v>787</v>
+      </c>
+      <c r="D683">
         <v>312</v>
       </c>
-      <c r="E683" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K683" s="0">
+      <c r="E683" t="s">
+        <v>766</v>
+      </c>
+      <c r="F683" t="s">
+        <v>767</v>
+      </c>
+      <c r="G683" t="s">
+        <v>768</v>
+      </c>
+      <c r="K683">
         <v>1</v>
       </c>
-      <c r="L683" s="0">
-[...14 lines deleted...]
-      <c r="D684" s="0">
+      <c r="L683">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="684" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A684" t="s">
+        <v>764</v>
+      </c>
+      <c r="B684" t="s">
+        <v>788</v>
+      </c>
+      <c r="D684">
         <v>313</v>
       </c>
-      <c r="E684" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K684" s="0">
+      <c r="E684" t="s">
+        <v>766</v>
+      </c>
+      <c r="F684" t="s">
+        <v>767</v>
+      </c>
+      <c r="G684" t="s">
+        <v>768</v>
+      </c>
+      <c r="K684">
         <v>1</v>
       </c>
-      <c r="L684" s="0">
-[...14 lines deleted...]
-      <c r="D685" s="0">
+      <c r="L684">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="685" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A685" t="s">
+        <v>764</v>
+      </c>
+      <c r="B685" t="s">
+        <v>789</v>
+      </c>
+      <c r="D685">
         <v>321</v>
       </c>
-      <c r="E685" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K685" s="0">
+      <c r="E685" t="s">
+        <v>766</v>
+      </c>
+      <c r="F685" t="s">
+        <v>767</v>
+      </c>
+      <c r="G685" t="s">
+        <v>768</v>
+      </c>
+      <c r="K685">
         <v>1</v>
       </c>
-      <c r="L685" s="0">
-[...14 lines deleted...]
-      <c r="D686" s="0">
+      <c r="L685">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="686" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A686" t="s">
+        <v>764</v>
+      </c>
+      <c r="B686" t="s">
+        <v>790</v>
+      </c>
+      <c r="D686">
         <v>322</v>
       </c>
-      <c r="E686" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K686" s="0">
+      <c r="E686" t="s">
+        <v>766</v>
+      </c>
+      <c r="F686" t="s">
+        <v>767</v>
+      </c>
+      <c r="G686" t="s">
+        <v>768</v>
+      </c>
+      <c r="K686">
         <v>1</v>
       </c>
-      <c r="L686" s="0">
-[...14 lines deleted...]
-      <c r="D687" s="0">
+      <c r="L686">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="687" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A687" t="s">
+        <v>764</v>
+      </c>
+      <c r="B687" t="s">
+        <v>791</v>
+      </c>
+      <c r="D687">
         <v>323</v>
       </c>
-      <c r="E687" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K687" s="0">
+      <c r="E687" t="s">
+        <v>766</v>
+      </c>
+      <c r="F687" t="s">
+        <v>767</v>
+      </c>
+      <c r="G687" t="s">
+        <v>768</v>
+      </c>
+      <c r="K687">
         <v>1</v>
       </c>
-      <c r="L687" s="0">
-[...14 lines deleted...]
-      <c r="D688" s="0">
+      <c r="L687">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="688" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A688" t="s">
+        <v>764</v>
+      </c>
+      <c r="B688" t="s">
+        <v>792</v>
+      </c>
+      <c r="D688">
         <v>331</v>
       </c>
-      <c r="E688" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K688" s="0">
+      <c r="E688" t="s">
+        <v>766</v>
+      </c>
+      <c r="F688" t="s">
+        <v>767</v>
+      </c>
+      <c r="G688" t="s">
+        <v>768</v>
+      </c>
+      <c r="K688">
         <v>1</v>
       </c>
-      <c r="L688" s="0">
-[...14 lines deleted...]
-      <c r="D689" s="0">
+      <c r="L688">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="689" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A689" t="s">
+        <v>764</v>
+      </c>
+      <c r="B689" t="s">
+        <v>793</v>
+      </c>
+      <c r="D689">
         <v>332</v>
       </c>
-      <c r="E689" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K689" s="0">
+      <c r="E689" t="s">
+        <v>766</v>
+      </c>
+      <c r="F689" t="s">
+        <v>767</v>
+      </c>
+      <c r="G689" t="s">
+        <v>768</v>
+      </c>
+      <c r="K689">
         <v>1</v>
       </c>
-      <c r="L689" s="0">
-[...14 lines deleted...]
-      <c r="D690" s="0">
+      <c r="L689">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="690" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A690" t="s">
+        <v>764</v>
+      </c>
+      <c r="B690" t="s">
+        <v>794</v>
+      </c>
+      <c r="D690">
         <v>333</v>
       </c>
-      <c r="E690" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K690" s="0">
+      <c r="E690" t="s">
+        <v>766</v>
+      </c>
+      <c r="F690" t="s">
+        <v>767</v>
+      </c>
+      <c r="G690" t="s">
+        <v>768</v>
+      </c>
+      <c r="K690">
         <v>1</v>
       </c>
-      <c r="L690" s="0">
-[...14 lines deleted...]
-      <c r="D691" s="0">
+      <c r="L690">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="691" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A691" t="s">
+        <v>764</v>
+      </c>
+      <c r="B691" t="s">
+        <v>765</v>
+      </c>
+      <c r="D691">
         <v>31</v>
       </c>
-      <c r="E691" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K691" s="0">
+      <c r="E691" t="s">
+        <v>795</v>
+      </c>
+      <c r="F691" t="s">
+        <v>796</v>
+      </c>
+      <c r="G691" t="s">
+        <v>797</v>
+      </c>
+      <c r="K691">
         <v>1</v>
       </c>
-      <c r="L691" s="0">
-[...14 lines deleted...]
-      <c r="D692" s="0">
+      <c r="L691">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="692" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A692" t="s">
+        <v>764</v>
+      </c>
+      <c r="B692" t="s">
+        <v>769</v>
+      </c>
+      <c r="D692">
         <v>32</v>
       </c>
-      <c r="E692" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K692" s="0">
+      <c r="E692" t="s">
+        <v>795</v>
+      </c>
+      <c r="F692" t="s">
+        <v>796</v>
+      </c>
+      <c r="G692" t="s">
+        <v>797</v>
+      </c>
+      <c r="K692">
         <v>1</v>
       </c>
-      <c r="L692" s="0">
-[...14 lines deleted...]
-      <c r="D693" s="0">
+      <c r="L692">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="693" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A693" t="s">
+        <v>764</v>
+      </c>
+      <c r="B693" t="s">
+        <v>770</v>
+      </c>
+      <c r="D693">
         <v>33</v>
       </c>
-      <c r="E693" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K693" s="0">
+      <c r="E693" t="s">
+        <v>795</v>
+      </c>
+      <c r="F693" t="s">
+        <v>796</v>
+      </c>
+      <c r="G693" t="s">
+        <v>797</v>
+      </c>
+      <c r="K693">
         <v>1</v>
       </c>
-      <c r="L693" s="0">
-[...14 lines deleted...]
-      <c r="D694" s="0">
+      <c r="L693">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="694" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A694" t="s">
+        <v>764</v>
+      </c>
+      <c r="B694" t="s">
+        <v>771</v>
+      </c>
+      <c r="D694">
         <v>41</v>
       </c>
-      <c r="E694" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K694" s="0">
+      <c r="E694" t="s">
+        <v>795</v>
+      </c>
+      <c r="F694" t="s">
+        <v>796</v>
+      </c>
+      <c r="G694" t="s">
+        <v>797</v>
+      </c>
+      <c r="K694">
         <v>1</v>
       </c>
-      <c r="L694" s="0">
-[...14 lines deleted...]
-      <c r="D695" s="0">
+      <c r="L694">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="695" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A695" t="s">
+        <v>764</v>
+      </c>
+      <c r="B695" t="s">
+        <v>772</v>
+      </c>
+      <c r="D695">
         <v>42</v>
       </c>
-      <c r="E695" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K695" s="0">
+      <c r="E695" t="s">
+        <v>795</v>
+      </c>
+      <c r="F695" t="s">
+        <v>796</v>
+      </c>
+      <c r="G695" t="s">
+        <v>797</v>
+      </c>
+      <c r="K695">
         <v>1</v>
       </c>
-      <c r="L695" s="0">
-[...14 lines deleted...]
-      <c r="D696" s="0">
+      <c r="L695">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="696" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A696" t="s">
+        <v>764</v>
+      </c>
+      <c r="B696" t="s">
+        <v>773</v>
+      </c>
+      <c r="D696">
         <v>43</v>
       </c>
-      <c r="E696" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K696" s="0">
+      <c r="E696" t="s">
+        <v>795</v>
+      </c>
+      <c r="F696" t="s">
+        <v>796</v>
+      </c>
+      <c r="G696" t="s">
+        <v>797</v>
+      </c>
+      <c r="K696">
         <v>1</v>
       </c>
-      <c r="L696" s="0">
-[...14 lines deleted...]
-      <c r="D697" s="0">
+      <c r="L696">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="697" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A697" t="s">
+        <v>764</v>
+      </c>
+      <c r="B697" t="s">
+        <v>774</v>
+      </c>
+      <c r="D697">
         <v>51</v>
       </c>
-      <c r="E697" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K697" s="0">
+      <c r="E697" t="s">
+        <v>795</v>
+      </c>
+      <c r="F697" t="s">
+        <v>796</v>
+      </c>
+      <c r="G697" t="s">
+        <v>797</v>
+      </c>
+      <c r="K697">
         <v>1</v>
       </c>
-      <c r="L697" s="0">
-[...14 lines deleted...]
-      <c r="D698" s="0">
+      <c r="L697">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="698" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A698" t="s">
+        <v>764</v>
+      </c>
+      <c r="B698" t="s">
+        <v>775</v>
+      </c>
+      <c r="D698">
         <v>52</v>
       </c>
-      <c r="E698" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K698" s="0">
+      <c r="E698" t="s">
+        <v>795</v>
+      </c>
+      <c r="F698" t="s">
+        <v>796</v>
+      </c>
+      <c r="G698" t="s">
+        <v>797</v>
+      </c>
+      <c r="K698">
         <v>1</v>
       </c>
-      <c r="L698" s="0">
-[...14 lines deleted...]
-      <c r="D699" s="0">
+      <c r="L698">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="699" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A699" t="s">
+        <v>764</v>
+      </c>
+      <c r="B699" t="s">
+        <v>776</v>
+      </c>
+      <c r="D699">
         <v>53</v>
       </c>
-      <c r="E699" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K699" s="0">
+      <c r="E699" t="s">
+        <v>795</v>
+      </c>
+      <c r="F699" t="s">
+        <v>796</v>
+      </c>
+      <c r="G699" t="s">
+        <v>797</v>
+      </c>
+      <c r="K699">
         <v>1</v>
       </c>
-      <c r="L699" s="0">
-[...14 lines deleted...]
-      <c r="D700" s="0">
+      <c r="L699">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="700" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A700" t="s">
+        <v>764</v>
+      </c>
+      <c r="B700" t="s">
+        <v>798</v>
+      </c>
+      <c r="D700">
         <v>71</v>
       </c>
-      <c r="E700" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K700" s="0">
+      <c r="E700" t="s">
+        <v>795</v>
+      </c>
+      <c r="F700" t="s">
+        <v>796</v>
+      </c>
+      <c r="G700" t="s">
+        <v>797</v>
+      </c>
+      <c r="K700">
         <v>1</v>
       </c>
-      <c r="L700" s="0">
-[...14 lines deleted...]
-      <c r="D701" s="0">
+      <c r="L700">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="701" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A701" t="s">
+        <v>764</v>
+      </c>
+      <c r="B701" t="s">
+        <v>778</v>
+      </c>
+      <c r="D701">
         <v>72</v>
       </c>
-      <c r="E701" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K701" s="0">
+      <c r="E701" t="s">
+        <v>795</v>
+      </c>
+      <c r="F701" t="s">
+        <v>796</v>
+      </c>
+      <c r="G701" t="s">
+        <v>797</v>
+      </c>
+      <c r="K701">
         <v>1</v>
       </c>
-      <c r="L701" s="0">
-[...14 lines deleted...]
-      <c r="D702" s="0">
+      <c r="L701">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="702" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A702" t="s">
+        <v>764</v>
+      </c>
+      <c r="B702" t="s">
+        <v>779</v>
+      </c>
+      <c r="D702">
         <v>73</v>
       </c>
-      <c r="E702" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K702" s="0">
+      <c r="E702" t="s">
+        <v>795</v>
+      </c>
+      <c r="F702" t="s">
+        <v>796</v>
+      </c>
+      <c r="G702" t="s">
+        <v>797</v>
+      </c>
+      <c r="K702">
         <v>1</v>
       </c>
-      <c r="L702" s="0">
-[...14 lines deleted...]
-      <c r="D703" s="0">
+      <c r="L702">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="703" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A703" t="s">
+        <v>764</v>
+      </c>
+      <c r="B703" t="s">
+        <v>780</v>
+      </c>
+      <c r="D703">
         <v>81</v>
       </c>
-      <c r="E703" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K703" s="0">
+      <c r="E703" t="s">
+        <v>795</v>
+      </c>
+      <c r="F703" t="s">
+        <v>796</v>
+      </c>
+      <c r="G703" t="s">
+        <v>797</v>
+      </c>
+      <c r="K703">
         <v>1</v>
       </c>
-      <c r="L703" s="0">
-[...14 lines deleted...]
-      <c r="D704" s="0">
+      <c r="L703">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="704" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A704" t="s">
+        <v>764</v>
+      </c>
+      <c r="B704" t="s">
+        <v>781</v>
+      </c>
+      <c r="D704">
         <v>82</v>
       </c>
-      <c r="E704" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K704" s="0">
+      <c r="E704" t="s">
+        <v>795</v>
+      </c>
+      <c r="F704" t="s">
+        <v>796</v>
+      </c>
+      <c r="G704" t="s">
+        <v>797</v>
+      </c>
+      <c r="K704">
         <v>1</v>
       </c>
-      <c r="L704" s="0">
-[...14 lines deleted...]
-      <c r="D705" s="0">
+      <c r="L704">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="705" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A705" t="s">
+        <v>764</v>
+      </c>
+      <c r="B705" t="s">
+        <v>782</v>
+      </c>
+      <c r="D705">
         <v>83</v>
       </c>
-      <c r="E705" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K705" s="0">
+      <c r="E705" t="s">
+        <v>795</v>
+      </c>
+      <c r="F705" t="s">
+        <v>796</v>
+      </c>
+      <c r="G705" t="s">
+        <v>797</v>
+      </c>
+      <c r="K705">
         <v>1</v>
       </c>
-      <c r="L705" s="0">
-[...14 lines deleted...]
-      <c r="D706" s="0">
+      <c r="L705">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="706" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A706" t="s">
+        <v>764</v>
+      </c>
+      <c r="B706" t="s">
+        <v>783</v>
+      </c>
+      <c r="D706">
         <v>91</v>
       </c>
-      <c r="E706" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K706" s="0">
+      <c r="E706" t="s">
+        <v>795</v>
+      </c>
+      <c r="F706" t="s">
+        <v>796</v>
+      </c>
+      <c r="G706" t="s">
+        <v>797</v>
+      </c>
+      <c r="K706">
         <v>1</v>
       </c>
-      <c r="L706" s="0">
-[...14 lines deleted...]
-      <c r="D707" s="0">
+      <c r="L706">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="707" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A707" t="s">
+        <v>764</v>
+      </c>
+      <c r="B707" t="s">
+        <v>784</v>
+      </c>
+      <c r="D707">
         <v>92</v>
       </c>
-      <c r="E707" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K707" s="0">
+      <c r="E707" t="s">
+        <v>795</v>
+      </c>
+      <c r="F707" t="s">
+        <v>796</v>
+      </c>
+      <c r="G707" t="s">
+        <v>797</v>
+      </c>
+      <c r="K707">
         <v>1</v>
       </c>
-      <c r="L707" s="0">
-[...14 lines deleted...]
-      <c r="D708" s="0">
+      <c r="L707">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="708" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A708" t="s">
+        <v>764</v>
+      </c>
+      <c r="B708" t="s">
+        <v>785</v>
+      </c>
+      <c r="D708">
         <v>93</v>
       </c>
-      <c r="E708" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K708" s="0">
+      <c r="E708" t="s">
+        <v>795</v>
+      </c>
+      <c r="F708" t="s">
+        <v>796</v>
+      </c>
+      <c r="G708" t="s">
+        <v>797</v>
+      </c>
+      <c r="K708">
         <v>1</v>
       </c>
-      <c r="L708" s="0">
-[...14 lines deleted...]
-      <c r="D709" s="0">
+      <c r="L708">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="709" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A709" t="s">
+        <v>764</v>
+      </c>
+      <c r="B709" t="s">
+        <v>786</v>
+      </c>
+      <c r="D709">
         <v>111</v>
       </c>
-      <c r="E709" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K709" s="0">
+      <c r="E709" t="s">
+        <v>795</v>
+      </c>
+      <c r="F709" t="s">
+        <v>796</v>
+      </c>
+      <c r="G709" t="s">
+        <v>797</v>
+      </c>
+      <c r="K709">
         <v>1</v>
       </c>
-      <c r="L709" s="0">
-[...14 lines deleted...]
-      <c r="D710" s="0">
+      <c r="L709">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="710" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A710" t="s">
+        <v>764</v>
+      </c>
+      <c r="B710" t="s">
+        <v>787</v>
+      </c>
+      <c r="D710">
         <v>112</v>
       </c>
-      <c r="E710" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K710" s="0">
+      <c r="E710" t="s">
+        <v>795</v>
+      </c>
+      <c r="F710" t="s">
+        <v>796</v>
+      </c>
+      <c r="G710" t="s">
+        <v>797</v>
+      </c>
+      <c r="K710">
         <v>1</v>
       </c>
-      <c r="L710" s="0">
-[...14 lines deleted...]
-      <c r="D711" s="0">
+      <c r="L710">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="711" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A711" t="s">
+        <v>764</v>
+      </c>
+      <c r="B711" t="s">
+        <v>788</v>
+      </c>
+      <c r="D711">
         <v>113</v>
       </c>
-      <c r="E711" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K711" s="0">
+      <c r="E711" t="s">
+        <v>795</v>
+      </c>
+      <c r="F711" t="s">
+        <v>796</v>
+      </c>
+      <c r="G711" t="s">
+        <v>797</v>
+      </c>
+      <c r="K711">
         <v>1</v>
       </c>
-      <c r="L711" s="0">
-[...14 lines deleted...]
-      <c r="D712" s="0">
+      <c r="L711">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="712" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A712" t="s">
+        <v>764</v>
+      </c>
+      <c r="B712" t="s">
+        <v>789</v>
+      </c>
+      <c r="D712">
         <v>121</v>
       </c>
-      <c r="E712" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K712" s="0">
+      <c r="E712" t="s">
+        <v>795</v>
+      </c>
+      <c r="F712" t="s">
+        <v>796</v>
+      </c>
+      <c r="G712" t="s">
+        <v>797</v>
+      </c>
+      <c r="K712">
         <v>1</v>
       </c>
-      <c r="L712" s="0">
-[...14 lines deleted...]
-      <c r="D713" s="0">
+      <c r="L712">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="713" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A713" t="s">
+        <v>764</v>
+      </c>
+      <c r="B713" t="s">
+        <v>790</v>
+      </c>
+      <c r="D713">
         <v>122</v>
       </c>
-      <c r="E713" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K713" s="0">
+      <c r="E713" t="s">
+        <v>795</v>
+      </c>
+      <c r="F713" t="s">
+        <v>796</v>
+      </c>
+      <c r="G713" t="s">
+        <v>797</v>
+      </c>
+      <c r="K713">
         <v>1</v>
       </c>
-      <c r="L713" s="0">
-[...14 lines deleted...]
-      <c r="D714" s="0">
+      <c r="L713">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="714" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A714" t="s">
+        <v>764</v>
+      </c>
+      <c r="B714" t="s">
+        <v>791</v>
+      </c>
+      <c r="D714">
         <v>123</v>
       </c>
-      <c r="E714" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K714" s="0">
+      <c r="E714" t="s">
+        <v>795</v>
+      </c>
+      <c r="F714" t="s">
+        <v>796</v>
+      </c>
+      <c r="G714" t="s">
+        <v>797</v>
+      </c>
+      <c r="K714">
         <v>1</v>
       </c>
-      <c r="L714" s="0">
-[...14 lines deleted...]
-      <c r="D715" s="0">
+      <c r="L714">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="715" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A715" t="s">
+        <v>764</v>
+      </c>
+      <c r="B715" t="s">
+        <v>799</v>
+      </c>
+      <c r="D715">
         <v>124</v>
       </c>
-      <c r="E715" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K715" s="0">
+      <c r="E715" t="s">
+        <v>795</v>
+      </c>
+      <c r="F715" t="s">
+        <v>800</v>
+      </c>
+      <c r="G715" t="s">
+        <v>797</v>
+      </c>
+      <c r="K715">
         <v>1</v>
       </c>
-      <c r="L715" s="0">
-[...14 lines deleted...]
-      <c r="D716" s="0">
+      <c r="L715">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="716" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A716" t="s">
+        <v>764</v>
+      </c>
+      <c r="B716" t="s">
+        <v>801</v>
+      </c>
+      <c r="D716">
         <v>125</v>
       </c>
-      <c r="E716" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K716" s="0">
+      <c r="E716" t="s">
+        <v>795</v>
+      </c>
+      <c r="F716" t="s">
+        <v>800</v>
+      </c>
+      <c r="G716" t="s">
+        <v>797</v>
+      </c>
+      <c r="K716">
         <v>1</v>
       </c>
-      <c r="L716" s="0">
-[...14 lines deleted...]
-      <c r="D717" s="0">
+      <c r="L716">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="717" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A717" t="s">
+        <v>764</v>
+      </c>
+      <c r="B717" t="s">
+        <v>802</v>
+      </c>
+      <c r="D717">
         <v>126</v>
       </c>
-      <c r="E717" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K717" s="0">
+      <c r="E717" t="s">
+        <v>795</v>
+      </c>
+      <c r="F717" t="s">
+        <v>800</v>
+      </c>
+      <c r="G717" t="s">
+        <v>797</v>
+      </c>
+      <c r="K717">
         <v>1</v>
       </c>
-      <c r="L717" s="0">
-[...19 lines deleted...]
-      <c r="D718" s="0">
+      <c r="L717">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="718" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A718" t="s">
+        <v>803</v>
+      </c>
+      <c r="B718" t="s">
+        <v>412</v>
+      </c>
+      <c r="C718" t="s">
+        <v>412</v>
+      </c>
+      <c r="D718">
         <v>1</v>
       </c>
-      <c r="E718" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L718" s="0">
+      <c r="E718" t="s">
+        <v>804</v>
+      </c>
+      <c r="F718" t="s">
+        <v>43</v>
+      </c>
+      <c r="G718" t="s">
+        <v>387</v>
+      </c>
+      <c r="K718">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L718">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="719">
-[...15 lines deleted...]
-      <c r="D719" s="0">
+    <row r="719" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A719" t="s">
+        <v>803</v>
+      </c>
+      <c r="B719" t="s">
+        <v>805</v>
+      </c>
+      <c r="C719" t="s">
+        <v>805</v>
+      </c>
+      <c r="D719">
         <v>2</v>
       </c>
-      <c r="E719" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L719" s="0">
+      <c r="E719" t="s">
+        <v>804</v>
+      </c>
+      <c r="F719" t="s">
+        <v>43</v>
+      </c>
+      <c r="G719" t="s">
+        <v>387</v>
+      </c>
+      <c r="K719">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L719">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="720">
-[...15 lines deleted...]
-      <c r="D720" s="0">
+    <row r="720" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A720" t="s">
+        <v>803</v>
+      </c>
+      <c r="B720" t="s">
+        <v>806</v>
+      </c>
+      <c r="C720" t="s">
+        <v>806</v>
+      </c>
+      <c r="D720">
         <v>19</v>
       </c>
-      <c r="E720" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L720" s="0">
+      <c r="E720" t="s">
+        <v>73</v>
+      </c>
+      <c r="F720" t="s">
+        <v>43</v>
+      </c>
+      <c r="G720" t="s">
+        <v>387</v>
+      </c>
+      <c r="K720">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L720">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="721">
-[...15 lines deleted...]
-      <c r="D721" s="0">
+    <row r="721" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A721" t="s">
+        <v>803</v>
+      </c>
+      <c r="B721" t="s">
+        <v>415</v>
+      </c>
+      <c r="C721" t="s">
+        <v>415</v>
+      </c>
+      <c r="D721">
         <v>3</v>
       </c>
-      <c r="E721" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L721" s="0">
+      <c r="E721" t="s">
+        <v>804</v>
+      </c>
+      <c r="F721" t="s">
+        <v>43</v>
+      </c>
+      <c r="G721" t="s">
+        <v>387</v>
+      </c>
+      <c r="K721">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L721">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="722">
-[...15 lines deleted...]
-      <c r="D722" s="0">
+    <row r="722" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A722" t="s">
+        <v>803</v>
+      </c>
+      <c r="B722" t="s">
+        <v>411</v>
+      </c>
+      <c r="C722" t="s">
+        <v>411</v>
+      </c>
+      <c r="D722">
         <v>4</v>
       </c>
-      <c r="E722" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L722" s="0">
+      <c r="E722" t="s">
+        <v>804</v>
+      </c>
+      <c r="F722" t="s">
+        <v>43</v>
+      </c>
+      <c r="G722" t="s">
+        <v>387</v>
+      </c>
+      <c r="K722">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L722">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="723">
-[...15 lines deleted...]
-      <c r="D723" s="0">
+    <row r="723" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A723" t="s">
+        <v>803</v>
+      </c>
+      <c r="B723" t="s">
+        <v>410</v>
+      </c>
+      <c r="C723" t="s">
+        <v>410</v>
+      </c>
+      <c r="D723">
         <v>5</v>
       </c>
-      <c r="E723" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L723" s="0">
+      <c r="E723" t="s">
+        <v>804</v>
+      </c>
+      <c r="F723" t="s">
+        <v>43</v>
+      </c>
+      <c r="G723" t="s">
+        <v>387</v>
+      </c>
+      <c r="K723">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L723">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="724">
-[...15 lines deleted...]
-      <c r="D724" s="0">
+    <row r="724" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A724" t="s">
+        <v>803</v>
+      </c>
+      <c r="B724" t="s">
+        <v>807</v>
+      </c>
+      <c r="C724" t="s">
+        <v>807</v>
+      </c>
+      <c r="D724">
         <v>6</v>
       </c>
-      <c r="E724" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L724" s="0">
+      <c r="E724" t="s">
+        <v>804</v>
+      </c>
+      <c r="F724" t="s">
+        <v>43</v>
+      </c>
+      <c r="G724" t="s">
+        <v>387</v>
+      </c>
+      <c r="K724">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L724">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="725">
-[...15 lines deleted...]
-      <c r="D725" s="0">
+    <row r="725" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A725" t="s">
+        <v>803</v>
+      </c>
+      <c r="B725" t="s">
+        <v>409</v>
+      </c>
+      <c r="C725" t="s">
+        <v>409</v>
+      </c>
+      <c r="D725">
         <v>20</v>
       </c>
-      <c r="E725" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L725" s="0">
+      <c r="E725" t="s">
+        <v>73</v>
+      </c>
+      <c r="F725" t="s">
+        <v>43</v>
+      </c>
+      <c r="G725" t="s">
+        <v>387</v>
+      </c>
+      <c r="K725">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L725">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="726">
-[...15 lines deleted...]
-      <c r="D726" s="0">
+    <row r="726" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A726" t="s">
+        <v>803</v>
+      </c>
+      <c r="B726" t="s">
+        <v>403</v>
+      </c>
+      <c r="C726" t="s">
+        <v>403</v>
+      </c>
+      <c r="D726">
         <v>7</v>
       </c>
-      <c r="E726" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L726" s="0">
+      <c r="E726" t="s">
+        <v>804</v>
+      </c>
+      <c r="F726" t="s">
+        <v>43</v>
+      </c>
+      <c r="G726" t="s">
+        <v>387</v>
+      </c>
+      <c r="K726">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L726">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="727">
-[...15 lines deleted...]
-      <c r="D727" s="0">
+    <row r="727" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A727" t="s">
+        <v>803</v>
+      </c>
+      <c r="B727" t="s">
+        <v>394</v>
+      </c>
+      <c r="C727" t="s">
+        <v>394</v>
+      </c>
+      <c r="D727">
         <v>8</v>
       </c>
-      <c r="E727" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L727" s="0">
+      <c r="E727" t="s">
+        <v>804</v>
+      </c>
+      <c r="F727" t="s">
+        <v>43</v>
+      </c>
+      <c r="G727" t="s">
+        <v>387</v>
+      </c>
+      <c r="K727">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L727">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="728">
-[...15 lines deleted...]
-      <c r="D728" s="0">
+    <row r="728" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A728" t="s">
+        <v>803</v>
+      </c>
+      <c r="B728" t="s">
+        <v>404</v>
+      </c>
+      <c r="C728" t="s">
+        <v>404</v>
+      </c>
+      <c r="D728">
         <v>9</v>
       </c>
-      <c r="E728" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L728" s="0">
+      <c r="E728" t="s">
+        <v>804</v>
+      </c>
+      <c r="F728" t="s">
+        <v>43</v>
+      </c>
+      <c r="G728" t="s">
+        <v>387</v>
+      </c>
+      <c r="K728">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L728">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="729">
-[...15 lines deleted...]
-      <c r="D729" s="0">
+    <row r="729" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A729" t="s">
+        <v>803</v>
+      </c>
+      <c r="B729" t="s">
+        <v>405</v>
+      </c>
+      <c r="C729" t="s">
+        <v>405</v>
+      </c>
+      <c r="D729">
         <v>21</v>
       </c>
-      <c r="E729" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L729" s="0">
+      <c r="E729" t="s">
+        <v>73</v>
+      </c>
+      <c r="F729" t="s">
+        <v>43</v>
+      </c>
+      <c r="G729" t="s">
+        <v>387</v>
+      </c>
+      <c r="K729">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L729">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="730">
-[...15 lines deleted...]
-      <c r="D730" s="0">
+    <row r="730" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A730" t="s">
+        <v>803</v>
+      </c>
+      <c r="B730" t="s">
+        <v>393</v>
+      </c>
+      <c r="C730" t="s">
+        <v>393</v>
+      </c>
+      <c r="D730">
         <v>10</v>
       </c>
-      <c r="E730" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L730" s="0">
+      <c r="E730" t="s">
+        <v>804</v>
+      </c>
+      <c r="F730" t="s">
+        <v>43</v>
+      </c>
+      <c r="G730" t="s">
+        <v>387</v>
+      </c>
+      <c r="K730">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L730">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="731">
-[...15 lines deleted...]
-      <c r="D731" s="0">
+    <row r="731" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A731" t="s">
+        <v>803</v>
+      </c>
+      <c r="B731" t="s">
+        <v>395</v>
+      </c>
+      <c r="C731" t="s">
+        <v>395</v>
+      </c>
+      <c r="D731">
         <v>11</v>
       </c>
-      <c r="E731" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L731" s="0">
+      <c r="E731" t="s">
+        <v>804</v>
+      </c>
+      <c r="F731" t="s">
+        <v>43</v>
+      </c>
+      <c r="G731" t="s">
+        <v>387</v>
+      </c>
+      <c r="K731">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L731">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="732">
-[...15 lines deleted...]
-      <c r="D732" s="0">
+    <row r="732" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A732" t="s">
+        <v>803</v>
+      </c>
+      <c r="B732" t="s">
+        <v>402</v>
+      </c>
+      <c r="C732" t="s">
+        <v>402</v>
+      </c>
+      <c r="D732">
         <v>12</v>
       </c>
-      <c r="E732" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L732" s="0">
+      <c r="E732" t="s">
+        <v>804</v>
+      </c>
+      <c r="F732" t="s">
+        <v>43</v>
+      </c>
+      <c r="G732" t="s">
+        <v>387</v>
+      </c>
+      <c r="K732">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L732">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="733">
-[...15 lines deleted...]
-      <c r="D733" s="0">
+    <row r="733" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A733" t="s">
+        <v>803</v>
+      </c>
+      <c r="B733" t="s">
+        <v>399</v>
+      </c>
+      <c r="C733" t="s">
+        <v>399</v>
+      </c>
+      <c r="D733">
         <v>13</v>
       </c>
-      <c r="E733" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L733" s="0">
+      <c r="E733" t="s">
+        <v>804</v>
+      </c>
+      <c r="F733" t="s">
+        <v>43</v>
+      </c>
+      <c r="G733" t="s">
+        <v>387</v>
+      </c>
+      <c r="K733">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L733">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="734">
-[...15 lines deleted...]
-      <c r="D734" s="0">
+    <row r="734" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A734" t="s">
+        <v>803</v>
+      </c>
+      <c r="B734" t="s">
+        <v>400</v>
+      </c>
+      <c r="C734" t="s">
+        <v>400</v>
+      </c>
+      <c r="D734">
         <v>14</v>
       </c>
-      <c r="E734" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L734" s="0">
+      <c r="E734" t="s">
+        <v>804</v>
+      </c>
+      <c r="F734" t="s">
+        <v>43</v>
+      </c>
+      <c r="G734" t="s">
+        <v>387</v>
+      </c>
+      <c r="K734">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L734">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="735">
-[...15 lines deleted...]
-      <c r="D735" s="0">
+    <row r="735" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A735" t="s">
+        <v>803</v>
+      </c>
+      <c r="B735" t="s">
+        <v>401</v>
+      </c>
+      <c r="C735" t="s">
+        <v>401</v>
+      </c>
+      <c r="D735">
         <v>15</v>
       </c>
-      <c r="E735" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L735" s="0">
+      <c r="E735" t="s">
+        <v>804</v>
+      </c>
+      <c r="F735" t="s">
+        <v>43</v>
+      </c>
+      <c r="G735" t="s">
+        <v>387</v>
+      </c>
+      <c r="K735">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L735">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="736">
-[...15 lines deleted...]
-      <c r="D736" s="0">
+    <row r="736" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A736" t="s">
+        <v>803</v>
+      </c>
+      <c r="B736" t="s">
+        <v>398</v>
+      </c>
+      <c r="C736" t="s">
+        <v>398</v>
+      </c>
+      <c r="D736">
         <v>16</v>
       </c>
-      <c r="E736" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L736" s="0">
+      <c r="E736" t="s">
+        <v>804</v>
+      </c>
+      <c r="F736" t="s">
+        <v>43</v>
+      </c>
+      <c r="G736" t="s">
+        <v>387</v>
+      </c>
+      <c r="K736">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L736">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="737">
-[...15 lines deleted...]
-      <c r="D737" s="0">
+    <row r="737" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A737" t="s">
+        <v>803</v>
+      </c>
+      <c r="B737" t="s">
+        <v>390</v>
+      </c>
+      <c r="C737" t="s">
+        <v>390</v>
+      </c>
+      <c r="D737">
         <v>17</v>
       </c>
-      <c r="E737" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L737" s="0">
+      <c r="E737" t="s">
+        <v>804</v>
+      </c>
+      <c r="F737" t="s">
+        <v>43</v>
+      </c>
+      <c r="G737" t="s">
+        <v>387</v>
+      </c>
+      <c r="K737">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L737">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="738">
-[...15 lines deleted...]
-      <c r="D738" s="0">
+    <row r="738" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A738" t="s">
+        <v>803</v>
+      </c>
+      <c r="B738" t="s">
+        <v>386</v>
+      </c>
+      <c r="C738" t="s">
+        <v>386</v>
+      </c>
+      <c r="D738">
         <v>18</v>
       </c>
-      <c r="E738" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L738" s="0">
+      <c r="E738" t="s">
+        <v>804</v>
+      </c>
+      <c r="F738" t="s">
+        <v>43</v>
+      </c>
+      <c r="G738" t="s">
+        <v>387</v>
+      </c>
+      <c r="K738">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L738">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="739">
-[...15 lines deleted...]
-      <c r="D739" s="0">
+    <row r="739" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A739" t="s">
+        <v>803</v>
+      </c>
+      <c r="B739" t="s">
+        <v>389</v>
+      </c>
+      <c r="C739" t="s">
+        <v>389</v>
+      </c>
+      <c r="D739">
         <v>22</v>
       </c>
-      <c r="E739" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L739" s="0">
+      <c r="E739" t="s">
+        <v>73</v>
+      </c>
+      <c r="F739" t="s">
+        <v>43</v>
+      </c>
+      <c r="G739" t="s">
+        <v>387</v>
+      </c>
+      <c r="K739">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L739">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="740">
-[...15 lines deleted...]
-      <c r="D740" s="0">
+    <row r="740" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A740" t="s">
+        <v>808</v>
+      </c>
+      <c r="B740" t="s">
+        <v>809</v>
+      </c>
+      <c r="C740" t="s">
+        <v>159</v>
+      </c>
+      <c r="D740">
         <v>17</v>
       </c>
-      <c r="E740" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K740" s="0">
+      <c r="E740" t="s">
+        <v>73</v>
+      </c>
+      <c r="F740" t="s">
+        <v>135</v>
+      </c>
+      <c r="G740" t="s">
+        <v>810</v>
+      </c>
+      <c r="H740" t="s">
+        <v>811</v>
+      </c>
+      <c r="K740">
         <v>0</v>
       </c>
-      <c r="L740" s="0">
+      <c r="L740">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="741">
-[...15 lines deleted...]
-      <c r="D741" s="0">
+    <row r="741" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A741" t="s">
+        <v>808</v>
+      </c>
+      <c r="B741" t="s">
+        <v>812</v>
+      </c>
+      <c r="C741" t="s">
+        <v>311</v>
+      </c>
+      <c r="D741">
         <v>1</v>
       </c>
-      <c r="E741" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K741" s="0">
+      <c r="E741" t="s">
+        <v>813</v>
+      </c>
+      <c r="F741" t="s">
+        <v>135</v>
+      </c>
+      <c r="G741" t="s">
+        <v>810</v>
+      </c>
+      <c r="H741" t="s">
+        <v>814</v>
+      </c>
+      <c r="K741">
         <v>0</v>
       </c>
-      <c r="L741" s="0">
+      <c r="L741">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="742">
-[...15 lines deleted...]
-      <c r="D742" s="0">
+    <row r="742" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A742" t="s">
+        <v>808</v>
+      </c>
+      <c r="B742" t="s">
+        <v>815</v>
+      </c>
+      <c r="C742" t="s">
+        <v>134</v>
+      </c>
+      <c r="D742">
         <v>3</v>
       </c>
-      <c r="E742" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K742" s="0">
+      <c r="E742" t="s">
+        <v>73</v>
+      </c>
+      <c r="F742" t="s">
+        <v>135</v>
+      </c>
+      <c r="G742" t="s">
+        <v>810</v>
+      </c>
+      <c r="H742" t="s">
+        <v>373</v>
+      </c>
+      <c r="K742">
         <v>0</v>
       </c>
-      <c r="L742" s="0">
+      <c r="L742">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="743">
-[...15 lines deleted...]
-      <c r="D743" s="0">
+    <row r="743" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A743" t="s">
+        <v>808</v>
+      </c>
+      <c r="B743" t="s">
+        <v>816</v>
+      </c>
+      <c r="C743" t="s">
+        <v>318</v>
+      </c>
+      <c r="D743">
         <v>4</v>
       </c>
-      <c r="E743" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K743" s="0">
+      <c r="E743" t="s">
+        <v>73</v>
+      </c>
+      <c r="F743" t="s">
+        <v>135</v>
+      </c>
+      <c r="G743" t="s">
+        <v>810</v>
+      </c>
+      <c r="K743">
         <v>0</v>
       </c>
-      <c r="L743" s="0">
+      <c r="L743">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="744">
-[...15 lines deleted...]
-      <c r="D744" s="0">
+    <row r="744" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A744" t="s">
+        <v>808</v>
+      </c>
+      <c r="B744" t="s">
+        <v>817</v>
+      </c>
+      <c r="C744" t="s">
+        <v>320</v>
+      </c>
+      <c r="D744">
         <v>5</v>
       </c>
-      <c r="E744" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K744" s="0">
+      <c r="E744" t="s">
+        <v>73</v>
+      </c>
+      <c r="F744" t="s">
+        <v>135</v>
+      </c>
+      <c r="G744" t="s">
+        <v>810</v>
+      </c>
+      <c r="H744" t="s">
+        <v>32</v>
+      </c>
+      <c r="K744">
         <v>0</v>
       </c>
-      <c r="L744" s="0">
+      <c r="L744">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="745">
-[...15 lines deleted...]
-      <c r="D745" s="0">
+    <row r="745" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A745" t="s">
+        <v>808</v>
+      </c>
+      <c r="B745" t="s">
+        <v>818</v>
+      </c>
+      <c r="C745" t="s">
+        <v>324</v>
+      </c>
+      <c r="D745">
         <v>26</v>
       </c>
-      <c r="E745" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K745" s="0">
+      <c r="E745" t="s">
+        <v>813</v>
+      </c>
+      <c r="F745" t="s">
+        <v>135</v>
+      </c>
+      <c r="G745" t="s">
+        <v>810</v>
+      </c>
+      <c r="H745" t="s">
+        <v>819</v>
+      </c>
+      <c r="K745">
         <v>0</v>
       </c>
-      <c r="L745" s="0">
+      <c r="L745">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="746">
-[...15 lines deleted...]
-      <c r="D746" s="0">
+    <row r="746" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A746" t="s">
+        <v>808</v>
+      </c>
+      <c r="B746" t="s">
+        <v>820</v>
+      </c>
+      <c r="C746" t="s">
+        <v>142</v>
+      </c>
+      <c r="D746">
         <v>6</v>
       </c>
-      <c r="E746" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K746" s="0">
+      <c r="E746" t="s">
+        <v>73</v>
+      </c>
+      <c r="F746" t="s">
+        <v>135</v>
+      </c>
+      <c r="G746" t="s">
+        <v>810</v>
+      </c>
+      <c r="H746" t="s">
+        <v>32</v>
+      </c>
+      <c r="K746">
         <v>0</v>
       </c>
-      <c r="L746" s="0">
+      <c r="L746">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="747">
-[...15 lines deleted...]
-      <c r="D747" s="0">
+    <row r="747" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A747" t="s">
+        <v>808</v>
+      </c>
+      <c r="B747" t="s">
+        <v>821</v>
+      </c>
+      <c r="C747" t="s">
+        <v>328</v>
+      </c>
+      <c r="D747">
         <v>7</v>
       </c>
-      <c r="E747" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K747" s="0">
+      <c r="E747" t="s">
+        <v>73</v>
+      </c>
+      <c r="F747" t="s">
+        <v>135</v>
+      </c>
+      <c r="G747" t="s">
+        <v>810</v>
+      </c>
+      <c r="K747">
         <v>0</v>
       </c>
-      <c r="L747" s="0">
+      <c r="L747">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="748">
-[...15 lines deleted...]
-      <c r="D748" s="0">
+    <row r="748" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A748" t="s">
+        <v>808</v>
+      </c>
+      <c r="B748" t="s">
+        <v>822</v>
+      </c>
+      <c r="C748" t="s">
+        <v>146</v>
+      </c>
+      <c r="D748">
         <v>8</v>
       </c>
-      <c r="E748" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K748" s="0">
+      <c r="E748" t="s">
+        <v>73</v>
+      </c>
+      <c r="F748" t="s">
+        <v>135</v>
+      </c>
+      <c r="G748" t="s">
+        <v>810</v>
+      </c>
+      <c r="H748" t="s">
+        <v>32</v>
+      </c>
+      <c r="K748">
         <v>0</v>
       </c>
-      <c r="L748" s="0">
+      <c r="L748">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="749">
-[...15 lines deleted...]
-      <c r="D749" s="0">
+    <row r="749" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A749" t="s">
+        <v>808</v>
+      </c>
+      <c r="B749" t="s">
+        <v>823</v>
+      </c>
+      <c r="C749" t="s">
+        <v>145</v>
+      </c>
+      <c r="D749">
         <v>9</v>
       </c>
-      <c r="E749" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K749" s="0">
+      <c r="E749" t="s">
+        <v>73</v>
+      </c>
+      <c r="F749" t="s">
+        <v>135</v>
+      </c>
+      <c r="G749" t="s">
+        <v>810</v>
+      </c>
+      <c r="H749" t="s">
+        <v>824</v>
+      </c>
+      <c r="K749">
         <v>0</v>
       </c>
-      <c r="L749" s="0">
+      <c r="L749">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="750">
-[...15 lines deleted...]
-      <c r="D750" s="0">
+    <row r="750" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A750" t="s">
+        <v>808</v>
+      </c>
+      <c r="B750" t="s">
+        <v>825</v>
+      </c>
+      <c r="C750" t="s">
+        <v>147</v>
+      </c>
+      <c r="D750">
         <v>10</v>
       </c>
-      <c r="E750" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K750" s="0">
+      <c r="E750" t="s">
+        <v>73</v>
+      </c>
+      <c r="F750" t="s">
+        <v>135</v>
+      </c>
+      <c r="G750" t="s">
+        <v>810</v>
+      </c>
+      <c r="H750" t="s">
+        <v>824</v>
+      </c>
+      <c r="K750">
         <v>0</v>
       </c>
-      <c r="L750" s="0">
+      <c r="L750">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="751">
-[...15 lines deleted...]
-      <c r="D751" s="0">
+    <row r="751" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A751" t="s">
+        <v>808</v>
+      </c>
+      <c r="B751" t="s">
+        <v>826</v>
+      </c>
+      <c r="C751" t="s">
+        <v>148</v>
+      </c>
+      <c r="D751">
         <v>11</v>
       </c>
-      <c r="E751" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K751" s="0">
+      <c r="E751" t="s">
+        <v>813</v>
+      </c>
+      <c r="F751" t="s">
+        <v>135</v>
+      </c>
+      <c r="G751" t="s">
+        <v>810</v>
+      </c>
+      <c r="H751" t="s">
+        <v>814</v>
+      </c>
+      <c r="K751">
         <v>0</v>
       </c>
-      <c r="L751" s="0">
+      <c r="L751">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="752">
-[...15 lines deleted...]
-      <c r="D752" s="0">
+    <row r="752" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A752" t="s">
+        <v>808</v>
+      </c>
+      <c r="B752" t="s">
+        <v>827</v>
+      </c>
+      <c r="C752" t="s">
+        <v>171</v>
+      </c>
+      <c r="D752">
         <v>12</v>
       </c>
-      <c r="E752" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K752" s="0">
+      <c r="E752" t="s">
+        <v>73</v>
+      </c>
+      <c r="F752" t="s">
+        <v>135</v>
+      </c>
+      <c r="G752" t="s">
+        <v>810</v>
+      </c>
+      <c r="H752" t="s">
+        <v>374</v>
+      </c>
+      <c r="K752">
         <v>0</v>
       </c>
-      <c r="L752" s="0">
+      <c r="L752">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="753">
-[...15 lines deleted...]
-      <c r="D753" s="0">
+    <row r="753" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A753" t="s">
+        <v>808</v>
+      </c>
+      <c r="B753" t="s">
+        <v>828</v>
+      </c>
+      <c r="C753" t="s">
+        <v>357</v>
+      </c>
+      <c r="D753">
         <v>27</v>
       </c>
-      <c r="E753" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K753" s="0">
+      <c r="E753" t="s">
+        <v>813</v>
+      </c>
+      <c r="F753" t="s">
+        <v>135</v>
+      </c>
+      <c r="G753" t="s">
+        <v>810</v>
+      </c>
+      <c r="H753" t="s">
+        <v>819</v>
+      </c>
+      <c r="K753">
         <v>0</v>
       </c>
-      <c r="L753" s="0">
+      <c r="L753">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="754">
-[...15 lines deleted...]
-      <c r="D754" s="0">
+    <row r="754" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A754" t="s">
+        <v>808</v>
+      </c>
+      <c r="B754" t="s">
+        <v>829</v>
+      </c>
+      <c r="C754" t="s">
+        <v>152</v>
+      </c>
+      <c r="D754">
         <v>28</v>
       </c>
-      <c r="E754" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K754" s="0">
+      <c r="E754" t="s">
+        <v>813</v>
+      </c>
+      <c r="F754" t="s">
+        <v>135</v>
+      </c>
+      <c r="G754" t="s">
+        <v>810</v>
+      </c>
+      <c r="H754" t="s">
+        <v>830</v>
+      </c>
+      <c r="K754">
         <v>0</v>
       </c>
-      <c r="L754" s="0">
+      <c r="L754">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="755">
-[...15 lines deleted...]
-      <c r="D755" s="0">
+    <row r="755" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A755" t="s">
+        <v>808</v>
+      </c>
+      <c r="B755" t="s">
+        <v>831</v>
+      </c>
+      <c r="C755" t="s">
+        <v>155</v>
+      </c>
+      <c r="D755">
         <v>13</v>
       </c>
-      <c r="E755" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K755" s="0">
+      <c r="E755" t="s">
+        <v>813</v>
+      </c>
+      <c r="F755" t="s">
+        <v>135</v>
+      </c>
+      <c r="G755" t="s">
+        <v>810</v>
+      </c>
+      <c r="H755" t="s">
+        <v>814</v>
+      </c>
+      <c r="K755">
         <v>0</v>
       </c>
-      <c r="L755" s="0">
+      <c r="L755">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="756">
-[...15 lines deleted...]
-      <c r="D756" s="0">
+    <row r="756" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A756" t="s">
+        <v>808</v>
+      </c>
+      <c r="B756" t="s">
+        <v>832</v>
+      </c>
+      <c r="C756" t="s">
+        <v>347</v>
+      </c>
+      <c r="D756">
         <v>14</v>
       </c>
-      <c r="E756" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K756" s="0">
+      <c r="E756" t="s">
+        <v>73</v>
+      </c>
+      <c r="F756" t="s">
+        <v>135</v>
+      </c>
+      <c r="G756" t="s">
+        <v>810</v>
+      </c>
+      <c r="H756" t="s">
+        <v>824</v>
+      </c>
+      <c r="K756">
         <v>0</v>
       </c>
-      <c r="L756" s="0">
+      <c r="L756">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="757">
-[...15 lines deleted...]
-      <c r="D757" s="0">
+    <row r="757" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A757" t="s">
+        <v>808</v>
+      </c>
+      <c r="B757" t="s">
+        <v>833</v>
+      </c>
+      <c r="C757" t="s">
+        <v>364</v>
+      </c>
+      <c r="D757">
         <v>29</v>
       </c>
-      <c r="E757" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K757" s="0">
+      <c r="E757" t="s">
+        <v>813</v>
+      </c>
+      <c r="F757" t="s">
+        <v>135</v>
+      </c>
+      <c r="G757" t="s">
+        <v>810</v>
+      </c>
+      <c r="H757" t="s">
+        <v>819</v>
+      </c>
+      <c r="K757">
         <v>0</v>
       </c>
-      <c r="L757" s="0">
+      <c r="L757">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="758">
-[...15 lines deleted...]
-      <c r="D758" s="0">
+    <row r="758" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A758" t="s">
+        <v>808</v>
+      </c>
+      <c r="B758" t="s">
+        <v>834</v>
+      </c>
+      <c r="C758" t="s">
+        <v>157</v>
+      </c>
+      <c r="D758">
         <v>15</v>
       </c>
-      <c r="E758" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K758" s="0">
+      <c r="E758" t="s">
+        <v>73</v>
+      </c>
+      <c r="F758" t="s">
+        <v>135</v>
+      </c>
+      <c r="G758" t="s">
+        <v>810</v>
+      </c>
+      <c r="H758" t="s">
+        <v>824</v>
+      </c>
+      <c r="K758">
         <v>0</v>
       </c>
-      <c r="L758" s="0">
+      <c r="L758">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="759">
-[...15 lines deleted...]
-      <c r="D759" s="0">
+    <row r="759" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A759" t="s">
+        <v>808</v>
+      </c>
+      <c r="B759" t="s">
+        <v>835</v>
+      </c>
+      <c r="C759" t="s">
+        <v>149</v>
+      </c>
+      <c r="D759">
         <v>16</v>
       </c>
-      <c r="E759" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K759" s="0">
+      <c r="E759" t="s">
+        <v>73</v>
+      </c>
+      <c r="F759" t="s">
+        <v>135</v>
+      </c>
+      <c r="G759" t="s">
+        <v>810</v>
+      </c>
+      <c r="H759" t="s">
+        <v>824</v>
+      </c>
+      <c r="K759">
         <v>0</v>
       </c>
-      <c r="L759" s="0">
+      <c r="L759">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="760">
-[...15 lines deleted...]
-      <c r="D760" s="0">
+    <row r="760" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A760" t="s">
+        <v>808</v>
+      </c>
+      <c r="B760" t="s">
+        <v>38</v>
+      </c>
+      <c r="C760" t="s">
+        <v>366</v>
+      </c>
+      <c r="D760">
         <v>30</v>
       </c>
-      <c r="E760" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K760" s="0">
+      <c r="E760" t="s">
+        <v>813</v>
+      </c>
+      <c r="F760" t="s">
+        <v>135</v>
+      </c>
+      <c r="G760" t="s">
+        <v>810</v>
+      </c>
+      <c r="K760">
         <v>0</v>
       </c>
-      <c r="L760" s="0">
+      <c r="L760">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="761">
-[...15 lines deleted...]
-      <c r="D761" s="0">
+    <row r="761" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A761" t="s">
+        <v>808</v>
+      </c>
+      <c r="B761" t="s">
+        <v>836</v>
+      </c>
+      <c r="C761" t="s">
+        <v>314</v>
+      </c>
+      <c r="D761">
         <v>2</v>
       </c>
-      <c r="E761" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K761" s="0">
+      <c r="E761" t="s">
+        <v>73</v>
+      </c>
+      <c r="F761" t="s">
+        <v>135</v>
+      </c>
+      <c r="G761" t="s">
+        <v>810</v>
+      </c>
+      <c r="H761" t="s">
+        <v>32</v>
+      </c>
+      <c r="K761">
         <v>0</v>
       </c>
-      <c r="L761" s="0">
+      <c r="L761">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="762">
-[...15 lines deleted...]
-      <c r="D762" s="0">
+    <row r="762" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A762" t="s">
+        <v>808</v>
+      </c>
+      <c r="B762" t="s">
+        <v>837</v>
+      </c>
+      <c r="C762" t="s">
+        <v>362</v>
+      </c>
+      <c r="D762">
         <v>18</v>
       </c>
-      <c r="E762" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K762" s="0">
+      <c r="E762" t="s">
+        <v>73</v>
+      </c>
+      <c r="F762" t="s">
+        <v>135</v>
+      </c>
+      <c r="G762" t="s">
+        <v>810</v>
+      </c>
+      <c r="H762" t="s">
+        <v>358</v>
+      </c>
+      <c r="K762">
         <v>0</v>
       </c>
-      <c r="L762" s="0">
+      <c r="L762">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="763">
-[...15 lines deleted...]
-      <c r="D763" s="0">
+    <row r="763" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A763" t="s">
+        <v>808</v>
+      </c>
+      <c r="B763" t="s">
+        <v>838</v>
+      </c>
+      <c r="C763" t="s">
+        <v>839</v>
+      </c>
+      <c r="D763">
         <v>19</v>
       </c>
-      <c r="E763" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K763" s="0">
+      <c r="E763" t="s">
+        <v>73</v>
+      </c>
+      <c r="F763" t="s">
+        <v>135</v>
+      </c>
+      <c r="G763" t="s">
+        <v>810</v>
+      </c>
+      <c r="H763" t="s">
+        <v>824</v>
+      </c>
+      <c r="K763">
         <v>0</v>
       </c>
-      <c r="L763" s="0">
+      <c r="L763">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="764">
-[...15 lines deleted...]
-      <c r="D764" s="0">
+    <row r="764" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A764" t="s">
+        <v>808</v>
+      </c>
+      <c r="B764" t="s">
+        <v>840</v>
+      </c>
+      <c r="C764" t="s">
+        <v>161</v>
+      </c>
+      <c r="D764">
         <v>20</v>
       </c>
-      <c r="E764" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K764" s="0">
+      <c r="E764" t="s">
+        <v>73</v>
+      </c>
+      <c r="F764" t="s">
+        <v>135</v>
+      </c>
+      <c r="G764" t="s">
+        <v>810</v>
+      </c>
+      <c r="K764">
         <v>0</v>
       </c>
-      <c r="L764" s="0">
+      <c r="L764">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="765">
-[...15 lines deleted...]
-      <c r="D765" s="0">
+    <row r="765" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A765" t="s">
+        <v>808</v>
+      </c>
+      <c r="B765" t="s">
+        <v>841</v>
+      </c>
+      <c r="C765" t="s">
+        <v>368</v>
+      </c>
+      <c r="D765">
         <v>31</v>
       </c>
-      <c r="E765" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K765" s="0">
+      <c r="E765" t="s">
+        <v>73</v>
+      </c>
+      <c r="F765" t="s">
+        <v>135</v>
+      </c>
+      <c r="G765" t="s">
+        <v>810</v>
+      </c>
+      <c r="K765">
         <v>0</v>
       </c>
-      <c r="L765" s="0">
+      <c r="L765">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="766">
-[...15 lines deleted...]
-      <c r="D766" s="0">
+    <row r="766" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A766" t="s">
+        <v>808</v>
+      </c>
+      <c r="B766" t="s">
+        <v>842</v>
+      </c>
+      <c r="C766" t="s">
+        <v>370</v>
+      </c>
+      <c r="D766">
         <v>21</v>
       </c>
-      <c r="E766" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K766" s="0">
+      <c r="E766" t="s">
+        <v>73</v>
+      </c>
+      <c r="F766" t="s">
+        <v>135</v>
+      </c>
+      <c r="G766" t="s">
+        <v>810</v>
+      </c>
+      <c r="H766" t="s">
+        <v>824</v>
+      </c>
+      <c r="K766">
         <v>0</v>
       </c>
-      <c r="L766" s="0">
+      <c r="L766">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="767">
-[...15 lines deleted...]
-      <c r="D767" s="0">
+    <row r="767" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A767" t="s">
+        <v>808</v>
+      </c>
+      <c r="B767" t="s">
+        <v>843</v>
+      </c>
+      <c r="C767" t="s">
+        <v>163</v>
+      </c>
+      <c r="D767">
         <v>22</v>
       </c>
-      <c r="E767" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K767" s="0">
+      <c r="E767" t="s">
+        <v>73</v>
+      </c>
+      <c r="F767" t="s">
+        <v>135</v>
+      </c>
+      <c r="G767" t="s">
+        <v>810</v>
+      </c>
+      <c r="K767">
         <v>0</v>
       </c>
-      <c r="L767" s="0">
+      <c r="L767">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="768">
-[...15 lines deleted...]
-      <c r="D768" s="0">
+    <row r="768" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A768" t="s">
+        <v>808</v>
+      </c>
+      <c r="B768" t="s">
+        <v>844</v>
+      </c>
+      <c r="C768" t="s">
+        <v>167</v>
+      </c>
+      <c r="D768">
         <v>23</v>
       </c>
-      <c r="E768" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K768" s="0">
+      <c r="E768" t="s">
+        <v>73</v>
+      </c>
+      <c r="F768" t="s">
+        <v>135</v>
+      </c>
+      <c r="G768" t="s">
+        <v>810</v>
+      </c>
+      <c r="K768">
         <v>0</v>
       </c>
-      <c r="L768" s="0">
+      <c r="L768">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="769">
-[...15 lines deleted...]
-      <c r="D769" s="0">
+    <row r="769" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A769" t="s">
+        <v>808</v>
+      </c>
+      <c r="B769" t="s">
+        <v>845</v>
+      </c>
+      <c r="C769" t="s">
+        <v>166</v>
+      </c>
+      <c r="D769">
         <v>24</v>
       </c>
-      <c r="E769" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K769" s="0">
+      <c r="E769" t="s">
+        <v>73</v>
+      </c>
+      <c r="F769" t="s">
+        <v>135</v>
+      </c>
+      <c r="G769" t="s">
+        <v>810</v>
+      </c>
+      <c r="H769" t="s">
+        <v>824</v>
+      </c>
+      <c r="K769">
         <v>0</v>
       </c>
-      <c r="L769" s="0">
+      <c r="L769">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="770">
-[...15 lines deleted...]
-      <c r="D770" s="0">
+    <row r="770" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A770" t="s">
+        <v>808</v>
+      </c>
+      <c r="B770" t="s">
+        <v>378</v>
+      </c>
+      <c r="C770" t="s">
+        <v>371</v>
+      </c>
+      <c r="D770">
         <v>32</v>
       </c>
-      <c r="E770" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K770" s="0">
+      <c r="E770" t="s">
+        <v>73</v>
+      </c>
+      <c r="F770" t="s">
+        <v>135</v>
+      </c>
+      <c r="G770" t="s">
+        <v>810</v>
+      </c>
+      <c r="K770">
         <v>0</v>
       </c>
-      <c r="L770" s="0">
+      <c r="L770">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="771">
-[...40 lines deleted...]
-      <c r="K771" s="0">
+    <row r="771" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A771" t="s">
+        <v>808</v>
+      </c>
+      <c r="B771" t="s">
+        <v>846</v>
+      </c>
+      <c r="C771" t="s">
+        <v>168</v>
+      </c>
+      <c r="D771">
+        <v>25</v>
+      </c>
+      <c r="E771" t="s">
+        <v>73</v>
+      </c>
+      <c r="F771" t="s">
+        <v>135</v>
+      </c>
+      <c r="G771" t="s">
+        <v>810</v>
+      </c>
+      <c r="H771" t="s">
+        <v>824</v>
+      </c>
+      <c r="K771">
         <v>0</v>
       </c>
-      <c r="L771" s="0">
+      <c r="L771">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="772">
-[...15 lines deleted...]
-      <c r="D772" s="0">
+    <row r="772" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A772" t="s">
+        <v>847</v>
+      </c>
+      <c r="B772" t="s">
+        <v>812</v>
+      </c>
+      <c r="C772" t="s">
+        <v>311</v>
+      </c>
+      <c r="D772">
         <v>1</v>
       </c>
-      <c r="E772" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K772" s="0">
+      <c r="E772" t="s">
+        <v>73</v>
+      </c>
+      <c r="F772" t="s">
+        <v>135</v>
+      </c>
+      <c r="G772" t="s">
+        <v>848</v>
+      </c>
+      <c r="K772">
         <v>0</v>
       </c>
-      <c r="L772" s="0">
+      <c r="L772">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="773">
-[...15 lines deleted...]
-      <c r="D773" s="0">
+    <row r="773" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A773" t="s">
+        <v>847</v>
+      </c>
+      <c r="B773" t="s">
+        <v>815</v>
+      </c>
+      <c r="C773" t="s">
+        <v>134</v>
+      </c>
+      <c r="D773">
         <v>2</v>
       </c>
-      <c r="E773" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K773" s="0">
+      <c r="E773" t="s">
+        <v>73</v>
+      </c>
+      <c r="F773" t="s">
+        <v>135</v>
+      </c>
+      <c r="G773" t="s">
+        <v>848</v>
+      </c>
+      <c r="H773" t="s">
+        <v>132</v>
+      </c>
+      <c r="K773">
         <v>0</v>
       </c>
-      <c r="L773" s="0">
+      <c r="L773">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="774">
-[...15 lines deleted...]
-      <c r="D774" s="0">
+    <row r="774" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A774" t="s">
+        <v>847</v>
+      </c>
+      <c r="B774" t="s">
+        <v>568</v>
+      </c>
+      <c r="C774" t="s">
+        <v>139</v>
+      </c>
+      <c r="D774">
         <v>3</v>
       </c>
-      <c r="E774" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K774" s="0">
+      <c r="E774" t="s">
+        <v>73</v>
+      </c>
+      <c r="F774" t="s">
+        <v>135</v>
+      </c>
+      <c r="G774" t="s">
+        <v>848</v>
+      </c>
+      <c r="H774" t="s">
+        <v>63</v>
+      </c>
+      <c r="K774">
         <v>0</v>
       </c>
-      <c r="L774" s="0">
+      <c r="L774">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="775">
-[...15 lines deleted...]
-      <c r="D775" s="0">
+    <row r="775" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A775" t="s">
+        <v>847</v>
+      </c>
+      <c r="B775" t="s">
+        <v>816</v>
+      </c>
+      <c r="C775" t="s">
+        <v>318</v>
+      </c>
+      <c r="D775">
         <v>4</v>
       </c>
-      <c r="E775" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K775" s="0">
+      <c r="E775" t="s">
+        <v>73</v>
+      </c>
+      <c r="F775" t="s">
+        <v>135</v>
+      </c>
+      <c r="G775" t="s">
+        <v>848</v>
+      </c>
+      <c r="H775" t="s">
+        <v>66</v>
+      </c>
+      <c r="K775">
         <v>0</v>
       </c>
-      <c r="L775" s="0">
+      <c r="L775">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="776">
-[...15 lines deleted...]
-      <c r="D776" s="0">
+    <row r="776" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A776" t="s">
+        <v>847</v>
+      </c>
+      <c r="B776" t="s">
+        <v>817</v>
+      </c>
+      <c r="C776" t="s">
+        <v>849</v>
+      </c>
+      <c r="D776">
         <v>5</v>
       </c>
-      <c r="E776" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K776" s="0">
+      <c r="E776" t="s">
+        <v>73</v>
+      </c>
+      <c r="F776" t="s">
+        <v>135</v>
+      </c>
+      <c r="G776" t="s">
+        <v>848</v>
+      </c>
+      <c r="H776" t="s">
+        <v>316</v>
+      </c>
+      <c r="K776">
         <v>0</v>
       </c>
-      <c r="L776" s="0">
+      <c r="L776">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="777">
-[...15 lines deleted...]
-      <c r="D777" s="0">
+    <row r="777" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A777" t="s">
+        <v>847</v>
+      </c>
+      <c r="B777" t="s">
+        <v>818</v>
+      </c>
+      <c r="C777" t="s">
+        <v>324</v>
+      </c>
+      <c r="D777">
         <v>6</v>
       </c>
-      <c r="E777" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K777" s="0">
+      <c r="E777" t="s">
+        <v>813</v>
+      </c>
+      <c r="F777" t="s">
+        <v>135</v>
+      </c>
+      <c r="G777" t="s">
+        <v>848</v>
+      </c>
+      <c r="H777" t="s">
+        <v>819</v>
+      </c>
+      <c r="K777">
         <v>0</v>
       </c>
-      <c r="L777" s="0">
+      <c r="L777">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="778">
-[...15 lines deleted...]
-      <c r="D778" s="0">
+    <row r="778" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A778" t="s">
+        <v>847</v>
+      </c>
+      <c r="B778" t="s">
+        <v>820</v>
+      </c>
+      <c r="C778" t="s">
+        <v>142</v>
+      </c>
+      <c r="D778">
         <v>7</v>
       </c>
-      <c r="E778" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K778" s="0">
+      <c r="E778" t="s">
+        <v>73</v>
+      </c>
+      <c r="F778" t="s">
+        <v>135</v>
+      </c>
+      <c r="G778" t="s">
+        <v>848</v>
+      </c>
+      <c r="H778" t="s">
+        <v>316</v>
+      </c>
+      <c r="K778">
         <v>0</v>
       </c>
-      <c r="L778" s="0">
+      <c r="L778">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="779">
-[...15 lines deleted...]
-      <c r="D779" s="0">
+    <row r="779" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A779" t="s">
+        <v>847</v>
+      </c>
+      <c r="B779" t="s">
+        <v>822</v>
+      </c>
+      <c r="C779" t="s">
+        <v>146</v>
+      </c>
+      <c r="D779">
         <v>8</v>
       </c>
-      <c r="E779" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K779" s="0">
+      <c r="E779" t="s">
+        <v>73</v>
+      </c>
+      <c r="F779" t="s">
+        <v>135</v>
+      </c>
+      <c r="G779" t="s">
+        <v>848</v>
+      </c>
+      <c r="H779" t="s">
+        <v>132</v>
+      </c>
+      <c r="K779">
         <v>0</v>
       </c>
-      <c r="L779" s="0">
+      <c r="L779">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="780">
-[...15 lines deleted...]
-      <c r="D780" s="0">
+    <row r="780" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A780" t="s">
+        <v>847</v>
+      </c>
+      <c r="B780" t="s">
+        <v>823</v>
+      </c>
+      <c r="C780" t="s">
+        <v>145</v>
+      </c>
+      <c r="D780">
         <v>9</v>
       </c>
-      <c r="E780" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K780" s="0">
+      <c r="E780" t="s">
+        <v>73</v>
+      </c>
+      <c r="F780" t="s">
+        <v>135</v>
+      </c>
+      <c r="G780" t="s">
+        <v>848</v>
+      </c>
+      <c r="H780" t="s">
+        <v>68</v>
+      </c>
+      <c r="K780">
         <v>0</v>
       </c>
-      <c r="L780" s="0">
+      <c r="L780">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="781">
-[...15 lines deleted...]
-      <c r="D781" s="0">
+    <row r="781" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A781" t="s">
+        <v>847</v>
+      </c>
+      <c r="B781" t="s">
+        <v>825</v>
+      </c>
+      <c r="C781" t="s">
+        <v>147</v>
+      </c>
+      <c r="D781">
         <v>10</v>
       </c>
-      <c r="E781" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K781" s="0">
+      <c r="E781" t="s">
+        <v>73</v>
+      </c>
+      <c r="F781" t="s">
+        <v>135</v>
+      </c>
+      <c r="G781" t="s">
+        <v>848</v>
+      </c>
+      <c r="H781" t="s">
+        <v>68</v>
+      </c>
+      <c r="K781">
         <v>0</v>
       </c>
-      <c r="L781" s="0">
+      <c r="L781">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="782">
-[...15 lines deleted...]
-      <c r="D782" s="0">
+    <row r="782" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A782" t="s">
+        <v>847</v>
+      </c>
+      <c r="B782" t="s">
+        <v>826</v>
+      </c>
+      <c r="C782" t="s">
+        <v>148</v>
+      </c>
+      <c r="D782">
         <v>11</v>
       </c>
-      <c r="E782" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K782" s="0">
+      <c r="E782" t="s">
+        <v>813</v>
+      </c>
+      <c r="F782" t="s">
+        <v>135</v>
+      </c>
+      <c r="G782" t="s">
+        <v>848</v>
+      </c>
+      <c r="H782" t="s">
+        <v>316</v>
+      </c>
+      <c r="K782">
         <v>0</v>
       </c>
-      <c r="L782" s="0">
+      <c r="L782">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="783">
-[...15 lines deleted...]
-      <c r="D783" s="0">
+    <row r="783" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A783" t="s">
+        <v>847</v>
+      </c>
+      <c r="B783" t="s">
+        <v>827</v>
+      </c>
+      <c r="C783" t="s">
+        <v>171</v>
+      </c>
+      <c r="D783">
         <v>12</v>
       </c>
-      <c r="E783" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K783" s="0">
+      <c r="E783" t="s">
+        <v>73</v>
+      </c>
+      <c r="F783" t="s">
+        <v>135</v>
+      </c>
+      <c r="G783" t="s">
+        <v>848</v>
+      </c>
+      <c r="H783" t="s">
+        <v>850</v>
+      </c>
+      <c r="K783">
         <v>0</v>
       </c>
-      <c r="L783" s="0">
+      <c r="L783">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="784">
-[...15 lines deleted...]
-      <c r="D784" s="0">
+    <row r="784" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A784" t="s">
+        <v>847</v>
+      </c>
+      <c r="B784" t="s">
+        <v>828</v>
+      </c>
+      <c r="C784" t="s">
+        <v>357</v>
+      </c>
+      <c r="D784">
         <v>13</v>
       </c>
-      <c r="E784" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K784" s="0">
+      <c r="E784" t="s">
+        <v>813</v>
+      </c>
+      <c r="F784" t="s">
+        <v>135</v>
+      </c>
+      <c r="G784" t="s">
+        <v>848</v>
+      </c>
+      <c r="H784" t="s">
+        <v>851</v>
+      </c>
+      <c r="K784">
         <v>0</v>
       </c>
-      <c r="L784" s="0">
+      <c r="L784">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="785">
-[...15 lines deleted...]
-      <c r="D785" s="0">
+    <row r="785" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A785" t="s">
+        <v>847</v>
+      </c>
+      <c r="B785" t="s">
+        <v>829</v>
+      </c>
+      <c r="C785" t="s">
+        <v>152</v>
+      </c>
+      <c r="D785">
         <v>14</v>
       </c>
-      <c r="E785" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K785" s="0">
+      <c r="E785" t="s">
+        <v>813</v>
+      </c>
+      <c r="F785" t="s">
+        <v>135</v>
+      </c>
+      <c r="G785" t="s">
+        <v>848</v>
+      </c>
+      <c r="H785" t="s">
+        <v>830</v>
+      </c>
+      <c r="K785">
         <v>0</v>
       </c>
-      <c r="L785" s="0">
+      <c r="L785">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="786">
-[...15 lines deleted...]
-      <c r="D786" s="0">
+    <row r="786" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A786" t="s">
+        <v>847</v>
+      </c>
+      <c r="B786" t="s">
+        <v>831</v>
+      </c>
+      <c r="C786" t="s">
+        <v>155</v>
+      </c>
+      <c r="D786">
         <v>15</v>
       </c>
-      <c r="E786" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K786" s="0">
+      <c r="E786" t="s">
+        <v>73</v>
+      </c>
+      <c r="F786" t="s">
+        <v>135</v>
+      </c>
+      <c r="G786" t="s">
+        <v>848</v>
+      </c>
+      <c r="H786" t="s">
+        <v>66</v>
+      </c>
+      <c r="K786">
         <v>0</v>
       </c>
-      <c r="L786" s="0">
+      <c r="L786">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="787">
-[...15 lines deleted...]
-      <c r="D787" s="0">
+    <row r="787" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A787" t="s">
+        <v>847</v>
+      </c>
+      <c r="B787" t="s">
+        <v>832</v>
+      </c>
+      <c r="C787" t="s">
+        <v>852</v>
+      </c>
+      <c r="D787">
         <v>16</v>
       </c>
-      <c r="E787" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K787" s="0">
+      <c r="E787" t="s">
+        <v>73</v>
+      </c>
+      <c r="F787" t="s">
+        <v>135</v>
+      </c>
+      <c r="G787" t="s">
+        <v>848</v>
+      </c>
+      <c r="H787" t="s">
+        <v>132</v>
+      </c>
+      <c r="K787">
         <v>0</v>
       </c>
-      <c r="L787" s="0">
+      <c r="L787">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="788">
-[...15 lines deleted...]
-      <c r="D788" s="0">
+    <row r="788" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A788" t="s">
+        <v>847</v>
+      </c>
+      <c r="B788" t="s">
+        <v>833</v>
+      </c>
+      <c r="C788" t="s">
+        <v>364</v>
+      </c>
+      <c r="D788">
         <v>17</v>
       </c>
-      <c r="E788" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K788" s="0">
+      <c r="E788" t="s">
+        <v>813</v>
+      </c>
+      <c r="F788" t="s">
+        <v>135</v>
+      </c>
+      <c r="G788" t="s">
+        <v>848</v>
+      </c>
+      <c r="H788" t="s">
+        <v>853</v>
+      </c>
+      <c r="K788">
         <v>0</v>
       </c>
-      <c r="L788" s="0">
+      <c r="L788">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="789">
-[...15 lines deleted...]
-      <c r="D789" s="0">
+    <row r="789" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A789" t="s">
+        <v>847</v>
+      </c>
+      <c r="B789" t="s">
+        <v>834</v>
+      </c>
+      <c r="C789" t="s">
+        <v>157</v>
+      </c>
+      <c r="D789">
         <v>18</v>
       </c>
-      <c r="E789" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K789" s="0">
+      <c r="E789" t="s">
+        <v>73</v>
+      </c>
+      <c r="F789" t="s">
+        <v>135</v>
+      </c>
+      <c r="G789" t="s">
+        <v>848</v>
+      </c>
+      <c r="H789" t="s">
+        <v>68</v>
+      </c>
+      <c r="K789">
         <v>0</v>
       </c>
-      <c r="L789" s="0">
+      <c r="L789">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="790">
-[...15 lines deleted...]
-      <c r="D790" s="0">
+    <row r="790" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A790" t="s">
+        <v>847</v>
+      </c>
+      <c r="B790" t="s">
+        <v>835</v>
+      </c>
+      <c r="C790" t="s">
+        <v>149</v>
+      </c>
+      <c r="D790">
         <v>19</v>
       </c>
-      <c r="E790" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K790" s="0">
+      <c r="E790" t="s">
+        <v>73</v>
+      </c>
+      <c r="F790" t="s">
+        <v>135</v>
+      </c>
+      <c r="G790" t="s">
+        <v>848</v>
+      </c>
+      <c r="H790" t="s">
+        <v>68</v>
+      </c>
+      <c r="K790">
         <v>0</v>
       </c>
-      <c r="L790" s="0">
+      <c r="L790">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="791">
-[...15 lines deleted...]
-      <c r="D791" s="0">
+    <row r="791" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A791" t="s">
+        <v>847</v>
+      </c>
+      <c r="B791" t="s">
+        <v>38</v>
+      </c>
+      <c r="C791" t="s">
+        <v>366</v>
+      </c>
+      <c r="D791">
         <v>27</v>
       </c>
-      <c r="E791" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K791" s="0">
+      <c r="E791" t="s">
+        <v>813</v>
+      </c>
+      <c r="F791" t="s">
+        <v>135</v>
+      </c>
+      <c r="G791" t="s">
+        <v>848</v>
+      </c>
+      <c r="K791">
         <v>0</v>
       </c>
-      <c r="L791" s="0">
+      <c r="L791">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="792">
-[...15 lines deleted...]
-      <c r="D792" s="0">
+    <row r="792" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A792" t="s">
+        <v>847</v>
+      </c>
+      <c r="B792" t="s">
+        <v>836</v>
+      </c>
+      <c r="C792" t="s">
+        <v>314</v>
+      </c>
+      <c r="D792">
         <v>20</v>
       </c>
-      <c r="E792" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K792" s="0">
+      <c r="E792" t="s">
+        <v>73</v>
+      </c>
+      <c r="F792" t="s">
+        <v>135</v>
+      </c>
+      <c r="G792" t="s">
+        <v>848</v>
+      </c>
+      <c r="H792" t="s">
+        <v>132</v>
+      </c>
+      <c r="K792">
         <v>0</v>
       </c>
-      <c r="L792" s="0">
+      <c r="L792">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="793">
-[...15 lines deleted...]
-      <c r="D793" s="0">
+    <row r="793" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A793" t="s">
+        <v>847</v>
+      </c>
+      <c r="B793" t="s">
+        <v>837</v>
+      </c>
+      <c r="C793" t="s">
+        <v>362</v>
+      </c>
+      <c r="D793">
         <v>21</v>
       </c>
-      <c r="E793" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K793" s="0">
+      <c r="E793" t="s">
+        <v>73</v>
+      </c>
+      <c r="F793" t="s">
+        <v>135</v>
+      </c>
+      <c r="G793" t="s">
+        <v>848</v>
+      </c>
+      <c r="H793" t="s">
+        <v>132</v>
+      </c>
+      <c r="K793">
         <v>0</v>
       </c>
-      <c r="L793" s="0">
+      <c r="L793">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="794">
-[...15 lines deleted...]
-      <c r="D794" s="0">
+    <row r="794" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A794" t="s">
+        <v>847</v>
+      </c>
+      <c r="B794" t="s">
+        <v>838</v>
+      </c>
+      <c r="C794" t="s">
+        <v>165</v>
+      </c>
+      <c r="D794">
         <v>22</v>
       </c>
-      <c r="E794" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K794" s="0">
+      <c r="E794" t="s">
+        <v>73</v>
+      </c>
+      <c r="F794" t="s">
+        <v>135</v>
+      </c>
+      <c r="G794" t="s">
+        <v>848</v>
+      </c>
+      <c r="H794" t="s">
+        <v>66</v>
+      </c>
+      <c r="K794">
         <v>0</v>
       </c>
-      <c r="L794" s="0">
+      <c r="L794">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="795">
-[...15 lines deleted...]
-      <c r="D795" s="0">
+    <row r="795" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A795" t="s">
+        <v>847</v>
+      </c>
+      <c r="B795" t="s">
+        <v>840</v>
+      </c>
+      <c r="C795" t="s">
+        <v>161</v>
+      </c>
+      <c r="D795">
         <v>30</v>
       </c>
-      <c r="E795" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K795" s="0">
+      <c r="E795" t="s">
+        <v>73</v>
+      </c>
+      <c r="F795" t="s">
+        <v>135</v>
+      </c>
+      <c r="G795" t="s">
+        <v>848</v>
+      </c>
+      <c r="K795">
         <v>0</v>
       </c>
-      <c r="L795" s="0">
+      <c r="L795">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="796">
-[...15 lines deleted...]
-      <c r="D796" s="0">
+    <row r="796" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A796" t="s">
+        <v>847</v>
+      </c>
+      <c r="B796" t="s">
+        <v>841</v>
+      </c>
+      <c r="C796" t="s">
+        <v>368</v>
+      </c>
+      <c r="D796">
         <v>28</v>
       </c>
-      <c r="E796" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K796" s="0">
+      <c r="E796" t="s">
+        <v>73</v>
+      </c>
+      <c r="F796" t="s">
+        <v>135</v>
+      </c>
+      <c r="G796" t="s">
+        <v>848</v>
+      </c>
+      <c r="K796">
         <v>0</v>
       </c>
-      <c r="L796" s="0">
+      <c r="L796">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="797">
-[...15 lines deleted...]
-      <c r="D797" s="0">
+    <row r="797" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A797" t="s">
+        <v>847</v>
+      </c>
+      <c r="B797" t="s">
+        <v>843</v>
+      </c>
+      <c r="C797" t="s">
+        <v>163</v>
+      </c>
+      <c r="D797">
         <v>23</v>
       </c>
-      <c r="E797" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K797" s="0">
+      <c r="E797" t="s">
+        <v>73</v>
+      </c>
+      <c r="F797" t="s">
+        <v>135</v>
+      </c>
+      <c r="G797" t="s">
+        <v>848</v>
+      </c>
+      <c r="K797">
         <v>0</v>
       </c>
-      <c r="L797" s="0">
+      <c r="L797">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="798">
-[...15 lines deleted...]
-      <c r="D798" s="0">
+    <row r="798" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A798" t="s">
+        <v>847</v>
+      </c>
+      <c r="B798" t="s">
+        <v>844</v>
+      </c>
+      <c r="C798" t="s">
+        <v>167</v>
+      </c>
+      <c r="D798">
         <v>24</v>
       </c>
-      <c r="E798" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K798" s="0">
+      <c r="E798" t="s">
+        <v>73</v>
+      </c>
+      <c r="F798" t="s">
+        <v>135</v>
+      </c>
+      <c r="G798" t="s">
+        <v>848</v>
+      </c>
+      <c r="K798">
         <v>0</v>
       </c>
-      <c r="L798" s="0">
+      <c r="L798">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="799">
-[...40 lines deleted...]
-      <c r="K799" s="0">
+    <row r="799" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A799" t="s">
+        <v>847</v>
+      </c>
+      <c r="B799" t="s">
+        <v>845</v>
+      </c>
+      <c r="C799" t="s">
+        <v>166</v>
+      </c>
+      <c r="D799">
+        <v>25</v>
+      </c>
+      <c r="E799" t="s">
+        <v>73</v>
+      </c>
+      <c r="F799" t="s">
+        <v>135</v>
+      </c>
+      <c r="G799" t="s">
+        <v>848</v>
+      </c>
+      <c r="H799" t="s">
+        <v>63</v>
+      </c>
+      <c r="K799">
         <v>0</v>
       </c>
-      <c r="L799" s="0">
+      <c r="L799">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="800">
-[...15 lines deleted...]
-      <c r="D800" s="0">
+    <row r="800" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A800" t="s">
+        <v>847</v>
+      </c>
+      <c r="B800" t="s">
+        <v>378</v>
+      </c>
+      <c r="C800" t="s">
+        <v>371</v>
+      </c>
+      <c r="D800">
         <v>29</v>
       </c>
-      <c r="E800" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K800" s="0">
+      <c r="E800" t="s">
+        <v>73</v>
+      </c>
+      <c r="F800" t="s">
+        <v>135</v>
+      </c>
+      <c r="G800" t="s">
+        <v>848</v>
+      </c>
+      <c r="K800">
         <v>0</v>
       </c>
-      <c r="L800" s="0">
+      <c r="L800">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="801">
-[...15 lines deleted...]
-      <c r="D801" s="0">
+    <row r="801" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A801" t="s">
+        <v>847</v>
+      </c>
+      <c r="B801" t="s">
+        <v>846</v>
+      </c>
+      <c r="C801" t="s">
+        <v>168</v>
+      </c>
+      <c r="D801">
         <v>26</v>
       </c>
-      <c r="E801" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K801" s="0">
+      <c r="E801" t="s">
+        <v>73</v>
+      </c>
+      <c r="F801" t="s">
+        <v>135</v>
+      </c>
+      <c r="G801" t="s">
+        <v>848</v>
+      </c>
+      <c r="H801" t="s">
+        <v>68</v>
+      </c>
+      <c r="K801">
         <v>0</v>
       </c>
-      <c r="L801" s="0">
+      <c r="L801">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="802">
-[...15 lines deleted...]
-      <c r="D802" s="0">
+    <row r="802" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A802" t="s">
+        <v>854</v>
+      </c>
+      <c r="B802" t="s">
+        <v>855</v>
+      </c>
+      <c r="C802" t="s">
+        <v>856</v>
+      </c>
+      <c r="D802">
         <v>1</v>
       </c>
-      <c r="E802" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K802" s="0">
+      <c r="E802" t="s">
+        <v>813</v>
+      </c>
+      <c r="F802" t="s">
+        <v>857</v>
+      </c>
+      <c r="G802" t="s">
+        <v>858</v>
+      </c>
+      <c r="H802" t="s">
+        <v>63</v>
+      </c>
+      <c r="K802">
         <v>0</v>
       </c>
-      <c r="L802" s="0">
+      <c r="L802">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="803">
-[...15 lines deleted...]
-      <c r="D803" s="0">
+    <row r="803" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A803" t="s">
+        <v>854</v>
+      </c>
+      <c r="B803" t="s">
+        <v>859</v>
+      </c>
+      <c r="C803" t="s">
+        <v>860</v>
+      </c>
+      <c r="D803">
         <v>2</v>
       </c>
-      <c r="E803" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K803" s="0">
+      <c r="E803" t="s">
+        <v>377</v>
+      </c>
+      <c r="F803" t="s">
+        <v>857</v>
+      </c>
+      <c r="G803" t="s">
+        <v>858</v>
+      </c>
+      <c r="H803" t="s">
+        <v>63</v>
+      </c>
+      <c r="K803">
         <v>0</v>
       </c>
-      <c r="L803" s="0">
+      <c r="L803">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="804">
-[...15 lines deleted...]
-      <c r="D804" s="0">
+    <row r="804" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A804" t="s">
+        <v>854</v>
+      </c>
+      <c r="B804" t="s">
+        <v>861</v>
+      </c>
+      <c r="C804" t="s">
+        <v>861</v>
+      </c>
+      <c r="D804">
         <v>3</v>
       </c>
-      <c r="E804" s="0" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D805" s="0">
+      <c r="E804" t="s">
+        <v>862</v>
+      </c>
+      <c r="F804" t="s">
+        <v>857</v>
+      </c>
+      <c r="G804" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="805" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A805" t="s">
+        <v>863</v>
+      </c>
+      <c r="B805" t="s">
+        <v>864</v>
+      </c>
+      <c r="C805" t="s">
+        <v>865</v>
+      </c>
+      <c r="D805">
         <v>1</v>
       </c>
-      <c r="E805" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K805" s="0">
+      <c r="E805" t="s">
+        <v>813</v>
+      </c>
+      <c r="F805" t="s">
+        <v>866</v>
+      </c>
+      <c r="G805" t="s">
+        <v>867</v>
+      </c>
+      <c r="H805" t="s">
+        <v>316</v>
+      </c>
+      <c r="K805">
         <v>0</v>
       </c>
-      <c r="L805" s="0">
+      <c r="L805">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="806">
-[...15 lines deleted...]
-      <c r="D806" s="0">
+    <row r="806" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A806" t="s">
+        <v>863</v>
+      </c>
+      <c r="B806" t="s">
+        <v>868</v>
+      </c>
+      <c r="C806" t="s">
+        <v>869</v>
+      </c>
+      <c r="D806">
         <v>2</v>
       </c>
-      <c r="E806" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K806" s="0">
+      <c r="E806" t="s">
+        <v>813</v>
+      </c>
+      <c r="F806" t="s">
+        <v>866</v>
+      </c>
+      <c r="G806" t="s">
+        <v>867</v>
+      </c>
+      <c r="H806" t="s">
+        <v>870</v>
+      </c>
+      <c r="K806">
         <v>0</v>
       </c>
-      <c r="L806" s="0">
+      <c r="L806">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="807">
-[...15 lines deleted...]
-      <c r="D807" s="0">
+    <row r="807" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A807" t="s">
+        <v>863</v>
+      </c>
+      <c r="B807" t="s">
+        <v>871</v>
+      </c>
+      <c r="C807" t="s">
+        <v>872</v>
+      </c>
+      <c r="D807">
         <v>3</v>
       </c>
-      <c r="E807" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K807" s="0">
+      <c r="E807" t="s">
+        <v>813</v>
+      </c>
+      <c r="F807" t="s">
+        <v>866</v>
+      </c>
+      <c r="G807" t="s">
+        <v>867</v>
+      </c>
+      <c r="H807" t="s">
+        <v>132</v>
+      </c>
+      <c r="K807">
         <v>0</v>
       </c>
-      <c r="L807" s="0">
+      <c r="L807">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="808">
-[...15 lines deleted...]
-      <c r="D808" s="0">
+    <row r="808" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A808" t="s">
+        <v>863</v>
+      </c>
+      <c r="B808" t="s">
+        <v>107</v>
+      </c>
+      <c r="C808" t="s">
+        <v>109</v>
+      </c>
+      <c r="D808">
         <v>4</v>
       </c>
-      <c r="E808" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K808" s="0">
+      <c r="E808" t="s">
+        <v>813</v>
+      </c>
+      <c r="F808" t="s">
+        <v>866</v>
+      </c>
+      <c r="G808" t="s">
+        <v>867</v>
+      </c>
+      <c r="H808" t="s">
+        <v>132</v>
+      </c>
+      <c r="K808">
         <v>0</v>
       </c>
-      <c r="L808" s="0">
+      <c r="L808">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="809">
-[...15 lines deleted...]
-      <c r="D809" s="0">
+    <row r="809" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A809" t="s">
+        <v>863</v>
+      </c>
+      <c r="B809" t="s">
+        <v>873</v>
+      </c>
+      <c r="C809" t="s">
+        <v>874</v>
+      </c>
+      <c r="D809">
         <v>5</v>
       </c>
-      <c r="E809" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K809" s="0">
+      <c r="E809" t="s">
+        <v>813</v>
+      </c>
+      <c r="F809" t="s">
+        <v>866</v>
+      </c>
+      <c r="G809" t="s">
+        <v>867</v>
+      </c>
+      <c r="H809" t="s">
+        <v>875</v>
+      </c>
+      <c r="K809">
         <v>0</v>
       </c>
-      <c r="L809" s="0">
+      <c r="L809">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="810">
-[...15 lines deleted...]
-      <c r="D810" s="0">
+    <row r="810" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A810" t="s">
+        <v>863</v>
+      </c>
+      <c r="B810" t="s">
+        <v>876</v>
+      </c>
+      <c r="C810" t="s">
+        <v>877</v>
+      </c>
+      <c r="D810">
         <v>6</v>
       </c>
-      <c r="E810" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K810" s="0">
+      <c r="E810" t="s">
+        <v>878</v>
+      </c>
+      <c r="F810" t="s">
+        <v>866</v>
+      </c>
+      <c r="G810" t="s">
+        <v>867</v>
+      </c>
+      <c r="K810">
         <v>0</v>
       </c>
-      <c r="L810" s="0">
+      <c r="L810">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="811">
-[...15 lines deleted...]
-      <c r="D811" s="0">
+    <row r="811" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A811" t="s">
+        <v>863</v>
+      </c>
+      <c r="B811" t="s">
+        <v>879</v>
+      </c>
+      <c r="C811" t="s">
+        <v>22</v>
+      </c>
+      <c r="D811">
         <v>7</v>
       </c>
-      <c r="E811" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K811" s="0">
+      <c r="E811" t="s">
+        <v>813</v>
+      </c>
+      <c r="F811" t="s">
+        <v>866</v>
+      </c>
+      <c r="G811" t="s">
+        <v>867</v>
+      </c>
+      <c r="H811" t="s">
+        <v>880</v>
+      </c>
+      <c r="K811">
         <v>0</v>
       </c>
-      <c r="L811" s="0">
+      <c r="L811">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="812">
-[...15 lines deleted...]
-      <c r="D812" s="0">
+    <row r="812" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A812" t="s">
+        <v>863</v>
+      </c>
+      <c r="B812" t="s">
+        <v>881</v>
+      </c>
+      <c r="C812" t="s">
+        <v>19</v>
+      </c>
+      <c r="D812">
         <v>8</v>
       </c>
-      <c r="E812" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K812" s="0">
+      <c r="E812" t="s">
+        <v>813</v>
+      </c>
+      <c r="F812" t="s">
+        <v>866</v>
+      </c>
+      <c r="G812" t="s">
+        <v>867</v>
+      </c>
+      <c r="H812" t="s">
+        <v>316</v>
+      </c>
+      <c r="K812">
         <v>0</v>
       </c>
-      <c r="L812" s="0">
+      <c r="L812">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="813">
-[...15 lines deleted...]
-      <c r="D813" s="0">
+    <row r="813" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A813" t="s">
+        <v>863</v>
+      </c>
+      <c r="B813" t="s">
+        <v>882</v>
+      </c>
+      <c r="C813" t="s">
+        <v>25</v>
+      </c>
+      <c r="D813">
         <v>9</v>
       </c>
-      <c r="E813" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K813" s="0">
+      <c r="E813" t="s">
+        <v>813</v>
+      </c>
+      <c r="F813" t="s">
+        <v>866</v>
+      </c>
+      <c r="G813" t="s">
+        <v>867</v>
+      </c>
+      <c r="H813" t="s">
+        <v>880</v>
+      </c>
+      <c r="K813">
         <v>0</v>
       </c>
-      <c r="L813" s="0">
+      <c r="L813">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="814">
-[...15 lines deleted...]
-      <c r="D814" s="0">
+    <row r="814" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A814" t="s">
+        <v>863</v>
+      </c>
+      <c r="B814" t="s">
+        <v>883</v>
+      </c>
+      <c r="C814" t="s">
+        <v>884</v>
+      </c>
+      <c r="D814">
         <v>10</v>
       </c>
-      <c r="E814" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K814" s="0">
+      <c r="E814" t="s">
+        <v>813</v>
+      </c>
+      <c r="F814" t="s">
+        <v>866</v>
+      </c>
+      <c r="G814" t="s">
+        <v>867</v>
+      </c>
+      <c r="H814" t="s">
+        <v>885</v>
+      </c>
+      <c r="K814">
         <v>0</v>
       </c>
-      <c r="L814" s="0">
+      <c r="L814">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="815">
-[...15 lines deleted...]
-      <c r="D815" s="0">
+    <row r="815" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A815" t="s">
+        <v>863</v>
+      </c>
+      <c r="B815" t="s">
+        <v>886</v>
+      </c>
+      <c r="C815" t="s">
+        <v>887</v>
+      </c>
+      <c r="D815">
         <v>11</v>
       </c>
-      <c r="E815" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K815" s="0">
+      <c r="E815" t="s">
+        <v>813</v>
+      </c>
+      <c r="F815" t="s">
+        <v>866</v>
+      </c>
+      <c r="G815" t="s">
+        <v>867</v>
+      </c>
+      <c r="H815" t="s">
+        <v>888</v>
+      </c>
+      <c r="K815">
         <v>0</v>
       </c>
-      <c r="L815" s="0">
+      <c r="L815">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="816">
-[...15 lines deleted...]
-      <c r="D816" s="0">
+    <row r="816" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A816" t="s">
+        <v>863</v>
+      </c>
+      <c r="B816" t="s">
+        <v>120</v>
+      </c>
+      <c r="C816" t="s">
+        <v>120</v>
+      </c>
+      <c r="D816">
         <v>12</v>
       </c>
-      <c r="E816" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K816" s="0">
+      <c r="E816" t="s">
+        <v>121</v>
+      </c>
+      <c r="F816" t="s">
+        <v>866</v>
+      </c>
+      <c r="G816" t="s">
+        <v>867</v>
+      </c>
+      <c r="K816">
         <v>0</v>
       </c>
-      <c r="L816" s="0">
+      <c r="L816">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="817">
-[...15 lines deleted...]
-      <c r="D817" s="0">
+    <row r="817" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A817" t="s">
+        <v>863</v>
+      </c>
+      <c r="B817" t="s">
+        <v>889</v>
+      </c>
+      <c r="C817" t="s">
+        <v>890</v>
+      </c>
+      <c r="D817">
         <v>13</v>
       </c>
-      <c r="E817" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K817" s="0">
+      <c r="E817" t="s">
+        <v>813</v>
+      </c>
+      <c r="F817" t="s">
+        <v>866</v>
+      </c>
+      <c r="G817" t="s">
+        <v>867</v>
+      </c>
+      <c r="H817" t="s">
+        <v>68</v>
+      </c>
+      <c r="K817">
         <v>0</v>
       </c>
-      <c r="L817" s="0">
+      <c r="L817">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="818">
-[...15 lines deleted...]
-      <c r="D818" s="0">
+    <row r="818" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A818" t="s">
+        <v>863</v>
+      </c>
+      <c r="B818" t="s">
+        <v>891</v>
+      </c>
+      <c r="C818" t="s">
+        <v>892</v>
+      </c>
+      <c r="D818">
         <v>14</v>
       </c>
-      <c r="E818" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K818" s="0">
+      <c r="E818" t="s">
+        <v>813</v>
+      </c>
+      <c r="F818" t="s">
+        <v>866</v>
+      </c>
+      <c r="G818" t="s">
+        <v>867</v>
+      </c>
+      <c r="H818" t="s">
+        <v>68</v>
+      </c>
+      <c r="K818">
         <v>0</v>
       </c>
-      <c r="L818" s="0">
+      <c r="L818">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="819">
-[...15 lines deleted...]
-      <c r="D819" s="0">
+    <row r="819" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A819" t="s">
+        <v>863</v>
+      </c>
+      <c r="B819" t="s">
+        <v>893</v>
+      </c>
+      <c r="C819" t="s">
+        <v>894</v>
+      </c>
+      <c r="D819">
         <v>15</v>
       </c>
-      <c r="E819" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K819" s="0">
+      <c r="E819" t="s">
+        <v>813</v>
+      </c>
+      <c r="F819" t="s">
+        <v>866</v>
+      </c>
+      <c r="G819" t="s">
+        <v>867</v>
+      </c>
+      <c r="H819" t="s">
+        <v>316</v>
+      </c>
+      <c r="K819">
         <v>0</v>
       </c>
-      <c r="L819" s="0">
+      <c r="L819">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="820">
-[...15 lines deleted...]
-      <c r="D820" s="0">
+    <row r="820" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A820" t="s">
+        <v>863</v>
+      </c>
+      <c r="B820" t="s">
+        <v>895</v>
+      </c>
+      <c r="C820" t="s">
+        <v>896</v>
+      </c>
+      <c r="D820">
         <v>16</v>
       </c>
-      <c r="E820" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K820" s="0">
+      <c r="E820" t="s">
+        <v>813</v>
+      </c>
+      <c r="F820" t="s">
+        <v>866</v>
+      </c>
+      <c r="G820" t="s">
+        <v>867</v>
+      </c>
+      <c r="H820" t="s">
+        <v>316</v>
+      </c>
+      <c r="K820">
         <v>0</v>
       </c>
-      <c r="L820" s="0">
+      <c r="L820">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="821">
-[...15 lines deleted...]
-      <c r="D821" s="0">
+    <row r="821" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A821" t="s">
+        <v>863</v>
+      </c>
+      <c r="B821" t="s">
+        <v>897</v>
+      </c>
+      <c r="C821" t="s">
+        <v>898</v>
+      </c>
+      <c r="D821">
         <v>17</v>
       </c>
-      <c r="E821" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K821" s="0">
+      <c r="E821" t="s">
+        <v>813</v>
+      </c>
+      <c r="F821" t="s">
+        <v>866</v>
+      </c>
+      <c r="G821" t="s">
+        <v>867</v>
+      </c>
+      <c r="H821" t="s">
+        <v>316</v>
+      </c>
+      <c r="K821">
         <v>0</v>
       </c>
-      <c r="L821" s="0">
+      <c r="L821">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="822">
-[...15 lines deleted...]
-      <c r="D822" s="0">
+    <row r="822" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A822" t="s">
+        <v>863</v>
+      </c>
+      <c r="B822" t="s">
+        <v>899</v>
+      </c>
+      <c r="C822" t="s">
+        <v>900</v>
+      </c>
+      <c r="D822">
         <v>18</v>
       </c>
-      <c r="E822" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K822" s="0">
+      <c r="E822" t="s">
+        <v>813</v>
+      </c>
+      <c r="F822" t="s">
+        <v>866</v>
+      </c>
+      <c r="G822" t="s">
+        <v>867</v>
+      </c>
+      <c r="H822" t="s">
+        <v>160</v>
+      </c>
+      <c r="K822">
         <v>0</v>
       </c>
-      <c r="L822" s="0">
+      <c r="L822">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="823">
-[...15 lines deleted...]
-      <c r="D823" s="0">
+    <row r="823" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A823" t="s">
+        <v>863</v>
+      </c>
+      <c r="B823" t="s">
+        <v>901</v>
+      </c>
+      <c r="C823" t="s">
+        <v>902</v>
+      </c>
+      <c r="D823">
         <v>19</v>
       </c>
-      <c r="E823" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K823" s="0">
+      <c r="E823" t="s">
+        <v>813</v>
+      </c>
+      <c r="F823" t="s">
+        <v>866</v>
+      </c>
+      <c r="G823" t="s">
+        <v>867</v>
+      </c>
+      <c r="H823" t="s">
+        <v>903</v>
+      </c>
+      <c r="K823">
         <v>0</v>
       </c>
-      <c r="L823" s="0">
+      <c r="L823">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="824">
-[...15 lines deleted...]
-      <c r="D824" s="0">
+    <row r="824" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A824" t="s">
+        <v>904</v>
+      </c>
+      <c r="B824" t="s">
+        <v>905</v>
+      </c>
+      <c r="C824" t="s">
+        <v>865</v>
+      </c>
+      <c r="D824">
         <v>1</v>
       </c>
-      <c r="E824" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K824" s="0">
+      <c r="E824" t="s">
+        <v>813</v>
+      </c>
+      <c r="F824" t="s">
+        <v>866</v>
+      </c>
+      <c r="G824" t="s">
+        <v>906</v>
+      </c>
+      <c r="H824" t="s">
+        <v>132</v>
+      </c>
+      <c r="K824">
         <v>0</v>
       </c>
-      <c r="L824" s="0">
+      <c r="L824">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="825">
-[...15 lines deleted...]
-      <c r="D825" s="0">
+    <row r="825" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A825" t="s">
+        <v>904</v>
+      </c>
+      <c r="B825" t="s">
+        <v>868</v>
+      </c>
+      <c r="C825" t="s">
+        <v>907</v>
+      </c>
+      <c r="D825">
         <v>2</v>
       </c>
-      <c r="E825" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K825" s="0">
+      <c r="E825" t="s">
+        <v>813</v>
+      </c>
+      <c r="F825" t="s">
+        <v>866</v>
+      </c>
+      <c r="G825" t="s">
+        <v>906</v>
+      </c>
+      <c r="H825" t="s">
+        <v>373</v>
+      </c>
+      <c r="K825">
         <v>0</v>
       </c>
-      <c r="L825" s="0">
+      <c r="L825">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="826">
-[...15 lines deleted...]
-      <c r="D826" s="0">
+    <row r="826" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A826" t="s">
+        <v>904</v>
+      </c>
+      <c r="B826" t="s">
+        <v>871</v>
+      </c>
+      <c r="C826" t="s">
+        <v>908</v>
+      </c>
+      <c r="D826">
         <v>4</v>
       </c>
-      <c r="E826" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K826" s="0">
+      <c r="E826" t="s">
+        <v>813</v>
+      </c>
+      <c r="F826" t="s">
+        <v>866</v>
+      </c>
+      <c r="G826" t="s">
+        <v>906</v>
+      </c>
+      <c r="H826" t="s">
+        <v>909</v>
+      </c>
+      <c r="K826">
         <v>0</v>
       </c>
-      <c r="L826" s="0">
+      <c r="L826">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="827">
-[...15 lines deleted...]
-      <c r="D827" s="0">
+    <row r="827" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A827" t="s">
+        <v>904</v>
+      </c>
+      <c r="B827" t="s">
+        <v>882</v>
+      </c>
+      <c r="C827" t="s">
+        <v>910</v>
+      </c>
+      <c r="D827">
         <v>13</v>
       </c>
-      <c r="E827" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K827" s="0">
+      <c r="E827" t="s">
+        <v>813</v>
+      </c>
+      <c r="F827" t="s">
+        <v>866</v>
+      </c>
+      <c r="G827" t="s">
+        <v>906</v>
+      </c>
+      <c r="H827" t="s">
+        <v>317</v>
+      </c>
+      <c r="K827">
         <v>0</v>
       </c>
-      <c r="L827" s="0">
+      <c r="L827">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="828">
-[...15 lines deleted...]
-      <c r="D828" s="0">
+    <row r="828" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A828" t="s">
+        <v>904</v>
+      </c>
+      <c r="B828" t="s">
+        <v>886</v>
+      </c>
+      <c r="C828" t="s">
+        <v>887</v>
+      </c>
+      <c r="D828">
         <v>14</v>
       </c>
-      <c r="E828" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K828" s="0">
+      <c r="E828" t="s">
+        <v>813</v>
+      </c>
+      <c r="F828" t="s">
+        <v>866</v>
+      </c>
+      <c r="G828" t="s">
+        <v>906</v>
+      </c>
+      <c r="H828" t="s">
+        <v>130</v>
+      </c>
+      <c r="K828">
         <v>0</v>
       </c>
-      <c r="L828" s="0">
+      <c r="L828">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="829">
-[...15 lines deleted...]
-      <c r="D829" s="0">
+    <row r="829" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A829" t="s">
+        <v>904</v>
+      </c>
+      <c r="B829" t="s">
+        <v>879</v>
+      </c>
+      <c r="C829" t="s">
+        <v>911</v>
+      </c>
+      <c r="D829">
         <v>11</v>
       </c>
-      <c r="E829" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K829" s="0">
+      <c r="E829" t="s">
+        <v>813</v>
+      </c>
+      <c r="F829" t="s">
+        <v>866</v>
+      </c>
+      <c r="G829" t="s">
+        <v>906</v>
+      </c>
+      <c r="H829" t="s">
+        <v>316</v>
+      </c>
+      <c r="K829">
         <v>0</v>
       </c>
-      <c r="L829" s="0">
+      <c r="L829">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="830">
-[...15 lines deleted...]
-      <c r="D830" s="0">
+    <row r="830" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A830" t="s">
+        <v>904</v>
+      </c>
+      <c r="B830" t="s">
+        <v>881</v>
+      </c>
+      <c r="C830" t="s">
+        <v>912</v>
+      </c>
+      <c r="D830">
         <v>12</v>
       </c>
-      <c r="E830" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K830" s="0">
+      <c r="E830" t="s">
+        <v>813</v>
+      </c>
+      <c r="F830" t="s">
+        <v>866</v>
+      </c>
+      <c r="G830" t="s">
+        <v>906</v>
+      </c>
+      <c r="H830" t="s">
+        <v>913</v>
+      </c>
+      <c r="K830">
         <v>0</v>
       </c>
-      <c r="L830" s="0">
+      <c r="L830">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="831">
-[...15 lines deleted...]
-      <c r="D831" s="0">
+    <row r="831" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A831" t="s">
+        <v>904</v>
+      </c>
+      <c r="B831" t="s">
+        <v>873</v>
+      </c>
+      <c r="C831" t="s">
+        <v>874</v>
+      </c>
+      <c r="D831">
         <v>10</v>
       </c>
-      <c r="E831" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K831" s="0">
+      <c r="E831" t="s">
+        <v>813</v>
+      </c>
+      <c r="F831" t="s">
+        <v>866</v>
+      </c>
+      <c r="G831" t="s">
+        <v>906</v>
+      </c>
+      <c r="H831" t="s">
+        <v>819</v>
+      </c>
+      <c r="K831">
         <v>0</v>
       </c>
-      <c r="L831" s="0">
+      <c r="L831">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="832">
-[...15 lines deleted...]
-      <c r="D832" s="0">
+    <row r="832" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A832" t="s">
+        <v>904</v>
+      </c>
+      <c r="B832" t="s">
+        <v>914</v>
+      </c>
+      <c r="C832" t="s">
+        <v>877</v>
+      </c>
+      <c r="D832">
         <v>16</v>
       </c>
-      <c r="E832" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K832" s="0">
+      <c r="E832" t="s">
+        <v>915</v>
+      </c>
+      <c r="F832" t="s">
+        <v>866</v>
+      </c>
+      <c r="G832" t="s">
+        <v>906</v>
+      </c>
+      <c r="K832">
         <v>0</v>
       </c>
-      <c r="L832" s="0">
+      <c r="L832">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="833">
-[...15 lines deleted...]
-      <c r="D833" s="0">
+    <row r="833" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A833" t="s">
+        <v>904</v>
+      </c>
+      <c r="B833" t="s">
+        <v>120</v>
+      </c>
+      <c r="C833" t="s">
+        <v>120</v>
+      </c>
+      <c r="D833">
         <v>15</v>
       </c>
-      <c r="E833" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K833" s="0">
+      <c r="E833" t="s">
+        <v>121</v>
+      </c>
+      <c r="F833" t="s">
+        <v>866</v>
+      </c>
+      <c r="G833" t="s">
+        <v>906</v>
+      </c>
+      <c r="K833">
         <v>0</v>
       </c>
-      <c r="L833" s="0">
+      <c r="L833">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="834">
-[...15 lines deleted...]
-      <c r="D834" s="0">
+    <row r="834" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A834" t="s">
+        <v>904</v>
+      </c>
+      <c r="B834" t="s">
+        <v>889</v>
+      </c>
+      <c r="C834" t="s">
+        <v>916</v>
+      </c>
+      <c r="D834">
         <v>8</v>
       </c>
-      <c r="E834" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K834" s="0">
+      <c r="E834" t="s">
+        <v>813</v>
+      </c>
+      <c r="F834" t="s">
+        <v>866</v>
+      </c>
+      <c r="G834" t="s">
+        <v>906</v>
+      </c>
+      <c r="H834" t="s">
+        <v>68</v>
+      </c>
+      <c r="K834">
         <v>0</v>
       </c>
-      <c r="L834" s="0">
+      <c r="L834">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="835">
-[...15 lines deleted...]
-      <c r="D835" s="0">
+    <row r="835" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A835" t="s">
+        <v>904</v>
+      </c>
+      <c r="B835" t="s">
+        <v>891</v>
+      </c>
+      <c r="C835" t="s">
+        <v>892</v>
+      </c>
+      <c r="D835">
         <v>9</v>
       </c>
-      <c r="E835" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K835" s="0">
+      <c r="E835" t="s">
+        <v>813</v>
+      </c>
+      <c r="F835" t="s">
+        <v>866</v>
+      </c>
+      <c r="G835" t="s">
+        <v>906</v>
+      </c>
+      <c r="H835" t="s">
+        <v>68</v>
+      </c>
+      <c r="K835">
         <v>0</v>
       </c>
-      <c r="L835" s="0">
+      <c r="L835">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="836">
-[...15 lines deleted...]
-      <c r="D836" s="0">
+    <row r="836" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A836" t="s">
+        <v>904</v>
+      </c>
+      <c r="B836" t="s">
+        <v>917</v>
+      </c>
+      <c r="C836" t="s">
+        <v>894</v>
+      </c>
+      <c r="D836">
         <v>5</v>
       </c>
-      <c r="E836" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K836" s="0">
+      <c r="E836" t="s">
+        <v>813</v>
+      </c>
+      <c r="F836" t="s">
+        <v>866</v>
+      </c>
+      <c r="G836" t="s">
+        <v>906</v>
+      </c>
+      <c r="H836" t="s">
+        <v>918</v>
+      </c>
+      <c r="K836">
         <v>0</v>
       </c>
-      <c r="L836" s="0">
+      <c r="L836">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="837">
-[...15 lines deleted...]
-      <c r="D837" s="0">
+    <row r="837" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A837" t="s">
+        <v>904</v>
+      </c>
+      <c r="B837" t="s">
+        <v>895</v>
+      </c>
+      <c r="C837" t="s">
+        <v>896</v>
+      </c>
+      <c r="D837">
         <v>6</v>
       </c>
-      <c r="E837" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K837" s="0">
+      <c r="E837" t="s">
+        <v>813</v>
+      </c>
+      <c r="F837" t="s">
+        <v>866</v>
+      </c>
+      <c r="G837" t="s">
+        <v>906</v>
+      </c>
+      <c r="H837" t="s">
+        <v>919</v>
+      </c>
+      <c r="K837">
         <v>0</v>
       </c>
-      <c r="L837" s="0">
+      <c r="L837">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="838">
-[...15 lines deleted...]
-      <c r="D838" s="0">
+    <row r="838" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A838" t="s">
+        <v>904</v>
+      </c>
+      <c r="B838" t="s">
+        <v>897</v>
+      </c>
+      <c r="C838" t="s">
+        <v>920</v>
+      </c>
+      <c r="D838">
         <v>17</v>
       </c>
-      <c r="E838" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K838" s="0">
+      <c r="E838" t="s">
+        <v>813</v>
+      </c>
+      <c r="F838" t="s">
+        <v>866</v>
+      </c>
+      <c r="G838" t="s">
+        <v>906</v>
+      </c>
+      <c r="H838" t="s">
+        <v>918</v>
+      </c>
+      <c r="K838">
         <v>0</v>
       </c>
-      <c r="L838" s="0">
+      <c r="L838">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="839">
-[...15 lines deleted...]
-      <c r="D839" s="0">
+    <row r="839" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A839" t="s">
+        <v>904</v>
+      </c>
+      <c r="B839" t="s">
+        <v>899</v>
+      </c>
+      <c r="C839" t="s">
+        <v>921</v>
+      </c>
+      <c r="D839">
         <v>7</v>
       </c>
-      <c r="E839" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K839" s="0">
+      <c r="E839" t="s">
+        <v>813</v>
+      </c>
+      <c r="F839" t="s">
+        <v>866</v>
+      </c>
+      <c r="G839" t="s">
+        <v>906</v>
+      </c>
+      <c r="H839" t="s">
+        <v>919</v>
+      </c>
+      <c r="K839">
         <v>0</v>
       </c>
-      <c r="L839" s="0">
+      <c r="L839">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="840">
-[...15 lines deleted...]
-      <c r="D840" s="0">
+    <row r="840" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A840" t="s">
+        <v>904</v>
+      </c>
+      <c r="B840" t="s">
+        <v>901</v>
+      </c>
+      <c r="C840" t="s">
+        <v>902</v>
+      </c>
+      <c r="D840">
         <v>3</v>
       </c>
-      <c r="E840" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K840" s="0">
+      <c r="E840" t="s">
+        <v>813</v>
+      </c>
+      <c r="F840" t="s">
+        <v>866</v>
+      </c>
+      <c r="G840" t="s">
+        <v>906</v>
+      </c>
+      <c r="H840" t="s">
+        <v>824</v>
+      </c>
+      <c r="K840">
         <v>0</v>
       </c>
-      <c r="L840" s="0">
+      <c r="L840">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="841">
-[...10 lines deleted...]
-      <c r="D841" s="0">
+    <row r="841" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A841" t="s">
+        <v>922</v>
+      </c>
+      <c r="B841" t="s">
+        <v>923</v>
+      </c>
+      <c r="D841">
         <v>32</v>
       </c>
-      <c r="E841" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L841" s="0">
+      <c r="E841" t="s">
+        <v>377</v>
+      </c>
+      <c r="F841" t="s">
+        <v>924</v>
+      </c>
+      <c r="G841" t="s">
+        <v>925</v>
+      </c>
+      <c r="H841" t="s">
+        <v>317</v>
+      </c>
+      <c r="K841">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L841">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="842">
-[...10 lines deleted...]
-      <c r="D842" s="0">
+    <row r="842" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A842" t="s">
+        <v>922</v>
+      </c>
+      <c r="B842" t="s">
+        <v>926</v>
+      </c>
+      <c r="D842">
         <v>34</v>
       </c>
-      <c r="E842" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K842" s="0">
+      <c r="E842" t="s">
+        <v>312</v>
+      </c>
+      <c r="F842" t="s">
+        <v>924</v>
+      </c>
+      <c r="G842" t="s">
+        <v>925</v>
+      </c>
+      <c r="H842" t="s">
+        <v>123</v>
+      </c>
+      <c r="K842">
         <v>0.5</v>
       </c>
-      <c r="L842" s="0">
+      <c r="L842">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="843">
-[...10 lines deleted...]
-      <c r="D843" s="0">
+    <row r="843" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A843" t="s">
+        <v>922</v>
+      </c>
+      <c r="B843" t="s">
+        <v>927</v>
+      </c>
+      <c r="D843">
         <v>90</v>
       </c>
-      <c r="E843" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K843" s="0">
+      <c r="E843" t="s">
+        <v>312</v>
+      </c>
+      <c r="F843" t="s">
+        <v>924</v>
+      </c>
+      <c r="G843" t="s">
+        <v>925</v>
+      </c>
+      <c r="H843" t="s">
+        <v>342</v>
+      </c>
+      <c r="K843">
         <v>10</v>
       </c>
-      <c r="L843" s="0">
+      <c r="L843">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="844">
-[...10 lines deleted...]
-      <c r="D844" s="0">
+    <row r="844" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A844" t="s">
+        <v>922</v>
+      </c>
+      <c r="B844" t="s">
+        <v>928</v>
+      </c>
+      <c r="D844">
         <v>36</v>
       </c>
-      <c r="E844" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K844" s="0">
+      <c r="E844" t="s">
+        <v>315</v>
+      </c>
+      <c r="F844" t="s">
+        <v>924</v>
+      </c>
+      <c r="G844" t="s">
+        <v>925</v>
+      </c>
+      <c r="H844" t="s">
+        <v>929</v>
+      </c>
+      <c r="K844">
         <v>35</v>
       </c>
-      <c r="L844" s="0">
+      <c r="L844">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="845">
-[...10 lines deleted...]
-      <c r="D845" s="0">
+    <row r="845" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A845" t="s">
+        <v>922</v>
+      </c>
+      <c r="B845" t="s">
+        <v>930</v>
+      </c>
+      <c r="D845">
         <v>98</v>
       </c>
-      <c r="E845" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K845" s="0">
+      <c r="E845" t="s">
+        <v>931</v>
+      </c>
+      <c r="F845" t="s">
+        <v>924</v>
+      </c>
+      <c r="G845" t="s">
+        <v>925</v>
+      </c>
+      <c r="H845" t="s">
+        <v>129</v>
+      </c>
+      <c r="K845">
         <v>1</v>
       </c>
-      <c r="L845" s="0">
+      <c r="L845">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="846">
-[...10 lines deleted...]
-      <c r="D846" s="0">
+    <row r="846" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A846" t="s">
+        <v>922</v>
+      </c>
+      <c r="B846" t="s">
+        <v>932</v>
+      </c>
+      <c r="D846">
         <v>110</v>
       </c>
-      <c r="E846" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D847" s="0">
+      <c r="E846" t="s">
+        <v>312</v>
+      </c>
+      <c r="F846" t="s">
+        <v>924</v>
+      </c>
+      <c r="G846" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="847" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A847" t="s">
+        <v>922</v>
+      </c>
+      <c r="B847" t="s">
+        <v>933</v>
+      </c>
+      <c r="D847">
         <v>88</v>
       </c>
-      <c r="E847" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D848" s="0">
+      <c r="E847" t="s">
+        <v>315</v>
+      </c>
+      <c r="F847" t="s">
+        <v>924</v>
+      </c>
+      <c r="G847" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="848" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A848" t="s">
+        <v>922</v>
+      </c>
+      <c r="B848" t="s">
+        <v>934</v>
+      </c>
+      <c r="D848">
         <v>38</v>
       </c>
-      <c r="E848" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K848" s="0">
+      <c r="E848" t="s">
+        <v>312</v>
+      </c>
+      <c r="F848" t="s">
+        <v>924</v>
+      </c>
+      <c r="G848" t="s">
+        <v>925</v>
+      </c>
+      <c r="H848" t="s">
+        <v>339</v>
+      </c>
+      <c r="K848">
         <v>7.5</v>
       </c>
-      <c r="L848" s="0">
+      <c r="L848">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="849">
-[...10 lines deleted...]
-      <c r="D849" s="0">
+    <row r="849" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A849" t="s">
+        <v>922</v>
+      </c>
+      <c r="B849" t="s">
+        <v>935</v>
+      </c>
+      <c r="D849">
         <v>102</v>
       </c>
-      <c r="E849" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L849" s="0">
+      <c r="E849" t="s">
+        <v>312</v>
+      </c>
+      <c r="F849" t="s">
+        <v>924</v>
+      </c>
+      <c r="G849" t="s">
+        <v>925</v>
+      </c>
+      <c r="H849" t="s">
+        <v>68</v>
+      </c>
+      <c r="K849">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L849">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="850">
-[...10 lines deleted...]
-      <c r="D850" s="0">
+    <row r="850" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A850" t="s">
+        <v>922</v>
+      </c>
+      <c r="B850" t="s">
+        <v>936</v>
+      </c>
+      <c r="D850">
         <v>40</v>
       </c>
-      <c r="E850" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K850" s="0">
+      <c r="E850" t="s">
+        <v>312</v>
+      </c>
+      <c r="F850" t="s">
+        <v>924</v>
+      </c>
+      <c r="G850" t="s">
+        <v>925</v>
+      </c>
+      <c r="H850" t="s">
+        <v>180</v>
+      </c>
+      <c r="K850">
         <v>0.5</v>
       </c>
-      <c r="L850" s="0">
+      <c r="L850">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="851">
-[...10 lines deleted...]
-      <c r="D851" s="0">
+    <row r="851" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A851" t="s">
+        <v>922</v>
+      </c>
+      <c r="B851" t="s">
+        <v>937</v>
+      </c>
+      <c r="D851">
         <v>76</v>
       </c>
-      <c r="E851" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D852" s="0">
+      <c r="E851" t="s">
+        <v>315</v>
+      </c>
+      <c r="F851" t="s">
+        <v>924</v>
+      </c>
+      <c r="G851" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="852" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A852" t="s">
+        <v>922</v>
+      </c>
+      <c r="B852" t="s">
+        <v>938</v>
+      </c>
+      <c r="D852">
         <v>42</v>
       </c>
-      <c r="E852" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L852" s="0">
+      <c r="E852" t="s">
+        <v>377</v>
+      </c>
+      <c r="F852" t="s">
+        <v>924</v>
+      </c>
+      <c r="G852" t="s">
+        <v>925</v>
+      </c>
+      <c r="H852" t="s">
+        <v>81</v>
+      </c>
+      <c r="K852">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L852">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="853">
-[...10 lines deleted...]
-      <c r="D853" s="0">
+    <row r="853" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A853" t="s">
+        <v>922</v>
+      </c>
+      <c r="B853" t="s">
+        <v>939</v>
+      </c>
+      <c r="D853">
         <v>44</v>
       </c>
-      <c r="E853" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K853" s="0">
+      <c r="E853" t="s">
+        <v>312</v>
+      </c>
+      <c r="F853" t="s">
+        <v>924</v>
+      </c>
+      <c r="G853" t="s">
+        <v>925</v>
+      </c>
+      <c r="H853" t="s">
+        <v>319</v>
+      </c>
+      <c r="K853">
         <v>2.5</v>
       </c>
-      <c r="L853" s="0">
+      <c r="L853">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="854">
-[...10 lines deleted...]
-      <c r="D854" s="0">
+    <row r="854" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A854" t="s">
+        <v>922</v>
+      </c>
+      <c r="B854" t="s">
+        <v>940</v>
+      </c>
+      <c r="D854">
         <v>46</v>
       </c>
-      <c r="E854" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K854" s="0">
+      <c r="E854" t="s">
+        <v>312</v>
+      </c>
+      <c r="F854" t="s">
+        <v>924</v>
+      </c>
+      <c r="G854" t="s">
+        <v>925</v>
+      </c>
+      <c r="H854" t="s">
+        <v>124</v>
+      </c>
+      <c r="K854">
         <v>2</v>
       </c>
-      <c r="L854" s="0">
+      <c r="L854">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="855">
-[...10 lines deleted...]
-      <c r="D855" s="0">
+    <row r="855" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A855" t="s">
+        <v>922</v>
+      </c>
+      <c r="B855" t="s">
+        <v>941</v>
+      </c>
+      <c r="D855">
         <v>60</v>
       </c>
-      <c r="E855" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K855" s="0">
+      <c r="E855" t="s">
+        <v>312</v>
+      </c>
+      <c r="F855" t="s">
+        <v>924</v>
+      </c>
+      <c r="G855" t="s">
+        <v>925</v>
+      </c>
+      <c r="H855" t="s">
+        <v>942</v>
+      </c>
+      <c r="K855">
         <v>100</v>
       </c>
-      <c r="L855" s="0">
+      <c r="L855">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="856">
-[...10 lines deleted...]
-      <c r="D856" s="0">
+    <row r="856" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A856" t="s">
+        <v>922</v>
+      </c>
+      <c r="B856" t="s">
+        <v>943</v>
+      </c>
+      <c r="D856">
         <v>48</v>
       </c>
-      <c r="E856" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K856" s="0">
+      <c r="E856" t="s">
+        <v>312</v>
+      </c>
+      <c r="F856" t="s">
+        <v>924</v>
+      </c>
+      <c r="G856" t="s">
+        <v>925</v>
+      </c>
+      <c r="H856" t="s">
+        <v>343</v>
+      </c>
+      <c r="K856">
         <v>10</v>
       </c>
-      <c r="L856" s="0">
+      <c r="L856">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="857">
-[...10 lines deleted...]
-      <c r="D857" s="0">
+    <row r="857" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A857" t="s">
+        <v>922</v>
+      </c>
+      <c r="B857" t="s">
+        <v>944</v>
+      </c>
+      <c r="D857">
         <v>50</v>
       </c>
-      <c r="E857" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K857" s="0">
+      <c r="E857" t="s">
+        <v>315</v>
+      </c>
+      <c r="F857" t="s">
+        <v>924</v>
+      </c>
+      <c r="G857" t="s">
+        <v>925</v>
+      </c>
+      <c r="H857" t="s">
+        <v>945</v>
+      </c>
+      <c r="K857">
         <v>10</v>
       </c>
-      <c r="L857" s="0">
+      <c r="L857">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="858">
-[...10 lines deleted...]
-      <c r="D858" s="0">
+    <row r="858" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A858" t="s">
+        <v>922</v>
+      </c>
+      <c r="B858" t="s">
+        <v>946</v>
+      </c>
+      <c r="D858">
         <v>108</v>
       </c>
-      <c r="E858" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D859" s="0">
+      <c r="E858" t="s">
+        <v>312</v>
+      </c>
+      <c r="F858" t="s">
+        <v>924</v>
+      </c>
+      <c r="G858" t="s">
+        <v>925</v>
+      </c>
+      <c r="H858" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="859" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A859" t="s">
+        <v>922</v>
+      </c>
+      <c r="B859" t="s">
+        <v>947</v>
+      </c>
+      <c r="D859">
         <v>52</v>
       </c>
-      <c r="E859" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K859" s="0">
+      <c r="E859" t="s">
+        <v>312</v>
+      </c>
+      <c r="F859" t="s">
+        <v>924</v>
+      </c>
+      <c r="G859" t="s">
+        <v>925</v>
+      </c>
+      <c r="H859" t="s">
+        <v>313</v>
+      </c>
+      <c r="K859">
         <v>1</v>
       </c>
-      <c r="L859" s="0">
+      <c r="L859">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="860">
-[...10 lines deleted...]
-      <c r="D860" s="0">
+    <row r="860" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A860" t="s">
+        <v>922</v>
+      </c>
+      <c r="B860" t="s">
+        <v>948</v>
+      </c>
+      <c r="D860">
         <v>62</v>
       </c>
-      <c r="E860" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L860" s="0">
+      <c r="E860" t="s">
+        <v>312</v>
+      </c>
+      <c r="F860" t="s">
+        <v>924</v>
+      </c>
+      <c r="G860" t="s">
+        <v>925</v>
+      </c>
+      <c r="H860" t="s">
+        <v>949</v>
+      </c>
+      <c r="K860">
+        <v>25</v>
+      </c>
+      <c r="L860">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="861">
-[...10 lines deleted...]
-      <c r="D861" s="0">
+    <row r="861" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A861" t="s">
+        <v>922</v>
+      </c>
+      <c r="B861" t="s">
+        <v>950</v>
+      </c>
+      <c r="D861">
         <v>66</v>
       </c>
-      <c r="E861" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D862" s="0">
+      <c r="E861" t="s">
+        <v>312</v>
+      </c>
+      <c r="F861" t="s">
+        <v>924</v>
+      </c>
+      <c r="G861" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="862" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A862" t="s">
+        <v>922</v>
+      </c>
+      <c r="B862" t="s">
+        <v>951</v>
+      </c>
+      <c r="D862">
         <v>104</v>
       </c>
-      <c r="E862" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D863" s="0">
+      <c r="E862" t="s">
+        <v>312</v>
+      </c>
+      <c r="F862" t="s">
+        <v>924</v>
+      </c>
+      <c r="G862" t="s">
+        <v>925</v>
+      </c>
+      <c r="H862" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="863" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A863" t="s">
+        <v>922</v>
+      </c>
+      <c r="B863" t="s">
+        <v>952</v>
+      </c>
+      <c r="D863">
         <v>54</v>
       </c>
-      <c r="E863" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D864" s="0">
+      <c r="E863" t="s">
+        <v>312</v>
+      </c>
+      <c r="F863" t="s">
+        <v>924</v>
+      </c>
+      <c r="G863" t="s">
+        <v>925</v>
+      </c>
+      <c r="H863" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="864" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A864" t="s">
+        <v>922</v>
+      </c>
+      <c r="B864" t="s">
+        <v>953</v>
+      </c>
+      <c r="D864">
         <v>78</v>
       </c>
-      <c r="E864" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D865" s="0">
+      <c r="E864" t="s">
+        <v>312</v>
+      </c>
+      <c r="F864" t="s">
+        <v>924</v>
+      </c>
+      <c r="G864" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="865" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A865" t="s">
+        <v>922</v>
+      </c>
+      <c r="B865" t="s">
+        <v>954</v>
+      </c>
+      <c r="D865">
         <v>58</v>
       </c>
-      <c r="E865" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D866" s="0">
+      <c r="E865" t="s">
+        <v>312</v>
+      </c>
+      <c r="F865" t="s">
+        <v>924</v>
+      </c>
+      <c r="G865" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="866" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A866" t="s">
+        <v>922</v>
+      </c>
+      <c r="B866" t="s">
+        <v>955</v>
+      </c>
+      <c r="D866">
         <v>106</v>
       </c>
-      <c r="E866" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K866" s="0">
+      <c r="E866" t="s">
+        <v>312</v>
+      </c>
+      <c r="F866" t="s">
+        <v>924</v>
+      </c>
+      <c r="G866" t="s">
+        <v>925</v>
+      </c>
+      <c r="H866" t="s">
+        <v>956</v>
+      </c>
+      <c r="K866">
         <v>5</v>
       </c>
-      <c r="L866" s="0">
+      <c r="L866">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="867">
-[...10 lines deleted...]
-      <c r="D867" s="0">
+    <row r="867" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A867" t="s">
+        <v>922</v>
+      </c>
+      <c r="B867" t="s">
+        <v>957</v>
+      </c>
+      <c r="D867">
         <v>64</v>
       </c>
-      <c r="E867" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D868" s="0">
+      <c r="E867" t="s">
+        <v>312</v>
+      </c>
+      <c r="F867" t="s">
+        <v>924</v>
+      </c>
+      <c r="G867" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="868" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A868" t="s">
+        <v>922</v>
+      </c>
+      <c r="B868" t="s">
+        <v>958</v>
+      </c>
+      <c r="D868">
         <v>86</v>
       </c>
-      <c r="E868" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D869" s="0">
+      <c r="E868" t="s">
+        <v>315</v>
+      </c>
+      <c r="F868" t="s">
+        <v>924</v>
+      </c>
+      <c r="G868" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="869" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A869" t="s">
+        <v>922</v>
+      </c>
+      <c r="B869" t="s">
+        <v>959</v>
+      </c>
+      <c r="D869">
         <v>94</v>
       </c>
-      <c r="E869" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D870" s="0">
+      <c r="E869" t="s">
+        <v>315</v>
+      </c>
+      <c r="F869" t="s">
+        <v>924</v>
+      </c>
+      <c r="G869" t="s">
+        <v>925</v>
+      </c>
+      <c r="H869" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="870" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A870" t="s">
+        <v>922</v>
+      </c>
+      <c r="B870" t="s">
+        <v>960</v>
+      </c>
+      <c r="D870">
         <v>70</v>
       </c>
-      <c r="E870" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D871" s="0">
+      <c r="E870" t="s">
+        <v>312</v>
+      </c>
+      <c r="F870" t="s">
+        <v>924</v>
+      </c>
+      <c r="G870" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="871" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A871" t="s">
+        <v>922</v>
+      </c>
+      <c r="B871" t="s">
+        <v>961</v>
+      </c>
+      <c r="D871">
         <v>112</v>
       </c>
-      <c r="E871" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D872" s="0">
+      <c r="E871" t="s">
+        <v>312</v>
+      </c>
+      <c r="F871" t="s">
+        <v>924</v>
+      </c>
+      <c r="G871" t="s">
+        <v>925</v>
+      </c>
+      <c r="H871" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="872" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A872" t="s">
+        <v>922</v>
+      </c>
+      <c r="B872" t="s">
+        <v>962</v>
+      </c>
+      <c r="D872">
         <v>100</v>
       </c>
-      <c r="E872" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K872" s="0">
+      <c r="E872" t="s">
+        <v>312</v>
+      </c>
+      <c r="F872" t="s">
+        <v>924</v>
+      </c>
+      <c r="G872" t="s">
+        <v>925</v>
+      </c>
+      <c r="H872" t="s">
+        <v>319</v>
+      </c>
+      <c r="K872">
         <v>1</v>
       </c>
-      <c r="L872" s="0">
+      <c r="L872">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="873">
-[...10 lines deleted...]
-      <c r="D873" s="0">
+    <row r="873" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A873" t="s">
+        <v>922</v>
+      </c>
+      <c r="B873" t="s">
+        <v>963</v>
+      </c>
+      <c r="D873">
         <v>56</v>
       </c>
-      <c r="E873" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K873" s="0">
+      <c r="E873" t="s">
+        <v>312</v>
+      </c>
+      <c r="F873" t="s">
+        <v>924</v>
+      </c>
+      <c r="G873" t="s">
+        <v>925</v>
+      </c>
+      <c r="H873" t="s">
+        <v>964</v>
+      </c>
+      <c r="K873">
         <v>5</v>
       </c>
-      <c r="L873" s="0">
+      <c r="L873">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="874">
-[...10 lines deleted...]
-      <c r="D874" s="0">
+    <row r="874" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A874" t="s">
+        <v>922</v>
+      </c>
+      <c r="B874" t="s">
+        <v>965</v>
+      </c>
+      <c r="D874">
         <v>115</v>
       </c>
-      <c r="E874" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D875" s="0">
+      <c r="E874" t="s">
+        <v>315</v>
+      </c>
+      <c r="F874" t="s">
+        <v>924</v>
+      </c>
+      <c r="G874" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="875" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A875" t="s">
+        <v>922</v>
+      </c>
+      <c r="B875" t="s">
+        <v>966</v>
+      </c>
+      <c r="D875">
         <v>117</v>
       </c>
-      <c r="E875" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D876" s="0">
+      <c r="E875" t="s">
+        <v>315</v>
+      </c>
+      <c r="F875" t="s">
+        <v>924</v>
+      </c>
+      <c r="G875" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="876" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A876" t="s">
+        <v>922</v>
+      </c>
+      <c r="B876" t="s">
+        <v>967</v>
+      </c>
+      <c r="D876">
         <v>31</v>
       </c>
-      <c r="E876" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D877" s="0">
+      <c r="E876" t="s">
+        <v>377</v>
+      </c>
+      <c r="F876" t="s">
+        <v>968</v>
+      </c>
+      <c r="G876" t="s">
+        <v>969</v>
+      </c>
+      <c r="H876" t="s">
+        <v>81</v>
+      </c>
+      <c r="K876">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L876">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="877" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A877" t="s">
+        <v>922</v>
+      </c>
+      <c r="B877" t="s">
+        <v>970</v>
+      </c>
+      <c r="D877">
         <v>33</v>
       </c>
-      <c r="E877" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K877" s="0">
+      <c r="E877" t="s">
+        <v>312</v>
+      </c>
+      <c r="F877" t="s">
+        <v>968</v>
+      </c>
+      <c r="G877" t="s">
+        <v>969</v>
+      </c>
+      <c r="H877" t="s">
+        <v>123</v>
+      </c>
+      <c r="K877">
         <v>0.5</v>
       </c>
-      <c r="L877" s="0">
+      <c r="L877">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="878">
-[...10 lines deleted...]
-      <c r="D878" s="0">
+    <row r="878" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A878" t="s">
+        <v>922</v>
+      </c>
+      <c r="B878" t="s">
+        <v>971</v>
+      </c>
+      <c r="D878">
         <v>89</v>
       </c>
-      <c r="E878" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K878" s="0">
+      <c r="E878" t="s">
+        <v>312</v>
+      </c>
+      <c r="F878" t="s">
+        <v>968</v>
+      </c>
+      <c r="G878" t="s">
+        <v>969</v>
+      </c>
+      <c r="H878" t="s">
+        <v>342</v>
+      </c>
+      <c r="K878">
         <v>20</v>
       </c>
-      <c r="L878" s="0">
+      <c r="L878">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="879">
-[...10 lines deleted...]
-      <c r="D879" s="0">
+    <row r="879" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A879" t="s">
+        <v>922</v>
+      </c>
+      <c r="B879" t="s">
+        <v>972</v>
+      </c>
+      <c r="D879">
         <v>35</v>
       </c>
-      <c r="E879" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L879" s="0">
+      <c r="E879" t="s">
+        <v>315</v>
+      </c>
+      <c r="F879" t="s">
+        <v>968</v>
+      </c>
+      <c r="G879" t="s">
+        <v>969</v>
+      </c>
+      <c r="H879" t="s">
+        <v>116</v>
+      </c>
+      <c r="K879">
+        <v>25</v>
+      </c>
+      <c r="L879">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="880">
-[...10 lines deleted...]
-      <c r="D880" s="0">
+    <row r="880" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A880" t="s">
+        <v>922</v>
+      </c>
+      <c r="B880" t="s">
+        <v>973</v>
+      </c>
+      <c r="D880">
         <v>97</v>
       </c>
-      <c r="E880" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K880" s="0">
+      <c r="E880" t="s">
+        <v>931</v>
+      </c>
+      <c r="F880" t="s">
+        <v>968</v>
+      </c>
+      <c r="G880" t="s">
+        <v>969</v>
+      </c>
+      <c r="H880" t="s">
+        <v>129</v>
+      </c>
+      <c r="K880">
         <v>0.5</v>
       </c>
-      <c r="L880" s="0">
+      <c r="L880">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="881">
-[...10 lines deleted...]
-      <c r="D881" s="0">
+    <row r="881" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A881" t="s">
+        <v>922</v>
+      </c>
+      <c r="B881" t="s">
+        <v>974</v>
+      </c>
+      <c r="D881">
         <v>109</v>
       </c>
-      <c r="E881" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D882" s="0">
+      <c r="E881" t="s">
+        <v>312</v>
+      </c>
+      <c r="F881" t="s">
+        <v>968</v>
+      </c>
+      <c r="G881" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="882" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A882" t="s">
+        <v>922</v>
+      </c>
+      <c r="B882" t="s">
+        <v>975</v>
+      </c>
+      <c r="D882">
         <v>87</v>
       </c>
-      <c r="E882" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D883" s="0">
+      <c r="E882" t="s">
+        <v>315</v>
+      </c>
+      <c r="F882" t="s">
+        <v>968</v>
+      </c>
+      <c r="G882" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="883" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A883" t="s">
+        <v>922</v>
+      </c>
+      <c r="B883" t="s">
+        <v>976</v>
+      </c>
+      <c r="D883">
         <v>37</v>
       </c>
-      <c r="E883" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K883" s="0">
+      <c r="E883" t="s">
+        <v>312</v>
+      </c>
+      <c r="F883" t="s">
+        <v>968</v>
+      </c>
+      <c r="G883" t="s">
+        <v>969</v>
+      </c>
+      <c r="H883" t="s">
+        <v>339</v>
+      </c>
+      <c r="K883">
         <v>7.5</v>
       </c>
-      <c r="L883" s="0">
+      <c r="L883">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="884">
-[...10 lines deleted...]
-      <c r="D884" s="0">
+    <row r="884" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A884" t="s">
+        <v>922</v>
+      </c>
+      <c r="B884" t="s">
+        <v>977</v>
+      </c>
+      <c r="D884">
         <v>101</v>
       </c>
-      <c r="E884" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L884" s="0">
+      <c r="E884" t="s">
+        <v>312</v>
+      </c>
+      <c r="F884" t="s">
+        <v>968</v>
+      </c>
+      <c r="G884" t="s">
+        <v>969</v>
+      </c>
+      <c r="H884" t="s">
+        <v>68</v>
+      </c>
+      <c r="K884">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L884">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="885">
-[...10 lines deleted...]
-      <c r="D885" s="0">
+    <row r="885" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A885" t="s">
+        <v>922</v>
+      </c>
+      <c r="B885" t="s">
+        <v>978</v>
+      </c>
+      <c r="D885">
         <v>39</v>
       </c>
-      <c r="E885" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K885" s="0">
+      <c r="E885" t="s">
+        <v>312</v>
+      </c>
+      <c r="F885" t="s">
+        <v>968</v>
+      </c>
+      <c r="G885" t="s">
+        <v>969</v>
+      </c>
+      <c r="H885" t="s">
+        <v>180</v>
+      </c>
+      <c r="K885">
         <v>0.75</v>
       </c>
-      <c r="L885" s="0">
+      <c r="L885">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="886">
-[...10 lines deleted...]
-      <c r="D886" s="0">
+    <row r="886" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A886" t="s">
+        <v>922</v>
+      </c>
+      <c r="B886" t="s">
+        <v>979</v>
+      </c>
+      <c r="D886">
         <v>75</v>
       </c>
-      <c r="E886" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D887" s="0">
+      <c r="E886" t="s">
+        <v>315</v>
+      </c>
+      <c r="F886" t="s">
+        <v>968</v>
+      </c>
+      <c r="G886" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="887" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A887" t="s">
+        <v>922</v>
+      </c>
+      <c r="B887" t="s">
+        <v>980</v>
+      </c>
+      <c r="D887">
         <v>41</v>
       </c>
-      <c r="E887" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L887" s="0">
+      <c r="E887" t="s">
+        <v>377</v>
+      </c>
+      <c r="F887" t="s">
+        <v>968</v>
+      </c>
+      <c r="G887" t="s">
+        <v>969</v>
+      </c>
+      <c r="H887" t="s">
+        <v>81</v>
+      </c>
+      <c r="K887">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L887">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="888">
-[...10 lines deleted...]
-      <c r="D888" s="0">
+    <row r="888" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A888" t="s">
+        <v>922</v>
+      </c>
+      <c r="B888" t="s">
+        <v>981</v>
+      </c>
+      <c r="D888">
         <v>43</v>
       </c>
-      <c r="E888" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K888" s="0">
+      <c r="E888" t="s">
+        <v>312</v>
+      </c>
+      <c r="F888" t="s">
+        <v>968</v>
+      </c>
+      <c r="G888" t="s">
+        <v>969</v>
+      </c>
+      <c r="H888" t="s">
+        <v>319</v>
+      </c>
+      <c r="K888">
         <v>2.5</v>
       </c>
-      <c r="L888" s="0">
+      <c r="L888">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="889">
-[...10 lines deleted...]
-      <c r="D889" s="0">
+    <row r="889" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A889" t="s">
+        <v>922</v>
+      </c>
+      <c r="B889" t="s">
+        <v>982</v>
+      </c>
+      <c r="D889">
         <v>45</v>
       </c>
-      <c r="E889" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K889" s="0">
+      <c r="E889" t="s">
+        <v>312</v>
+      </c>
+      <c r="F889" t="s">
+        <v>968</v>
+      </c>
+      <c r="G889" t="s">
+        <v>969</v>
+      </c>
+      <c r="H889" t="s">
+        <v>124</v>
+      </c>
+      <c r="K889">
         <v>2</v>
       </c>
-      <c r="L889" s="0">
+      <c r="L889">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="890">
-[...10 lines deleted...]
-      <c r="D890" s="0">
+    <row r="890" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A890" t="s">
+        <v>922</v>
+      </c>
+      <c r="B890" t="s">
+        <v>983</v>
+      </c>
+      <c r="D890">
         <v>59</v>
       </c>
-      <c r="E890" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K890" s="0">
+      <c r="E890" t="s">
+        <v>312</v>
+      </c>
+      <c r="F890" t="s">
+        <v>968</v>
+      </c>
+      <c r="G890" t="s">
+        <v>969</v>
+      </c>
+      <c r="H890" t="s">
+        <v>942</v>
+      </c>
+      <c r="K890">
         <v>100</v>
       </c>
-      <c r="L890" s="0">
+      <c r="L890">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="891">
-[...10 lines deleted...]
-      <c r="D891" s="0">
+    <row r="891" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A891" t="s">
+        <v>922</v>
+      </c>
+      <c r="B891" t="s">
+        <v>984</v>
+      </c>
+      <c r="D891">
         <v>47</v>
       </c>
-      <c r="E891" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K891" s="0">
+      <c r="E891" t="s">
+        <v>312</v>
+      </c>
+      <c r="F891" t="s">
+        <v>968</v>
+      </c>
+      <c r="G891" t="s">
+        <v>969</v>
+      </c>
+      <c r="H891" t="s">
+        <v>343</v>
+      </c>
+      <c r="K891">
         <v>5</v>
       </c>
-      <c r="L891" s="0">
+      <c r="L891">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="892">
-[...10 lines deleted...]
-      <c r="D892" s="0">
+    <row r="892" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A892" t="s">
+        <v>922</v>
+      </c>
+      <c r="B892" t="s">
+        <v>985</v>
+      </c>
+      <c r="D892">
         <v>49</v>
       </c>
-      <c r="E892" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K892" s="0">
+      <c r="E892" t="s">
+        <v>315</v>
+      </c>
+      <c r="F892" t="s">
+        <v>968</v>
+      </c>
+      <c r="G892" t="s">
+        <v>969</v>
+      </c>
+      <c r="H892" t="s">
+        <v>945</v>
+      </c>
+      <c r="K892">
         <v>12.5</v>
       </c>
-      <c r="L892" s="0">
+      <c r="L892">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="893">
-[...10 lines deleted...]
-      <c r="D893" s="0">
+    <row r="893" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A893" t="s">
+        <v>922</v>
+      </c>
+      <c r="B893" t="s">
+        <v>986</v>
+      </c>
+      <c r="D893">
         <v>107</v>
       </c>
-      <c r="E893" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L893" s="0">
+      <c r="E893" t="s">
+        <v>312</v>
+      </c>
+      <c r="F893" t="s">
+        <v>968</v>
+      </c>
+      <c r="G893" t="s">
+        <v>969</v>
+      </c>
+      <c r="H893" t="s">
+        <v>187</v>
+      </c>
+      <c r="K893">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L893">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="894">
-[...10 lines deleted...]
-      <c r="D894" s="0">
+    <row r="894" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A894" t="s">
+        <v>922</v>
+      </c>
+      <c r="B894" t="s">
+        <v>987</v>
+      </c>
+      <c r="D894">
         <v>51</v>
       </c>
-      <c r="E894" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K894" s="0">
+      <c r="E894" t="s">
+        <v>312</v>
+      </c>
+      <c r="F894" t="s">
+        <v>968</v>
+      </c>
+      <c r="G894" t="s">
+        <v>969</v>
+      </c>
+      <c r="H894" t="s">
+        <v>313</v>
+      </c>
+      <c r="K894">
         <v>1</v>
       </c>
-      <c r="L894" s="0">
+      <c r="L894">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="895">
-[...10 lines deleted...]
-      <c r="D895" s="0">
+    <row r="895" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A895" t="s">
+        <v>922</v>
+      </c>
+      <c r="B895" t="s">
+        <v>988</v>
+      </c>
+      <c r="D895">
         <v>61</v>
       </c>
-      <c r="E895" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K895" s="0">
+      <c r="E895" t="s">
+        <v>312</v>
+      </c>
+      <c r="F895" t="s">
+        <v>968</v>
+      </c>
+      <c r="G895" t="s">
+        <v>969</v>
+      </c>
+      <c r="H895" t="s">
+        <v>949</v>
+      </c>
+      <c r="K895">
         <v>10</v>
       </c>
-      <c r="L895" s="0">
+      <c r="L895">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="896">
-[...10 lines deleted...]
-      <c r="D896" s="0">
+    <row r="896" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A896" t="s">
+        <v>922</v>
+      </c>
+      <c r="B896" t="s">
+        <v>989</v>
+      </c>
+      <c r="D896">
         <v>65</v>
       </c>
-      <c r="E896" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D897" s="0">
+      <c r="E896" t="s">
+        <v>312</v>
+      </c>
+      <c r="F896" t="s">
+        <v>968</v>
+      </c>
+      <c r="G896" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="897" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A897" t="s">
+        <v>922</v>
+      </c>
+      <c r="B897" t="s">
+        <v>990</v>
+      </c>
+      <c r="D897">
         <v>103</v>
       </c>
-      <c r="E897" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D898" s="0">
+      <c r="E897" t="s">
+        <v>312</v>
+      </c>
+      <c r="F897" t="s">
+        <v>968</v>
+      </c>
+      <c r="G897" t="s">
+        <v>969</v>
+      </c>
+      <c r="H897" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="898" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A898" t="s">
+        <v>922</v>
+      </c>
+      <c r="B898" t="s">
+        <v>991</v>
+      </c>
+      <c r="D898">
         <v>53</v>
       </c>
-      <c r="E898" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D899" s="0">
+      <c r="E898" t="s">
+        <v>312</v>
+      </c>
+      <c r="F898" t="s">
+        <v>968</v>
+      </c>
+      <c r="G898" t="s">
+        <v>969</v>
+      </c>
+      <c r="H898" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="899" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A899" t="s">
+        <v>922</v>
+      </c>
+      <c r="B899" t="s">
+        <v>992</v>
+      </c>
+      <c r="D899">
         <v>77</v>
       </c>
-      <c r="E899" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D900" s="0">
+      <c r="E899" t="s">
+        <v>312</v>
+      </c>
+      <c r="F899" t="s">
+        <v>968</v>
+      </c>
+      <c r="G899" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="900" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A900" t="s">
+        <v>922</v>
+      </c>
+      <c r="B900" t="s">
+        <v>993</v>
+      </c>
+      <c r="D900">
         <v>57</v>
       </c>
-      <c r="E900" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D901" s="0">
+      <c r="E900" t="s">
+        <v>312</v>
+      </c>
+      <c r="F900" t="s">
+        <v>968</v>
+      </c>
+      <c r="G900" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="901" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A901" t="s">
+        <v>922</v>
+      </c>
+      <c r="B901" t="s">
+        <v>994</v>
+      </c>
+      <c r="D901">
         <v>105</v>
       </c>
-      <c r="E901" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K901" s="0">
+      <c r="E901" t="s">
+        <v>312</v>
+      </c>
+      <c r="F901" t="s">
+        <v>968</v>
+      </c>
+      <c r="G901" t="s">
+        <v>969</v>
+      </c>
+      <c r="H901" t="s">
+        <v>956</v>
+      </c>
+      <c r="K901">
         <v>6</v>
       </c>
-      <c r="L901" s="0">
+      <c r="L901">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="902">
-[...10 lines deleted...]
-      <c r="D902" s="0">
+    <row r="902" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A902" t="s">
+        <v>922</v>
+      </c>
+      <c r="B902" t="s">
+        <v>995</v>
+      </c>
+      <c r="D902">
         <v>63</v>
       </c>
-      <c r="E902" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D903" s="0">
+      <c r="E902" t="s">
+        <v>312</v>
+      </c>
+      <c r="F902" t="s">
+        <v>968</v>
+      </c>
+      <c r="G902" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="903" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A903" t="s">
+        <v>922</v>
+      </c>
+      <c r="B903" t="s">
+        <v>996</v>
+      </c>
+      <c r="D903">
         <v>85</v>
       </c>
-      <c r="E903" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D904" s="0">
+      <c r="E903" t="s">
+        <v>315</v>
+      </c>
+      <c r="F903" t="s">
+        <v>968</v>
+      </c>
+      <c r="G903" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="904" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A904" t="s">
+        <v>922</v>
+      </c>
+      <c r="B904" t="s">
+        <v>997</v>
+      </c>
+      <c r="D904">
         <v>93</v>
       </c>
-      <c r="E904" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D905" s="0">
+      <c r="E904" t="s">
+        <v>315</v>
+      </c>
+      <c r="F904" t="s">
+        <v>968</v>
+      </c>
+      <c r="G904" t="s">
+        <v>969</v>
+      </c>
+      <c r="H904" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="905" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A905" t="s">
+        <v>922</v>
+      </c>
+      <c r="B905" t="s">
+        <v>998</v>
+      </c>
+      <c r="D905">
         <v>69</v>
       </c>
-      <c r="E905" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D906" s="0">
+      <c r="E905" t="s">
+        <v>312</v>
+      </c>
+      <c r="F905" t="s">
+        <v>968</v>
+      </c>
+      <c r="G905" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="906" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A906" t="s">
+        <v>922</v>
+      </c>
+      <c r="B906" t="s">
+        <v>999</v>
+      </c>
+      <c r="D906">
         <v>111</v>
       </c>
-      <c r="E906" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L906" s="0">
+      <c r="E906" t="s">
+        <v>312</v>
+      </c>
+      <c r="F906" t="s">
+        <v>968</v>
+      </c>
+      <c r="G906" t="s">
+        <v>969</v>
+      </c>
+      <c r="H906" t="s">
+        <v>77</v>
+      </c>
+      <c r="K906">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L906">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="907">
-[...10 lines deleted...]
-      <c r="D907" s="0">
+    <row r="907" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A907" t="s">
+        <v>922</v>
+      </c>
+      <c r="B907" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D907">
         <v>99</v>
       </c>
-      <c r="E907" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K907" s="0">
+      <c r="E907" t="s">
+        <v>312</v>
+      </c>
+      <c r="F907" t="s">
+        <v>968</v>
+      </c>
+      <c r="G907" t="s">
+        <v>969</v>
+      </c>
+      <c r="H907" t="s">
+        <v>319</v>
+      </c>
+      <c r="K907">
         <v>1.5</v>
       </c>
-      <c r="L907" s="0">
+      <c r="L907">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="908">
-[...10 lines deleted...]
-      <c r="D908" s="0">
+    <row r="908" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A908" t="s">
+        <v>922</v>
+      </c>
+      <c r="B908" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D908">
         <v>55</v>
       </c>
-      <c r="E908" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K908" s="0">
+      <c r="E908" t="s">
+        <v>312</v>
+      </c>
+      <c r="F908" t="s">
+        <v>968</v>
+      </c>
+      <c r="G908" t="s">
+        <v>969</v>
+      </c>
+      <c r="H908" t="s">
+        <v>964</v>
+      </c>
+      <c r="K908">
         <v>2.5</v>
       </c>
-      <c r="L908" s="0">
+      <c r="L908">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="909">
-[...10 lines deleted...]
-      <c r="D909" s="0">
+    <row r="909" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A909" t="s">
+        <v>922</v>
+      </c>
+      <c r="B909" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D909">
         <v>114</v>
       </c>
-      <c r="E909" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D910" s="0">
+      <c r="E909" t="s">
+        <v>315</v>
+      </c>
+      <c r="F909" t="s">
+        <v>968</v>
+      </c>
+      <c r="G909" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="910" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A910" t="s">
+        <v>922</v>
+      </c>
+      <c r="B910" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D910">
         <v>116</v>
       </c>
-      <c r="E910" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D911" s="0">
+      <c r="E910" t="s">
+        <v>315</v>
+      </c>
+      <c r="F910" t="s">
+        <v>968</v>
+      </c>
+      <c r="G910" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="911" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A911" t="s">
+        <v>922</v>
+      </c>
+      <c r="B911" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D911">
         <v>30</v>
       </c>
-      <c r="E911" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K911" s="0">
+      <c r="E911" t="s">
+        <v>377</v>
+      </c>
+      <c r="F911" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G911" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H911" t="s">
+        <v>138</v>
+      </c>
+      <c r="K911">
         <v>0.25</v>
       </c>
-      <c r="L911" s="0">
+      <c r="L911">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="912">
-[...10 lines deleted...]
-      <c r="D912" s="0">
+    <row r="912" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A912" t="s">
+        <v>922</v>
+      </c>
+      <c r="B912" t="s">
+        <v>871</v>
+      </c>
+      <c r="D912">
         <v>11</v>
       </c>
-      <c r="E912" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L912" s="0">
+      <c r="E912" t="s">
+        <v>377</v>
+      </c>
+      <c r="F912" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G912" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K912">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L912">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="913">
-[...10 lines deleted...]
-      <c r="D913" s="0">
+    <row r="913" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A913" t="s">
+        <v>922</v>
+      </c>
+      <c r="B913" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D913">
         <v>113</v>
       </c>
-      <c r="E913" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D914" s="0">
+      <c r="E913" t="s">
+        <v>377</v>
+      </c>
+      <c r="F913" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G913" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H913" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="914" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A914" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B914" t="s">
+        <v>484</v>
+      </c>
+      <c r="D914">
         <v>65</v>
       </c>
-      <c r="E914" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D915" s="0">
+      <c r="E914" t="s">
+        <v>315</v>
+      </c>
+      <c r="F914" t="s">
+        <v>485</v>
+      </c>
+      <c r="G914" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="915" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A915" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B915" t="s">
+        <v>597</v>
+      </c>
+      <c r="D915">
         <v>34</v>
       </c>
-      <c r="E915" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D916" s="0">
+      <c r="E915" t="s">
+        <v>315</v>
+      </c>
+      <c r="F915" t="s">
+        <v>485</v>
+      </c>
+      <c r="G915" t="s">
+        <v>486</v>
+      </c>
+      <c r="H915" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="916" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A916" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B916" t="s">
+        <v>203</v>
+      </c>
+      <c r="D916">
         <v>17</v>
       </c>
-      <c r="E916" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L916" s="0">
+      <c r="E916" t="s">
+        <v>315</v>
+      </c>
+      <c r="F916" t="s">
+        <v>485</v>
+      </c>
+      <c r="G916" t="s">
+        <v>486</v>
+      </c>
+      <c r="H916" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K916">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L916">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="917">
-[...10 lines deleted...]
-      <c r="D917" s="0">
+    <row r="917" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A917" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B917" t="s">
+        <v>487</v>
+      </c>
+      <c r="D917">
         <v>64</v>
       </c>
-      <c r="E917" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D918" s="0">
+      <c r="E917" t="s">
+        <v>315</v>
+      </c>
+      <c r="F917" t="s">
+        <v>485</v>
+      </c>
+      <c r="G917" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="918" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A918" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B918" t="s">
+        <v>204</v>
+      </c>
+      <c r="D918">
         <v>18</v>
       </c>
-      <c r="E918" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L918" s="0">
+      <c r="E918" t="s">
+        <v>315</v>
+      </c>
+      <c r="F918" t="s">
+        <v>485</v>
+      </c>
+      <c r="G918" t="s">
+        <v>486</v>
+      </c>
+      <c r="H918" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K918">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L918">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="919">
-[...10 lines deleted...]
-      <c r="D919" s="0">
+    <row r="919" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A919" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B919" t="s">
+        <v>601</v>
+      </c>
+      <c r="D919">
         <v>35</v>
       </c>
-      <c r="E919" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D920" s="0">
+      <c r="E919" t="s">
+        <v>315</v>
+      </c>
+      <c r="F919" t="s">
+        <v>485</v>
+      </c>
+      <c r="G919" t="s">
+        <v>486</v>
+      </c>
+      <c r="H919" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="920" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A920" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B920" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D920">
         <v>36</v>
       </c>
-      <c r="E920" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D921" s="0">
+      <c r="E920" t="s">
+        <v>315</v>
+      </c>
+      <c r="F920" t="s">
+        <v>485</v>
+      </c>
+      <c r="G920" t="s">
+        <v>486</v>
+      </c>
+      <c r="H920" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="921" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A921" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B921" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D921">
         <v>37</v>
       </c>
-      <c r="E921" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L921" s="0">
+      <c r="E921" t="s">
+        <v>315</v>
+      </c>
+      <c r="F921" t="s">
+        <v>485</v>
+      </c>
+      <c r="G921" t="s">
+        <v>486</v>
+      </c>
+      <c r="H921" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K921">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L921">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="922">
-[...10 lines deleted...]
-      <c r="D922" s="0">
+    <row r="922" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A922" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B922" t="s">
+        <v>205</v>
+      </c>
+      <c r="D922">
         <v>19</v>
       </c>
-      <c r="E922" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D923" s="0">
+      <c r="E922" t="s">
+        <v>315</v>
+      </c>
+      <c r="F922" t="s">
+        <v>485</v>
+      </c>
+      <c r="G922" t="s">
+        <v>486</v>
+      </c>
+      <c r="H922" t="s">
+        <v>1013</v>
+      </c>
+      <c r="K922">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L922">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="923" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A923" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B923" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D923">
         <v>38</v>
       </c>
-      <c r="E923" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L923" s="0">
+      <c r="E923" t="s">
+        <v>315</v>
+      </c>
+      <c r="F923" t="s">
+        <v>485</v>
+      </c>
+      <c r="G923" t="s">
+        <v>486</v>
+      </c>
+      <c r="H923" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K923">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L923">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="924">
-[...10 lines deleted...]
-      <c r="D924" s="0">
+    <row r="924" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A924" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B924" t="s">
+        <v>491</v>
+      </c>
+      <c r="D924">
         <v>51</v>
       </c>
-      <c r="E924" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D925" s="0">
+      <c r="E924" t="s">
+        <v>315</v>
+      </c>
+      <c r="F924" t="s">
+        <v>485</v>
+      </c>
+      <c r="G924" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="925" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A925" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B925" t="s">
+        <v>206</v>
+      </c>
+      <c r="D925">
         <v>20</v>
       </c>
-      <c r="E925" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L925" s="0">
+      <c r="E925" t="s">
+        <v>315</v>
+      </c>
+      <c r="F925" t="s">
+        <v>485</v>
+      </c>
+      <c r="G925" t="s">
+        <v>486</v>
+      </c>
+      <c r="H925" t="s">
+        <v>1015</v>
+      </c>
+      <c r="K925">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L925">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="926">
-[...10 lines deleted...]
-      <c r="D926" s="0">
+    <row r="926" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A926" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B926" t="s">
+        <v>207</v>
+      </c>
+      <c r="D926">
         <v>21</v>
       </c>
-      <c r="E926" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L926" s="0">
+      <c r="E926" t="s">
+        <v>315</v>
+      </c>
+      <c r="F926" t="s">
+        <v>485</v>
+      </c>
+      <c r="G926" t="s">
+        <v>486</v>
+      </c>
+      <c r="H926" t="s">
+        <v>45</v>
+      </c>
+      <c r="K926">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L926">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="927">
-[...10 lines deleted...]
-      <c r="D927" s="0">
+    <row r="927" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A927" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B927" t="s">
+        <v>494</v>
+      </c>
+      <c r="D927">
         <v>52</v>
       </c>
-      <c r="E927" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D928" s="0">
+      <c r="E927" t="s">
+        <v>315</v>
+      </c>
+      <c r="F927" t="s">
+        <v>485</v>
+      </c>
+      <c r="G927" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="928" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A928" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B928" t="s">
+        <v>495</v>
+      </c>
+      <c r="D928">
         <v>53</v>
       </c>
-      <c r="E928" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D929" s="0">
+      <c r="E928" t="s">
+        <v>315</v>
+      </c>
+      <c r="F928" t="s">
+        <v>485</v>
+      </c>
+      <c r="G928" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="929" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A929" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B929" t="s">
+        <v>496</v>
+      </c>
+      <c r="D929">
         <v>54</v>
       </c>
-      <c r="E929" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D930" s="0">
+      <c r="E929" t="s">
+        <v>315</v>
+      </c>
+      <c r="F929" t="s">
+        <v>485</v>
+      </c>
+      <c r="G929" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="930" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A930" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B930" t="s">
+        <v>497</v>
+      </c>
+      <c r="D930">
         <v>39</v>
       </c>
-      <c r="E930" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L930" s="0">
+      <c r="E930" t="s">
+        <v>315</v>
+      </c>
+      <c r="F930" t="s">
+        <v>485</v>
+      </c>
+      <c r="G930" t="s">
+        <v>486</v>
+      </c>
+      <c r="H930" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K930">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L930">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="931">
-[...10 lines deleted...]
-      <c r="D931" s="0">
+    <row r="931" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A931" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B931" t="s">
+        <v>498</v>
+      </c>
+      <c r="D931">
         <v>55</v>
       </c>
-      <c r="E931" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D932" s="0">
+      <c r="E931" t="s">
+        <v>315</v>
+      </c>
+      <c r="F931" t="s">
+        <v>485</v>
+      </c>
+      <c r="G931" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="932" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A932" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B932" t="s">
+        <v>500</v>
+      </c>
+      <c r="D932">
         <v>56</v>
       </c>
-      <c r="E932" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D933" s="0">
+      <c r="E932" t="s">
+        <v>315</v>
+      </c>
+      <c r="F932" t="s">
+        <v>485</v>
+      </c>
+      <c r="G932" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="933" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A933" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B933" t="s">
+        <v>501</v>
+      </c>
+      <c r="D933">
         <v>57</v>
       </c>
-      <c r="E933" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D934" s="0">
+      <c r="E933" t="s">
+        <v>315</v>
+      </c>
+      <c r="F933" t="s">
+        <v>485</v>
+      </c>
+      <c r="G933" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="934" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A934" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B934" t="s">
+        <v>502</v>
+      </c>
+      <c r="D934">
         <v>58</v>
       </c>
-      <c r="E934" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D935" s="0">
+      <c r="E934" t="s">
+        <v>315</v>
+      </c>
+      <c r="F934" t="s">
+        <v>485</v>
+      </c>
+      <c r="G934" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="935" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A935" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B935" t="s">
+        <v>208</v>
+      </c>
+      <c r="D935">
         <v>22</v>
       </c>
-      <c r="E935" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L935" s="0">
+      <c r="E935" t="s">
+        <v>315</v>
+      </c>
+      <c r="F935" t="s">
+        <v>485</v>
+      </c>
+      <c r="G935" t="s">
+        <v>486</v>
+      </c>
+      <c r="H935" t="s">
+        <v>1016</v>
+      </c>
+      <c r="K935">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L935">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="936">
-[...10 lines deleted...]
-      <c r="D936" s="0">
+    <row r="936" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A936" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B936" t="s">
+        <v>504</v>
+      </c>
+      <c r="D936">
         <v>40</v>
       </c>
-      <c r="E936" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D937" s="0">
+      <c r="E936" t="s">
+        <v>315</v>
+      </c>
+      <c r="F936" t="s">
+        <v>485</v>
+      </c>
+      <c r="G936" t="s">
+        <v>486</v>
+      </c>
+      <c r="H936" t="s">
+        <v>17</v>
+      </c>
+      <c r="K936">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L936">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="937" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A937" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B937" t="s">
+        <v>209</v>
+      </c>
+      <c r="D937">
         <v>30</v>
       </c>
-      <c r="E937" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K937" s="0">
+      <c r="E937" t="s">
+        <v>315</v>
+      </c>
+      <c r="F937" t="s">
+        <v>485</v>
+      </c>
+      <c r="G937" t="s">
+        <v>486</v>
+      </c>
+      <c r="H937" t="s">
+        <v>29</v>
+      </c>
+      <c r="K937">
         <v>0.25</v>
       </c>
-      <c r="L937" s="0">
-[...14 lines deleted...]
-      <c r="D938" s="0">
+      <c r="L937">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="938" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A938" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B938" t="s">
+        <v>210</v>
+      </c>
+      <c r="D938">
         <v>23</v>
       </c>
-      <c r="E938" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L938" s="0">
+      <c r="E938" t="s">
+        <v>315</v>
+      </c>
+      <c r="F938" t="s">
+        <v>485</v>
+      </c>
+      <c r="G938" t="s">
+        <v>486</v>
+      </c>
+      <c r="H938" t="s">
+        <v>29</v>
+      </c>
+      <c r="K938">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L938">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="939">
-[...10 lines deleted...]
-      <c r="D939" s="0">
+    <row r="939" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A939" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B939" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D939">
         <v>46</v>
       </c>
-      <c r="E939" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D940" s="0">
+      <c r="E939" t="s">
+        <v>315</v>
+      </c>
+      <c r="F939" t="s">
+        <v>485</v>
+      </c>
+      <c r="G939" t="s">
+        <v>486</v>
+      </c>
+      <c r="H939" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="940" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A940" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B940" t="s">
+        <v>602</v>
+      </c>
+      <c r="D940">
         <v>41</v>
       </c>
-      <c r="E940" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K940" s="0">
+      <c r="E940" t="s">
+        <v>315</v>
+      </c>
+      <c r="F940" t="s">
+        <v>485</v>
+      </c>
+      <c r="G940" t="s">
+        <v>486</v>
+      </c>
+      <c r="H940" t="s">
+        <v>519</v>
+      </c>
+      <c r="K940">
         <v>0.25</v>
       </c>
-      <c r="L940" s="0">
+      <c r="L940">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="941">
-[...10 lines deleted...]
-      <c r="D941" s="0">
+    <row r="941" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A941" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B941" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D941">
         <v>47</v>
       </c>
-      <c r="E941" s="0" t="inlineStr">
-[...58 lines deleted...]
-      <c r="K942" s="0">
+      <c r="E941" t="s">
+        <v>315</v>
+      </c>
+      <c r="F941" t="s">
+        <v>485</v>
+      </c>
+      <c r="G941" t="s">
+        <v>486</v>
+      </c>
+      <c r="H941" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="942" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A942" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B942" t="s">
+        <v>211</v>
+      </c>
+      <c r="D942">
+        <v>25</v>
+      </c>
+      <c r="E942" t="s">
+        <v>315</v>
+      </c>
+      <c r="F942" t="s">
+        <v>485</v>
+      </c>
+      <c r="G942" t="s">
+        <v>486</v>
+      </c>
+      <c r="H942" t="s">
+        <v>556</v>
+      </c>
+      <c r="K942">
         <v>0.25</v>
       </c>
-      <c r="L942" s="0">
+      <c r="L942">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="943">
-[...10 lines deleted...]
-      <c r="D943" s="0">
+    <row r="943" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A943" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B943" t="s">
+        <v>212</v>
+      </c>
+      <c r="D943">
         <v>26</v>
       </c>
-      <c r="E943" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D944" s="0">
+      <c r="E943" t="s">
+        <v>315</v>
+      </c>
+      <c r="F943" t="s">
+        <v>485</v>
+      </c>
+      <c r="G943" t="s">
+        <v>486</v>
+      </c>
+      <c r="H943" t="s">
+        <v>17</v>
+      </c>
+      <c r="K943">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L943">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="944" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A944" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B944" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D944">
         <v>45</v>
       </c>
-      <c r="E944" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D945" s="0">
+      <c r="E944" t="s">
+        <v>315</v>
+      </c>
+      <c r="F944" t="s">
+        <v>485</v>
+      </c>
+      <c r="G944" t="s">
+        <v>486</v>
+      </c>
+      <c r="H944" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="945" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A945" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B945" t="s">
+        <v>510</v>
+      </c>
+      <c r="D945">
         <v>42</v>
       </c>
-      <c r="E945" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D946" s="0">
+      <c r="E945" t="s">
+        <v>315</v>
+      </c>
+      <c r="F945" t="s">
+        <v>485</v>
+      </c>
+      <c r="G945" t="s">
+        <v>486</v>
+      </c>
+      <c r="H945" t="s">
+        <v>138</v>
+      </c>
+      <c r="K945">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L945">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="946" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A946" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B946" t="s">
+        <v>213</v>
+      </c>
+      <c r="D946">
         <v>27</v>
       </c>
-      <c r="E946" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D947" s="0">
+      <c r="E946" t="s">
+        <v>315</v>
+      </c>
+      <c r="F946" t="s">
+        <v>485</v>
+      </c>
+      <c r="G946" t="s">
+        <v>486</v>
+      </c>
+      <c r="H946" t="s">
+        <v>45</v>
+      </c>
+      <c r="K946">
+        <v>0.15000000596046401</v>
+      </c>
+      <c r="L946">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="947" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A947" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B947" t="s">
+        <v>511</v>
+      </c>
+      <c r="D947">
         <v>43</v>
       </c>
-      <c r="E947" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D948" s="0">
+      <c r="E947" t="s">
+        <v>315</v>
+      </c>
+      <c r="F947" t="s">
+        <v>485</v>
+      </c>
+      <c r="G947" t="s">
+        <v>486</v>
+      </c>
+      <c r="H947" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="948" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A948" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B948" t="s">
+        <v>512</v>
+      </c>
+      <c r="D948">
         <v>44</v>
       </c>
-      <c r="E948" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L948" s="0">
+      <c r="E948" t="s">
+        <v>315</v>
+      </c>
+      <c r="F948" t="s">
+        <v>485</v>
+      </c>
+      <c r="G948" t="s">
+        <v>486</v>
+      </c>
+      <c r="K948">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L948">
         <v>12.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="949">
-[...10 lines deleted...]
-      <c r="D949" s="0">
+    <row r="949" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A949" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B949" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D949">
         <v>59</v>
       </c>
-      <c r="E949" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D950" s="0">
+      <c r="E949" t="s">
+        <v>315</v>
+      </c>
+      <c r="F949" t="s">
+        <v>485</v>
+      </c>
+      <c r="G949" t="s">
+        <v>486</v>
+      </c>
+      <c r="H949" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="950" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A950" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B950" t="s">
+        <v>513</v>
+      </c>
+      <c r="D950">
         <v>48</v>
       </c>
-      <c r="E950" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D951" s="0">
+      <c r="E950" t="s">
+        <v>315</v>
+      </c>
+      <c r="F950" t="s">
+        <v>485</v>
+      </c>
+      <c r="G950" t="s">
+        <v>486</v>
+      </c>
+      <c r="H950" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="951" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A951" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B951" t="s">
+        <v>514</v>
+      </c>
+      <c r="D951">
         <v>60</v>
       </c>
-      <c r="E951" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D952" s="0">
+      <c r="E951" t="s">
+        <v>315</v>
+      </c>
+      <c r="F951" t="s">
+        <v>485</v>
+      </c>
+      <c r="G951" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="952" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A952" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B952" t="s">
+        <v>515</v>
+      </c>
+      <c r="D952">
         <v>61</v>
       </c>
-      <c r="E952" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D953" s="0">
+      <c r="E952" t="s">
+        <v>315</v>
+      </c>
+      <c r="F952" t="s">
+        <v>485</v>
+      </c>
+      <c r="G952" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="953" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A953" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B953" t="s">
+        <v>186</v>
+      </c>
+      <c r="D953">
         <v>66</v>
       </c>
-      <c r="E953" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D954" s="0">
+      <c r="E953" t="s">
+        <v>315</v>
+      </c>
+      <c r="F953" t="s">
+        <v>485</v>
+      </c>
+      <c r="G953" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="954" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A954" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B954" t="s">
+        <v>516</v>
+      </c>
+      <c r="D954">
         <v>67</v>
       </c>
-      <c r="E954" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D955" s="0">
+      <c r="E954" t="s">
+        <v>315</v>
+      </c>
+      <c r="F954" t="s">
+        <v>485</v>
+      </c>
+      <c r="G954" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="955" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A955" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B955" t="s">
+        <v>517</v>
+      </c>
+      <c r="D955">
         <v>68</v>
       </c>
-      <c r="E955" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D956" s="0">
+      <c r="E955" t="s">
+        <v>315</v>
+      </c>
+      <c r="F955" t="s">
+        <v>485</v>
+      </c>
+      <c r="G955" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="956" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A956" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B956" t="s">
+        <v>193</v>
+      </c>
+      <c r="D956">
         <v>12</v>
       </c>
-      <c r="E956" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D957" s="0">
+      <c r="E956" t="s">
+        <v>315</v>
+      </c>
+      <c r="F956" t="s">
+        <v>485</v>
+      </c>
+      <c r="G956" t="s">
+        <v>486</v>
+      </c>
+      <c r="H956" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="957" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A957" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B957" t="s">
+        <v>191</v>
+      </c>
+      <c r="D957">
         <v>7</v>
       </c>
-      <c r="E957" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D958" s="0">
+      <c r="E957" t="s">
+        <v>315</v>
+      </c>
+      <c r="F957" t="s">
+        <v>485</v>
+      </c>
+      <c r="G957" t="s">
+        <v>486</v>
+      </c>
+      <c r="H957" t="s">
+        <v>21</v>
+      </c>
+      <c r="K957">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L957">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="958" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A958" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B958" t="s">
+        <v>192</v>
+      </c>
+      <c r="D958">
         <v>5</v>
       </c>
-      <c r="E958" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D959" s="0">
+      <c r="E958" t="s">
+        <v>315</v>
+      </c>
+      <c r="F958" t="s">
+        <v>485</v>
+      </c>
+      <c r="G958" t="s">
+        <v>486</v>
+      </c>
+      <c r="H958" t="s">
+        <v>493</v>
+      </c>
+      <c r="K958">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L958">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="959" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A959" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B959" t="s">
+        <v>194</v>
+      </c>
+      <c r="D959">
         <v>6</v>
       </c>
-      <c r="E959" s="0" t="inlineStr">
-[...35 lines deleted...]
-      <c r="D960" s="0">
+      <c r="E959" t="s">
+        <v>315</v>
+      </c>
+      <c r="F959" t="s">
+        <v>485</v>
+      </c>
+      <c r="G959" t="s">
+        <v>486</v>
+      </c>
+      <c r="K959">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L959">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="960" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A960" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B960" t="s">
+        <v>270</v>
+      </c>
+      <c r="D960">
         <v>62</v>
       </c>
-      <c r="E960" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D961" s="0">
+      <c r="E960" t="s">
+        <v>315</v>
+      </c>
+      <c r="F960" t="s">
+        <v>485</v>
+      </c>
+      <c r="G960" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="961" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A961" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B961" t="s">
+        <v>188</v>
+      </c>
+      <c r="D961">
         <v>4</v>
       </c>
-      <c r="E961" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D962" s="0">
+      <c r="E961" t="s">
+        <v>315</v>
+      </c>
+      <c r="F961" t="s">
+        <v>485</v>
+      </c>
+      <c r="G961" t="s">
+        <v>486</v>
+      </c>
+      <c r="H961" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="962" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A962" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B962" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D962">
         <v>50</v>
       </c>
-      <c r="E962" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D963" s="0">
+      <c r="E962" t="s">
+        <v>315</v>
+      </c>
+      <c r="F962" t="s">
+        <v>485</v>
+      </c>
+      <c r="G962" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="963" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A963" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B963" t="s">
+        <v>183</v>
+      </c>
+      <c r="D963">
         <v>8</v>
       </c>
-      <c r="E963" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D964" s="0">
+      <c r="E963" t="s">
+        <v>315</v>
+      </c>
+      <c r="F963" t="s">
+        <v>485</v>
+      </c>
+      <c r="G963" t="s">
+        <v>486</v>
+      </c>
+      <c r="H963" t="s">
+        <v>1023</v>
+      </c>
+      <c r="K963">
+        <v>3.9999999105930301E-2</v>
+      </c>
+      <c r="L963">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="964" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A964" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B964" t="s">
+        <v>185</v>
+      </c>
+      <c r="D964">
         <v>14</v>
       </c>
-      <c r="E964" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D965" s="0">
+      <c r="E964" t="s">
+        <v>315</v>
+      </c>
+      <c r="F964" t="s">
+        <v>485</v>
+      </c>
+      <c r="G964" t="s">
+        <v>486</v>
+      </c>
+      <c r="H964" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="965" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A965" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B965" t="s">
+        <v>175</v>
+      </c>
+      <c r="D965">
         <v>1</v>
       </c>
-      <c r="E965" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D966" s="0">
+      <c r="E965" t="s">
+        <v>315</v>
+      </c>
+      <c r="F965" t="s">
+        <v>485</v>
+      </c>
+      <c r="G965" t="s">
+        <v>486</v>
+      </c>
+      <c r="H965" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="966" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A966" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B966" t="s">
+        <v>179</v>
+      </c>
+      <c r="D966">
         <v>13</v>
       </c>
-      <c r="E966" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D967" s="0">
+      <c r="E966" t="s">
+        <v>315</v>
+      </c>
+      <c r="F966" t="s">
+        <v>485</v>
+      </c>
+      <c r="G966" t="s">
+        <v>486</v>
+      </c>
+      <c r="H966" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="967" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A967" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B967" t="s">
+        <v>182</v>
+      </c>
+      <c r="D967">
         <v>29</v>
       </c>
-      <c r="E967" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D968" s="0">
+      <c r="E967" t="s">
+        <v>315</v>
+      </c>
+      <c r="F967" t="s">
+        <v>485</v>
+      </c>
+      <c r="G967" t="s">
+        <v>486</v>
+      </c>
+      <c r="H967" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="968" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A968" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B968" t="s">
+        <v>181</v>
+      </c>
+      <c r="D968">
         <v>2</v>
       </c>
-      <c r="E968" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D969" s="0">
+      <c r="E968" t="s">
+        <v>315</v>
+      </c>
+      <c r="F968" t="s">
+        <v>485</v>
+      </c>
+      <c r="G968" t="s">
+        <v>486</v>
+      </c>
+      <c r="H968" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="969" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A969" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B969" t="s">
+        <v>214</v>
+      </c>
+      <c r="D969">
         <v>32</v>
       </c>
-      <c r="E969" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D970" s="0">
+      <c r="E969" t="s">
+        <v>315</v>
+      </c>
+      <c r="F969" t="s">
+        <v>485</v>
+      </c>
+      <c r="G969" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="970" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A970" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B970" t="s">
+        <v>521</v>
+      </c>
+      <c r="D970">
         <v>33</v>
       </c>
-      <c r="E970" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D971" s="0">
+      <c r="E970" t="s">
+        <v>315</v>
+      </c>
+      <c r="F970" t="s">
+        <v>485</v>
+      </c>
+      <c r="G970" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="971" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A971" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B971" t="s">
+        <v>290</v>
+      </c>
+      <c r="D971">
         <v>63</v>
       </c>
-      <c r="E971" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D972" s="0">
+      <c r="E971" t="s">
+        <v>315</v>
+      </c>
+      <c r="F971" t="s">
+        <v>485</v>
+      </c>
+      <c r="G971" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="972" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A972" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B972" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D972">
         <v>49</v>
       </c>
-      <c r="E972" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D973" s="0">
+      <c r="E972" t="s">
+        <v>315</v>
+      </c>
+      <c r="F972" t="s">
+        <v>485</v>
+      </c>
+      <c r="G972" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="973" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A973" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B973" t="s">
+        <v>522</v>
+      </c>
+      <c r="D973">
         <v>3</v>
       </c>
-      <c r="E973" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D974" s="0">
+      <c r="E973" t="s">
+        <v>315</v>
+      </c>
+      <c r="F973" t="s">
+        <v>485</v>
+      </c>
+      <c r="G973" t="s">
+        <v>486</v>
+      </c>
+      <c r="H973" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="974" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A974" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B974" t="s">
+        <v>871</v>
+      </c>
+      <c r="D974">
         <v>16</v>
       </c>
-      <c r="E974" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L974" s="0">
+      <c r="E974" t="s">
+        <v>377</v>
+      </c>
+      <c r="F974" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G974" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H974" t="s">
+        <v>34</v>
+      </c>
+      <c r="K974">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L974">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="975">
-[...10 lines deleted...]
-      <c r="D975" s="0">
+    <row r="975" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A975" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B975" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D975">
         <v>31</v>
       </c>
-      <c r="E975" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L975" s="0">
+      <c r="E975" t="s">
+        <v>377</v>
+      </c>
+      <c r="F975" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G975" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K975">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L975">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="976">
-[...10 lines deleted...]
-      <c r="D976" s="0">
+    <row r="976" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A976" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B976" t="s">
+        <v>72</v>
+      </c>
+      <c r="D976">
         <v>35</v>
       </c>
-      <c r="E976" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K976" s="0">
+      <c r="E976" t="s">
+        <v>315</v>
+      </c>
+      <c r="F976" t="s">
+        <v>74</v>
+      </c>
+      <c r="G976" t="s">
+        <v>75</v>
+      </c>
+      <c r="H976" t="s">
+        <v>1029</v>
+      </c>
+      <c r="K976">
         <v>1</v>
       </c>
-      <c r="L976" s="0">
-[...14 lines deleted...]
-      <c r="D977" s="0">
+      <c r="L976">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="977" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A977" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B977" t="s">
+        <v>79</v>
+      </c>
+      <c r="D977">
         <v>37</v>
       </c>
-      <c r="E977" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D978" s="0">
+      <c r="E977" t="s">
+        <v>315</v>
+      </c>
+      <c r="F977" t="s">
+        <v>74</v>
+      </c>
+      <c r="G977" t="s">
+        <v>75</v>
+      </c>
+      <c r="H977" t="s">
+        <v>431</v>
+      </c>
+      <c r="K977">
+        <v>0.20000000298023199</v>
+      </c>
+      <c r="L977">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="978" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A978" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B978" t="s">
+        <v>82</v>
+      </c>
+      <c r="D978">
         <v>31</v>
       </c>
-      <c r="E978" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K978" s="0">
+      <c r="E978" t="s">
+        <v>315</v>
+      </c>
+      <c r="F978" t="s">
+        <v>74</v>
+      </c>
+      <c r="G978" t="s">
+        <v>75</v>
+      </c>
+      <c r="H978" t="s">
+        <v>180</v>
+      </c>
+      <c r="K978">
         <v>1</v>
       </c>
-      <c r="L978" s="0">
-[...14 lines deleted...]
-      <c r="D979" s="0">
+      <c r="L978">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="979" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A979" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B979" t="s">
+        <v>84</v>
+      </c>
+      <c r="D979">
         <v>17</v>
       </c>
-      <c r="E979" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K979" s="0">
+      <c r="E979" t="s">
+        <v>315</v>
+      </c>
+      <c r="F979" t="s">
+        <v>74</v>
+      </c>
+      <c r="G979" t="s">
+        <v>75</v>
+      </c>
+      <c r="H979" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K979">
         <v>3</v>
       </c>
-      <c r="L979" s="0">
+      <c r="L979">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="980">
-[...10 lines deleted...]
-      <c r="D980" s="0">
+    <row r="980" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A980" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B980" t="s">
+        <v>525</v>
+      </c>
+      <c r="D980">
         <v>39</v>
       </c>
-      <c r="E980" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D981" s="0">
+      <c r="E980" t="s">
+        <v>315</v>
+      </c>
+      <c r="F980" t="s">
+        <v>74</v>
+      </c>
+      <c r="G980" t="s">
+        <v>75</v>
+      </c>
+      <c r="H980" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="981" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A981" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B981" t="s">
+        <v>87</v>
+      </c>
+      <c r="D981">
         <v>21</v>
       </c>
-      <c r="E981" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K981" s="0">
+      <c r="E981" t="s">
+        <v>315</v>
+      </c>
+      <c r="F981" t="s">
+        <v>74</v>
+      </c>
+      <c r="G981" t="s">
+        <v>75</v>
+      </c>
+      <c r="H981" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K981">
         <v>2</v>
       </c>
-      <c r="L981" s="0">
+      <c r="L981">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="982">
-[...10 lines deleted...]
-      <c r="D982" s="0">
+    <row r="982" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A982" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B982" t="s">
+        <v>89</v>
+      </c>
+      <c r="D982">
         <v>19</v>
       </c>
-      <c r="E982" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K982" s="0">
+      <c r="E982" t="s">
+        <v>315</v>
+      </c>
+      <c r="F982" t="s">
+        <v>74</v>
+      </c>
+      <c r="G982" t="s">
+        <v>75</v>
+      </c>
+      <c r="H982" t="s">
+        <v>1031</v>
+      </c>
+      <c r="K982">
         <v>2.5</v>
       </c>
-      <c r="L982" s="0">
-[...14 lines deleted...]
-      <c r="D983" s="0">
+      <c r="L982">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="983" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A983" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B983" t="s">
+        <v>90</v>
+      </c>
+      <c r="D983">
         <v>5</v>
       </c>
-      <c r="E983" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K983" s="0">
+      <c r="E983" t="s">
+        <v>315</v>
+      </c>
+      <c r="F983" t="s">
+        <v>74</v>
+      </c>
+      <c r="G983" t="s">
+        <v>75</v>
+      </c>
+      <c r="H983" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K983">
         <v>1</v>
       </c>
-      <c r="L983" s="0">
+      <c r="L983">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="984">
-[...10 lines deleted...]
-      <c r="D984" s="0">
+    <row r="984" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A984" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B984" t="s">
+        <v>92</v>
+      </c>
+      <c r="D984">
         <v>13</v>
       </c>
-      <c r="E984" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K984" s="0">
+      <c r="E984" t="s">
+        <v>315</v>
+      </c>
+      <c r="F984" t="s">
+        <v>74</v>
+      </c>
+      <c r="G984" t="s">
+        <v>75</v>
+      </c>
+      <c r="H984" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K984">
         <v>0.75</v>
       </c>
-      <c r="L984" s="0">
+      <c r="L984">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="985">
-[...10 lines deleted...]
-      <c r="D985" s="0">
+    <row r="985" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A985" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B985" t="s">
+        <v>91</v>
+      </c>
+      <c r="D985">
         <v>29</v>
       </c>
-      <c r="E985" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K985" s="0">
+      <c r="E985" t="s">
+        <v>315</v>
+      </c>
+      <c r="F985" t="s">
+        <v>74</v>
+      </c>
+      <c r="G985" t="s">
+        <v>75</v>
+      </c>
+      <c r="H985" t="s">
+        <v>187</v>
+      </c>
+      <c r="K985">
         <v>0.75</v>
       </c>
-      <c r="L985" s="0">
+      <c r="L985">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="986">
-[...10 lines deleted...]
-      <c r="D986" s="0">
+    <row r="986" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A986" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B986" t="s">
+        <v>527</v>
+      </c>
+      <c r="D986">
         <v>1</v>
       </c>
-      <c r="E986" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K986" s="0">
+      <c r="E986" t="s">
+        <v>315</v>
+      </c>
+      <c r="F986" t="s">
+        <v>74</v>
+      </c>
+      <c r="G986" t="s">
+        <v>75</v>
+      </c>
+      <c r="H986" t="s">
+        <v>1032</v>
+      </c>
+      <c r="K986">
         <v>1</v>
       </c>
-      <c r="L986" s="0">
+      <c r="L986">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="987">
-[...10 lines deleted...]
-      <c r="D987" s="0">
+    <row r="987" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A987" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B987" t="s">
+        <v>94</v>
+      </c>
+      <c r="D987">
         <v>47</v>
       </c>
-      <c r="E987" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K987" s="0">
+      <c r="E987" t="s">
+        <v>315</v>
+      </c>
+      <c r="F987" t="s">
+        <v>74</v>
+      </c>
+      <c r="G987" t="s">
+        <v>75</v>
+      </c>
+      <c r="H987" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K987">
         <v>2</v>
       </c>
-      <c r="L987" s="0">
+      <c r="L987">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="988">
-[...10 lines deleted...]
-      <c r="D988" s="0">
+    <row r="988" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A988" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B988" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D988">
         <v>27</v>
       </c>
-      <c r="E988" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K988" s="0">
+      <c r="E988" t="s">
+        <v>315</v>
+      </c>
+      <c r="F988" t="s">
+        <v>74</v>
+      </c>
+      <c r="G988" t="s">
+        <v>75</v>
+      </c>
+      <c r="H988" t="s">
+        <v>423</v>
+      </c>
+      <c r="K988">
         <v>0.25</v>
       </c>
-      <c r="L988" s="0">
-[...14 lines deleted...]
-      <c r="D989" s="0">
+      <c r="L988">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="989" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A989" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B989" t="s">
+        <v>529</v>
+      </c>
+      <c r="D989">
         <v>46</v>
       </c>
-      <c r="E989" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D990" s="0">
+      <c r="E989" t="s">
+        <v>315</v>
+      </c>
+      <c r="F989" t="s">
+        <v>74</v>
+      </c>
+      <c r="G989" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="990" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A990" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B990" t="s">
+        <v>530</v>
+      </c>
+      <c r="D990">
         <v>40</v>
       </c>
-      <c r="E990" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K990" s="0">
+      <c r="E990" t="s">
+        <v>315</v>
+      </c>
+      <c r="F990" t="s">
+        <v>74</v>
+      </c>
+      <c r="G990" t="s">
+        <v>75</v>
+      </c>
+      <c r="H990" t="s">
+        <v>184</v>
+      </c>
+      <c r="K990">
         <v>1</v>
       </c>
-      <c r="L990" s="0">
-[...14 lines deleted...]
-      <c r="D991" s="0">
+      <c r="L990">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="991" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A991" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B991" t="s">
+        <v>97</v>
+      </c>
+      <c r="D991">
         <v>15</v>
       </c>
-      <c r="E991" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K991" s="0">
+      <c r="E991" t="s">
+        <v>315</v>
+      </c>
+      <c r="F991" t="s">
+        <v>74</v>
+      </c>
+      <c r="G991" t="s">
+        <v>75</v>
+      </c>
+      <c r="H991" t="s">
+        <v>1034</v>
+      </c>
+      <c r="K991">
         <v>1</v>
       </c>
-      <c r="L991" s="0">
+      <c r="L991">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="992">
-[...10 lines deleted...]
-      <c r="D992" s="0">
+    <row r="992" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A992" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B992" t="s">
+        <v>96</v>
+      </c>
+      <c r="D992">
         <v>33</v>
       </c>
-      <c r="E992" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K992" s="0">
+      <c r="E992" t="s">
+        <v>315</v>
+      </c>
+      <c r="F992" t="s">
+        <v>74</v>
+      </c>
+      <c r="G992" t="s">
+        <v>75</v>
+      </c>
+      <c r="H992" t="s">
+        <v>431</v>
+      </c>
+      <c r="K992">
         <v>1.5</v>
       </c>
-      <c r="L992" s="0">
-[...14 lines deleted...]
-      <c r="D993" s="0">
+      <c r="L992">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="993" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A993" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B993" t="s">
+        <v>99</v>
+      </c>
+      <c r="D993">
         <v>7</v>
       </c>
-      <c r="E993" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K993" s="0">
+      <c r="E993" t="s">
+        <v>315</v>
+      </c>
+      <c r="F993" t="s">
+        <v>74</v>
+      </c>
+      <c r="G993" t="s">
+        <v>75</v>
+      </c>
+      <c r="H993" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K993">
         <v>1</v>
       </c>
-      <c r="L993" s="0">
-[...39 lines deleted...]
-      <c r="K994" s="0">
+      <c r="L993">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="994" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A994" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B994" t="s">
+        <v>102</v>
+      </c>
+      <c r="D994">
+        <v>25</v>
+      </c>
+      <c r="E994" t="s">
+        <v>315</v>
+      </c>
+      <c r="F994" t="s">
+        <v>74</v>
+      </c>
+      <c r="G994" t="s">
+        <v>75</v>
+      </c>
+      <c r="H994" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K994">
         <v>3</v>
       </c>
-      <c r="L994" s="0">
-[...14 lines deleted...]
-      <c r="D995" s="0">
+      <c r="L994">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="995" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A995" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B995" t="s">
+        <v>531</v>
+      </c>
+      <c r="D995">
         <v>44</v>
       </c>
-      <c r="E995" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K995" s="0">
+      <c r="E995" t="s">
+        <v>315</v>
+      </c>
+      <c r="F995" t="s">
+        <v>74</v>
+      </c>
+      <c r="G995" t="s">
+        <v>75</v>
+      </c>
+      <c r="H995" t="s">
+        <v>178</v>
+      </c>
+      <c r="K995">
         <v>1</v>
       </c>
-      <c r="L995" s="0">
-[...14 lines deleted...]
-      <c r="D996" s="0">
+      <c r="L995">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="996" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A996" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B996" t="s">
+        <v>103</v>
+      </c>
+      <c r="D996">
         <v>9</v>
       </c>
-      <c r="E996" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K996" s="0">
+      <c r="E996" t="s">
+        <v>315</v>
+      </c>
+      <c r="F996" t="s">
+        <v>74</v>
+      </c>
+      <c r="G996" t="s">
+        <v>75</v>
+      </c>
+      <c r="H996" t="s">
+        <v>1036</v>
+      </c>
+      <c r="K996">
         <v>3</v>
       </c>
-      <c r="L996" s="0">
+      <c r="L996">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="997">
-[...10 lines deleted...]
-      <c r="D997" s="0">
+    <row r="997" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A997" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B997" t="s">
+        <v>532</v>
+      </c>
+      <c r="D997">
         <v>45</v>
       </c>
-      <c r="E997" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K997" s="0">
+      <c r="E997" t="s">
+        <v>315</v>
+      </c>
+      <c r="F997" t="s">
+        <v>74</v>
+      </c>
+      <c r="G997" t="s">
+        <v>75</v>
+      </c>
+      <c r="H997" t="s">
+        <v>1037</v>
+      </c>
+      <c r="K997">
         <v>1</v>
       </c>
-      <c r="L997" s="0">
+      <c r="L997">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="998">
-[...10 lines deleted...]
-      <c r="D998" s="0">
+    <row r="998" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A998" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B998" t="s">
+        <v>104</v>
+      </c>
+      <c r="D998">
         <v>11</v>
       </c>
-      <c r="E998" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K998" s="0">
+      <c r="E998" t="s">
+        <v>315</v>
+      </c>
+      <c r="F998" t="s">
+        <v>74</v>
+      </c>
+      <c r="G998" t="s">
+        <v>75</v>
+      </c>
+      <c r="H998" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K998">
         <v>2</v>
       </c>
-      <c r="L998" s="0">
+      <c r="L998">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="999">
-[...10 lines deleted...]
-      <c r="D999" s="0">
+    <row r="999" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A999" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B999" t="s">
+        <v>526</v>
+      </c>
+      <c r="D999">
         <v>48</v>
       </c>
-      <c r="E999" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1000" s="0">
+      <c r="E999" t="s">
+        <v>315</v>
+      </c>
+      <c r="F999" t="s">
+        <v>74</v>
+      </c>
+      <c r="G999" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1000" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D1000">
         <v>49</v>
       </c>
-      <c r="E1000" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K1000" s="0">
+      <c r="E1000" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1000" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1000" t="s">
+        <v>75</v>
+      </c>
+      <c r="K1000">
         <v>15</v>
       </c>
-      <c r="L1000" s="0">
+      <c r="L1000">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1001">
-[...10 lines deleted...]
-      <c r="D1001" s="0">
+    <row r="1001" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1001" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>540</v>
+      </c>
+      <c r="D1001">
         <v>43</v>
       </c>
-      <c r="E1001" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1002" s="0">
+      <c r="E1001" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1001" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1001" t="s">
+        <v>75</v>
+      </c>
+      <c r="H1001" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1002" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>537</v>
+      </c>
+      <c r="D1002">
         <v>90</v>
       </c>
-      <c r="E1002" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1003" s="0">
+      <c r="E1002" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1002" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1002" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1003" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>538</v>
+      </c>
+      <c r="D1003">
         <v>42</v>
       </c>
-      <c r="E1003" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K1003" s="0">
+      <c r="E1003" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1003" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1003" t="s">
+        <v>75</v>
+      </c>
+      <c r="H1003" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K1003">
         <v>2</v>
       </c>
-      <c r="L1003" s="0">
+      <c r="L1003">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1004">
-[...10 lines deleted...]
-      <c r="D1004" s="0">
+    <row r="1004" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1004" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>533</v>
+      </c>
+      <c r="D1004">
         <v>91</v>
       </c>
-      <c r="E1004" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1005" s="0">
+      <c r="E1004" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1004" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1004" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1005" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D1005">
         <v>98</v>
       </c>
-      <c r="E1005" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1006" s="0">
+      <c r="E1005" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1005" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1005" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1006" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>534</v>
+      </c>
+      <c r="D1006">
         <v>92</v>
       </c>
-      <c r="E1006" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1007" s="0">
+      <c r="E1006" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1006" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1006" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1007" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>539</v>
+      </c>
+      <c r="D1007">
         <v>41</v>
       </c>
-      <c r="E1007" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1008" s="0">
+      <c r="E1007" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1007" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1007" t="s">
+        <v>75</v>
+      </c>
+      <c r="H1007" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1008" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>535</v>
+      </c>
+      <c r="D1008">
         <v>93</v>
       </c>
-      <c r="E1008" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1009" s="0">
+      <c r="E1008" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1008" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1008" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1009" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>536</v>
+      </c>
+      <c r="D1009">
         <v>94</v>
       </c>
-      <c r="E1009" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1010" s="0">
+      <c r="E1009" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1009" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1009" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1010" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D1010">
         <v>95</v>
       </c>
-      <c r="E1010" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1011" s="0">
+      <c r="E1010" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1010" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1010" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1011" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D1011">
         <v>97</v>
       </c>
-      <c r="E1011" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1012" s="0">
+      <c r="E1011" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1011" t="s">
         <v>74</v>
       </c>
-      <c r="E1012" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K1012" s="0">
+      <c r="G1011" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1012" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D1012">
+        <v>74</v>
+      </c>
+      <c r="E1012" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1012" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1012" t="s">
+        <v>75</v>
+      </c>
+      <c r="K1012">
         <v>5</v>
       </c>
-      <c r="L1012" s="0">
-[...14 lines deleted...]
-      <c r="D1013" s="0">
+      <c r="L1012">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1013" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D1013">
         <v>75</v>
       </c>
-      <c r="E1013" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K1013" s="0">
+      <c r="E1013" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1013" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1013" t="s">
+        <v>75</v>
+      </c>
+      <c r="K1013">
         <v>5</v>
       </c>
-      <c r="L1013" s="0">
-[...14 lines deleted...]
-      <c r="D1014" s="0">
+      <c r="L1013">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1014" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D1014">
         <v>76</v>
       </c>
-      <c r="E1014" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1015" s="0">
+      <c r="E1014" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1014" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1015" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>545</v>
+      </c>
+      <c r="D1015">
         <v>77</v>
       </c>
-      <c r="E1015" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1016" s="0">
+      <c r="E1015" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1015" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1015" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1016" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>546</v>
+      </c>
+      <c r="D1016">
         <v>78</v>
       </c>
-      <c r="E1016" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1017" s="0">
+      <c r="E1016" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1016" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1016" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1017" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>547</v>
+      </c>
+      <c r="D1017">
         <v>79</v>
       </c>
-      <c r="E1017" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1018" s="0">
+      <c r="E1017" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1017" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1017" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1018" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>548</v>
+      </c>
+      <c r="D1018">
         <v>80</v>
       </c>
-      <c r="E1018" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1019" s="0">
+      <c r="E1018" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1018" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1018" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1019" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>549</v>
+      </c>
+      <c r="D1019">
         <v>81</v>
       </c>
-      <c r="E1019" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1020" s="0">
+      <c r="E1019" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1019" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1019" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1020" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D1020">
         <v>83</v>
       </c>
-      <c r="E1020" s="0" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K1020" s="0">
+      <c r="E1020" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1020" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1020" t="s">
+        <v>75</v>
+      </c>
+      <c r="K1020">
         <v>0.5</v>
       </c>
-      <c r="L1020" s="0">
-[...14 lines deleted...]
-      <c r="D1021" s="0">
+      <c r="L1020">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1021" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D1021">
         <v>84</v>
       </c>
-      <c r="E1021" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1022" s="0">
+      <c r="E1021" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1021" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1022" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D1022">
         <v>85</v>
       </c>
-      <c r="E1022" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1023" s="0">
+      <c r="E1022" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1022" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1022" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1023" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D1023">
         <v>86</v>
       </c>
-      <c r="E1023" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1024" s="0">
+      <c r="E1023" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1023" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1024" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D1024">
         <v>87</v>
       </c>
-      <c r="E1024" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1025" s="0">
+      <c r="E1024" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1024" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1025" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D1025">
         <v>88</v>
       </c>
-      <c r="E1025" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1026" s="0">
+      <c r="E1025" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1025" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1025" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1026" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D1026">
         <v>89</v>
       </c>
-      <c r="E1026" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1027" s="0">
+      <c r="E1026" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>74</v>
+      </c>
+      <c r="G1026" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1027" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>105</v>
+      </c>
+      <c r="D1027">
         <v>96</v>
       </c>
-      <c r="E1027" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1028" s="0">
+      <c r="E1027" t="s">
+        <v>312</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>553</v>
+      </c>
+      <c r="G1027" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1028" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>871</v>
+      </c>
+      <c r="D1028">
         <v>23</v>
       </c>
-      <c r="E1028" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L1028" s="0">
+      <c r="E1028" t="s">
+        <v>377</v>
+      </c>
+      <c r="F1028" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G1028" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H1028" t="s">
+        <v>34</v>
+      </c>
+      <c r="K1028">
+        <v>0.10000000149011599</v>
+      </c>
+      <c r="L1028">
         <v>10</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1029">
-[...10 lines deleted...]
-      <c r="D1029" s="0">
+    <row r="1029" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1029" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D1029">
         <v>82</v>
       </c>
-      <c r="E1029" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L1029" s="0">
+      <c r="E1029" t="s">
+        <v>377</v>
+      </c>
+      <c r="F1029" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G1029" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K1029">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L1029">
         <v>7.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1030">
-[...10 lines deleted...]
-      <c r="D1030" s="0">
+    <row r="1030" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1030" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>558</v>
+      </c>
+      <c r="D1030">
         <v>15</v>
       </c>
-      <c r="E1030" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K1030" s="0">
+      <c r="E1030" t="s">
+        <v>559</v>
+      </c>
+      <c r="F1030" t="s">
+        <v>61</v>
+      </c>
+      <c r="G1030" t="s">
+        <v>62</v>
+      </c>
+      <c r="H1030" t="s">
+        <v>173</v>
+      </c>
+      <c r="K1030">
         <v>0.5</v>
       </c>
-      <c r="L1030" s="0">
-[...14 lines deleted...]
-      <c r="D1031" s="0">
+      <c r="L1030">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1031" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>561</v>
+      </c>
+      <c r="D1031">
         <v>14</v>
       </c>
-      <c r="E1031" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D1032" s="0">
+      <c r="E1031" t="s">
+        <v>559</v>
+      </c>
+      <c r="F1031" t="s">
+        <v>61</v>
+      </c>
+      <c r="G1031" t="s">
+        <v>62</v>
+      </c>
+      <c r="H1031" t="s">
+        <v>173</v>
+      </c>
+      <c r="K1031">
+        <v>0.40000000596046398</v>
+      </c>
+      <c r="L1031">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1032" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>562</v>
+      </c>
+      <c r="D1032">
         <v>13</v>
       </c>
-      <c r="E1032" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D1033" s="0">
+      <c r="E1032" t="s">
+        <v>559</v>
+      </c>
+      <c r="F1032" t="s">
+        <v>61</v>
+      </c>
+      <c r="G1032" t="s">
+        <v>62</v>
+      </c>
+      <c r="H1032" t="s">
+        <v>173</v>
+      </c>
+      <c r="K1032">
+        <v>0.30000001192092901</v>
+      </c>
+      <c r="L1032">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1033" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>563</v>
+      </c>
+      <c r="D1033">
         <v>18</v>
       </c>
-      <c r="E1033" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1034" s="0">
+      <c r="E1033" t="s">
+        <v>559</v>
+      </c>
+      <c r="F1033" t="s">
+        <v>61</v>
+      </c>
+      <c r="G1033" t="s">
+        <v>62</v>
+      </c>
+      <c r="H1033" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1034" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>564</v>
+      </c>
+      <c r="D1034">
         <v>17</v>
       </c>
-      <c r="E1034" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1035" s="0">
+      <c r="E1034" t="s">
+        <v>559</v>
+      </c>
+      <c r="F1034" t="s">
+        <v>61</v>
+      </c>
+      <c r="G1034" t="s">
+        <v>62</v>
+      </c>
+      <c r="H1034" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1035" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>565</v>
+      </c>
+      <c r="D1035">
         <v>16</v>
       </c>
-      <c r="E1035" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1036" s="0">
+      <c r="E1035" t="s">
+        <v>559</v>
+      </c>
+      <c r="F1035" t="s">
+        <v>61</v>
+      </c>
+      <c r="G1035" t="s">
+        <v>62</v>
+      </c>
+      <c r="H1035" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1036" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D1036">
         <v>1</v>
       </c>
-      <c r="E1036" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D1037" s="0">
+      <c r="E1036" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1036" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1036" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1036">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L1036">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1037" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D1037">
         <v>2</v>
       </c>
-      <c r="E1037" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L1037" s="0">
+      <c r="E1037" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1037" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1037" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1037" t="s">
+        <v>493</v>
+      </c>
+      <c r="K1037">
+        <v>3.9999999105930301E-2</v>
+      </c>
+      <c r="L1037">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1038">
-[...10 lines deleted...]
-      <c r="D1038" s="0">
+    <row r="1038" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1038" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>571</v>
+      </c>
+      <c r="D1038">
         <v>19</v>
       </c>
-      <c r="E1038" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1039" s="0">
+      <c r="E1038" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1038" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1038" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1039" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>572</v>
+      </c>
+      <c r="D1039">
         <v>15</v>
       </c>
-      <c r="E1039" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1040" s="0">
+      <c r="E1039" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1039" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1039" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1039" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1040" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>573</v>
+      </c>
+      <c r="D1040">
         <v>16</v>
       </c>
-      <c r="E1040" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1041" s="0">
+      <c r="E1040" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1040" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1040" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1040" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1041" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D1041">
         <v>3</v>
       </c>
-      <c r="E1041" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D1042" s="0">
+      <c r="E1041" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1041" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1041" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1041" t="s">
+        <v>45</v>
+      </c>
+      <c r="K1041">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L1041">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1042" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>575</v>
+      </c>
+      <c r="D1042">
         <v>4</v>
       </c>
-      <c r="E1042" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D1043" s="0">
+      <c r="E1042" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1042" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1042" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1042" t="s">
+        <v>47</v>
+      </c>
+      <c r="K1042">
+        <v>9.9999997764825804E-3</v>
+      </c>
+      <c r="L1042">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1043" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>577</v>
+      </c>
+      <c r="D1043">
         <v>18</v>
       </c>
-      <c r="E1043" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1044" s="0">
+      <c r="E1043" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1043" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1043" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1044" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1044" t="s">
+        <v>578</v>
+      </c>
+      <c r="D1044">
         <v>5</v>
       </c>
-      <c r="E1044" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D1045" s="0">
+      <c r="E1044" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1044" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1044" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1044" t="s">
+        <v>26</v>
+      </c>
+      <c r="K1044">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L1044">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1045" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1045" t="s">
+        <v>579</v>
+      </c>
+      <c r="D1045">
         <v>6</v>
       </c>
-      <c r="E1045" s="0" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D1046" s="0">
+      <c r="E1045" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1045" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1045" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1045" t="s">
+        <v>88</v>
+      </c>
+      <c r="K1045">
+        <v>2.9999999329447701E-2</v>
+      </c>
+      <c r="L1045">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1046" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1046" t="s">
+        <v>581</v>
+      </c>
+      <c r="D1046">
         <v>7</v>
       </c>
-      <c r="E1046" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1047" s="0">
+      <c r="E1046" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1046" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1046" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1046" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1047" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>582</v>
+      </c>
+      <c r="D1047">
         <v>8</v>
       </c>
-      <c r="E1047" s="0" t="inlineStr">
-[...21 lines deleted...]
-      <c r="K1047" s="0">
+      <c r="E1047" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1047" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1047" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1047" t="s">
+        <v>256</v>
+      </c>
+      <c r="K1047">
         <v>0.5</v>
       </c>
-      <c r="L1047" s="0">
+      <c r="L1047">
         <v>22.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1048">
-[...10 lines deleted...]
-      <c r="D1048" s="0">
+    <row r="1048" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1048" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1048" t="s">
+        <v>585</v>
+      </c>
+      <c r="D1048">
         <v>12</v>
       </c>
-      <c r="E1048" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1049" s="0">
+      <c r="E1048" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1048" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1048" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1049" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1049" t="s">
+        <v>586</v>
+      </c>
+      <c r="D1049">
         <v>13</v>
       </c>
-      <c r="E1049" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1050" s="0">
+      <c r="E1049" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1049" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1049" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1050" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>587</v>
+      </c>
+      <c r="D1050">
         <v>14</v>
       </c>
-      <c r="E1050" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1051" s="0">
+      <c r="E1050" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1050" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1050" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1050" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1051" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1051" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D1051">
         <v>9</v>
       </c>
-      <c r="E1051" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1052" s="0">
+      <c r="E1051" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1051" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1051" t="s">
+        <v>569</v>
+      </c>
+      <c r="H1051" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1052" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1052" t="s">
+        <v>583</v>
+      </c>
+      <c r="D1052">
         <v>10</v>
       </c>
-      <c r="E1052" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1053" s="0">
+      <c r="E1052" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1052" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1052" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1053" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1053" t="s">
+        <v>584</v>
+      </c>
+      <c r="D1053">
         <v>11</v>
       </c>
-      <c r="E1053" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1054" s="0">
+      <c r="E1053" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1053" t="s">
+        <v>568</v>
+      </c>
+      <c r="G1053" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1054" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1054" t="s">
+        <v>386</v>
+      </c>
+      <c r="D1054">
         <v>1</v>
       </c>
-      <c r="E1054" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L1054" s="0">
+      <c r="E1054" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1054" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1054" t="s">
+        <v>387</v>
+      </c>
+      <c r="H1054" t="s">
+        <v>83</v>
+      </c>
+      <c r="K1054">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L1054">
         <v>20</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1055">
-[...10 lines deleted...]
-      <c r="D1055" s="0">
+    <row r="1055" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1055" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1055" t="s">
+        <v>389</v>
+      </c>
+      <c r="D1055">
         <v>21</v>
       </c>
-      <c r="E1055" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L1055" s="0">
+      <c r="E1055" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1055" t="s">
+        <v>52</v>
+      </c>
+      <c r="G1055" t="s">
+        <v>387</v>
+      </c>
+      <c r="H1055" t="s">
+        <v>83</v>
+      </c>
+      <c r="K1055">
+        <v>5.0000000745058101E-2</v>
+      </c>
+      <c r="L1055">
         <v>17.5</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1056">
-[...10 lines deleted...]
-      <c r="D1056" s="0">
+    <row r="1056" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1056" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1056" t="s">
+        <v>390</v>
+      </c>
+      <c r="D1056">
         <v>2</v>
       </c>
-      <c r="E1056" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1057" s="0">
+      <c r="E1056" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1056" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1056" t="s">
+        <v>387</v>
+      </c>
+      <c r="H1056" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1057" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1057" t="s">
+        <v>392</v>
+      </c>
+      <c r="D1057">
         <v>3</v>
       </c>
-      <c r="E1057" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1058" s="0">
+      <c r="E1057" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1057" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1057" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1058" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1058" t="s">
+        <v>393</v>
+      </c>
+      <c r="D1058">
         <v>4</v>
       </c>
-      <c r="E1058" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1059" s="0">
+      <c r="E1058" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1058" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1058" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1059" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1059" t="s">
+        <v>394</v>
+      </c>
+      <c r="D1059">
         <v>5</v>
       </c>
-      <c r="E1059" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1060" s="0">
+      <c r="E1059" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1059" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1059" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1060" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1060" t="s">
+        <v>395</v>
+      </c>
+      <c r="D1060">
         <v>6</v>
       </c>
-      <c r="E1060" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1061" s="0">
+      <c r="E1060" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1060" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1060" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1061" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1061" t="s">
+        <v>396</v>
+      </c>
+      <c r="D1061">
         <v>7</v>
       </c>
-      <c r="E1061" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1062" s="0">
+      <c r="E1061" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1061" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1061" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1062" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1062" t="s">
+        <v>397</v>
+      </c>
+      <c r="D1062">
         <v>8</v>
       </c>
-      <c r="E1062" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L1062" s="0">
+      <c r="E1062" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1062" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1062" t="s">
+        <v>387</v>
+      </c>
+      <c r="K1062">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L1062">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1063">
-[...10 lines deleted...]
-      <c r="D1063" s="0">
+    <row r="1063" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1063" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1063" t="s">
+        <v>398</v>
+      </c>
+      <c r="D1063">
         <v>9</v>
       </c>
-      <c r="E1063" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1064" s="0">
+      <c r="E1063" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1063" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1063" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1064" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1064" t="s">
+        <v>399</v>
+      </c>
+      <c r="D1064">
         <v>10</v>
       </c>
-      <c r="E1064" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="L1064" s="0">
+      <c r="E1064" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1064" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1064" t="s">
+        <v>387</v>
+      </c>
+      <c r="K1064">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L1064">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1065">
-[...10 lines deleted...]
-      <c r="D1065" s="0">
+    <row r="1065" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1065" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1065" t="s">
+        <v>400</v>
+      </c>
+      <c r="D1065">
         <v>11</v>
       </c>
-      <c r="E1065" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L1065" s="0">
+      <c r="E1065" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1065" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1065" t="s">
+        <v>387</v>
+      </c>
+      <c r="H1065" t="s">
+        <v>144</v>
+      </c>
+      <c r="K1065">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L1065">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1066">
-[...10 lines deleted...]
-      <c r="D1066" s="0">
+    <row r="1066" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1066" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1066" t="s">
+        <v>401</v>
+      </c>
+      <c r="D1066">
         <v>12</v>
       </c>
-      <c r="E1066" s="0" t="inlineStr">
-[...24 lines deleted...]
-      <c r="L1066" s="0">
+      <c r="E1066" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1066" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1066" t="s">
+        <v>387</v>
+      </c>
+      <c r="H1066" t="s">
+        <v>85</v>
+      </c>
+      <c r="K1066">
+        <v>1.9999999552965199E-2</v>
+      </c>
+      <c r="L1066">
         <v>15</v>
       </c>
     </row>
-    <row outlineLevel="0" r="1067">
-[...10 lines deleted...]
-      <c r="D1067" s="0">
+    <row r="1067" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1067" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1067" t="s">
+        <v>402</v>
+      </c>
+      <c r="D1067">
         <v>13</v>
       </c>
-      <c r="E1067" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1068" s="0">
+      <c r="E1067" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1067" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1067" t="s">
+        <v>387</v>
+      </c>
+      <c r="H1067" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1068" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1068" t="s">
+        <v>403</v>
+      </c>
+      <c r="D1068">
         <v>14</v>
       </c>
-      <c r="E1068" s="0" t="inlineStr">
-[...33 lines deleted...]
-      <c r="D1069" s="0">
+      <c r="E1068" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1068" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1068" t="s">
+        <v>387</v>
+      </c>
+      <c r="H1068" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1069" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1069" t="s">
+        <v>404</v>
+      </c>
+      <c r="D1069">
         <v>15</v>
       </c>
-      <c r="E1069" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1070" s="0">
+      <c r="E1069" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1069" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1069" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1070" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1070" t="s">
+        <v>405</v>
+      </c>
+      <c r="D1070">
         <v>26</v>
       </c>
-      <c r="E1070" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1071" s="0">
+      <c r="E1070" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1070" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1070" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1071" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1071" t="s">
+        <v>406</v>
+      </c>
+      <c r="D1071">
         <v>16</v>
       </c>
-      <c r="E1071" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1072" s="0">
+      <c r="E1071" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1071" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1071" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1072" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1072" t="s">
+        <v>407</v>
+      </c>
+      <c r="D1072">
         <v>27</v>
       </c>
-      <c r="E1072" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1073" s="0">
+      <c r="E1072" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1072" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1072" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1073" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1073" t="s">
+        <v>409</v>
+      </c>
+      <c r="D1073">
         <v>28</v>
       </c>
-      <c r="E1073" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1074" s="0">
+      <c r="E1073" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1073" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1073" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1074" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1074" t="s">
+        <v>408</v>
+      </c>
+      <c r="D1074">
         <v>17</v>
       </c>
-      <c r="E1074" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1075" s="0">
+      <c r="E1074" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1074" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1074" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1075" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1075" t="s">
+        <v>410</v>
+      </c>
+      <c r="D1075">
         <v>18</v>
       </c>
-      <c r="E1075" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1076" s="0">
+      <c r="E1075" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1075" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1075" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1076" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1076" t="s">
+        <v>411</v>
+      </c>
+      <c r="D1076">
         <v>22</v>
       </c>
-      <c r="E1076" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1077" s="0">
+      <c r="E1076" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1076" t="s">
+        <v>52</v>
+      </c>
+      <c r="G1076" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1077" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1077" t="s">
+        <v>412</v>
+      </c>
+      <c r="D1077">
         <v>23</v>
       </c>
-      <c r="E1077" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1078" s="0">
+      <c r="E1077" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1077" t="s">
+        <v>52</v>
+      </c>
+      <c r="G1077" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1078" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1078" t="s">
+        <v>413</v>
+      </c>
+      <c r="D1078">
         <v>24</v>
       </c>
-      <c r="E1078" s="0" t="inlineStr">
-[...62 lines deleted...]
-      <c r="D1080" s="0">
+      <c r="E1078" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1078" t="s">
+        <v>52</v>
+      </c>
+      <c r="G1078" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1079" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1079" t="s">
+        <v>414</v>
+      </c>
+      <c r="D1079">
+        <v>25</v>
+      </c>
+      <c r="E1079" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1079" t="s">
+        <v>52</v>
+      </c>
+      <c r="G1079" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1080" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1080" t="s">
+        <v>415</v>
+      </c>
+      <c r="D1080">
         <v>19</v>
       </c>
-      <c r="E1080" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1081" s="0">
+      <c r="E1080" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1080" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1080" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1081" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1081" t="s">
+        <v>416</v>
+      </c>
+      <c r="D1081">
         <v>20</v>
       </c>
-      <c r="E1081" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1082" s="0">
+      <c r="E1081" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1081" t="s">
+        <v>52</v>
+      </c>
+      <c r="G1081" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1082" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1082" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D1082">
         <v>29</v>
       </c>
-      <c r="E1082" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1083" s="0">
+      <c r="E1082" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1082" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1082" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1083" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1083" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D1083">
         <v>30</v>
       </c>
-      <c r="E1083" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1084" s="0">
+      <c r="E1083" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1083" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1083" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1084" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1084" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D1084">
         <v>31</v>
       </c>
-      <c r="E1084" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1085" s="0">
+      <c r="E1084" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1084" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1084" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1085" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1085" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D1085">
         <v>32</v>
       </c>
-      <c r="E1085" s="0" t="inlineStr">
-[...29 lines deleted...]
-      <c r="D1086" s="0">
+      <c r="E1085" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1085" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1085" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1086" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1086" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D1086">
         <v>33</v>
       </c>
-      <c r="E1086" s="0" t="inlineStr">
-[...16 lines deleted...]
-      <c r="J1086" s="0"/>
+      <c r="E1086" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1086" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1086" t="s">
+        <v>387</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:C56"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0" rightToLeft="false">
-      <selection activeCell="C5" sqref="C5"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="8.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="34" bestFit="1" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row outlineLevel="0" r="1">
-[...22 lines deleted...]
-      <c r="B2" s="0">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C1" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2">
         <v>1</v>
       </c>
-      <c r="C2" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B3" s="0">
+      <c r="C2" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3">
         <v>2</v>
       </c>
-      <c r="C3" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B4" s="0">
+      <c r="C3" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B4">
         <v>1</v>
       </c>
-      <c r="C4" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B5" s="0">
+      <c r="C4" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5">
         <v>1</v>
       </c>
-      <c r="C5" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B6" s="0">
+      <c r="C5" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6">
         <v>1</v>
       </c>
-      <c r="C6" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B7" s="0">
+      <c r="C6" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7">
         <v>1</v>
       </c>
-      <c r="C7" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B8" s="0">
+      <c r="C7" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8">
         <v>2</v>
       </c>
-      <c r="C8" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B9" s="0">
+      <c r="C8" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9">
         <v>3</v>
       </c>
-      <c r="C9" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B10" s="0">
+      <c r="C9" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>106</v>
+      </c>
+      <c r="B10">
         <v>1</v>
       </c>
-      <c r="C10" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B11" s="0">
+      <c r="C10" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>110</v>
+      </c>
+      <c r="B11">
         <v>1</v>
       </c>
-      <c r="C11" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B12" s="0">
+      <c r="C11" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>122</v>
+      </c>
+      <c r="B12">
         <v>1</v>
       </c>
-      <c r="C12" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B13" s="0">
+      <c r="C12" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>122</v>
+      </c>
+      <c r="B13">
         <v>2</v>
       </c>
-      <c r="C13" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B14" s="0">
+      <c r="C13" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>133</v>
+      </c>
+      <c r="B14">
         <v>1</v>
       </c>
-      <c r="C14" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B15" s="0">
+      <c r="C14" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>133</v>
+      </c>
+      <c r="B15">
         <v>2</v>
       </c>
-      <c r="C15" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B16" s="0">
+      <c r="C15" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>170</v>
+      </c>
+      <c r="B16">
         <v>1</v>
       </c>
-      <c r="C16" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B17" s="0">
+      <c r="C16" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>170</v>
+      </c>
+      <c r="B17">
         <v>2</v>
       </c>
-      <c r="C17" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B18" s="0">
+      <c r="C17" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>174</v>
+      </c>
+      <c r="B18">
         <v>1</v>
       </c>
-      <c r="C18" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B19" s="0">
+      <c r="C18" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>174</v>
+      </c>
+      <c r="B19">
         <v>2</v>
       </c>
-      <c r="C19" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B20" s="0">
+      <c r="C19" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>216</v>
+      </c>
+      <c r="B20">
         <v>1</v>
       </c>
-      <c r="C20" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B21" s="0">
+      <c r="C20" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>249</v>
+      </c>
+      <c r="B21">
         <v>1</v>
       </c>
-      <c r="C21" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B22" s="0">
+      <c r="C21" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>252</v>
+      </c>
+      <c r="B22">
         <v>1</v>
       </c>
-      <c r="C22" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B23" s="0">
+      <c r="C22" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>252</v>
+      </c>
+      <c r="B23">
         <v>2</v>
       </c>
-      <c r="C23" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B24" s="0">
+      <c r="C23" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B24">
         <v>1</v>
       </c>
-      <c r="C24" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B25" s="0">
+      <c r="C24" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>299</v>
+      </c>
+      <c r="B25">
         <v>1</v>
       </c>
-      <c r="C25" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B26" s="0">
+      <c r="C25" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>310</v>
+      </c>
+      <c r="B26">
         <v>1</v>
       </c>
-      <c r="C26" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B27" s="0">
+      <c r="C26" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>310</v>
+      </c>
+      <c r="B27">
         <v>2</v>
       </c>
-      <c r="C27" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B28" s="0">
+      <c r="C27" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>310</v>
+      </c>
+      <c r="B28">
         <v>3</v>
       </c>
-      <c r="C28" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B29" s="0">
+      <c r="C28" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>385</v>
+      </c>
+      <c r="B29">
         <v>1</v>
       </c>
-      <c r="C29" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B30" s="0">
+      <c r="C29" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>417</v>
+      </c>
+      <c r="B30">
         <v>1</v>
       </c>
-      <c r="C30" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B31" s="0">
+      <c r="C30" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>449</v>
+      </c>
+      <c r="B31">
         <v>1</v>
       </c>
-      <c r="C31" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B32" s="0">
+      <c r="C31" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>478</v>
+      </c>
+      <c r="B32">
         <v>1</v>
       </c>
-      <c r="C32" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B33" s="0">
+      <c r="C32" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>483</v>
+      </c>
+      <c r="B33">
         <v>1</v>
       </c>
-      <c r="C33" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B34" s="0">
+      <c r="C33" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>483</v>
+      </c>
+      <c r="B34">
         <v>2</v>
       </c>
-      <c r="C34" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B35" s="0">
+      <c r="C34" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>483</v>
+      </c>
+      <c r="B35">
         <v>3</v>
       </c>
-      <c r="C35" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B36" s="0">
+      <c r="C35" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>524</v>
+      </c>
+      <c r="B36">
         <v>1</v>
       </c>
-      <c r="C36" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B37" s="0">
+      <c r="C36" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>554</v>
+      </c>
+      <c r="B37">
         <v>1</v>
       </c>
-      <c r="C37" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B38" s="0">
+      <c r="C37" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>557</v>
+      </c>
+      <c r="B38">
         <v>1</v>
       </c>
-      <c r="C38" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B39" s="0">
+      <c r="C38" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>566</v>
+      </c>
+      <c r="B39">
         <v>1</v>
       </c>
-      <c r="C39" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B40" s="0">
+      <c r="C39" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>596</v>
+      </c>
+      <c r="B40">
         <v>1</v>
       </c>
-      <c r="C40" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B41" s="0">
+      <c r="C40" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>762</v>
+      </c>
+      <c r="B41">
         <v>1</v>
       </c>
-      <c r="C41" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B42" s="0">
+      <c r="C41" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>764</v>
+      </c>
+      <c r="B42">
         <v>1</v>
       </c>
-      <c r="C42" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B43" s="0">
+      <c r="C42" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>803</v>
+      </c>
+      <c r="B43">
         <v>1</v>
       </c>
-      <c r="C43" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B44" s="0">
+      <c r="C43" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>808</v>
+      </c>
+      <c r="B44">
         <v>1</v>
       </c>
-      <c r="C44" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B45" s="0">
+      <c r="C44" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>847</v>
+      </c>
+      <c r="B45">
         <v>1</v>
       </c>
-      <c r="C45" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B46" s="0">
+      <c r="C45" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>854</v>
+      </c>
+      <c r="B46">
         <v>1</v>
       </c>
-      <c r="C46" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B47" s="0">
+      <c r="C46" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>863</v>
+      </c>
+      <c r="B47">
         <v>1</v>
       </c>
-      <c r="C47" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B48" s="0">
+      <c r="C47" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>904</v>
+      </c>
+      <c r="B48">
         <v>1</v>
       </c>
-      <c r="C48" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B49" s="0">
+      <c r="C48" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>922</v>
+      </c>
+      <c r="B49">
         <v>1</v>
       </c>
-      <c r="C49" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B50" s="0">
+      <c r="C49" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B50">
         <v>1</v>
       </c>
-      <c r="C50" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B51" s="0">
+      <c r="C50" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B51">
         <v>1</v>
       </c>
-      <c r="C51" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B52" s="0">
+      <c r="C51" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B52">
         <v>1</v>
       </c>
-      <c r="C52" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B53" s="0">
+      <c r="C52" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B53">
         <v>1</v>
       </c>
-      <c r="C53" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B54" s="0">
+      <c r="C53" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B54">
         <v>1</v>
       </c>
-      <c r="C54" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B55" s="0">
+      <c r="C54" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B55">
         <v>1</v>
       </c>
-      <c r="C55" s="0" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B56" s="0">
+      <c r="C55" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B56">
         <v>1</v>
       </c>
-      <c r="C56" s="0" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C56" t="s">
+        <v>1085</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Access</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>A266FF2A662E84b639DA</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Measurands</vt:lpstr>
+      <vt:lpstr>Measurands_Rangenames</vt:lpstr>
+      <vt:lpstr>Determinands</vt:lpstr>
+      <vt:lpstr>Determinands_Rangenames</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Groenwold, Jan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>